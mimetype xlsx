--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -4,102 +4,105 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0554b73437354cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3917b5eabdf84233babb4b76503701cb.psmdcp" Id="Radcaf509f99942d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R045f697891b943ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7dab654a53241b9a61871d23d4aabda.psmdcp" Id="Rfcf37342a5dd47f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="AUD Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="SGD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class E_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="AUD Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="SGD Class A_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class E_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="AUD Class A_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="SGD Class A_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class E_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="151">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="144">
   <x:si>
     <x:t>Performance - Resources UCITS Fund | AUD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (AUD,%)</x:t>
+    <x:t>As of 09/30/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/27/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2024</x:t>
@@ -149,51 +152,51 @@
   <x:si>
     <x:t>09/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q3-2025</x:t>
+    <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
@@ -221,60 +224,60 @@
   <x:si>
     <x:t>listed large and mid capitalization commodity producers within the global developed and emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (EUR,%)</x:t>
+    <x:t>As of 09/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/01/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | SGD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (SGD,%)</x:t>
+    <x:t>As of 09/30/2025 (SGD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 11/29/2021</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2022</x:t>
   </x:si>
@@ -299,240 +302,216 @@
   <x:si>
     <x:t>12/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (USD,%)</x:t>
+    <x:t>As of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/29/2021</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2021</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses the Index for performance comparison purposes only and, where applicable, to compute a performance fee.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | USD Class E</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/09/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 08/31/2025 (AUD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in AUD as of 08/31/2025</x:t>
+    <x:t>Month-End as of 09/30/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class A AUD</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2023</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 08/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 08/31/2025 (EUR,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 08/31/2025</x:t>
+    <x:t>Month-End as of 09/30/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class A EUR</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 08/31/2025</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in SGD as of 08/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 09/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 09/30/2025 (SGD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in SGD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class A SGD</x:t>
   </x:si>
   <x:si>
     <x:t>11/29/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in SGD as of 08/31/2025</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 08/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in SGD as of 09/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class A USD</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 08/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class E USD</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 06/30/2025 (AUD,%)</x:t>
-[...32 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 06/30/2025</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (SGD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -873,7960 +852,8026 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D67"/>
+  <x:dimension ref="A1:D68"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>4.55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.11</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-11.07</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-11.01</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>-11.07</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>-11.01</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-6.46</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>4.72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-6.46</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-4.55</x:v>
+        <x:v>-1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-4.55</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-8.77</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-8.71</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>-8.77</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-8.71</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>-3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>7.69</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-6.16</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-8.58</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-8.52</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>-8.58</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-8.52</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>5.32</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-7.67</x:v>
+        <x:v>3.31</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>-7.67</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.89</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
+        <x:v>-2.95</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>-2.89</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>0.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:4">
+      <x:c r="A38" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
-      <x:c r="C37" s="4" t="n">
+      <x:c r="C38" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
-      <x:c r="D37" s="4" t="n">
+      <x:c r="D38" s="4" t="n">
         <x:v>-0.46</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="40" spans="1:4">
-      <x:c r="A40" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A40" s="2" t="s"/>
+      <x:c r="B40" s="3" t="s"/>
+      <x:c r="C40" s="3" t="s"/>
+      <x:c r="D40" s="3" t="s"/>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>14.45</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>10.99</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-7.19</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-7.01</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-7.19</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-7.01</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>9.17</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-6.43</x:v>
+        <x:v>-3.26</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-6.43</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>8.91</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-4.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>8.91</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
+        <x:v>-0.26</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>-0.07</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>-0.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="n">
+      <x:c r="C51" s="4" t="n">
         <x:v>-4.53</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="n">
+      <x:c r="D51" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="53" spans="1:4">
-      <x:c r="A53" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A53" s="2" t="s"/>
+      <x:c r="B53" s="3" t="s"/>
+      <x:c r="C53" s="3" t="s"/>
+      <x:c r="D53" s="3" t="s"/>
     </x:row>
     <x:row r="54" spans="1:4">
-      <x:c r="A54" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A54" s="2" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-9.11</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>14.49</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>-9.8</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>-9.11</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>4.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B55" s="4" t="n">
+      <x:c r="B56" s="4" t="n">
         <x:v>-6.65</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C56" s="4" t="n">
         <x:v>-6.05</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D56" s="4" t="n">
         <x:v>2.86</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
-      <x:c r="A60" s="2" t="s">
+      <x:c r="A60" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
-      <x:c r="A63" s="1" t="s">
+      <x:c r="A63" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="s">
+      <x:c r="A66" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
-      <x:c r="A67" s="1" t="s">
+      <x:c r="A67" s="2" t="s">
         <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="1" t="s">
+        <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.470625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>13.27</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>10.82</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>18.61</x:v>
+        <x:v>22.55</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>10.41</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>7.33</x:v>
+        <x:v>8.54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>-10.11</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-9.41</x:v>
+        <x:v>-10.09</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>-11.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>13.09</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>18.61</x:v>
+        <x:v>22.55</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>10.41</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>7.33</x:v>
+        <x:v>8.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.77</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-7.21</x:v>
+        <x:v>-9.46</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-8.62</x:v>
+        <x:v>-9.29</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-10</x:v>
+        <x:v>-10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.000625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="7.260625" style="0" customWidth="1"/>
+    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-11.22</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>10.99</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>14.49</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>15.57</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>4.34</x:v>
+        <x:v>8.18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-11.05</x:v>
+        <x:v>-9.26</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-12.09</x:v>
+        <x:v>-10.72</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-14.64</x:v>
+        <x:v>-12.74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>14.45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-7.55</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-10.54</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>-3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>10.99</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>14.49</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>15.57</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>4.34</x:v>
+        <x:v>8.18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-10.7</x:v>
+        <x:v>-8.67</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-11.41</x:v>
+        <x:v>-9.93</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-13.95</x:v>
+        <x:v>-12.01</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="7.260625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-4.04</x:v>
+        <x:v>15.25</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-13.88</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-20.36</x:v>
+        <x:v>-4.86</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-14.79</x:v>
+        <x:v>-8.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-8.56</x:v>
+        <x:v>12.13</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-3.68</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-10.2</x:v>
+        <x:v>-8.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-10.74</x:v>
+        <x:v>-9.73</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-13.26</x:v>
+        <x:v>-11.65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>15.46</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-13.55</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-19.74</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-14.13</x:v>
+        <x:v>-7.86</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-8.56</x:v>
+        <x:v>12.13</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-3.68</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-9.87</x:v>
+        <x:v>-8.19</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-10.12</x:v>
+        <x:v>-9</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-12.61</x:v>
+        <x:v>-10.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="7.260625" style="0" customWidth="1"/>
+    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>16.54</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-8.81</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-17.89</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-7.38</x:v>
+        <x:v>-2.59</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-8.25</x:v>
+        <x:v>-3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-5.84</x:v>
+        <x:v>13.61</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>-6.97</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>8.45</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-10.75</x:v>
+        <x:v>-9.55</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-10.91</x:v>
+        <x:v>-10.32</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-11.69</x:v>
+        <x:v>-11.03</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-14.79</x:v>
+        <x:v>-13.66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>16.75</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-8.47</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-17.26</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-6.67</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-7.55</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-5.84</x:v>
+        <x:v>13.61</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-6.97</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>8.45</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-10.4</x:v>
+        <x:v>-8.95</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-10.28</x:v>
+        <x:v>-9.56</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-10.98</x:v>
+        <x:v>-10.29</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-14.09</x:v>
+        <x:v>-12.93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.720625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="7.260625" style="0" customWidth="1"/>
+    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>12.48</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-12.44</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-4.62</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-3.51</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>22.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>10.41</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>7.43</x:v>
+        <x:v>12.39</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>9.09</x:v>
+        <x:v>11.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-11.29</x:v>
+        <x:v>-10.07</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
+        <x:v>-10.05</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="n">
         <x:v>-11.42</x:v>
       </x:c>
-      <x:c r="F11" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-12.6</x:v>
+        <x:v>-11.67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>15.11</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>13.11</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-11.77</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>22.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>10.41</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>7.43</x:v>
+        <x:v>12.39</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>9.09</x:v>
+        <x:v>11.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-10.92</x:v>
+        <x:v>-9.45</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-10.75</x:v>
+        <x:v>-9.29</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-11.33</x:v>
+        <x:v>-10.65</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-11.86</x:v>
+        <x:v>-10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.470625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="7.260625" style="0" customWidth="1"/>
+    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-2.16</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-12.47</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-9.15</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>22.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>10.41</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>8.54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.12</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-11.35</x:v>
+        <x:v>-10.11</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-11.46</x:v>
+        <x:v>-10.09</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-13</x:v>
+        <x:v>-11.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>13.09</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-11.76</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-8.41</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>22.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>10.41</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>8.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-10.95</x:v>
+        <x:v>-9.46</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-10.74</x:v>
+        <x:v>-9.29</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-12.25</x:v>
+        <x:v>-10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D66"/>
+  <x:dimension ref="A1:D67"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>2.93</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.83</x:v>
+        <x:v>3.92</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>4.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>1.51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-12.96</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-12.9</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-11.81</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-5.22</x:v>
+        <x:v>-12.96</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>-12.9</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>-11.81</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>-5.22</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-6.66</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.47</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-2.47</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-7.34</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-7.28</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>-7.34</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>-7.28</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>6.86</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>6.86</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-7.7</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-7.7</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-9.84</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-4.77</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-9.84</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>-4.77</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>4.03</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.48</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7.54</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>7.48</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>7.54</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
+        <x:v>-1.71</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>-1.65</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>0.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:4">
+      <x:c r="A37" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
         <x:v>-6.55</x:v>
       </x:c>
-      <x:c r="C36" s="4" t="n">
+      <x:c r="C37" s="4" t="n">
         <x:v>-6.49</x:v>
       </x:c>
-      <x:c r="D36" s="4" t="n">
+      <x:c r="D37" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="39" spans="1:4">
-      <x:c r="A39" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A39" s="2" t="s"/>
+      <x:c r="B39" s="3" t="s"/>
+      <x:c r="C39" s="3" t="s"/>
+      <x:c r="D39" s="3" t="s"/>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-4.04</x:v>
+        <x:v>15.25</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>15.46</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-8.56</x:v>
+        <x:v>12.13</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-10.26</x:v>
+        <x:v>-4.04</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-10.08</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>-8.56</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-10.26</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-10.08</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>5.33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-3.52</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>-3.52</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>-3.33</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-4.18</x:v>
+        <x:v>6.51</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>-4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
+        <x:v>-1.23</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>-1.04</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>-1.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:4">
+      <x:c r="A50" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
         <x:v>-6.55</x:v>
       </x:c>
-      <x:c r="C49" s="4" t="n">
+      <x:c r="C50" s="4" t="n">
         <x:v>-6.49</x:v>
       </x:c>
-      <x:c r="D49" s="4" t="n">
+      <x:c r="D50" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="52" spans="1:4">
-      <x:c r="A52" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A52" s="2" t="s"/>
+      <x:c r="B52" s="3" t="s"/>
+      <x:c r="C52" s="3" t="s"/>
+      <x:c r="D52" s="3" t="s"/>
     </x:row>
     <x:row r="53" spans="1:4">
-      <x:c r="A53" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A53" s="2" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-12.67</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-12</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
+        <x:v>-12.67</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>-12</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>0.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:4">
+      <x:c r="A55" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B54" s="4" t="n">
+      <x:c r="B55" s="4" t="n">
         <x:v>-8.45</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="n">
+      <x:c r="C55" s="4" t="n">
         <x:v>-7.86</x:v>
       </x:c>
-      <x:c r="D54" s="4" t="n">
+      <x:c r="D55" s="4" t="n">
         <x:v>-0.57</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
-      <x:c r="A59" s="2" t="s">
+      <x:c r="A59" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
-      <x:c r="A62" s="1" t="s">
+      <x:c r="A62" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
-      <x:c r="A65" s="2" t="s">
+      <x:c r="A65" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="1" t="s">
+      <x:c r="A66" s="2" t="s">
         <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="1" t="s">
+        <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D89"/>
+  <x:dimension ref="A1:D90"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>7.35</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.52</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-11.38</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-11.32</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-9.85</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-11.38</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-11.32</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-9.85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-7.13</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-7.07</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-7.13</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>-7.07</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-5.73</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-5.67</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-5.73</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-5.67</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-8.15</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-8.15</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-9.66</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-9.66</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-5.76</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>-5.76</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>6.56</x:v>
+        <x:v>-5.7</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-5.98</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-5.91</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-8.19</x:v>
+        <x:v>6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>-5.98</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-5.91</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-8.19</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-4.48</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-3.96</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>-4.48</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>-3.96</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-6.61</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>9.01</x:v>
+        <x:v>-6.61</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>-4.98</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>11.79</x:v>
+        <x:v>4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-8.45</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-8.39</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>11.79</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-8.45</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-8.39</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-15.18</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-15.12</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-14.59</x:v>
+        <x:v>4.21</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>6.65</x:v>
+        <x:v>-15.18</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>-15.12</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>6.81</x:v>
+        <x:v>-14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-7.47</x:v>
+        <x:v>6.65</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-7.41</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>6.81</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>6.87</x:v>
+        <x:v>-7.47</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-7.41</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>6.12</x:v>
+        <x:v>5.47</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>6.12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>8.09</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>2.19</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>3.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:4">
+      <x:c r="A53" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="C52" s="4" t="n">
+      <x:c r="C53" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="D52" s="4" t="n">
+      <x:c r="D53" s="4" t="n">
         <x:v>-1.28</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A55" s="2" t="s"/>
+      <x:c r="B55" s="3" t="s"/>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="s"/>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>16.54</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>16.75</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-5.84</x:v>
+        <x:v>13.61</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-7.82</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>8.25</x:v>
+        <x:v>-5.84</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-5.24</x:v>
+        <x:v>-7.82</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>8.25</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>-5.24</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>-1.92</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>7.46</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>10.62</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>10.62</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-16.3</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-16.13</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>9.68</x:v>
+        <x:v>-16.3</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>9.88</x:v>
+        <x:v>-16.13</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>20.97</x:v>
+        <x:v>-10.96</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
+        <x:v>9.68</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
+        <x:v>9.88</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="n">
+        <x:v>20.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="2" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B71" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C70" s="4" t="n">
+      <x:c r="C71" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
-      <x:c r="D70" s="4" t="n">
+      <x:c r="D71" s="4" t="n">
         <x:v>2.65</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="73" spans="1:4">
-      <x:c r="A73" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A73" s="2" t="s"/>
+      <x:c r="B73" s="3" t="s"/>
+      <x:c r="C73" s="3" t="s"/>
+      <x:c r="D73" s="3" t="s"/>
     </x:row>
     <x:row r="74" spans="1:4">
-      <x:c r="A74" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A74" s="2" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-15.21</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-14.56</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>15.82</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>-15.21</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>-14.56</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-3.94</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>20.45</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B77" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="n">
+        <x:v>-1.04</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="n">
+        <x:v>20.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:4">
+      <x:c r="A78" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B77" s="4" t="n">
+      <x:c r="B78" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C77" s="4" t="n">
+      <x:c r="C78" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
-      <x:c r="D77" s="4" t="n">
+      <x:c r="D78" s="4" t="n">
         <x:v>2.65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
-      <x:c r="A82" s="2" t="s">
+      <x:c r="A82" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
-      <x:c r="A85" s="1" t="s">
+      <x:c r="A85" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
-      <x:c r="A88" s="2" t="s">
+      <x:c r="A88" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
-      <x:c r="A89" s="1" t="s">
+      <x:c r="A89" s="2" t="s">
         <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:4">
+      <x:c r="A90" s="1" t="s">
+        <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D101"/>
+  <x:dimension ref="A1:D102"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-8.82</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-8.76</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>2.01</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-8.82</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-8.76</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-6.62</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-6.62</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-7.53</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-7.47</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-7.53</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.47</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.77</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-4.77</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-8.53</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-8.47</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-8.53</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>-8.47</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.56</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-9.56</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.87</x:v>
+        <x:v>-9.56</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-9.71</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-9.71</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>-1.17</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-7.21</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>8.29</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>8.36</x:v>
+        <x:v>-7.21</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-7.23</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-7.16</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-7.23</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-7.16</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-6.98</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-6.92</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>8.97</x:v>
+        <x:v>-6.98</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>9.03</x:v>
+        <x:v>-6.92</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>-6.23</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-5.03</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>12.98</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>13.04</x:v>
+        <x:v>-5.03</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>12.98</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>6.89</x:v>
+        <x:v>13.04</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>13.63</x:v>
+        <x:v>7.29</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-10.92</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-10.85</x:v>
+        <x:v>6.89</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-8.14</x:v>
+        <x:v>13.63</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-10.92</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-10.85</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-16.31</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-16.25</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-15.87</x:v>
+        <x:v>4.87</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-16.31</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>7.66</x:v>
+        <x:v>-16.25</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-15.87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-9.28</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-9.22</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>6.88</x:v>
+        <x:v>-9.28</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>-9.22</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>6.88</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>5.79</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>7.77</x:v>
+        <x:v>5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>7.77</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-5.99</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>5.76</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>7.68</x:v>
+        <x:v>-5.99</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>5.48</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-1.22</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
+        <x:v>0.84</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="n">
+      <x:c r="C61" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="D60" s="4" t="n">
+      <x:c r="D61" s="4" t="n">
         <x:v>-0.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="63" spans="1:4">
-      <x:c r="A63" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A63" s="2" t="s"/>
+      <x:c r="B63" s="3" t="s"/>
+      <x:c r="C63" s="3" t="s"/>
+      <x:c r="D63" s="3" t="s"/>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>15.11</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-6.32</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>-6.32</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-10.6</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-9.91</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-10.6</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>-9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-4.34</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-4.16</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-4.34</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>-4.16</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>14.55</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>14.76</x:v>
+        <x:v>-2.09</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>18.35</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-2.94</x:v>
+        <x:v>14.76</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>18.35</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-18.32</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-18.15</x:v>
+        <x:v>-2.94</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-13.42</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>-18.32</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>-18.15</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>20.51</x:v>
+        <x:v>-13.42</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-2.03</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>-2.53</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>-2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
+        <x:v>7.45</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="n">
+        <x:v>7.65</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="n">
+        <x:v>8.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:4">
+      <x:c r="A82" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B82" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="C81" s="4" t="n">
+      <x:c r="C82" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="D81" s="4" t="n">
+      <x:c r="D82" s="4" t="n">
         <x:v>-0.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="84" spans="1:4">
-      <x:c r="A84" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A84" s="2" t="s"/>
+      <x:c r="B84" s="3" t="s"/>
+      <x:c r="C84" s="3" t="s"/>
+      <x:c r="D84" s="3" t="s"/>
     </x:row>
     <x:row r="85" spans="1:4">
-      <x:c r="A85" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A85" s="2" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-18.03</x:v>
+        <x:v>12.48</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-17.4</x:v>
+        <x:v>13.11</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>-5.56</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-18.03</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-17.4</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>21.08</x:v>
+        <x:v>3.64</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B88" s="4" t="n">
+        <x:v>-1.17</x:v>
+      </x:c>
+      <x:c r="C88" s="4" t="n">
+        <x:v>-0.41</x:v>
+      </x:c>
+      <x:c r="D88" s="4" t="n">
+        <x:v>21.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:4">
+      <x:c r="A89" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B88" s="4" t="n">
+      <x:c r="B89" s="4" t="n">
         <x:v>11.15</x:v>
       </x:c>
-      <x:c r="C88" s="4" t="n">
+      <x:c r="C89" s="4" t="n">
         <x:v>11.78</x:v>
       </x:c>
-      <x:c r="D88" s="4" t="n">
+      <x:c r="D89" s="4" t="n">
         <x:v>11.89</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
-      <x:c r="A94" s="2" t="s">
+      <x:c r="A94" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
-      <x:c r="A97" s="1" t="s">
+      <x:c r="A97" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
-      <x:c r="A100" s="2" t="s">
+      <x:c r="A100" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
-      <x:c r="A101" s="1" t="s">
+      <x:c r="A101" s="2" t="s">
         <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:4">
+      <x:c r="A102" s="1" t="s">
+        <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D63"/>
+  <x:dimension ref="A1:D64"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-8.79</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-8.73</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>2.01</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-8.79</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-8.73</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-6.69</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-6.62</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-6.69</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-6.62</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-7.5</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-7.44</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-7.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>-7.44</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-8.55</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-8.49</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-8.55</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>-8.49</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-9.6</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-9.53</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>-9.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.87</x:v>
+        <x:v>-9.53</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-9.76</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-9.69</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>-9.76</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>-9.69</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-7.25</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>-7.25</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>8.37</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
+        <x:v>7.2</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>7.27</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>6.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:4">
+      <x:c r="A35" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
         <x:v>-5.6</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="n">
+      <x:c r="C35" s="4" t="n">
         <x:v>-5.55</x:v>
       </x:c>
-      <x:c r="D34" s="4" t="n">
+      <x:c r="D35" s="4" t="n">
         <x:v>-7.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="37" spans="1:4">
-      <x:c r="A37" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A37" s="2" t="s"/>
+      <x:c r="B37" s="3" t="s"/>
+      <x:c r="C37" s="3" t="s"/>
+      <x:c r="D37" s="3" t="s"/>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-10.59</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-9.91</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-10.59</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>-9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-4.27</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>-4.27</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
+        <x:v>-0.74</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>-0.54</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>6.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
-      <x:c r="C46" s="4" t="n">
+      <x:c r="C47" s="4" t="n">
         <x:v>1.31</x:v>
       </x:c>
-      <x:c r="D46" s="4" t="n">
+      <x:c r="D47" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="49" spans="1:4">
-      <x:c r="A49" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A49" s="2" t="s"/>
+      <x:c r="B49" s="3" t="s"/>
+      <x:c r="C49" s="3" t="s"/>
+      <x:c r="D49" s="3" t="s"/>
     </x:row>
     <x:row r="50" spans="1:4">
-      <x:c r="A50" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A50" s="2" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-18.07</x:v>
+        <x:v>12.44</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-17.39</x:v>
+        <x:v>13.09</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-5.56</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>-18.07</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>-17.39</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>-5.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B51" s="4" t="n">
+      <x:c r="B52" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C52" s="4" t="n">
         <x:v>2.08</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D52" s="4" t="n">
         <x:v>5.15</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
-      <x:c r="A56" s="2" t="s">
+      <x:c r="A56" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
-      <x:c r="A59" s="1" t="s">
+      <x:c r="A59" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
-      <x:c r="A62" s="2" t="s">
+      <x:c r="A62" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
-      <x:c r="A63" s="1" t="s">
+      <x:c r="A63" s="2" t="s">
         <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="1" t="s">
+        <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.000625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>13.86</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-4.84</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8.77</x:v>
+        <x:v>10.99</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>14.49</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>15.57</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>7.58</x:v>
+        <x:v>8.18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-7.33</x:v>
+        <x:v>-9.26</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-9.93</x:v>
+        <x:v>-10.72</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-12.43</x:v>
+        <x:v>-12.74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>14.45</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>5.39</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-4.12</x:v>
+        <x:v>-3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>8.77</x:v>
+        <x:v>10.99</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>14.49</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>15.57</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>7.58</x:v>
+        <x:v>8.18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.22</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.81</x:v>
+        <x:v>-8.67</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-9.16</x:v>
+        <x:v>-9.93</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-11.7</x:v>
+        <x:v>-12.01</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>14.02</x:v>
+        <x:v>15.25</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-1.81</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-7.1</x:v>
+        <x:v>-4.86</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-9.22</x:v>
+        <x:v>-8.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8.94</x:v>
+        <x:v>12.13</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-6.74</x:v>
+        <x:v>-8.75</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-8.9</x:v>
+        <x:v>-9.73</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-11.23</x:v>
+        <x:v>-11.65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>14.15</x:v>
+        <x:v>15.46</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-8.53</x:v>
+        <x:v>-7.86</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>8.94</x:v>
+        <x:v>12.13</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-8.19</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-8.2</x:v>
+        <x:v>-9</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-10.54</x:v>
+        <x:v>-10.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.35</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>16.54</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-6.02</x:v>
+        <x:v>-2.59</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-4.55</x:v>
+        <x:v>-3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>13.61</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>11.55</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>8.45</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.82</x:v>
+        <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-7.33</x:v>
+        <x:v>-9.55</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-9.3</x:v>
+        <x:v>-10.32</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-11.11</x:v>
+        <x:v>-11.03</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-13.37</x:v>
+        <x:v>-13.66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>14.43</x:v>
+        <x:v>16.75</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-5.3</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>13.61</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>11.55</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>8.45</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.82</x:v>
+        <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.81</x:v>
+        <x:v>-8.95</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-8.57</x:v>
+        <x:v>-9.56</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-10.39</x:v>
+        <x:v>-10.29</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-12.64</x:v>
+        <x:v>-12.93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.720625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>13.27</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>10.88</x:v>
+        <x:v>12.48</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-3.31</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>18.61</x:v>
+        <x:v>22.55</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>10.41</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>8.07</x:v>
+        <x:v>12.39</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.78</x:v>
+        <x:v>11.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-7.72</x:v>
+        <x:v>-10.07</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-9.37</x:v>
+        <x:v>-10.05</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-11.38</x:v>
+        <x:v>-11.42</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-11.39</x:v>
+        <x:v>-11.67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>13.41</x:v>
+        <x:v>15.11</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>11.43</x:v>
+        <x:v>13.11</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>18.61</x:v>
+        <x:v>22.55</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>10.41</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>8.07</x:v>
+        <x:v>12.39</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.78</x:v>
+        <x:v>11.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.77</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-7.17</x:v>
+        <x:v>-9.45</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-8.63</x:v>
+        <x:v>-9.29</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-10.64</x:v>
+        <x:v>-10.65</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-10.64</x:v>
+        <x:v>-10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>