--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -4,102 +4,105 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R045f697891b943ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7dab654a53241b9a61871d23d4aabda.psmdcp" Id="Rfcf37342a5dd47f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2cc537003e64c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1ac40d4d5d74260a493c310b309aced.psmdcp" Id="R03635aa9e9d24ef0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="AUD Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="SGD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class E_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="AUD Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="SGD Class A_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class E_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="AUD Class A_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="SGD Class A_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class E_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="144">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="154">
   <x:si>
     <x:t>Performance - Resources UCITS Fund | AUD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (AUD,%)</x:t>
+    <x:t>As of 10/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/27/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers</x:t>
   </x:si>
   <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
@@ -152,50 +155,53 @@
   <x:si>
     <x:t>09/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
@@ -224,60 +230,60 @@
   <x:si>
     <x:t>listed large and mid capitalization commodity producers within the global developed and emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (EUR,%)</x:t>
+    <x:t>As of 10/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/01/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | SGD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (SGD,%)</x:t>
+    <x:t>As of 10/31/2025 (SGD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 11/29/2021</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2022</x:t>
   </x:si>
@@ -302,216 +308,240 @@
   <x:si>
     <x:t>12/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (USD,%)</x:t>
+    <x:t>As of 10/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/29/2021</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2021</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses the Index for performance comparison purposes only and, where applicable, to compute a performance fee.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | USD Class E</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/09/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (AUD,%)</x:t>
+    <x:t>Month-End as of 10/31/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resources UCITS Fund Class A AUD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 10/31/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resources UCITS Fund Class A EUR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 10/31/2025 (SGD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in SGD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resources UCITS Fund Class A SGD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/29/2021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in SGD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resources UCITS Fund Class A USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/29/2021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resources UCITS Fund Class E USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in AUD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in AUD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
-[...2 lines deleted...]
-    <x:t>Month-End as of 09/30/2025 (EUR,%)</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Resources UCITS Fund Class A EUR</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (SGD,%)</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (SGD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in SGD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Resources UCITS Fund Class A SGD</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in SGD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Resources UCITS Fund Class A USD</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -852,8026 +882,8170 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D68"/>
+  <x:dimension ref="A1:D70"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>4.55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.11</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-11.07</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-11.01</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>-11.07</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>-11.01</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-6.46</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>4.72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-6.46</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-4.55</x:v>
+        <x:v>-1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-4.55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-8.77</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-8.71</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>-8.77</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-8.71</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>-3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>7.69</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-6.16</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-8.58</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-8.52</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>-8.58</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-8.52</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>5.32</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-7.67</x:v>
+        <x:v>3.31</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>-7.67</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.89</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
+        <x:v>-2.95</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>-2.89</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>0.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:4">
+      <x:c r="A39" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
-      <x:c r="C38" s="4" t="n">
+      <x:c r="C39" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="n">
+      <x:c r="D39" s="4" t="n">
         <x:v>-0.46</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="41" spans="1:4">
-      <x:c r="A41" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A41" s="2" t="s"/>
+      <x:c r="B41" s="3" t="s"/>
+      <x:c r="C41" s="3" t="s"/>
+      <x:c r="D41" s="3" t="s"/>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-7.19</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-7.01</x:v>
+        <x:v>14.45</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>10.99</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>-7.19</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-7.01</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>9.17</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-6.43</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-3.26</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>8.91</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-4.6</x:v>
+        <x:v>-6.43</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>8.91</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
+        <x:v>2.84</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>3.03</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>9.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>-0.26</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>-0.07</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>-0.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:4">
+      <x:c r="A53" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C53" s="4" t="n">
         <x:v>-4.53</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D53" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="2" t="n">
+      <x:c r="A55" s="2" t="s"/>
+      <x:c r="B55" s="3" t="s"/>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="s"/>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>11.46</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>12.16</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>16.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B55" s="4" t="n">
+      <x:c r="B57" s="4" t="n">
         <x:v>-9.8</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>-9.11</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>4.08</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:4">
-      <x:c r="A56" s="2" t="n">
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B56" s="4" t="n">
+      <x:c r="B58" s="4" t="n">
         <x:v>-6.65</x:v>
       </x:c>
-      <x:c r="C56" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>-6.05</x:v>
       </x:c>
-      <x:c r="D56" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>2.86</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
-      <x:c r="A61" s="2" t="s">
+      <x:c r="A61" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
-      <x:c r="A62" s="2" t="s">
+      <x:c r="A62" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
-      <x:c r="A64" s="1" t="s">
+      <x:c r="A64" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
-      <x:c r="A65" s="1" t="s">
+      <x:c r="A65" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
-      <x:c r="A67" s="2" t="s">
+      <x:c r="A67" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="1" t="s">
         <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:4">
+      <x:c r="A69" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="1" t="s">
+        <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.470625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>14.93</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>12.44</x:v>
+        <x:v>17.73</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>10.37</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>22.55</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>14.65</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>8.54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-10.11</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-10.09</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-11.29</x:v>
+        <x:v>-9.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>15.13</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.09</x:v>
+        <x:v>18.49</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>22.55</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>14.65</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>8.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-9.46</x:v>
+        <x:v>-4.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-9.29</x:v>
+        <x:v>-3.42</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-10.5</x:v>
+        <x:v>-8.57</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.000625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>14.25</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>5.23</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4.85</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>10.99</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>14.49</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>15.57</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>8.18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.26</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-9.26</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-10.72</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-12.74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>14.45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>5.82</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>5.64</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>10.99</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>14.49</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>15.57</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>8.18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.46</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-8.67</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-9.93</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-12.01</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>15.25</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-0.75</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>-4.86</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-8.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>12.13</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.87</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-8.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-9.73</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-11.65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>15.46</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-0.19</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-7.86</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>12.13</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.87</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-8.19</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-9</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-10.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>16.54</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>6.27</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>0.71</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-2.59</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>13.61</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>15.82</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>11.03</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>8.45</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.93</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-9.55</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-10.32</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-11.03</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-13.66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>16.75</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>6.87</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>1.47</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-1.84</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>13.61</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>15.82</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>11.03</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>8.45</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.14</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-8.95</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-9.56</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-10.29</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-12.93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.720625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>14.9</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>12.48</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>0.36</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>12.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>10.41</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>12.39</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.66</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-10.07</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-10.05</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-11.42</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-11.67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>15.11</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>13.11</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>1.12</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>1.73</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>12.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>10.41</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>12.39</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.86</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-9.45</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-9.29</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-10.65</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.470625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>14.93</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>12.44</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>0.32</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-2.74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>12.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>10.41</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>8.54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.68</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-10.11</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-10.09</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-11.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>15.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>13.09</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>1.12</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>12.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>10.41</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>8.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.89</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-9.46</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-9.29</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D67"/>
+  <x:dimension ref="A1:D69"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>2.93</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.83</x:v>
+        <x:v>3.92</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>4.83</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>1.51</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-12.96</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-12.9</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-11.81</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-5.22</x:v>
+        <x:v>-12.96</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>-12.9</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>-11.81</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>-5.22</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-6.66</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-2.47</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-2.47</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-7.34</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-7.28</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>-7.34</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>-7.28</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>6.86</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>6.86</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-7.7</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-7.7</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-9.84</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-4.77</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-9.84</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>-4.77</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>4.03</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>7.48</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>7.54</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>7.48</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>7.54</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
+        <x:v>-1.71</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>-1.65</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>0.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:4">
+      <x:c r="A38" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
         <x:v>-6.55</x:v>
       </x:c>
-      <x:c r="C37" s="4" t="n">
+      <x:c r="C38" s="4" t="n">
         <x:v>-6.49</x:v>
       </x:c>
-      <x:c r="D37" s="4" t="n">
+      <x:c r="D38" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="40" spans="1:4">
-      <x:c r="A40" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A40" s="2" t="s"/>
+      <x:c r="B40" s="3" t="s"/>
+      <x:c r="C40" s="3" t="s"/>
+      <x:c r="D40" s="3" t="s"/>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-4.04</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-8.56</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-10.26</x:v>
+        <x:v>15.25</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-10.08</x:v>
+        <x:v>15.46</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>12.13</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-4.04</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>-8.56</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-10.26</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>-10.08</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>5.33</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-3.52</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>-3.52</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>-3.33</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-4.18</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>6.51</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>-4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>9.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>-1.23</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>-1.04</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>-1.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
         <x:v>-6.55</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="n">
+      <x:c r="C52" s="4" t="n">
         <x:v>-6.49</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="n">
+      <x:c r="D52" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="54" spans="1:4">
-      <x:c r="A54" s="2" t="n">
+      <x:c r="A54" s="2" t="s"/>
+      <x:c r="B54" s="3" t="s"/>
+      <x:c r="C54" s="3" t="s"/>
+      <x:c r="D54" s="3" t="s"/>
+    </x:row>
+    <x:row r="55" spans="1:4">
+      <x:c r="A55" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>5.88</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>6.54</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>10.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B54" s="4" t="n">
+      <x:c r="B56" s="4" t="n">
         <x:v>-12.67</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="n">
+      <x:c r="C56" s="4" t="n">
         <x:v>-12</x:v>
       </x:c>
-      <x:c r="D54" s="4" t="n">
+      <x:c r="D56" s="4" t="n">
         <x:v>0.75</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:4">
-      <x:c r="A55" s="2" t="n">
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B55" s="4" t="n">
+      <x:c r="B57" s="4" t="n">
         <x:v>-8.45</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>-7.86</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>-0.57</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
-      <x:c r="A60" s="2" t="s">
+      <x:c r="A60" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
-      <x:c r="A61" s="2" t="s">
+      <x:c r="A61" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
-      <x:c r="A63" s="1" t="s">
+      <x:c r="A63" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
-      <x:c r="A64" s="1" t="s">
+      <x:c r="A64" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="s">
+      <x:c r="A66" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="1" t="s">
         <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:4">
+      <x:c r="A69" s="1" t="s">
+        <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D90"/>
+  <x:dimension ref="A1:D92"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.35</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.52</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-11.38</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-11.32</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-9.85</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-11.38</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-11.32</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-9.85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-7.13</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-7.07</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-7.13</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>-7.07</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-5.73</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-5.67</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-5.73</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-5.67</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-8.15</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-8.15</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-9.66</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-9.66</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-5.76</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>-5.76</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>6.56</x:v>
+        <x:v>-5.7</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-5.98</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-5.91</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-8.19</x:v>
+        <x:v>6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>-5.98</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-5.91</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-8.19</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.48</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-3.96</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>-4.48</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>-3.96</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-6.61</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>9.01</x:v>
+        <x:v>-6.61</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>-4.98</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>11.79</x:v>
+        <x:v>4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-8.45</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-8.39</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>11.79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-8.45</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-8.39</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-15.18</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-15.12</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-14.59</x:v>
+        <x:v>4.21</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>6.65</x:v>
+        <x:v>-15.18</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>-15.12</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>6.81</x:v>
+        <x:v>-14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-7.47</x:v>
+        <x:v>6.65</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-7.41</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>6.81</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6.87</x:v>
+        <x:v>-7.47</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-7.41</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>6.12</x:v>
+        <x:v>5.47</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>6.12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>8.09</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>2.19</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>3.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="2" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="D53" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>-1.28</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="56" spans="1:4">
-      <x:c r="A56" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A56" s="2" t="s"/>
+      <x:c r="B56" s="3" t="s"/>
+      <x:c r="C56" s="3" t="s"/>
+      <x:c r="D56" s="3" t="s"/>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-5.84</x:v>
+        <x:v>1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-7.82</x:v>
+        <x:v>16.54</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>16.75</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>8.25</x:v>
+        <x:v>13.61</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-5.24</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>-5.84</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>-7.82</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>8.25</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-5.24</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>-1.92</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>7.46</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>10.62</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-16.3</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-16.13</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>10.62</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>9.68</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>9.88</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>20.97</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
+        <x:v>-16.3</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="n">
+        <x:v>-16.13</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>-10.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
+        <x:v>9.68</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="n">
+        <x:v>9.88</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="n">
+        <x:v>20.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B73" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C71" s="4" t="n">
+      <x:c r="C73" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
-      <x:c r="D71" s="4" t="n">
+      <x:c r="D73" s="4" t="n">
         <x:v>2.65</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="75" spans="1:4">
-      <x:c r="A75" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A75" s="2" t="s"/>
+      <x:c r="B75" s="3" t="s"/>
+      <x:c r="C75" s="3" t="s"/>
+      <x:c r="D75" s="3" t="s"/>
     </x:row>
     <x:row r="76" spans="1:4">
-      <x:c r="A76" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A76" s="2" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-15.21</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>-14.56</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>20.45</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B78" s="4" t="n">
+        <x:v>-3.94</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="n">
+        <x:v>-3.21</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="n">
+        <x:v>1.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:4">
+      <x:c r="A79" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B79" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+      <x:c r="C79" s="4" t="n">
+        <x:v>-1.04</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="n">
+        <x:v>20.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:4">
+      <x:c r="A80" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B78" s="4" t="n">
+      <x:c r="B80" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C78" s="4" t="n">
+      <x:c r="C80" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
-      <x:c r="D78" s="4" t="n">
+      <x:c r="D80" s="4" t="n">
         <x:v>2.65</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
-      <x:c r="A83" s="2" t="s">
+      <x:c r="A83" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
-      <x:c r="A84" s="2" t="s">
+      <x:c r="A84" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
-      <x:c r="A86" s="1" t="s">
+      <x:c r="A86" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
-      <x:c r="A87" s="1" t="s">
+      <x:c r="A87" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
-      <x:c r="A89" s="2" t="s">
+      <x:c r="A89" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="1" t="s">
         <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:4">
+      <x:c r="A91" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:4">
+      <x:c r="A92" s="1" t="s">
+        <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D102"/>
+  <x:dimension ref="A1:D104"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-8.82</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-8.76</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>2.01</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-8.82</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-8.76</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-6.62</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-6.62</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-7.53</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-7.47</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-7.53</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.47</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-4.77</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-4.77</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-8.53</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-8.47</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-8.53</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>-8.47</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.56</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-9.56</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>7.87</x:v>
+        <x:v>-9.56</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-9.71</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-9.71</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>-1.17</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-7.21</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>8.29</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>8.36</x:v>
+        <x:v>-7.21</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-7.23</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-7.16</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-7.23</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-7.16</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-6.98</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-6.92</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>8.97</x:v>
+        <x:v>-6.98</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>9.03</x:v>
+        <x:v>-6.92</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>-6.23</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-5.03</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>12.98</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>13.04</x:v>
+        <x:v>-5.03</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>12.98</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>6.89</x:v>
+        <x:v>13.04</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>13.63</x:v>
+        <x:v>7.29</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-10.92</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-10.85</x:v>
+        <x:v>6.89</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-8.14</x:v>
+        <x:v>13.63</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-10.92</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-10.85</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-16.31</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-16.25</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-15.87</x:v>
+        <x:v>4.87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-16.31</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>7.66</x:v>
+        <x:v>-16.25</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-15.87</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-9.28</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-9.22</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6.88</x:v>
+        <x:v>-9.28</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>-9.22</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>6.88</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>5.79</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>7.77</x:v>
+        <x:v>5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>7.77</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-5.99</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>5.76</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>7.68</x:v>
+        <x:v>-5.99</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>5.48</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-1.22</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
+        <x:v>0.84</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="n">
+      <x:c r="C62" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="D61" s="4" t="n">
+      <x:c r="D62" s="4" t="n">
         <x:v>-0.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="64" spans="1:4">
-      <x:c r="A64" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A64" s="2" t="s"/>
+      <x:c r="B64" s="3" t="s"/>
+      <x:c r="C64" s="3" t="s"/>
+      <x:c r="D64" s="3" t="s"/>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-6.32</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>15.11</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>12.24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-10.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-9.91</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>-6.32</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>-10.6</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-4.34</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-4.16</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>-4.34</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-4.16</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>14.55</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>14.76</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>18.35</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-2.94</x:v>
+        <x:v>-2.09</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-18.32</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-18.15</x:v>
+        <x:v>14.76</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-13.42</x:v>
+        <x:v>18.35</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>-2.94</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>20.51</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>-18.32</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>-18.15</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>-13.42</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-2.03</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
+        <x:v>-2.53</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="n">
+        <x:v>-2.34</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="n">
+        <x:v>-2.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:4">
+      <x:c r="A83" s="2" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B83" s="4" t="n">
+        <x:v>7.45</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>7.65</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>8.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="2" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="C82" s="4" t="n">
+      <x:c r="C84" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="D82" s="4" t="n">
+      <x:c r="D84" s="4" t="n">
         <x:v>-0.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="86" spans="1:4">
-      <x:c r="A86" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A86" s="2" t="s"/>
+      <x:c r="B86" s="3" t="s"/>
+      <x:c r="C86" s="3" t="s"/>
+      <x:c r="D86" s="3" t="s"/>
     </x:row>
     <x:row r="87" spans="1:4">
-      <x:c r="A87" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A87" s="2" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>17.78</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>18.51</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>23.39</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>-18.03</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>-17.4</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>21.08</x:v>
+        <x:v>-5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B89" s="4" t="n">
+        <x:v>-2.55</x:v>
+      </x:c>
+      <x:c r="C89" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="n">
+        <x:v>3.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:4">
+      <x:c r="A90" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B90" s="4" t="n">
+        <x:v>-1.17</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="n">
+        <x:v>-0.41</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="n">
+        <x:v>21.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:4">
+      <x:c r="A91" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B89" s="4" t="n">
+      <x:c r="B91" s="4" t="n">
         <x:v>11.15</x:v>
       </x:c>
-      <x:c r="C89" s="4" t="n">
+      <x:c r="C91" s="4" t="n">
         <x:v>11.78</x:v>
       </x:c>
-      <x:c r="D89" s="4" t="n">
+      <x:c r="D91" s="4" t="n">
         <x:v>11.89</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
-      <x:c r="A95" s="2" t="s">
-        <x:v>53</x:v>
+      <x:c r="A95" s="1" t="s">
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
-      <x:c r="A96" s="2" t="s">
+      <x:c r="A96" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
-      <x:c r="A98" s="1" t="s">
+      <x:c r="A98" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
-      <x:c r="A99" s="1" t="s">
+      <x:c r="A99" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
-      <x:c r="A101" s="2" t="s">
+      <x:c r="A101" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="1" t="s">
         <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:4">
+      <x:c r="A103" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:4">
+      <x:c r="A104" s="1" t="s">
+        <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D64"/>
+  <x:dimension ref="A1:D66"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-8.79</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-8.73</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>2.01</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-8.79</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-8.73</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-6.69</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-6.62</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-6.69</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-6.62</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-7.5</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-7.44</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-7.5</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>-7.44</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-8.55</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-8.49</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-8.55</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>-8.49</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-9.6</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-9.53</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>-9.6</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>7.87</x:v>
+        <x:v>-9.53</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-9.76</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-9.69</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>-9.76</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>-9.69</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-7.25</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>-7.25</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>8.37</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
+        <x:v>7.2</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>7.27</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>6.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:4">
+      <x:c r="A36" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
         <x:v>-5.6</x:v>
       </x:c>
-      <x:c r="C35" s="4" t="n">
+      <x:c r="C36" s="4" t="n">
         <x:v>-5.55</x:v>
       </x:c>
-      <x:c r="D35" s="4" t="n">
+      <x:c r="D36" s="4" t="n">
         <x:v>-7.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="38" spans="1:4">
-      <x:c r="A38" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A38" s="2" t="s"/>
+      <x:c r="B38" s="3" t="s"/>
+      <x:c r="C38" s="3" t="s"/>
+      <x:c r="D38" s="3" t="s"/>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>12.24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-10.59</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-9.91</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-4.27</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>-10.59</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-4.27</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>-0.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>-0.74</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>-0.54</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>6.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:4">
+      <x:c r="A49" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="n">
+      <x:c r="C49" s="4" t="n">
         <x:v>1.31</x:v>
       </x:c>
-      <x:c r="D47" s="4" t="n">
+      <x:c r="D49" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="51" spans="1:4">
-      <x:c r="A51" s="2" t="n">
+      <x:c r="A51" s="2" t="s"/>
+      <x:c r="B51" s="3" t="s"/>
+      <x:c r="C51" s="3" t="s"/>
+      <x:c r="D51" s="3" t="s"/>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>17.73</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>18.49</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>23.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:4">
+      <x:c r="A53" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B51" s="4" t="n">
+      <x:c r="B53" s="4" t="n">
         <x:v>-18.07</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C53" s="4" t="n">
         <x:v>-17.39</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D53" s="4" t="n">
         <x:v>-5.56</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:4">
-      <x:c r="A52" s="2" t="n">
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B52" s="4" t="n">
+      <x:c r="B54" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
-      <x:c r="C52" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>2.08</x:v>
       </x:c>
-      <x:c r="D52" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>5.15</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="2" t="s">
+      <x:c r="A57" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
-      <x:c r="A58" s="2" t="s">
+      <x:c r="A58" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
-      <x:c r="A60" s="1" t="s">
+      <x:c r="A60" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
-      <x:c r="A61" s="1" t="s">
+      <x:c r="A61" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
-      <x:c r="A63" s="2" t="s">
+      <x:c r="A63" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="1" t="s">
         <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="1" t="s">
+        <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.000625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>14.25</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.49</x:v>
+        <x:v>16.7</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>15.57</x:v>
+        <x:v>14.72</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>8.68</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-9.26</x:v>
+        <x:v>-5.24</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-10.72</x:v>
+        <x:v>-3.65</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-12.74</x:v>
+        <x:v>-11.02</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>14.45</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>12.16</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-3.84</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.49</x:v>
+        <x:v>16.7</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>15.57</x:v>
+        <x:v>14.72</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>8.68</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-8.67</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-9.93</x:v>
+        <x:v>-2.82</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-12.01</x:v>
+        <x:v>-10.28</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>15.25</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-4.86</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-8.56</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>12.13</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-8.75</x:v>
+        <x:v>-4.82</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-9.73</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-11.65</x:v>
+        <x:v>-10</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>15.46</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-7.86</x:v>
+        <x:v>-5.33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>12.13</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-8.19</x:v>
+        <x:v>-4.16</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-9</x:v>
+        <x:v>-2.81</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-10.95</x:v>
+        <x:v>-9.28</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>16.54</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-2.59</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-3.97</x:v>
+        <x:v>-2.53</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>13.61</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>15.82</x:v>
+        <x:v>17.71</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>8.45</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-9.55</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-10.32</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-11.03</x:v>
+        <x:v>-7.41</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-13.66</x:v>
+        <x:v>-12.45</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>16.75</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>6.87</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>9.66</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>13.61</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>15.82</x:v>
+        <x:v>17.71</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>8.45</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-8.95</x:v>
+        <x:v>-4.72</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-9.56</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-10.29</x:v>
+        <x:v>-6.67</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-12.93</x:v>
+        <x:v>-11.71</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.720625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>12.48</x:v>
+        <x:v>17.78</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>10.42</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>22.55</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>14.65</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>12.39</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>11.32</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-10.07</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-10.05</x:v>
+        <x:v>-4.24</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-11.42</x:v>
+        <x:v>-7.65</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-11.67</x:v>
+        <x:v>-10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>15.11</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.11</x:v>
+        <x:v>18.51</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>11.25</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>1.49</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>22.55</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>14.65</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>12.39</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>11.32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-9.45</x:v>
+        <x:v>-4.88</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-9.29</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-10.65</x:v>
+        <x:v>-6.89</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-10.91</x:v>
+        <x:v>-9.83</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>