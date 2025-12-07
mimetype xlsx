--- v2 (2025-11-17)
+++ v3 (2025-12-07)
@@ -4,102 +4,105 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2cc537003e64c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1ac40d4d5d74260a493c310b309aced.psmdcp" Id="R03635aa9e9d24ef0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7fbca87fb994851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba9df6012a3e41d5aa3cb592e7546ee9.psmdcp" Id="R1b93670aa503415c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="AUD Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="SGD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class E_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="AUD Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="SGD Class A_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class E_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="AUD Class A_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="SGD Class A_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class E_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="154">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
   <x:si>
     <x:t>Performance - Resources UCITS Fund | AUD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (AUD,%)</x:t>
+    <x:t>As of 11/30/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/27/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
@@ -230,60 +233,60 @@
   <x:si>
     <x:t>listed large and mid capitalization commodity producers within the global developed and emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (EUR,%)</x:t>
+    <x:t>As of 11/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/01/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | SGD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (SGD,%)</x:t>
+    <x:t>As of 11/30/2025 (SGD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 11/29/2021</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2022</x:t>
   </x:si>
@@ -308,198 +311,198 @@
   <x:si>
     <x:t>12/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (USD,%)</x:t>
+    <x:t>As of 11/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/29/2021</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2021</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses the Index for performance comparison purposes only and, where applicable, to compute a performance fee.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | USD Class E</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/09/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (AUD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in AUD as of 10/31/2025</x:t>
+    <x:t>Month-End as of 11/30/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class A AUD</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2023</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (EUR,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 10/31/2025</x:t>
+    <x:t>Month-End as of 11/30/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class A EUR</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 10/31/2025</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in SGD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 11/30/2025 (SGD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in SGD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class A SGD</x:t>
   </x:si>
   <x:si>
     <x:t>11/29/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in SGD as of 10/31/2025</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in SGD as of 11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class A USD</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class E USD</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in AUD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in AUD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 09/30/2025</x:t>
   </x:si>
@@ -882,8170 +885,8240 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D70"/>
+  <x:dimension ref="A1:D71"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>4.55</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.11</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-11.07</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-11.01</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>-11.07</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>-11.01</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-6.46</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>4.72</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-6.46</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-4.55</x:v>
+        <x:v>-1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-4.55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-8.77</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-8.71</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>-8.77</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-8.71</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>-3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>7.69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-6.16</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-8.58</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-8.52</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>-8.58</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-8.52</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>5.32</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-7.67</x:v>
+        <x:v>3.31</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>-7.67</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.89</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
+        <x:v>-2.95</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>-2.89</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>0.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:4">
+      <x:c r="A40" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="n">
+      <x:c r="C40" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
-      <x:c r="D39" s="4" t="n">
+      <x:c r="D40" s="4" t="n">
         <x:v>-0.46</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="42" spans="1:4">
-      <x:c r="A42" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A42" s="2" t="s"/>
+      <x:c r="B42" s="3" t="s"/>
+      <x:c r="C42" s="3" t="s"/>
+      <x:c r="D42" s="3" t="s"/>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>14.25</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>14.45</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>14.45</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>10.99</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-7.19</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-7.01</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-7.19</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-7.01</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>9.17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-6.43</x:v>
+        <x:v>-3.26</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-6.43</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>8.91</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-4.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>8.91</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
+        <x:v>-0.26</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>-0.07</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>-0.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>-4.53</x:v>
       </x:c>
-      <x:c r="D53" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="56" spans="1:4">
-      <x:c r="A56" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A56" s="2" t="s"/>
+      <x:c r="B56" s="3" t="s"/>
+      <x:c r="C56" s="3" t="s"/>
+      <x:c r="D56" s="3" t="s"/>
     </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A57" s="2" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>13.95</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-9.11</x:v>
+        <x:v>14.74</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>-9.8</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>-9.11</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>4.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B58" s="4" t="n">
+      <x:c r="B59" s="4" t="n">
         <x:v>-6.65</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>-6.05</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>2.86</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
-      <x:c r="A63" s="2" t="s">
+      <x:c r="A63" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="1" t="s">
+      <x:c r="A66" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
-      <x:c r="A69" s="2" t="s">
+      <x:c r="A69" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
-      <x:c r="A70" s="1" t="s">
+      <x:c r="A70" s="2" t="s">
         <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="1" t="s">
+        <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.470625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>17.73</x:v>
+        <x:v>20.55</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>10.37</x:v>
+        <x:v>11.51</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>23.39</x:v>
+        <x:v>27.78</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.65</x:v>
+        <x:v>18.36</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.54</x:v>
+        <x:v>9.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>-7.23</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>-6.85</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-9.37</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.77</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.77</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>18.49</x:v>
+        <x:v>21.41</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>11.24</x:v>
+        <x:v>12.39</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>23.39</x:v>
+        <x:v>27.78</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.65</x:v>
+        <x:v>18.36</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.54</x:v>
+        <x:v>9.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-4.9</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-3.42</x:v>
+        <x:v>-5.98</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-8.57</x:v>
+        <x:v>-8.81</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.000625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>14.25</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>5.23</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4.85</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>10.99</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>14.49</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>15.57</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>8.18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.26</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-9.26</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-10.72</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-12.74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>14.45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>5.82</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>5.64</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>10.99</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>14.49</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>15.57</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>8.18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.46</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-8.67</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-9.93</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-12.01</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>15.25</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-0.75</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>-4.86</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-8.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>12.13</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.87</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-8.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-9.73</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-11.65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>15.46</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-0.19</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-7.86</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>12.13</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.87</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-8.19</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-9</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-10.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>16.54</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>6.27</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>0.71</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-2.59</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>13.61</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>15.82</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>11.03</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>8.45</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.93</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-9.55</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-10.32</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-11.03</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-13.66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>16.75</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>6.87</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>1.47</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-1.84</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>13.61</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>15.82</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>11.03</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>8.45</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.14</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-8.95</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-9.56</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-10.29</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-12.93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.720625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>14.9</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>12.48</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>0.36</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>12.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>10.41</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>12.39</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.66</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-10.07</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-10.05</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-11.42</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-11.67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>15.11</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>13.11</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>1.12</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>1.73</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>12.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>10.41</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>12.39</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.86</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-9.45</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-9.29</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-10.65</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.470625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>14.93</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>12.44</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>0.32</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-2.74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>12.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>10.41</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>8.54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.68</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-10.11</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-10.09</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-11.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>15.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>13.09</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>1.12</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>12.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>10.41</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>8.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.89</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-9.46</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-9.29</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D69"/>
+  <x:dimension ref="A1:D70"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>2.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.83</x:v>
+        <x:v>3.92</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>4.83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>1.51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-12.96</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-12.9</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-11.81</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.22</x:v>
+        <x:v>-12.96</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>-12.9</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>-11.81</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>-5.22</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-6.66</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.47</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-2.47</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-7.34</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-7.28</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>-7.34</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>-7.28</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>6.86</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>6.86</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-7.7</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-7.7</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-9.84</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-4.77</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-9.84</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>-4.77</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>4.03</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>7.48</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>7.54</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>7.48</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>7.54</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
+        <x:v>-1.71</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>-1.65</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>0.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:4">
+      <x:c r="A39" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
         <x:v>-6.55</x:v>
       </x:c>
-      <x:c r="C38" s="4" t="n">
+      <x:c r="C39" s="4" t="n">
         <x:v>-6.49</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="n">
+      <x:c r="D39" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="41" spans="1:4">
-      <x:c r="A41" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A41" s="2" t="s"/>
+      <x:c r="B41" s="3" t="s"/>
+      <x:c r="C41" s="3" t="s"/>
+      <x:c r="D41" s="3" t="s"/>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>15.25</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>15.46</x:v>
+        <x:v>8.64</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>12.13</x:v>
+        <x:v>5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-4.04</x:v>
+        <x:v>15.25</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>15.46</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-8.56</x:v>
+        <x:v>12.13</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-10.26</x:v>
+        <x:v>-4.04</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-10.08</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>-8.56</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-10.26</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-10.08</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>5.33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-3.52</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>-3.52</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>-3.33</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-4.18</x:v>
+        <x:v>6.51</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>-4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
+        <x:v>-1.23</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>-1.04</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>-1.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:4">
+      <x:c r="A53" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
         <x:v>-6.55</x:v>
       </x:c>
-      <x:c r="C52" s="4" t="n">
+      <x:c r="C53" s="4" t="n">
         <x:v>-6.49</x:v>
       </x:c>
-      <x:c r="D52" s="4" t="n">
+      <x:c r="D53" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A55" s="2" t="s"/>
+      <x:c r="B55" s="3" t="s"/>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="s"/>
     </x:row>
     <x:row r="56" spans="1:4">
-      <x:c r="A56" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A56" s="2" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-12.67</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-12</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>14.01</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>-12.67</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>-12</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>0.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B57" s="4" t="n">
+      <x:c r="B58" s="4" t="n">
         <x:v>-8.45</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>-7.86</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>-0.57</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
-      <x:c r="A62" s="2" t="s">
+      <x:c r="A62" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
-      <x:c r="A65" s="1" t="s">
+      <x:c r="A65" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
-      <x:c r="A68" s="2" t="s">
+      <x:c r="A68" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
-      <x:c r="A69" s="1" t="s">
+      <x:c r="A69" s="2" t="s">
         <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="1" t="s">
+        <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D92"/>
+  <x:dimension ref="A1:D93"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.35</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>6.52</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-11.38</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-11.32</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-9.85</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-11.38</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-11.32</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-9.85</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-7.13</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-7.07</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-7.13</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>-7.07</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-5.73</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-5.67</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-5.73</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-5.67</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-8.15</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-8.15</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-9.66</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-9.66</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-5.76</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>-5.76</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>6.56</x:v>
+        <x:v>-5.7</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-5.98</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-5.91</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-8.19</x:v>
+        <x:v>6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>-5.98</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-5.91</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-8.19</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.48</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-3.96</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>-4.48</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>-3.96</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-6.61</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>9.01</x:v>
+        <x:v>-6.61</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>-4.98</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>11.79</x:v>
+        <x:v>4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-8.45</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-8.39</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>11.79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-8.45</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-8.39</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-15.18</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-15.12</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-14.59</x:v>
+        <x:v>4.21</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>6.65</x:v>
+        <x:v>-15.18</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>-15.12</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>6.81</x:v>
+        <x:v>-14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-7.47</x:v>
+        <x:v>6.65</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-7.41</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>6.81</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>6.87</x:v>
+        <x:v>-7.47</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-7.41</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>6.12</x:v>
+        <x:v>5.47</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>6.12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>8.09</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>2.19</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>3.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:4">
+      <x:c r="A55" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="n">
+      <x:c r="C55" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="D54" s="4" t="n">
+      <x:c r="D55" s="4" t="n">
         <x:v>-1.28</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A57" s="2" t="s"/>
+      <x:c r="B57" s="3" t="s"/>
+      <x:c r="C57" s="3" t="s"/>
+      <x:c r="D57" s="3" t="s"/>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>16.54</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>16.75</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>13.61</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>16.54</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>16.75</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-5.84</x:v>
+        <x:v>13.61</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-7.82</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>8.25</x:v>
+        <x:v>-5.84</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-5.24</x:v>
+        <x:v>-7.82</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>8.25</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>-5.24</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>-1.92</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>7.46</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>10.62</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>10.62</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-16.3</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-16.13</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>9.68</x:v>
+        <x:v>-16.3</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>9.88</x:v>
+        <x:v>-16.13</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>20.97</x:v>
+        <x:v>-10.96</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
+        <x:v>9.68</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="n">
+        <x:v>9.88</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="n">
+        <x:v>20.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="2" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B74" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C73" s="4" t="n">
+      <x:c r="C74" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
-      <x:c r="D73" s="4" t="n">
+      <x:c r="D74" s="4" t="n">
         <x:v>2.65</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="76" spans="1:4">
-      <x:c r="A76" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A76" s="2" t="s"/>
+      <x:c r="B76" s="3" t="s"/>
+      <x:c r="C76" s="3" t="s"/>
+      <x:c r="D76" s="3" t="s"/>
     </x:row>
     <x:row r="77" spans="1:4">
-      <x:c r="A77" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A77" s="2" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-15.21</x:v>
+        <x:v>14.46</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-14.56</x:v>
+        <x:v>15.25</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>-15.21</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>-14.56</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-3.94</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>20.45</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B80" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+      <x:c r="C80" s="4" t="n">
+        <x:v>-1.04</x:v>
+      </x:c>
+      <x:c r="D80" s="4" t="n">
+        <x:v>20.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:4">
+      <x:c r="A81" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B80" s="4" t="n">
+      <x:c r="B81" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C80" s="4" t="n">
+      <x:c r="C81" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
-      <x:c r="D80" s="4" t="n">
+      <x:c r="D81" s="4" t="n">
         <x:v>2.65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
-      <x:c r="A85" s="2" t="s">
+      <x:c r="A85" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
-      <x:c r="A88" s="1" t="s">
+      <x:c r="A88" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
-      <x:c r="A91" s="2" t="s">
+      <x:c r="A91" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
-      <x:c r="A92" s="1" t="s">
+      <x:c r="A92" s="2" t="s">
         <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:4">
+      <x:c r="A93" s="1" t="s">
+        <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D104"/>
+  <x:dimension ref="A1:D105"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-8.82</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-8.76</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>2.01</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-8.82</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-8.76</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-6.62</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-6.62</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-7.53</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-7.47</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-7.53</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.47</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-4.77</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-4.77</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-8.53</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-8.47</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-8.53</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>-8.47</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.56</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-9.56</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>7.87</x:v>
+        <x:v>-9.56</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-9.71</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-9.71</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>-1.17</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-7.21</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>8.29</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>8.36</x:v>
+        <x:v>-7.21</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-7.23</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-7.16</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-7.23</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-7.16</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-6.98</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-6.92</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>8.97</x:v>
+        <x:v>-6.98</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>9.03</x:v>
+        <x:v>-6.92</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>-6.23</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-5.03</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>12.98</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>13.04</x:v>
+        <x:v>-5.03</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>12.98</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>6.89</x:v>
+        <x:v>13.04</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>13.63</x:v>
+        <x:v>7.29</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-10.92</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-10.85</x:v>
+        <x:v>6.89</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-8.14</x:v>
+        <x:v>13.63</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-10.92</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-10.85</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-16.31</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-16.25</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-15.87</x:v>
+        <x:v>4.87</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-16.31</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>7.66</x:v>
+        <x:v>-16.25</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-15.87</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-9.28</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-9.22</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>6.88</x:v>
+        <x:v>-9.28</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>-9.22</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>6.88</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>5.79</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>7.77</x:v>
+        <x:v>5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>7.77</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-5.99</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>5.76</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>7.68</x:v>
+        <x:v>-5.99</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>5.48</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-1.22</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
+        <x:v>0.84</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="C62" s="4" t="n">
+      <x:c r="C63" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="D62" s="4" t="n">
+      <x:c r="D63" s="4" t="n">
         <x:v>-0.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="65" spans="1:4">
-      <x:c r="A65" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A65" s="2" t="s"/>
+      <x:c r="B65" s="3" t="s"/>
+      <x:c r="C65" s="3" t="s"/>
+      <x:c r="D65" s="3" t="s"/>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>15.11</x:v>
+        <x:v>7.33</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>15.11</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-6.32</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>-6.32</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-10.6</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-9.91</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-10.6</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>-9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-4.34</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-4.16</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-4.34</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>-4.16</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>14.55</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>14.76</x:v>
+        <x:v>-2.09</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>18.35</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-2.94</x:v>
+        <x:v>14.76</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>18.35</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-18.32</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-18.15</x:v>
+        <x:v>-2.94</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-13.42</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>-18.32</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>-18.15</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>20.51</x:v>
+        <x:v>-13.42</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-2.03</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>-2.53</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>-2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
+        <x:v>7.45</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>7.65</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>8.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="C84" s="4" t="n">
+      <x:c r="C85" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="D84" s="4" t="n">
+      <x:c r="D85" s="4" t="n">
         <x:v>-0.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="87" spans="1:4">
-      <x:c r="A87" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A87" s="2" t="s"/>
+      <x:c r="B87" s="3" t="s"/>
+      <x:c r="C87" s="3" t="s"/>
+      <x:c r="D87" s="3" t="s"/>
     </x:row>
     <x:row r="88" spans="1:4">
-      <x:c r="A88" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A88" s="2" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-18.03</x:v>
+        <x:v>20.57</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-17.4</x:v>
+        <x:v>21.39</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>-5.56</x:v>
+        <x:v>27.78</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-18.03</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-17.4</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>21.08</x:v>
+        <x:v>3.64</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B91" s="4" t="n">
+        <x:v>-1.17</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="n">
+        <x:v>-0.41</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="n">
+        <x:v>21.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:4">
+      <x:c r="A92" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B91" s="4" t="n">
+      <x:c r="B92" s="4" t="n">
         <x:v>11.15</x:v>
       </x:c>
-      <x:c r="C91" s="4" t="n">
+      <x:c r="C92" s="4" t="n">
         <x:v>11.78</x:v>
       </x:c>
-      <x:c r="D91" s="4" t="n">
+      <x:c r="D92" s="4" t="n">
         <x:v>11.89</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
-      <x:c r="A97" s="2" t="s">
+      <x:c r="A97" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
-      <x:c r="A100" s="1" t="s">
+      <x:c r="A100" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
-      <x:c r="A103" s="2" t="s">
+      <x:c r="A103" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
-      <x:c r="A104" s="1" t="s">
+      <x:c r="A104" s="2" t="s">
         <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:4">
+      <x:c r="A105" s="1" t="s">
+        <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D66"/>
+  <x:dimension ref="A1:D67"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.77</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-8.79</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-8.73</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>2.01</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-8.79</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-8.73</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-6.69</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-6.62</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-6.69</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-6.62</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-7.5</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-7.44</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-7.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>-7.44</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-8.55</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-8.49</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-8.55</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>-8.49</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-9.6</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-9.53</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>-9.6</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>7.87</x:v>
+        <x:v>-9.53</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-9.76</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-9.69</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>-9.76</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>-9.69</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-7.25</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>-7.25</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>8.37</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
+        <x:v>7.2</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>7.27</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>6.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:4">
+      <x:c r="A37" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
         <x:v>-5.6</x:v>
       </x:c>
-      <x:c r="C36" s="4" t="n">
+      <x:c r="C37" s="4" t="n">
         <x:v>-5.55</x:v>
       </x:c>
-      <x:c r="D36" s="4" t="n">
+      <x:c r="D37" s="4" t="n">
         <x:v>-7.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="39" spans="1:4">
-      <x:c r="A39" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A39" s="2" t="s"/>
+      <x:c r="B39" s="3" t="s"/>
+      <x:c r="C39" s="3" t="s"/>
+      <x:c r="D39" s="3" t="s"/>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>14.93</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>15.13</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-10.59</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-9.91</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-10.59</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>-9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-4.27</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>-4.27</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
+        <x:v>-0.74</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>-0.54</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>6.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:4">
+      <x:c r="A50" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
-      <x:c r="C49" s="4" t="n">
+      <x:c r="C50" s="4" t="n">
         <x:v>1.31</x:v>
       </x:c>
-      <x:c r="D49" s="4" t="n">
+      <x:c r="D50" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="52" spans="1:4">
-      <x:c r="A52" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A52" s="2" t="s"/>
+      <x:c r="B52" s="3" t="s"/>
+      <x:c r="C52" s="3" t="s"/>
+      <x:c r="D52" s="3" t="s"/>
     </x:row>
     <x:row r="53" spans="1:4">
-      <x:c r="A53" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A53" s="2" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-18.07</x:v>
+        <x:v>20.55</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-17.39</x:v>
+        <x:v>21.41</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-5.56</x:v>
+        <x:v>27.78</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
+        <x:v>-18.07</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>-17.39</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>-5.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:4">
+      <x:c r="A55" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B54" s="4" t="n">
+      <x:c r="B55" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="n">
+      <x:c r="C55" s="4" t="n">
         <x:v>2.08</x:v>
       </x:c>
-      <x:c r="D54" s="4" t="n">
+      <x:c r="D55" s="4" t="n">
         <x:v>5.15</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
-      <x:c r="A59" s="2" t="s">
+      <x:c r="A59" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
-      <x:c r="A62" s="1" t="s">
+      <x:c r="A62" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
-      <x:c r="A65" s="2" t="s">
+      <x:c r="A65" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="1" t="s">
+      <x:c r="A66" s="2" t="s">
         <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="1" t="s">
+        <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.000625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>11.46</x:v>
+        <x:v>13.95</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>11.05</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>-1.49</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>20.64</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.72</x:v>
+        <x:v>17.58</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.68</x:v>
+        <x:v>9.72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-5.24</x:v>
+        <x:v>-6.68</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-3.65</x:v>
+        <x:v>-6.52</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-11.02</x:v>
+        <x:v>-11.21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>12.16</x:v>
+        <x:v>14.74</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>11.89</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>20.64</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.72</x:v>
+        <x:v>17.58</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.68</x:v>
+        <x:v>9.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-5.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-2.82</x:v>
+        <x:v>-5.69</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-10.28</x:v>
+        <x:v>-10.46</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>-5.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>14.01</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>4.95</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>-1.28</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-4.82</x:v>
+        <x:v>-6.32</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>-6.13</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-10</x:v>
+        <x:v>-10.24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>8.64</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-5.33</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>14.01</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>4.95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-4.16</x:v>
+        <x:v>-5.58</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-2.81</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-9.28</x:v>
+        <x:v>-9.52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>14.46</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>8.84</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>-2.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.71</x:v>
+        <x:v>21.31</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>12.79</x:v>
+        <x:v>14.34</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9.92</x:v>
+        <x:v>10.54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>-6.85</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-6.44</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-7.41</x:v>
+        <x:v>-9.21</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-12.45</x:v>
+        <x:v>-12.55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>12.99</x:v>
+        <x:v>15.25</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>9.66</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>-3.78</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>17.71</x:v>
+        <x:v>21.31</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>12.79</x:v>
+        <x:v>14.34</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9.92</x:v>
+        <x:v>10.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-4.72</x:v>
+        <x:v>-6.06</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>-5.63</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-6.67</x:v>
+        <x:v>-8.48</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-11.71</x:v>
+        <x:v>-11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.720625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>17.78</x:v>
+        <x:v>20.57</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>10.42</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>1.21</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>23.39</x:v>
+        <x:v>27.78</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.65</x:v>
+        <x:v>18.36</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.32</x:v>
+        <x:v>11.94</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>-7.21</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-4.24</x:v>
+        <x:v>-6.88</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-7.65</x:v>
+        <x:v>-9.63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-10.6</x:v>
+        <x:v>-10.73</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>7.33</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>18.51</x:v>
+        <x:v>21.39</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>11.25</x:v>
+        <x:v>12.32</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>23.39</x:v>
+        <x:v>27.78</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.65</x:v>
+        <x:v>18.36</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.32</x:v>
+        <x:v>11.94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-4.88</x:v>
+        <x:v>-6.39</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>-6.04</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-6.89</x:v>
+        <x:v>-8.89</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-9.83</x:v>
+        <x:v>-9.96</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>