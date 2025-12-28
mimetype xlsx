--- v3 (2025-12-07)
+++ v4 (2025-12-28)
@@ -4,51 +4,51 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7fbca87fb994851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba9df6012a3e41d5aa3cb592e7546ee9.psmdcp" Id="R1b93670aa503415c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e52f5582a145d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d27fe11ddf154ca3ad8aa0c86a6d0eac.psmdcp" Id="Rb72c17cf7bfb46c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="AUD Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="SGD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class E_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="AUD Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="SGD Class A_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class E_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="AUD Class A_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="SGD Class A_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class E_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>