--- v4 (2025-12-28)
+++ v5 (2026-01-17)
@@ -4,102 +4,105 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e52f5582a145d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d27fe11ddf154ca3ad8aa0c86a6d0eac.psmdcp" Id="Rb72c17cf7bfb46c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77d40280d758493a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/108c29e290e64fa79aa618a60ca8ab7a.psmdcp" Id="R6df5b52a47034140" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="AUD Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="SGD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class E_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="AUD Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="SGD Class A_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class E_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="AUD Class A_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="SGD Class A_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class E_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="148">
   <x:si>
     <x:t>Performance - Resources UCITS Fund | AUD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (AUD,%)</x:t>
+    <x:t>As of 12/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/27/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
@@ -158,51 +161,51 @@
   <x:si>
     <x:t>09/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
@@ -233,60 +236,60 @@
   <x:si>
     <x:t>listed large and mid capitalization commodity producers within the global developed and emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (EUR,%)</x:t>
+    <x:t>As of 12/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/01/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | SGD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (SGD,%)</x:t>
+    <x:t>As of 12/31/2025 (SGD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 11/29/2021</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2022</x:t>
   </x:si>
@@ -311,240 +314,216 @@
   <x:si>
     <x:t>12/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (USD,%)</x:t>
+    <x:t>As of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/29/2021</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2021</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses the Index for performance comparison purposes only and, where applicable, to compute a performance fee.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | USD Class E</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/09/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (AUD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in AUD as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class A AUD</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2023</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (EUR,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class A EUR</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 11/30/2025</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in SGD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 12/31/2025 (SGD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in SGD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class A SGD</x:t>
   </x:si>
   <x:si>
     <x:t>11/29/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in SGD as of 11/30/2025</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in SGD as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class A USD</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class E USD</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 09/30/2025 (AUD,%)</x:t>
-[...32 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (SGD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -885,8240 +864,8314 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D71"/>
+  <x:dimension ref="A1:D72"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>4.55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.11</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-11.07</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-11.01</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>-11.07</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>-11.01</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-6.46</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>4.72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-6.46</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-4.55</x:v>
+        <x:v>-1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-4.55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-8.77</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-8.71</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>-8.77</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-8.71</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>-3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>7.69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-6.16</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-8.58</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-8.52</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>-8.58</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-8.52</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>5.32</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-7.67</x:v>
+        <x:v>3.31</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>-7.67</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.89</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
+        <x:v>-2.95</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>-2.89</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>0.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:4">
+      <x:c r="A41" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
-      <x:c r="C40" s="4" t="n">
+      <x:c r="C41" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
-      <x:c r="D40" s="4" t="n">
+      <x:c r="D41" s="4" t="n">
         <x:v>-0.46</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="43" spans="1:4">
-      <x:c r="A43" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A43" s="2" t="s"/>
+      <x:c r="B43" s="3" t="s"/>
+      <x:c r="C43" s="3" t="s"/>
+      <x:c r="D43" s="3" t="s"/>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>14.25</x:v>
+        <x:v>8.69</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>14.45</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>7.43</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>14.45</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>10.99</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-7.19</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-7.01</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-7.19</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-7.01</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>9.17</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-6.43</x:v>
+        <x:v>-3.26</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-6.43</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>8.91</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-4.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>8.91</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
+        <x:v>-0.26</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>-0.07</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>-0.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:4">
+      <x:c r="A55" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="n">
+      <x:c r="C55" s="4" t="n">
         <x:v>-4.53</x:v>
       </x:c>
-      <x:c r="D54" s="4" t="n">
+      <x:c r="D55" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A57" s="2" t="s"/>
+      <x:c r="B57" s="3" t="s"/>
+      <x:c r="C57" s="3" t="s"/>
+      <x:c r="D57" s="3" t="s"/>
     </x:row>
     <x:row r="58" spans="1:4">
-      <x:c r="A58" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A58" s="2" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>14.37</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-9.11</x:v>
+        <x:v>15.23</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>-9.8</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>-9.11</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>4.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B59" s="4" t="n">
+      <x:c r="B60" s="4" t="n">
         <x:v>-6.65</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C60" s="4" t="n">
         <x:v>-6.05</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D60" s="4" t="n">
         <x:v>2.86</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
-      <x:c r="A64" s="2" t="s">
+      <x:c r="A64" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
-      <x:c r="A67" s="1" t="s">
+      <x:c r="A67" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
-      <x:c r="A70" s="2" t="s">
+      <x:c r="A70" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
-      <x:c r="A71" s="1" t="s">
+      <x:c r="A71" s="2" t="s">
         <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="1" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.470625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.22</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>20.55</x:v>
+        <x:v>23.2</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>11.51</x:v>
+        <x:v>23.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>27.78</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>18.36</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9.74</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-7.23</x:v>
+        <x:v>-9.28</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-6.85</x:v>
+        <x:v>-9.28</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>-9.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.36</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>21.41</x:v>
+        <x:v>24.16</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>12.39</x:v>
+        <x:v>24.16</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>27.78</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>18.36</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9.74</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>-8.32</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-5.98</x:v>
+        <x:v>-8.32</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-8.81</x:v>
+        <x:v>-9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.000625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>14.25</x:v>
+        <x:v>8.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>14.37</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>14.37</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>7.43</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>14.49</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>15.57</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>10.17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-9.26</x:v>
+        <x:v>-8.63</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-10.72</x:v>
+        <x:v>-8.63</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-12.74</x:v>
+        <x:v>-11.49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>14.45</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>15.23</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>15.23</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-3.84</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>7.43</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>14.49</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>15.57</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>10.17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-8.67</x:v>
+        <x:v>-7.77</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-9.93</x:v>
+        <x:v>-7.77</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-12.01</x:v>
+        <x:v>-10.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="6.620625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>15.25</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>8.69</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-4.86</x:v>
+        <x:v>8.69</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-8.56</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>12.13</x:v>
+        <x:v>8.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>5.69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-8.75</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-9.73</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-11.65</x:v>
+        <x:v>-10.52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>15.46</x:v>
+        <x:v>9.72</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-7.86</x:v>
+        <x:v>-4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>12.13</x:v>
+        <x:v>8.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>5.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-8.19</x:v>
+        <x:v>-7.29</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-9</x:v>
+        <x:v>-7.29</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-10.95</x:v>
+        <x:v>-9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>16.54</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>16.08</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>16.08</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-2.59</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-3.97</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>13.61</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>15.82</x:v>
+        <x:v>24.88</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>24.88</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.45</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-9.55</x:v>
+        <x:v>-8.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-10.32</x:v>
+        <x:v>-8.81</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-11.03</x:v>
+        <x:v>-9.38</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-13.66</x:v>
+        <x:v>-12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>16.75</x:v>
+        <x:v>9.43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6.87</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>13.61</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>15.82</x:v>
+        <x:v>24.88</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>24.88</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.45</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-8.95</x:v>
+        <x:v>-7.94</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-9.56</x:v>
+        <x:v>-7.94</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-10.29</x:v>
+        <x:v>-8.63</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-12.93</x:v>
+        <x:v>-11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.720625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12.48</x:v>
+        <x:v>23.25</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>23.25</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>22.55</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>12.39</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>12.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-10.07</x:v>
+        <x:v>-9.23</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-10.05</x:v>
+        <x:v>-9.23</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-11.42</x:v>
+        <x:v>-9.56</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-11.67</x:v>
+        <x:v>-10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>15.11</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>13.11</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>22.55</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>12.39</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>12.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-9.45</x:v>
+        <x:v>-8.31</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-9.29</x:v>
+        <x:v>-8.31</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-10.65</x:v>
+        <x:v>-8.8</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-10.91</x:v>
+        <x:v>-10.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.470625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>14.93</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12.44</x:v>
+        <x:v>23.2</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>23.2</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>22.55</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>8.54</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-10.11</x:v>
+        <x:v>-9.28</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-10.09</x:v>
+        <x:v>-9.28</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-11.29</x:v>
+        <x:v>-9.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>15.13</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>13.09</x:v>
+        <x:v>24.16</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>24.16</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>22.55</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>8.54</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-9.46</x:v>
+        <x:v>-8.32</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-9.29</x:v>
+        <x:v>-8.32</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-10.5</x:v>
+        <x:v>-9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D70"/>
+  <x:dimension ref="A1:D71"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>2.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.83</x:v>
+        <x:v>3.92</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>4.83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>1.51</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-12.96</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-12.9</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-11.81</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-5.22</x:v>
+        <x:v>-12.96</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>-12.9</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>-11.81</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>-5.22</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-6.66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.47</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-2.47</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-7.34</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-7.28</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>-7.34</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>-7.28</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.86</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>6.86</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-7.7</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-7.7</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-9.84</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.77</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-9.84</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>-4.77</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>4.03</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>7.48</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>7.54</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>7.48</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>7.54</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
+        <x:v>-1.71</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>-1.65</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>0.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:4">
+      <x:c r="A40" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
         <x:v>-6.55</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="n">
+      <x:c r="C40" s="4" t="n">
         <x:v>-6.49</x:v>
       </x:c>
-      <x:c r="D39" s="4" t="n">
+      <x:c r="D40" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="42" spans="1:4">
-      <x:c r="A42" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A42" s="2" t="s"/>
+      <x:c r="B42" s="3" t="s"/>
+      <x:c r="C42" s="3" t="s"/>
+      <x:c r="D42" s="3" t="s"/>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>15.25</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>15.46</x:v>
+        <x:v>9.72</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>12.13</x:v>
+        <x:v>8.15</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-4.04</x:v>
+        <x:v>15.25</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>15.46</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-8.56</x:v>
+        <x:v>12.13</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-10.26</x:v>
+        <x:v>-4.04</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-10.08</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>-8.56</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-10.26</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-10.08</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>5.33</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-3.52</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>-3.52</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>-3.33</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-4.18</x:v>
+        <x:v>6.51</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>-4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
+        <x:v>-1.23</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>-1.04</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>-1.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
         <x:v>-6.55</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>-6.49</x:v>
       </x:c>
-      <x:c r="D53" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="56" spans="1:4">
-      <x:c r="A56" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A56" s="2" t="s"/>
+      <x:c r="B56" s="3" t="s"/>
+      <x:c r="C56" s="3" t="s"/>
+      <x:c r="D56" s="3" t="s"/>
     </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A57" s="2" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-12.67</x:v>
+        <x:v>8.69</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-12</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>-12.67</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>-12</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>0.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B58" s="4" t="n">
+      <x:c r="B59" s="4" t="n">
         <x:v>-8.45</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>-7.86</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>-0.57</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
-      <x:c r="A63" s="2" t="s">
+      <x:c r="A63" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="1" t="s">
+      <x:c r="A66" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
-      <x:c r="A69" s="2" t="s">
+      <x:c r="A69" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
-      <x:c r="A70" s="1" t="s">
+      <x:c r="A70" s="2" t="s">
         <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="1" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D93"/>
+  <x:dimension ref="A1:D94"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>2.94</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.35</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>6.52</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-11.38</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-11.32</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-9.85</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-11.38</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-11.32</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-9.85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-7.13</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-7.07</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-7.13</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>-7.07</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-5.73</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-5.67</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-5.73</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-5.67</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-8.15</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-8.15</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-9.66</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-9.66</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-5.76</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>-5.76</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>6.56</x:v>
+        <x:v>-5.7</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-5.98</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-5.91</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-8.19</x:v>
+        <x:v>6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>-5.98</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-5.91</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-8.19</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-4.48</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-3.96</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>-4.48</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>-3.96</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-6.61</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>9.01</x:v>
+        <x:v>-6.61</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>-4.98</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>11.79</x:v>
+        <x:v>4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-8.45</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-8.39</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>11.79</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-8.45</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-8.39</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-15.18</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-15.12</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-14.59</x:v>
+        <x:v>4.21</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6.65</x:v>
+        <x:v>-15.18</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>-15.12</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>6.81</x:v>
+        <x:v>-14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-7.47</x:v>
+        <x:v>6.65</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-7.41</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>6.81</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.87</x:v>
+        <x:v>-7.47</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-7.41</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>6.12</x:v>
+        <x:v>5.47</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>6.12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>8.09</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>2.19</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>3.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C56" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D56" s="4" t="n">
         <x:v>-1.28</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="58" spans="1:4">
-      <x:c r="A58" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A58" s="2" t="s"/>
+      <x:c r="B58" s="3" t="s"/>
+      <x:c r="C58" s="3" t="s"/>
+      <x:c r="D58" s="3" t="s"/>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>16.54</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>16.75</x:v>
+        <x:v>9.43</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>13.61</x:v>
+        <x:v>7.83</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>16.54</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>16.75</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-5.84</x:v>
+        <x:v>13.61</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-7.82</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>8.25</x:v>
+        <x:v>-5.84</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-5.24</x:v>
+        <x:v>-7.82</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>8.25</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>-5.24</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>-1.92</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>7.46</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>10.62</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>10.62</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-16.3</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-16.13</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>9.68</x:v>
+        <x:v>-16.3</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>9.88</x:v>
+        <x:v>-16.13</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>20.97</x:v>
+        <x:v>-10.96</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
+        <x:v>9.68</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>9.88</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>20.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:4">
+      <x:c r="A75" s="2" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B75" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C74" s="4" t="n">
+      <x:c r="C75" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
-      <x:c r="D74" s="4" t="n">
+      <x:c r="D75" s="4" t="n">
         <x:v>2.65</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="77" spans="1:4">
-      <x:c r="A77" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A77" s="2" t="s"/>
+      <x:c r="B77" s="3" t="s"/>
+      <x:c r="C77" s="3" t="s"/>
+      <x:c r="D77" s="3" t="s"/>
     </x:row>
     <x:row r="78" spans="1:4">
-      <x:c r="A78" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A78" s="2" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-15.21</x:v>
+        <x:v>16.08</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-14.56</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>24.88</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>-15.21</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>-14.56</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-3.94</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>20.45</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B81" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="n">
+        <x:v>-1.04</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="n">
+        <x:v>20.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:4">
+      <x:c r="A82" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B81" s="4" t="n">
+      <x:c r="B82" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C81" s="4" t="n">
+      <x:c r="C82" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
-      <x:c r="D81" s="4" t="n">
+      <x:c r="D82" s="4" t="n">
         <x:v>2.65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
-      <x:c r="A86" s="2" t="s">
+      <x:c r="A86" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
-      <x:c r="A89" s="1" t="s">
+      <x:c r="A89" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
-      <x:c r="A92" s="2" t="s">
+      <x:c r="A92" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
-      <x:c r="A93" s="1" t="s">
+      <x:c r="A93" s="2" t="s">
         <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:4">
+      <x:c r="A94" s="1" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D105"/>
+  <x:dimension ref="A1:D106"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-8.82</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-8.76</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>2.01</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-8.82</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-8.76</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-6.62</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-6.62</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-7.53</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.47</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-7.53</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.47</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-4.77</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-4.77</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-8.53</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-8.47</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-8.53</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>-8.47</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.56</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-9.56</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.87</x:v>
+        <x:v>-9.56</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-9.71</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-9.71</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>-1.17</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-7.21</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>8.29</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>8.36</x:v>
+        <x:v>-7.21</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-7.23</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-7.16</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-7.23</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-7.16</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-6.98</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-6.92</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>8.97</x:v>
+        <x:v>-6.98</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>9.03</x:v>
+        <x:v>-6.92</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>-6.23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-5.03</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>12.98</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>13.04</x:v>
+        <x:v>-5.03</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>12.98</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>6.89</x:v>
+        <x:v>13.04</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>13.63</x:v>
+        <x:v>7.29</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-10.92</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-10.85</x:v>
+        <x:v>6.89</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-8.14</x:v>
+        <x:v>13.63</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-10.92</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-10.85</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-16.31</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-16.25</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-15.87</x:v>
+        <x:v>4.87</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-16.31</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>7.66</x:v>
+        <x:v>-16.25</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-15.87</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-9.28</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-9.22</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.88</x:v>
+        <x:v>-9.28</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>-9.22</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>6.88</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>5.79</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>7.77</x:v>
+        <x:v>5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>7.77</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-5.99</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>5.76</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>7.68</x:v>
+        <x:v>-5.99</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>5.48</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-1.22</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
+        <x:v>0.84</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="2" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="C63" s="4" t="n">
+      <x:c r="C64" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="D63" s="4" t="n">
+      <x:c r="D64" s="4" t="n">
         <x:v>-0.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A66" s="2" t="s"/>
+      <x:c r="B66" s="3" t="s"/>
+      <x:c r="C66" s="3" t="s"/>
+      <x:c r="D66" s="3" t="s"/>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>15.11</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>15.11</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-6.32</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>-6.32</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-10.6</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-9.91</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-10.6</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>-9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-4.34</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-4.16</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-4.34</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>-4.16</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>14.55</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>14.76</x:v>
+        <x:v>-2.09</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>18.35</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-2.94</x:v>
+        <x:v>14.76</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>18.35</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-18.32</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-18.15</x:v>
+        <x:v>-2.94</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-13.42</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>-18.32</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>-18.15</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>20.51</x:v>
+        <x:v>-13.42</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-2.03</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>-2.53</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>-2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
+        <x:v>7.45</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="n">
+        <x:v>7.65</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="n">
+        <x:v>8.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="2" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B86" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="C85" s="4" t="n">
+      <x:c r="C86" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="D85" s="4" t="n">
+      <x:c r="D86" s="4" t="n">
         <x:v>-0.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="88" spans="1:4">
-      <x:c r="A88" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A88" s="2" t="s"/>
+      <x:c r="B88" s="3" t="s"/>
+      <x:c r="C88" s="3" t="s"/>
+      <x:c r="D88" s="3" t="s"/>
     </x:row>
     <x:row r="89" spans="1:4">
-      <x:c r="A89" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A89" s="2" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-18.03</x:v>
+        <x:v>23.25</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-17.4</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-5.56</x:v>
+        <x:v>32.48</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-18.03</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-17.4</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>21.08</x:v>
+        <x:v>3.64</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B92" s="4" t="n">
+        <x:v>-1.17</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="n">
+        <x:v>-0.41</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="n">
+        <x:v>21.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:4">
+      <x:c r="A93" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B92" s="4" t="n">
+      <x:c r="B93" s="4" t="n">
         <x:v>11.15</x:v>
       </x:c>
-      <x:c r="C92" s="4" t="n">
+      <x:c r="C93" s="4" t="n">
         <x:v>11.78</x:v>
       </x:c>
-      <x:c r="D92" s="4" t="n">
+      <x:c r="D93" s="4" t="n">
         <x:v>11.89</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
-      <x:c r="A98" s="2" t="s">
+      <x:c r="A98" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
-      <x:c r="A101" s="1" t="s">
+      <x:c r="A101" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
-      <x:c r="A104" s="2" t="s">
+      <x:c r="A104" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
-      <x:c r="A105" s="1" t="s">
+      <x:c r="A105" s="2" t="s">
         <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:4">
+      <x:c r="A106" s="1" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D67"/>
+  <x:dimension ref="A1:D68"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.77</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-8.79</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-8.73</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>2.01</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-8.79</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-8.73</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-6.69</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-6.62</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-6.69</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-6.62</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-7.5</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.44</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-7.5</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>-7.44</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-8.55</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-8.49</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-8.55</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>-8.49</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-9.6</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-9.53</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>-9.6</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.87</x:v>
+        <x:v>-9.53</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-9.76</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-9.69</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>-9.76</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>-9.69</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-7.25</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>-7.25</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>8.37</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
+        <x:v>7.2</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>7.27</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>6.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:4">
+      <x:c r="A38" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
         <x:v>-5.6</x:v>
       </x:c>
-      <x:c r="C37" s="4" t="n">
+      <x:c r="C38" s="4" t="n">
         <x:v>-5.55</x:v>
       </x:c>
-      <x:c r="D37" s="4" t="n">
+      <x:c r="D38" s="4" t="n">
         <x:v>-7.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="40" spans="1:4">
-      <x:c r="A40" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A40" s="2" t="s"/>
+      <x:c r="B40" s="3" t="s"/>
+      <x:c r="C40" s="3" t="s"/>
+      <x:c r="D40" s="3" t="s"/>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>14.93</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>15.13</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-10.59</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-9.91</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-10.59</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>-9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-4.27</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>-4.27</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
+        <x:v>-0.74</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>-0.54</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>6.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="n">
+      <x:c r="C51" s="4" t="n">
         <x:v>1.31</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="n">
+      <x:c r="D51" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="53" spans="1:4">
-      <x:c r="A53" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A53" s="2" t="s"/>
+      <x:c r="B53" s="3" t="s"/>
+      <x:c r="C53" s="3" t="s"/>
+      <x:c r="D53" s="3" t="s"/>
     </x:row>
     <x:row r="54" spans="1:4">
-      <x:c r="A54" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A54" s="2" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-18.07</x:v>
+        <x:v>23.2</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-17.39</x:v>
+        <x:v>24.16</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-5.56</x:v>
+        <x:v>32.48</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>-18.07</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>-17.39</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>-5.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B55" s="4" t="n">
+      <x:c r="B56" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C56" s="4" t="n">
         <x:v>2.08</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D56" s="4" t="n">
         <x:v>5.15</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
-      <x:c r="A60" s="2" t="s">
+      <x:c r="A60" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
-      <x:c r="A63" s="1" t="s">
+      <x:c r="A63" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="s">
+      <x:c r="A66" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
-      <x:c r="A67" s="1" t="s">
+      <x:c r="A67" s="2" t="s">
         <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="1" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.000625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.69</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>13.95</x:v>
+        <x:v>14.37</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>11.05</x:v>
+        <x:v>14.37</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-1.49</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>7.43</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>20.64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>17.58</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9.72</x:v>
+        <x:v>10.17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-6.68</x:v>
+        <x:v>-8.63</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-6.52</x:v>
+        <x:v>-8.63</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-11.21</x:v>
+        <x:v>-11.49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.43</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>14.74</x:v>
+        <x:v>15.23</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>11.89</x:v>
+        <x:v>15.23</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>7.43</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>20.64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>17.58</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9.72</x:v>
+        <x:v>10.17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-1.53</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>-7.77</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-5.69</x:v>
+        <x:v>-7.77</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-10.46</x:v>
+        <x:v>-10.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>8.69</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>8.69</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-5.29</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>8.15</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.01</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>7.72</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>5.69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.28</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-6.32</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-6.13</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-10.24</x:v>
+        <x:v>-10.52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.64</x:v>
+        <x:v>9.72</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.43</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>-4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>8.15</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.01</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>7.72</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>5.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>-7.29</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>-7.29</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-9.52</x:v>
+        <x:v>-9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.71</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.46</x:v>
+        <x:v>16.08</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>16.08</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-2.01</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>21.31</x:v>
+        <x:v>24.88</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>24.88</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.54</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>-1.53</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-6.85</x:v>
+        <x:v>-8.81</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-6.44</x:v>
+        <x:v>-8.81</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-9.21</x:v>
+        <x:v>-9.38</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-12.55</x:v>
+        <x:v>-12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>9.43</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.25</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>8.71</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-3.78</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>21.31</x:v>
+        <x:v>24.88</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>24.88</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.54</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>-1.47</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.06</x:v>
+        <x:v>-7.94</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-5.63</x:v>
+        <x:v>-7.94</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-8.48</x:v>
+        <x:v>-8.63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-11.8</x:v>
+        <x:v>-11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.720625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>20.57</x:v>
+        <x:v>23.25</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>11.49</x:v>
+        <x:v>23.25</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>27.78</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>18.36</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.94</x:v>
+        <x:v>12.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-7.21</x:v>
+        <x:v>-9.23</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-6.88</x:v>
+        <x:v>-9.23</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-9.63</x:v>
+        <x:v>-9.56</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-10.73</x:v>
+        <x:v>-10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
+        <x:v>2.29</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>9.78</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>24.17</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="n">
+        <x:v>24.17</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="n">
+        <x:v>0.24</x:v>
+      </x:c>
+      <x:c r="H17" s="3" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="I17" s="3" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="J17" s="4" t="n">
         <x:v>2.43</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>27.78</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>18.36</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.94</x:v>
+        <x:v>12.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>-1.39</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>-8.31</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-6.04</x:v>
+        <x:v>-8.31</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-8.89</x:v>
+        <x:v>-8.8</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-9.96</x:v>
+        <x:v>-10.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>