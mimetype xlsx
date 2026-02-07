--- v5 (2026-01-17)
+++ v6 (2026-02-07)
@@ -4,102 +4,105 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77d40280d758493a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/108c29e290e64fa79aa618a60ca8ab7a.psmdcp" Id="R6df5b52a47034140" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18939c2e033b4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85828f06ddaf4093ae77a7dd52e90839.psmdcp" Id="R56a70f3b383040a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="AUD Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="SGD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class E_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="AUD Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="SGD Class A_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class E_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="AUD Class A_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="SGD Class A_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class E_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="148">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="158" uniqueCount="158">
   <x:si>
     <x:t>Performance - Resources UCITS Fund | AUD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (AUD,%)</x:t>
+    <x:t>As of 01/31/2026 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/27/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
@@ -161,135 +164,138 @@
   <x:si>
     <x:t>09/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2023</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Commodity Producers Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of</x:t>
   </x:si>
   <x:si>
     <x:t>listed large and mid capitalization commodity producers within the global developed and emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (EUR,%)</x:t>
+    <x:t>As of 01/31/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/01/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | SGD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (SGD,%)</x:t>
+    <x:t>As of 01/31/2026 (SGD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 11/29/2021</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2022</x:t>
   </x:si>
@@ -314,216 +320,240 @@
   <x:si>
     <x:t>12/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (USD,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/29/2021</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2021</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses the Index for performance comparison purposes only and, where applicable, to compute a performance fee.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | USD Class E</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/09/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (AUD,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resources UCITS Fund Class A AUD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 01/31/2026 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resources UCITS Fund Class A EUR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 01/31/2026 (SGD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in SGD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resources UCITS Fund Class A SGD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/29/2021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in SGD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resources UCITS Fund Class A USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/29/2021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resources UCITS Fund Class E USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
-[...2 lines deleted...]
-    <x:t>Month-End as of 12/31/2025 (EUR,%)</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Resources UCITS Fund Class A EUR</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (SGD,%)</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (SGD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in SGD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Resources UCITS Fund Class A SGD</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in SGD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Resources UCITS Fund Class A USD</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -864,8314 +894,8519 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D72"/>
+  <x:dimension ref="A1:D75"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>8.05</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>4.55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.11</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-11.07</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-11.01</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>-11.07</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>-11.01</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.46</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>4.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-6.46</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-4.55</x:v>
+        <x:v>-1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-4.55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-8.77</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-8.71</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>-8.77</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-8.71</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>-3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>7.69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-6.16</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-8.58</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-8.52</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>-8.58</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-8.52</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>5.32</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-7.67</x:v>
+        <x:v>3.31</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>-7.67</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.89</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
+        <x:v>-2.95</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>-2.89</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>0.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
-      <x:c r="C41" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>-0.46</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="44" spans="1:4">
-      <x:c r="A44" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A44" s="2" t="s"/>
+      <x:c r="B44" s="3" t="s"/>
+      <x:c r="C44" s="3" t="s"/>
+      <x:c r="D44" s="3" t="s"/>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>14.25</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>14.45</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>8.05</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>8.69</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>7.43</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-7.19</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-7.01</x:v>
+        <x:v>14.45</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>10.99</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>-7.19</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-7.01</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>9.17</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-6.43</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-3.26</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>8.91</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-4.6</x:v>
+        <x:v>-6.43</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>8.91</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
+        <x:v>2.84</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>3.03</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>9.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>-0.26</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>-0.07</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>-0.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>-4.53</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B58" s="4" t="n">
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="2" t="s"/>
+      <x:c r="B59" s="3" t="s"/>
+      <x:c r="C59" s="3" t="s"/>
+      <x:c r="D59" s="3" t="s"/>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
+        <x:v>10.9</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>10.97</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>8.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
         <x:v>14.37</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C61" s="4" t="n">
         <x:v>15.23</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D61" s="4" t="n">
         <x:v>23</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:4">
-      <x:c r="A59" s="2" t="n">
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B59" s="4" t="n">
+      <x:c r="B62" s="4" t="n">
         <x:v>-9.8</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C62" s="4" t="n">
         <x:v>-9.11</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D62" s="4" t="n">
         <x:v>4.08</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:4">
-      <x:c r="A60" s="2" t="n">
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B60" s="4" t="n">
+      <x:c r="B63" s="4" t="n">
         <x:v>-6.65</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="n">
+      <x:c r="C63" s="4" t="n">
         <x:v>-6.05</x:v>
       </x:c>
-      <x:c r="D60" s="4" t="n">
+      <x:c r="D63" s="4" t="n">
         <x:v>2.86</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A64" s="1" t="s">
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:4">
-      <x:c r="A65" s="2" t="s">
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="s">
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:4">
-      <x:c r="A67" s="2" t="s">
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:4">
-      <x:c r="A68" s="1" t="s">
+    <x:row r="69" spans="1:4">
+      <x:c r="A69" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:4">
-      <x:c r="A69" s="1" t="s">
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:4">
-      <x:c r="A70" s="1" t="s">
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="1" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="1" t="s">
         <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="2" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:4">
+      <x:c r="A75" s="1" t="s">
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.470625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>15.76</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>15.76</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>23.2</x:v>
+        <x:v>15.76</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>23.2</x:v>
+        <x:v>40.41</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>6.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>13.51</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>13.51</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>32.48</x:v>
+        <x:v>13.51</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>32.48</x:v>
+        <x:v>45.04</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.91</x:v>
+        <x:v>15.81</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-9.28</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-9.28</x:v>
+        <x:v>-4.62</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-9.98</x:v>
+        <x:v>-9.35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>9.78</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>24.16</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>24.16</x:v>
+        <x:v>41.5</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>7.31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>13.51</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>13.51</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>32.48</x:v>
+        <x:v>13.51</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>32.48</x:v>
+        <x:v>45.04</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.91</x:v>
+        <x:v>15.81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-8.32</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-8.32</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-9.16</x:v>
+        <x:v>-8.49</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.000625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>8.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>14.37</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>14.37</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.43</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.26</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-8.63</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-8.63</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-11.49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8.89</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.23</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.23</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.43</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.46</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-7.77</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-7.77</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-10.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>9.51</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>8.69</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>8.69</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-4.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>16.8</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>16.8</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>5.69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-8.11</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-8.11</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-10.52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>9.72</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>9.51</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>9.51</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>16.8</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>16.8</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>5.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-7.29</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-7.29</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>9.23</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>16.08</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>16.08</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-1.85</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.83</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>24.88</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>24.88</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>7.53</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-8.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-8.81</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-9.38</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>9.43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>16.95</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>16.95</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-1.11</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.83</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>24.88</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>24.88</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>7.53</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-7.94</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-7.94</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-8.63</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.720625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>9.57</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>23.25</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>23.25</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-0.52</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>9.04</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>12.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.48</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-9.23</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-9.23</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-9.56</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>9.78</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>24.17</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>24.17</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>0.24</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>9.04</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>12.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.68</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-8.31</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-8.31</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-8.8</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-10.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.470625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>9.57</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>23.2</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>23.2</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.47</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-9.28</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-9.28</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-9.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>9.78</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>24.16</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>24.16</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.69</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-8.32</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-8.32</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D71"/>
+  <x:dimension ref="A1:D74"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>14.79</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>12.06</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>2.93</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.83</x:v>
+        <x:v>3.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>4.83</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>1.51</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-12.96</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-12.9</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-11.81</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-5.22</x:v>
+        <x:v>-12.96</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>-12.9</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>-11.81</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>-5.22</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-6.66</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.47</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-2.47</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-7.34</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-7.28</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>-7.34</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>-7.28</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.86</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>6.86</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-7.7</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-7.7</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-9.84</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.77</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-9.84</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>-4.77</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>4.03</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>7.48</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>7.54</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>7.48</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>7.54</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
+        <x:v>-1.71</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>-1.65</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>0.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:4">
+      <x:c r="A41" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
         <x:v>-6.55</x:v>
       </x:c>
-      <x:c r="C40" s="4" t="n">
+      <x:c r="C41" s="4" t="n">
         <x:v>-6.49</x:v>
       </x:c>
-      <x:c r="D40" s="4" t="n">
+      <x:c r="D41" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="43" spans="1:4">
-      <x:c r="A43" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A43" s="2" t="s"/>
+      <x:c r="B43" s="3" t="s"/>
+      <x:c r="C43" s="3" t="s"/>
+      <x:c r="D43" s="3" t="s"/>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>15.25</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>15.46</x:v>
+        <x:v>14.79</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>12.13</x:v>
+        <x:v>12.06</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-4.04</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>9.72</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-8.56</x:v>
+        <x:v>8.15</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-10.26</x:v>
+        <x:v>15.25</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-10.08</x:v>
+        <x:v>15.46</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>12.13</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-4.04</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>-8.56</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-10.26</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>-10.08</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>5.33</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-3.52</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>-3.52</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>-3.33</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-4.18</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>6.51</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>-4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>9.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:4">
+      <x:c r="A55" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>-1.23</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>-1.04</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>-1.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
         <x:v>-6.55</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="n">
+      <x:c r="C56" s="4" t="n">
         <x:v>-6.49</x:v>
       </x:c>
-      <x:c r="D54" s="4" t="n">
+      <x:c r="D56" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B57" s="4" t="n">
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="s"/>
+      <x:c r="B58" s="3" t="s"/>
+      <x:c r="C58" s="3" t="s"/>
+      <x:c r="D58" s="3" t="s"/>
+    </x:row>
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>14.73</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>14.79</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>12.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
         <x:v>8.69</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C60" s="4" t="n">
         <x:v>9.51</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
+      <x:c r="D60" s="4" t="n">
         <x:v>16.8</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:4">
-      <x:c r="A58" s="2" t="n">
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B58" s="4" t="n">
+      <x:c r="B61" s="4" t="n">
         <x:v>-12.67</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C61" s="4" t="n">
         <x:v>-12</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D61" s="4" t="n">
         <x:v>0.75</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:4">
-      <x:c r="A59" s="2" t="n">
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B59" s="4" t="n">
+      <x:c r="B62" s="4" t="n">
         <x:v>-8.45</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C62" s="4" t="n">
         <x:v>-7.86</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D62" s="4" t="n">
         <x:v>-0.57</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A63" s="1" t="s">
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:4">
-      <x:c r="A64" s="2" t="s">
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:4">
-      <x:c r="A65" s="2" t="s">
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="s">
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:4">
-      <x:c r="A67" s="1" t="s">
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:4">
-      <x:c r="A68" s="1" t="s">
+    <x:row r="69" spans="1:4">
+      <x:c r="A69" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:4">
-      <x:c r="A69" s="1" t="s">
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="1" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="1" t="s">
         <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="2" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="1" t="s">
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D94"/>
+  <x:dimension ref="A1:D97"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>12.01</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>2.94</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7.35</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>6.52</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-11.38</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-11.32</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-9.85</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-11.38</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-11.32</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-9.85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-7.13</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-7.07</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-7.13</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>-7.07</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-5.73</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-5.67</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-5.73</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-5.67</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-8.15</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-8.15</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-9.66</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-9.66</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-5.76</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>-5.76</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>6.56</x:v>
+        <x:v>-5.7</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-5.98</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-5.91</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-8.19</x:v>
+        <x:v>6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>-5.98</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-5.91</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-8.19</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-4.48</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-3.96</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>-4.48</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>-3.96</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-6.61</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>9.01</x:v>
+        <x:v>-6.61</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>-4.98</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>11.79</x:v>
+        <x:v>4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-8.45</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-8.39</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>11.79</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-8.45</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-8.39</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-15.18</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-15.12</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-14.59</x:v>
+        <x:v>4.21</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>6.65</x:v>
+        <x:v>-15.18</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>-15.12</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>6.81</x:v>
+        <x:v>-14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-7.47</x:v>
+        <x:v>6.65</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-7.41</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>6.81</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>6.87</x:v>
+        <x:v>-7.47</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-7.41</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>6.12</x:v>
+        <x:v>5.47</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>6.12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>8.09</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>2.19</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>3.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="C56" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="D56" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>-1.28</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="59" spans="1:4">
-      <x:c r="A59" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A59" s="2" t="s"/>
+      <x:c r="B59" s="3" t="s"/>
+      <x:c r="C59" s="3" t="s"/>
+      <x:c r="D59" s="3" t="s"/>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>16.54</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>16.75</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>13.61</x:v>
+        <x:v>12.01</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>9.43</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-5.84</x:v>
+        <x:v>7.83</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-7.82</x:v>
+        <x:v>16.54</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>16.75</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>8.25</x:v>
+        <x:v>13.61</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-5.24</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>-5.84</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>-7.82</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>8.25</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-5.24</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>-1.92</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>7.46</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>10.62</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-16.3</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-16.13</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>10.62</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>9.68</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>9.88</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>20.97</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
+        <x:v>-16.3</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="n">
+        <x:v>-16.13</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="n">
+        <x:v>-10.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:4">
+      <x:c r="A76" s="2" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B76" s="4" t="n">
+        <x:v>9.68</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="n">
+        <x:v>9.88</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="n">
+        <x:v>20.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:4">
+      <x:c r="A77" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B77" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C75" s="4" t="n">
+      <x:c r="C77" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
-      <x:c r="D75" s="4" t="n">
+      <x:c r="D77" s="4" t="n">
         <x:v>2.65</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="79" spans="1:4">
-      <x:c r="A79" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A79" s="2" t="s"/>
+      <x:c r="B79" s="3" t="s"/>
+      <x:c r="C79" s="3" t="s"/>
+      <x:c r="D79" s="3" t="s"/>
     </x:row>
     <x:row r="80" spans="1:4">
-      <x:c r="A80" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A80" s="2" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>12.01</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>16.08</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>20.45</x:v>
+        <x:v>24.88</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B82" s="4" t="n">
+        <x:v>-15.21</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="n">
+        <x:v>-14.56</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="n">
+        <x:v>-2.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:4">
+      <x:c r="A83" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B83" s="4" t="n">
+        <x:v>-3.94</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>-3.21</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>1.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>-1.04</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>20.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B82" s="4" t="n">
+      <x:c r="B85" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C82" s="4" t="n">
+      <x:c r="C85" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
-      <x:c r="D82" s="4" t="n">
+      <x:c r="D85" s="4" t="n">
         <x:v>2.65</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A86" s="1" t="s">
+    <x:row r="87" spans="1:4">
+      <x:c r="A87" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:4">
-      <x:c r="A87" s="2" t="s">
+    <x:row r="88" spans="1:4">
+      <x:c r="A88" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:4">
-      <x:c r="A88" s="2" t="s">
+    <x:row r="89" spans="1:4">
+      <x:c r="A89" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row r="89" spans="1:4">
-      <x:c r="A89" s="2" t="s">
+    <x:row r="90" spans="1:4">
+      <x:c r="A90" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row r="90" spans="1:4">
-      <x:c r="A90" s="1" t="s">
+    <x:row r="91" spans="1:4">
+      <x:c r="A91" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
-    <x:row r="91" spans="1:4">
-      <x:c r="A91" s="1" t="s">
+    <x:row r="92" spans="1:4">
+      <x:c r="A92" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:4">
-      <x:c r="A92" s="1" t="s">
+    <x:row r="93" spans="1:4">
+      <x:c r="A93" s="1" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:4">
+      <x:c r="A95" s="1" t="s">
         <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:4">
+      <x:c r="A96" s="2" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:4">
+      <x:c r="A97" s="1" t="s">
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D106"/>
+  <x:dimension ref="A1:D109"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>15.77</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>15.83</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>13.51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-8.82</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-8.76</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>2.01</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-8.82</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-8.76</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.62</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-6.62</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-7.53</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-7.47</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-7.53</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.47</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-4.77</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-4.77</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-8.53</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-8.47</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-8.53</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>-8.47</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.56</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-9.56</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>7.87</x:v>
+        <x:v>-9.56</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-9.71</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-9.71</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>-1.17</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-7.21</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>8.29</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>8.36</x:v>
+        <x:v>-7.21</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-7.23</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-7.16</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-7.23</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-7.16</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-6.98</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-6.92</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>8.97</x:v>
+        <x:v>-6.98</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>9.03</x:v>
+        <x:v>-6.92</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>-6.23</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-5.03</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>12.98</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>13.04</x:v>
+        <x:v>-5.03</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>12.98</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>6.89</x:v>
+        <x:v>13.04</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>13.63</x:v>
+        <x:v>7.29</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-10.92</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-10.85</x:v>
+        <x:v>6.89</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-8.14</x:v>
+        <x:v>13.63</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-10.92</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-10.85</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-16.31</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-16.25</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-15.87</x:v>
+        <x:v>4.87</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-16.31</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>7.66</x:v>
+        <x:v>-16.25</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-15.87</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-9.28</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-9.22</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>6.88</x:v>
+        <x:v>-9.28</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>-9.22</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>6.88</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>5.79</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>7.77</x:v>
+        <x:v>5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>7.77</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-5.99</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>5.76</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>7.68</x:v>
+        <x:v>-5.99</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>5.48</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-1.22</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
+        <x:v>0.84</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B65" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="C64" s="4" t="n">
+      <x:c r="C65" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="D64" s="4" t="n">
+      <x:c r="D65" s="4" t="n">
         <x:v>-0.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="67" spans="1:4">
-      <x:c r="A67" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A67" s="2" t="s"/>
+      <x:c r="B67" s="3" t="s"/>
+      <x:c r="C67" s="3" t="s"/>
+      <x:c r="D67" s="3" t="s"/>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>15.77</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>15.11</x:v>
+        <x:v>15.83</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>13.51</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-6.32</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>15.11</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>12.24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-10.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-9.91</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>-6.32</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>-10.6</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-4.34</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-4.16</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>-4.34</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-4.16</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>14.55</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>14.76</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>18.35</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-2.94</x:v>
+        <x:v>-2.09</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-18.32</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-18.15</x:v>
+        <x:v>14.76</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-13.42</x:v>
+        <x:v>18.35</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>-2.94</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>20.51</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>-18.32</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>-18.15</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>-13.42</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-2.03</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
+        <x:v>-2.53</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="n">
+        <x:v>-2.34</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="n">
+        <x:v>-2.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:4">
+      <x:c r="A87" s="2" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B87" s="4" t="n">
+        <x:v>7.45</x:v>
+      </x:c>
+      <x:c r="C87" s="4" t="n">
+        <x:v>7.65</x:v>
+      </x:c>
+      <x:c r="D87" s="4" t="n">
+        <x:v>8.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:4">
+      <x:c r="A88" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="B88" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="C86" s="4" t="n">
+      <x:c r="C88" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="D86" s="4" t="n">
+      <x:c r="D88" s="4" t="n">
         <x:v>-0.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="90" spans="1:4">
-      <x:c r="A90" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A90" s="2" t="s"/>
+      <x:c r="B90" s="3" t="s"/>
+      <x:c r="C90" s="3" t="s"/>
+      <x:c r="D90" s="3" t="s"/>
     </x:row>
     <x:row r="91" spans="1:4">
-      <x:c r="A91" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A91" s="2" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>15.77</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>15.83</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>13.51</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>23.25</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>21.08</x:v>
+        <x:v>32.48</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B93" s="4" t="n">
+        <x:v>-18.03</x:v>
+      </x:c>
+      <x:c r="C93" s="4" t="n">
+        <x:v>-17.4</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="n">
+        <x:v>-5.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:4">
+      <x:c r="A94" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B94" s="4" t="n">
+        <x:v>-2.55</x:v>
+      </x:c>
+      <x:c r="C94" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+      <x:c r="D94" s="4" t="n">
+        <x:v>3.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:4">
+      <x:c r="A95" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B95" s="4" t="n">
+        <x:v>-1.17</x:v>
+      </x:c>
+      <x:c r="C95" s="4" t="n">
+        <x:v>-0.41</x:v>
+      </x:c>
+      <x:c r="D95" s="4" t="n">
+        <x:v>21.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:4">
+      <x:c r="A96" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B93" s="4" t="n">
+      <x:c r="B96" s="4" t="n">
         <x:v>11.15</x:v>
       </x:c>
-      <x:c r="C93" s="4" t="n">
+      <x:c r="C96" s="4" t="n">
         <x:v>11.78</x:v>
       </x:c>
-      <x:c r="D93" s="4" t="n">
+      <x:c r="D96" s="4" t="n">
         <x:v>11.89</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
-      <x:c r="A99" s="2" t="s">
-        <x:v>57</x:v>
+      <x:c r="A99" s="1" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
-      <x:c r="A100" s="2" t="s">
+      <x:c r="A100" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:4">
+      <x:c r="A101" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:4">
-      <x:c r="A101" s="2" t="s">
+    <x:row r="102" spans="1:4">
+      <x:c r="A102" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row r="102" spans="1:4">
-      <x:c r="A102" s="1" t="s">
+    <x:row r="103" spans="1:4">
+      <x:c r="A103" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
-    <x:row r="103" spans="1:4">
-      <x:c r="A103" s="1" t="s">
+    <x:row r="104" spans="1:4">
+      <x:c r="A104" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="104" spans="1:4">
-      <x:c r="A104" s="1" t="s">
+    <x:row r="105" spans="1:4">
+      <x:c r="A105" s="1" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:4">
+      <x:c r="A107" s="1" t="s">
         <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:4">
+      <x:c r="A108" s="2" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:4">
+      <x:c r="A109" s="1" t="s">
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D68"/>
+  <x:dimension ref="A1:D71"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>15.76</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>13.51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.77</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-8.79</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-8.73</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>2.01</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-8.79</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-8.73</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.69</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.62</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-6.69</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-6.62</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-7.5</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-7.44</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-7.5</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>-7.44</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-8.55</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-8.49</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-8.55</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>-8.49</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-9.6</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-9.53</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>-9.6</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>7.87</x:v>
+        <x:v>-9.53</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-9.76</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-9.69</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>-9.76</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>-9.69</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-7.25</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>-7.25</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>8.37</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
+        <x:v>7.2</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>7.27</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>6.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:4">
+      <x:c r="A39" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
         <x:v>-5.6</x:v>
       </x:c>
-      <x:c r="C38" s="4" t="n">
+      <x:c r="C39" s="4" t="n">
         <x:v>-5.55</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="n">
+      <x:c r="D39" s="4" t="n">
         <x:v>-7.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="41" spans="1:4">
-      <x:c r="A41" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A41" s="2" t="s"/>
+      <x:c r="B41" s="3" t="s"/>
+      <x:c r="C41" s="3" t="s"/>
+      <x:c r="D41" s="3" t="s"/>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>14.93</x:v>
+        <x:v>15.76</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>15.13</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>13.51</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>12.24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-10.59</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-9.91</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-4.27</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>-10.59</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-4.27</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>-0.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>-0.74</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>-0.54</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>6.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:4">
+      <x:c r="A53" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C53" s="4" t="n">
         <x:v>1.31</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D53" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B54" s="4" t="n">
+    <x:row r="55" spans="1:4">
+      <x:c r="A55" s="2" t="s"/>
+      <x:c r="B55" s="3" t="s"/>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="s"/>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>15.76</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>15.82</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>13.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
         <x:v>23.2</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>24.16</x:v>
       </x:c>
-      <x:c r="D54" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:4">
-      <x:c r="A55" s="2" t="n">
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B55" s="4" t="n">
+      <x:c r="B58" s="4" t="n">
         <x:v>-18.07</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>-17.39</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>-5.56</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:4">
-      <x:c r="A56" s="2" t="n">
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B56" s="4" t="n">
+      <x:c r="B59" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
-      <x:c r="C56" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>2.08</x:v>
       </x:c>
-      <x:c r="D56" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A60" s="1" t="s">
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:4">
-      <x:c r="A61" s="2" t="s">
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:4">
-      <x:c r="A62" s="2" t="s">
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:4">
-      <x:c r="A63" s="2" t="s">
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:4">
-      <x:c r="A64" s="1" t="s">
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:4">
-      <x:c r="A65" s="1" t="s">
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:4">
-      <x:c r="A66" s="1" t="s">
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="1" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:4">
+      <x:c r="A69" s="1" t="s">
         <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="2" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="1" t="s">
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.000625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.69</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.37</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.37</x:v>
+        <x:v>25.43</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>2.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>8.05</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>7.43</x:v>
+        <x:v>8.05</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>23</x:v>
+        <x:v>8.05</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>23</x:v>
+        <x:v>29.14</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-8.63</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-8.63</x:v>
+        <x:v>-3.71</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-11.49</x:v>
+        <x:v>-10.53</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.23</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.23</x:v>
+        <x:v>26.36</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>8.05</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>7.43</x:v>
+        <x:v>8.05</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>23</x:v>
+        <x:v>8.05</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>23</x:v>
+        <x:v>29.14</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-7.77</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-7.77</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-10.74</x:v>
+        <x:v>-9.76</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.51</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.69</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>8.69</x:v>
+        <x:v>22.93</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>12.06</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8.15</x:v>
+        <x:v>12.06</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>12.06</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>26.74</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>9.72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-10.52</x:v>
+        <x:v>-9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>14.79</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>9.72</x:v>
+        <x:v>14.79</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>9.51</x:v>
+        <x:v>14.79</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>9.51</x:v>
+        <x:v>23.85</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>12.06</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>8.15</x:v>
+        <x:v>12.06</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>12.06</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>26.74</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>9.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-7.29</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-7.29</x:v>
+        <x:v>-2.89</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>-9.06</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>16.08</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.08</x:v>
+        <x:v>31.57</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>7.83</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>24.88</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>24.88</x:v>
+        <x:v>35.8</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>10.36</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>13.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-8.81</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-8.81</x:v>
+        <x:v>-4.23</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-9.38</x:v>
+        <x:v>-9.94</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-12.72</x:v>
+        <x:v>-12.25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>16.95</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>16.95</x:v>
+        <x:v>32.55</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>7.83</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>24.88</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>24.88</x:v>
+        <x:v>35.8</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>10.36</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>13.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-7.94</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-7.94</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-8.63</x:v>
+        <x:v>-9.18</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-11.98</x:v>
+        <x:v>-11.48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.720625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>15.77</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>15.77</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>23.25</x:v>
+        <x:v>15.77</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>23.25</x:v>
+        <x:v>40.52</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>13.51</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>13.51</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>32.48</x:v>
+        <x:v>13.51</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>32.48</x:v>
+        <x:v>45.04</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>12.57</x:v>
+        <x:v>15.31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-9.23</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-9.23</x:v>
+        <x:v>-4.52</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-9.56</x:v>
+        <x:v>-10.15</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-10.91</x:v>
+        <x:v>-10.56</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>15.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>9.78</x:v>
+        <x:v>15.83</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>24.17</x:v>
+        <x:v>15.83</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>24.17</x:v>
+        <x:v>41.55</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>5.54</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>13.51</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>13.51</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>32.48</x:v>
+        <x:v>13.51</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>32.48</x:v>
+        <x:v>45.04</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>12.57</x:v>
+        <x:v>15.31</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-8.31</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-8.31</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>-9.38</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-10.14</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>