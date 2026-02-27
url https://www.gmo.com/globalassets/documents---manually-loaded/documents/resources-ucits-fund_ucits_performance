--- v6 (2026-02-07)
+++ v7 (2026-02-27)
@@ -4,51 +4,51 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18939c2e033b4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85828f06ddaf4093ae77a7dd52e90839.psmdcp" Id="R56a70f3b383040a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea687af4ad041b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bb91dcff62464ec8ac7e6a888c5a2569.psmdcp" Id="R0995d755bcbe443c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="AUD Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="SGD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class E_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="AUD Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="SGD Class A_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class E_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="AUD Class A_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="SGD Class A_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class E_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>