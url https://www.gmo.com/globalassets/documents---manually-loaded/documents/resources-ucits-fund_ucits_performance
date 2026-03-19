--- v7 (2026-02-27)
+++ v8 (2026-03-19)
@@ -4,102 +4,105 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea687af4ad041b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bb91dcff62464ec8ac7e6a888c5a2569.psmdcp" Id="R0995d755bcbe443c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99825c8ffd4e43c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b37e7a5337fd4a688dbac8324c1729b3.psmdcp" Id="R805e6f0f651442e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="AUD Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="SGD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class A_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class E_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="AUD Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="SGD Class A_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class E_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="AUD Class A_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="SGD Class A_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class E_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="158" uniqueCount="158">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="159">
   <x:si>
     <x:t>Performance - Resources UCITS Fund | AUD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (AUD,%)</x:t>
+    <x:t>As of 02/28/2026 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/27/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
@@ -242,60 +245,60 @@
   <x:si>
     <x:t>listed large and mid capitalization commodity producers within the global developed and emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (EUR,%)</x:t>
+    <x:t>As of 02/28/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/01/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | SGD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (SGD,%)</x:t>
+    <x:t>As of 02/28/2026 (SGD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 11/29/2021</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2022</x:t>
   </x:si>
@@ -320,198 +323,198 @@
   <x:si>
     <x:t>12/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/29/2021</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2021</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses the Index for performance comparison purposes only and, where applicable, to compute a performance fee.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Resources UCITS Fund | USD Class E</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/09/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (AUD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in AUD as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class A AUD</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2023</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (EUR,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class A EUR</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 01/31/2026</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in SGD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 02/28/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 02/28/2026 (SGD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in SGD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class A SGD</x:t>
   </x:si>
   <x:si>
     <x:t>11/29/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in SGD as of 01/31/2026</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in SGD as of 02/28/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class A USD</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Resources UCITS Fund Class E USD</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
   </x:si>
@@ -894,8519 +897,8589 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D75"/>
+  <x:dimension ref="A1:D76"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>8.05</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>8.05</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>4.55</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.11</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-11.07</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-11.01</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>-11.07</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>-11.01</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-6.46</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>4.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-6.46</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-4.55</x:v>
+        <x:v>-1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-4.55</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-8.77</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-8.71</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>-8.77</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-8.71</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>-3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>7.69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-6.16</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-8.58</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-8.52</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>-8.58</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-8.52</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>5.32</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-7.67</x:v>
+        <x:v>3.31</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>-7.67</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-2.89</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
+        <x:v>-2.95</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>-2.89</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>0.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C43" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D43" s="4" t="n">
         <x:v>-0.46</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="45" spans="1:4">
-      <x:c r="A45" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A45" s="2" t="s"/>
+      <x:c r="B45" s="3" t="s"/>
+      <x:c r="C45" s="3" t="s"/>
+      <x:c r="D45" s="3" t="s"/>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>8.69</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>7.43</x:v>
+        <x:v>16.69</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>14.25</x:v>
+        <x:v>8.69</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>14.45</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>7.43</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>14.45</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>10.99</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-7.19</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-7.01</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-7.19</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-7.01</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>9.17</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-6.43</x:v>
+        <x:v>-3.26</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-6.43</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>8.91</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-4.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>8.91</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
+        <x:v>-0.26</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>-0.07</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>-0.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>-4.53</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="60" spans="1:4">
-      <x:c r="A60" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A60" s="2" t="s"/>
+      <x:c r="B60" s="3" t="s"/>
+      <x:c r="C60" s="3" t="s"/>
+      <x:c r="D60" s="3" t="s"/>
     </x:row>
     <x:row r="61" spans="1:4">
-      <x:c r="A61" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A61" s="2" t="s">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>14.37</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>15.23</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>23</x:v>
+        <x:v>16.69</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>14.37</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-9.11</x:v>
+        <x:v>15.23</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>-9.8</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>-9.11</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>4.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B63" s="4" t="n">
+      <x:c r="B64" s="4" t="n">
         <x:v>-6.65</x:v>
       </x:c>
-      <x:c r="C63" s="4" t="n">
+      <x:c r="C64" s="4" t="n">
         <x:v>-6.05</x:v>
       </x:c>
-      <x:c r="D63" s="4" t="n">
+      <x:c r="D64" s="4" t="n">
         <x:v>2.86</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
-      <x:c r="A68" s="2" t="s">
+      <x:c r="A68" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
-      <x:c r="A71" s="1" t="s">
+      <x:c r="A71" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
-      <x:c r="A74" s="2" t="s">
+      <x:c r="A74" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
-      <x:c r="A75" s="1" t="s">
+      <x:c r="A75" s="2" t="s">
         <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:4">
+      <x:c r="A76" s="1" t="s">
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.470625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>15.76</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>15.76</x:v>
+        <x:v>21.76</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.76</x:v>
+        <x:v>21.76</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>40.41</x:v>
+        <x:v>58.28</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>8.21</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>24.7</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>24.7</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>45.04</x:v>
+        <x:v>57.78</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>15.81</x:v>
+        <x:v>19.27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>-2.94</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>-2.94</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-4.62</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-9.35</x:v>
+        <x:v>-11.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>15.82</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>15.82</x:v>
+        <x:v>21.9</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.82</x:v>
+        <x:v>21.9</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>41.5</x:v>
+        <x:v>59.49</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>9.07</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>24.7</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>24.7</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>45.04</x:v>
+        <x:v>57.78</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>15.81</x:v>
+        <x:v>19.27</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-4.62</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-8.49</x:v>
+        <x:v>-10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.000625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>8.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>14.37</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>14.37</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.43</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.26</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-8.63</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-8.63</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-11.49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8.89</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.23</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.23</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.43</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.46</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-7.77</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-7.77</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-10.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>9.51</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>8.69</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>8.69</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-4.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>16.8</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>16.8</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>5.69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-8.11</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-8.11</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-10.52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>9.72</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>9.51</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>9.51</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>16.8</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>16.8</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>5.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-7.29</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-7.29</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>9.23</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>16.08</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>16.08</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-1.85</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.83</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>24.88</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>24.88</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>7.53</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-8.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-8.81</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-9.38</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>9.43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>16.95</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>16.95</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-1.11</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.83</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>24.88</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>24.88</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>7.53</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-7.94</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-7.94</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-8.63</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.720625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>9.57</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>23.25</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>23.25</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-0.52</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>9.04</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>12.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.48</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-9.23</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-9.23</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-9.56</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>9.78</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>24.17</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>24.17</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>0.24</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>9.04</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>12.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.68</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-8.31</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-8.31</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-8.8</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-10.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.470625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>9.57</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>23.2</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>23.2</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.47</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-9.28</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-9.28</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-9.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>9.78</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>24.16</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>24.16</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>32.48</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.69</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-8.32</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-8.32</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D74"/>
+  <x:dimension ref="A1:D75"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14.73</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>14.79</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>12.06</x:v>
+        <x:v>10.69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>14.79</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>12.06</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>2.93</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.83</x:v>
+        <x:v>3.92</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>4.83</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>1.51</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-12.96</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-12.9</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-11.81</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-5.22</x:v>
+        <x:v>-12.96</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>-12.9</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>-11.81</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>-5.22</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-6.66</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>-5.66</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-2.47</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-2.47</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-7.34</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-7.28</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>-7.34</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>-7.28</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.86</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>6.86</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-7.7</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-7.7</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-9.84</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-4.77</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-9.84</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>-4.77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>4.03</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>7.48</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>7.54</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>7.48</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>7.54</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
+        <x:v>-1.71</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>-1.65</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>0.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
         <x:v>-6.55</x:v>
       </x:c>
-      <x:c r="C41" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>-6.49</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="44" spans="1:4">
-      <x:c r="A44" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A44" s="2" t="s"/>
+      <x:c r="B44" s="3" t="s"/>
+      <x:c r="C44" s="3" t="s"/>
+      <x:c r="D44" s="3" t="s"/>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>9.51</x:v>
+        <x:v>21.06</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>9.72</x:v>
+        <x:v>21.19</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>8.15</x:v>
+        <x:v>24.04</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>15.25</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>15.46</x:v>
+        <x:v>9.72</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>12.13</x:v>
+        <x:v>8.15</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-4.04</x:v>
+        <x:v>15.25</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>15.46</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-8.56</x:v>
+        <x:v>12.13</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-10.26</x:v>
+        <x:v>-4.04</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-10.08</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>-8.56</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-10.26</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-10.08</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>5.33</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-3.52</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>-3.52</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>-3.33</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-4.18</x:v>
+        <x:v>6.51</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>-4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
+        <x:v>-1.23</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>-1.04</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>-1.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
         <x:v>-6.55</x:v>
       </x:c>
-      <x:c r="C56" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>-6.49</x:v>
       </x:c>
-      <x:c r="D56" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="59" spans="1:4">
-      <x:c r="A59" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A59" s="2" t="s"/>
+      <x:c r="B59" s="3" t="s"/>
+      <x:c r="C59" s="3" t="s"/>
+      <x:c r="D59" s="3" t="s"/>
     </x:row>
     <x:row r="60" spans="1:4">
-      <x:c r="A60" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A60" s="2" t="s">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>8.69</x:v>
+        <x:v>21.06</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>9.51</x:v>
+        <x:v>21.19</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>24.04</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-12.67</x:v>
+        <x:v>8.69</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-12</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
+        <x:v>-12.67</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>-12</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>0.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B62" s="4" t="n">
+      <x:c r="B63" s="4" t="n">
         <x:v>-8.45</x:v>
       </x:c>
-      <x:c r="C62" s="4" t="n">
+      <x:c r="C63" s="4" t="n">
         <x:v>-7.86</x:v>
       </x:c>
-      <x:c r="D62" s="4" t="n">
+      <x:c r="D63" s="4" t="n">
         <x:v>-0.57</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
-      <x:c r="A67" s="2" t="s">
+      <x:c r="A67" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
-      <x:c r="A70" s="1" t="s">
+      <x:c r="A70" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
-      <x:c r="A73" s="2" t="s">
+      <x:c r="A73" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
-      <x:c r="A74" s="1" t="s">
+      <x:c r="A74" s="2" t="s">
         <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:4">
+      <x:c r="A75" s="1" t="s">
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D97"/>
+  <x:dimension ref="A1:D98"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14.55</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>14.61</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>12.01</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>12.01</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>2.94</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.35</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>6.52</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-11.38</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-11.32</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-9.85</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-11.38</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-11.32</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-9.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-7.13</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.07</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-7.13</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>-7.07</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-5.73</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-5.67</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-5.73</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-5.67</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-8.21</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-8.15</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-8.15</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-9.66</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-9.66</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-5.76</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>-5.76</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>6.56</x:v>
+        <x:v>-5.7</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-5.98</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-5.91</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-8.19</x:v>
+        <x:v>6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>-5.98</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-5.91</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-8.19</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-4.48</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-3.96</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>-4.48</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>-3.96</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-6.61</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>9.01</x:v>
+        <x:v>-6.61</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>-4.98</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>11.79</x:v>
+        <x:v>4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-8.45</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-8.39</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>11.79</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-8.45</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-8.39</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-15.18</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-15.12</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-14.59</x:v>
+        <x:v>4.21</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.65</x:v>
+        <x:v>-15.18</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>-15.12</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>6.81</x:v>
+        <x:v>-14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-7.47</x:v>
+        <x:v>6.65</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-7.41</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>6.81</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>6.87</x:v>
+        <x:v>-7.47</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-7.41</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>6.12</x:v>
+        <x:v>5.47</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>6.12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>8.09</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>2.19</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>3.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>-1.28</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="60" spans="1:4">
-      <x:c r="A60" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A60" s="2" t="s"/>
+      <x:c r="B60" s="3" t="s"/>
+      <x:c r="C60" s="3" t="s"/>
+      <x:c r="D60" s="3" t="s"/>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>19.79</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>19.92</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>7.83</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>16.54</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>16.75</x:v>
+        <x:v>9.43</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>13.61</x:v>
+        <x:v>7.83</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>16.54</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>16.75</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-5.84</x:v>
+        <x:v>13.61</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-7.82</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-7.64</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>8.25</x:v>
+        <x:v>-5.84</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-5.24</x:v>
+        <x:v>-7.82</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>-7.64</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>8.25</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>-5.24</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>-1.92</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>7.46</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>10.62</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>10.62</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-16.3</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-16.13</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>9.68</x:v>
+        <x:v>-16.3</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>9.88</x:v>
+        <x:v>-16.13</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>20.97</x:v>
+        <x:v>-10.96</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
+        <x:v>9.68</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="n">
+        <x:v>9.88</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="n">
+        <x:v>20.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:4">
+      <x:c r="A78" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B78" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C77" s="4" t="n">
+      <x:c r="C78" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
-      <x:c r="D77" s="4" t="n">
+      <x:c r="D78" s="4" t="n">
         <x:v>2.65</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="80" spans="1:4">
-      <x:c r="A80" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A80" s="2" t="s"/>
+      <x:c r="B80" s="3" t="s"/>
+      <x:c r="C80" s="3" t="s"/>
+      <x:c r="D80" s="3" t="s"/>
     </x:row>
     <x:row r="81" spans="1:4">
-      <x:c r="A81" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A81" s="2" t="s">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>16.08</x:v>
+        <x:v>19.79</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>16.95</x:v>
+        <x:v>19.92</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>24.88</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-15.21</x:v>
+        <x:v>16.08</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-14.56</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>24.88</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>-15.21</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>-14.56</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-3.94</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>20.45</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="n">
+        <x:v>-1.04</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="n">
+        <x:v>20.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B85" s="4" t="n">
+      <x:c r="B86" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C85" s="4" t="n">
+      <x:c r="C86" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
-      <x:c r="D85" s="4" t="n">
+      <x:c r="D86" s="4" t="n">
         <x:v>2.65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
-      <x:c r="A90" s="2" t="s">
+      <x:c r="A90" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
-      <x:c r="A93" s="1" t="s">
+      <x:c r="A93" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
-      <x:c r="A96" s="2" t="s">
+      <x:c r="A96" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
-      <x:c r="A97" s="1" t="s">
+      <x:c r="A97" s="2" t="s">
         <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:4">
+      <x:c r="A98" s="1" t="s">
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D109"/>
+  <x:dimension ref="A1:D110"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>15.77</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>15.83</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>9.86</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>15.77</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>15.83</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>13.51</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-8.82</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-8.76</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>2.01</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-8.82</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-8.76</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-6.62</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-6.62</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-7.53</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-7.47</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-7.53</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-7.47</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-4.77</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-4.77</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-8.53</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-8.47</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-8.53</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>-8.47</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.56</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-9.56</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>-9.62</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7.87</x:v>
+        <x:v>-9.56</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-9.71</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-9.71</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-7.27</x:v>
+        <x:v>-1.17</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-7.21</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>8.29</x:v>
+        <x:v>-7.27</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>8.36</x:v>
+        <x:v>-7.21</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-7.23</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-7.16</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-7.23</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-7.16</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-6.98</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-6.92</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>8.97</x:v>
+        <x:v>-6.98</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>9.03</x:v>
+        <x:v>-6.92</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>-6.23</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-5.03</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>12.98</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>13.04</x:v>
+        <x:v>-5.03</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>12.98</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>6.89</x:v>
+        <x:v>13.04</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>13.63</x:v>
+        <x:v>7.29</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-10.92</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-10.85</x:v>
+        <x:v>6.89</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-8.14</x:v>
+        <x:v>13.63</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>-10.92</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-10.85</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-16.31</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-16.25</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-15.87</x:v>
+        <x:v>4.87</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-16.31</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>7.66</x:v>
+        <x:v>-16.25</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-15.87</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-9.28</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-9.22</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>6.88</x:v>
+        <x:v>-9.28</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>-9.22</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>6.88</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>5.79</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>7.77</x:v>
+        <x:v>5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>7.77</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-5.99</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>5.76</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>7.68</x:v>
+        <x:v>-5.99</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>5.48</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-1.22</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
+        <x:v>0.84</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="2" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B66" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="C65" s="4" t="n">
+      <x:c r="C66" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="D65" s="4" t="n">
+      <x:c r="D66" s="4" t="n">
         <x:v>-0.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="68" spans="1:4">
-      <x:c r="A68" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A68" s="2" t="s"/>
+      <x:c r="B68" s="3" t="s"/>
+      <x:c r="C68" s="3" t="s"/>
+      <x:c r="D68" s="3" t="s"/>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>21.73</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>9.78</x:v>
+        <x:v>21.86</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>24.7</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>15.11</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>15.11</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-6.32</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>-6.32</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-10.6</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-9.91</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-10.6</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>-9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-4.34</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-4.16</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-4.34</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>-4.16</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>14.55</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>14.76</x:v>
+        <x:v>-2.09</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>18.35</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>14.55</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-2.94</x:v>
+        <x:v>14.76</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>18.35</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-18.32</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-18.15</x:v>
+        <x:v>-2.94</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-13.42</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>-18.32</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>-18.15</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>20.51</x:v>
+        <x:v>-13.42</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-2.03</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>-2.53</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>-2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
+        <x:v>7.45</x:v>
+      </x:c>
+      <x:c r="C88" s="4" t="n">
+        <x:v>7.65</x:v>
+      </x:c>
+      <x:c r="D88" s="4" t="n">
+        <x:v>8.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:4">
+      <x:c r="A89" s="2" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B89" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="C88" s="4" t="n">
+      <x:c r="C89" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
-      <x:c r="D88" s="4" t="n">
+      <x:c r="D89" s="4" t="n">
         <x:v>-0.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="90" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="91" spans="1:4">
-      <x:c r="A91" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A91" s="2" t="s"/>
+      <x:c r="B91" s="3" t="s"/>
+      <x:c r="C91" s="3" t="s"/>
+      <x:c r="D91" s="3" t="s"/>
     </x:row>
     <x:row r="92" spans="1:4">
-      <x:c r="A92" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A92" s="2" t="s">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>23.25</x:v>
+        <x:v>21.73</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>24.17</x:v>
+        <x:v>21.86</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>32.48</x:v>
+        <x:v>24.7</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-18.03</x:v>
+        <x:v>23.25</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-17.4</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-5.56</x:v>
+        <x:v>32.48</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-18.03</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-17.4</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>21.08</x:v>
+        <x:v>3.64</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B96" s="4" t="n">
+        <x:v>-1.17</x:v>
+      </x:c>
+      <x:c r="C96" s="4" t="n">
+        <x:v>-0.41</x:v>
+      </x:c>
+      <x:c r="D96" s="4" t="n">
+        <x:v>21.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:4">
+      <x:c r="A97" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B96" s="4" t="n">
+      <x:c r="B97" s="4" t="n">
         <x:v>11.15</x:v>
       </x:c>
-      <x:c r="C96" s="4" t="n">
+      <x:c r="C97" s="4" t="n">
         <x:v>11.78</x:v>
       </x:c>
-      <x:c r="D96" s="4" t="n">
+      <x:c r="D97" s="4" t="n">
         <x:v>11.89</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
-      <x:c r="A102" s="2" t="s">
+      <x:c r="A102" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
-      <x:c r="A105" s="1" t="s">
+      <x:c r="A105" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
-      <x:c r="A108" s="2" t="s">
+      <x:c r="A108" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
-      <x:c r="A109" s="1" t="s">
+      <x:c r="A109" s="2" t="s">
         <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:4">
+      <x:c r="A110" s="1" t="s">
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D71"/>
+  <x:dimension ref="A1:D72"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>15.76</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>15.82</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>9.86</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>15.76</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>13.51</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.77</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-8.79</x:v>
+        <x:v>7.74</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-8.73</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>2.01</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-8.79</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-8.73</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-6.69</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-6.62</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-6.69</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-6.62</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-7.5</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-7.44</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-7.5</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>-7.44</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-8.55</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-8.49</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-8.55</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>-8.49</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-9.6</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-9.53</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>-9.6</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7.87</x:v>
+        <x:v>-9.53</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-9.76</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-9.69</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>-9.76</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>-9.69</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-7.25</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>-7.25</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>8.37</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
+        <x:v>7.2</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>7.27</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>6.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:4">
+      <x:c r="A40" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
         <x:v>-5.6</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="n">
+      <x:c r="C40" s="4" t="n">
         <x:v>-5.55</x:v>
       </x:c>
-      <x:c r="D39" s="4" t="n">
+      <x:c r="D40" s="4" t="n">
         <x:v>-7.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="42" spans="1:4">
-      <x:c r="A42" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A42" s="2" t="s"/>
+      <x:c r="B42" s="3" t="s"/>
+      <x:c r="C42" s="3" t="s"/>
+      <x:c r="D42" s="3" t="s"/>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>21.76</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>9.78</x:v>
+        <x:v>21.9</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>24.7</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>14.93</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>15.13</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>12.24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-10.59</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-9.91</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-10.59</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>-9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-4.27</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>-4.27</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
+        <x:v>-0.74</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>-0.54</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>6.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>1.31</x:v>
       </x:c>
-      <x:c r="D53" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="56" spans="1:4">
-      <x:c r="A56" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A56" s="2" t="s"/>
+      <x:c r="B56" s="3" t="s"/>
+      <x:c r="C56" s="3" t="s"/>
+      <x:c r="D56" s="3" t="s"/>
     </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A57" s="2" t="s">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>23.2</x:v>
+        <x:v>21.76</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>24.16</x:v>
+        <x:v>21.9</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>32.48</x:v>
+        <x:v>24.7</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-18.07</x:v>
+        <x:v>23.2</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-17.39</x:v>
+        <x:v>24.16</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-5.56</x:v>
+        <x:v>32.48</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>-18.07</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>-17.39</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>-5.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B59" s="4" t="n">
+      <x:c r="B60" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C60" s="4" t="n">
         <x:v>2.08</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D60" s="4" t="n">
         <x:v>5.15</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
-      <x:c r="A64" s="2" t="s">
+      <x:c r="A64" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
-      <x:c r="A67" s="1" t="s">
+      <x:c r="A67" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
-      <x:c r="A70" s="2" t="s">
+      <x:c r="A70" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
-      <x:c r="A71" s="1" t="s">
+      <x:c r="A71" s="2" t="s">
         <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="1" t="s">
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.000625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>25.43</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>37.98</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="n">
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.05</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8.05</x:v>
+        <x:v>16.69</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.05</x:v>
+        <x:v>16.69</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>29.14</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>37.68</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>15.57</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>15.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-3.71</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
+        <x:v>-11.78</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-10.53</x:v>
+        <x:v>-12.18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>26.36</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="n">
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>8.05</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>8.05</x:v>
+        <x:v>16.69</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.05</x:v>
+        <x:v>16.69</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>29.14</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>37.68</x:v>
+      </x:c>
+      <x:c r="G18" s="4" t="n">
+        <x:v>15.57</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>15.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-5.04</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-2.78</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>1.32</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="n">
+        <x:v>-10.99</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-9.76</x:v>
+        <x:v>-11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>14.73</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>14.73</x:v>
+        <x:v>21.06</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.73</x:v>
+        <x:v>21.06</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>22.93</x:v>
+        <x:v>38.97</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>12.06</x:v>
+        <x:v>10.69</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>12.06</x:v>
+        <x:v>24.04</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>12.06</x:v>
+        <x:v>24.04</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>26.74</x:v>
+        <x:v>38.98</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9.72</x:v>
+        <x:v>13.23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>-5.18</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-9.82</x:v>
+        <x:v>-11.52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>14.79</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>14.79</x:v>
+        <x:v>21.19</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>14.79</x:v>
+        <x:v>21.19</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>23.85</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>2.48</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>12.06</x:v>
+        <x:v>10.69</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>12.06</x:v>
+        <x:v>24.04</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>12.06</x:v>
+        <x:v>24.04</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>26.74</x:v>
+        <x:v>38.98</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9.72</x:v>
+        <x:v>13.23</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-5.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-2.89</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-9.06</x:v>
+        <x:v>-10.75</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>14.55</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>14.55</x:v>
+        <x:v>19.79</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.55</x:v>
+        <x:v>19.79</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>31.57</x:v>
+        <x:v>48.15</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>12.01</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>12.01</x:v>
+        <x:v>22.65</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>12.01</x:v>
+        <x:v>22.65</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>35.8</x:v>
+        <x:v>47.96</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>10.36</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>13.91</x:v>
+        <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>-2.86</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>-2.86</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-4.23</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-9.94</x:v>
+        <x:v>-11.77</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-12.25</x:v>
+        <x:v>-13.39</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>14.61</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>14.61</x:v>
+        <x:v>19.92</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>14.61</x:v>
+        <x:v>19.92</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>32.55</x:v>
+        <x:v>49.24</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>3.48</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>12.01</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>12.01</x:v>
+        <x:v>22.65</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>12.01</x:v>
+        <x:v>22.65</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>35.8</x:v>
+        <x:v>47.96</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>10.36</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>13.91</x:v>
+        <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>-4.87</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>-2.73</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>-2.73</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-9.18</x:v>
+        <x:v>-10.99</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-11.48</x:v>
+        <x:v>-12.61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.720625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>15.77</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>15.77</x:v>
+        <x:v>21.73</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.77</x:v>
+        <x:v>21.73</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>40.52</x:v>
+        <x:v>58.23</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>24.7</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>24.7</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>45.04</x:v>
+        <x:v>57.78</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>11.66</x:v>
+        <x:v>17.71</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>15.31</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>-4.71</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-4.52</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-10.15</x:v>
+        <x:v>-11.97</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-10.56</x:v>
+        <x:v>-11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>15.83</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>15.83</x:v>
+        <x:v>21.86</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.83</x:v>
+        <x:v>21.86</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>41.55</x:v>
+        <x:v>59.39</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>24.7</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>24.7</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>45.04</x:v>
+        <x:v>57.78</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>11.66</x:v>
+        <x:v>17.71</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>15.31</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.84</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.84</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-9.38</x:v>
+        <x:v>-11.17</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>-10.73</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>