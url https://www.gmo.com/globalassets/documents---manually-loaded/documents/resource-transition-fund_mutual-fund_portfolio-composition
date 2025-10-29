--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R301296c097904a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7fb3be9fa5f34164bfc8dd9016d3035f.psmdcp" Id="R4f2d1a9f22f14b79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3255f670866343af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b2c34514b8564d3b9399448809e33d8a.psmdcp" Id="R82eb6d1e90c34833" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <x:si>
     <x:t>Risk Profile - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 02/28/2023 to 08/31/2025</x:t>
+    <x:t>From 02/28/2023 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers ex-Energy</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Commodity Producers ex-Energy Index is an independently maintained benchmark comprised of listed large and mid capitalization commodity producers within</x:t>
   </x:si>
   <x:si>
     <x:t>the global developed and emerging markets, excluding companies in the energy sector as defined by GICS. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -422,162 +422,159 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (134.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (5.8 &amp; Below)</x:t>
+    <x:t>Medium - Large (49.2 To 144.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.0 To 49.2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto PLC</x:t>
   </x:si>
   <x:si>
+    <x:t>Glencore PLC</x:t>
+  </x:si>
+  <x:si>
     <x:t>Darling Ingredients Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Glencore PLC</x:t>
+    <x:t>Bradespar SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SolarEdge Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Sunrun Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>SolarEdge Technologies Inc</x:t>
-[...2 lines deleted...]
-    <x:t>Array Technologies Inc</x:t>
+    <x:t>Ameresco Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Neste Oyj</x:t>
   </x:si>
   <x:si>
-    <x:t>Bradespar SA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Sociedad Quimica y Minera de Chile SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Ameresco Inc</x:t>
+    <x:t>NexGen Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.2x</x:t>
-[...2 lines deleted...]
-    <x:t>14.4x</x:t>
+    <x:t>15.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.6x</x:t>
-[...2 lines deleted...]
-    <x:t>1.8x</x:t>
+    <x:t>1.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.5x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>9.0x</x:t>
   </x:si>
   <x:si>
+    <x:t>10.4x</x:t>
+  </x:si>
+  <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>2.4%</x:t>
+    <x:t>5.8%</x:t>
   </x:si>
   <x:si>
     <x:t>12.9%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
     <x:t>6.5 USD</x:t>
   </x:si>
   <x:si>
-    <x:t>30.1 USD</x:t>
+    <x:t>31.3 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -962,98 +959,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-16.12</x:v>
+        <x:v>-18.52</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.23</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>26.58</x:v>
+        <x:v>26.37</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>19.02</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1113,120 +1110,120 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.6</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>25</x:v>
+        <x:v>26.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>36.4</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>17.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>42.4</x:v>
+        <x:v>39.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>20.6</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1256,359 +1253,359 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>21.1</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>17.5</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>42.4</x:v>
+        <x:v>39.1</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>20.6</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1641,318 +1638,318 @@
       <x:c r="A1" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>21.1</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>44.9</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>20.6</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1982,117 +1979,117 @@
       <x:c r="A1" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>15.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>20.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>42.7</x:v>
+        <x:v>45.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>96.4</x:v>
+        <x:v>96.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
@@ -2108,469 +2105,458 @@
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C15"/>
+  <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.900625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="40.530625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>32.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>23.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>37.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>20.1</x:v>
+        <x:v>23.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>33.6</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>24.1</x:v>
+        <x:v>45.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>28</x:v>
-[...10 lines deleted...]
-        <x:v>7.5</x:v>
+        <x:v>5.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:3">
+      <x:c r="A11" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
-      <x:c r="A14" s="3" t="s">
-[...4 lines deleted...]
-      <x:c r="A15" s="1" t="s">
+      <x:c r="A14" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.040625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.320625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.900625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="40.530625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="B6" s="3" t="s">
+      <x:c r="C6" s="3" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="s">
+      <x:c r="C7" s="3" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="s">
+      <x:c r="C9" s="3" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="C10" s="3" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>