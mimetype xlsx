--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3255f670866343af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b2c34514b8564d3b9399448809e33d8a.psmdcp" Id="R82eb6d1e90c34833" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b84976be1942e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a71806bfcf02403a831d784ff0b1958d.psmdcp" Id="Rffc5ef9a42b64a92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <x:si>
     <x:t>Risk Profile - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 02/28/2023 to 09/30/2025</x:t>
+    <x:t>From 02/28/2023 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers ex-Energy</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Commodity Producers ex-Energy Index is an independently maintained benchmark comprised of listed large and mid capitalization commodity producers within</x:t>
   </x:si>
   <x:si>
     <x:t>the global developed and emerging markets, excluding companies in the energy sector as defined by GICS. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -422,159 +422,159 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Medium - Large (49.2 To 144.8)</x:t>
-[...8 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Medium - Large (48.6 To 149.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Glencore PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Darling Ingredients Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Sociedad Quimica y Minera de Chile SA</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bradespar SA</x:t>
   </x:si>
   <x:si>
-    <x:t>SolarEdge Technologies Inc</x:t>
+    <x:t>Anglo American PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neste Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ameresco Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Sunrun Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Ameresco Inc</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>NexGen Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.9x</x:t>
-[...2 lines deleted...]
-    <x:t>14.1x</x:t>
+    <x:t>16.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.7x</x:t>
+    <x:t>1.8x</x:t>
   </x:si>
   <x:si>
     <x:t>2.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.0x</x:t>
-[...2 lines deleted...]
-    <x:t>10.4x</x:t>
+    <x:t>9.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>5.8%</x:t>
-[...2 lines deleted...]
-    <x:t>12.9%</x:t>
+    <x:t>5.9%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>6.5 USD</x:t>
-[...2 lines deleted...]
-    <x:t>31.3 USD</x:t>
+    <x:t>6.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34.2 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -959,98 +959,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-18.52</x:v>
+        <x:v>-16</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.17</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>26.37</x:v>
+        <x:v>26.2</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>19.59</x:v>
+        <x:v>19.29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1121,109 +1121,109 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>26.8</x:v>
+        <x:v>27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>13.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>37</x:v>
+        <x:v>35.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>39.1</x:v>
+        <x:v>36.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1253,351 +1253,351 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17.9</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>39.1</x:v>
+        <x:v>36.1</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
@@ -1638,318 +1638,318 @@
       <x:c r="A1" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>41</x:v>
+        <x:v>38.1</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1979,117 +1979,117 @@
       <x:c r="A1" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>20.3</x:v>
+        <x:v>18.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>45.8</x:v>
+        <x:v>48.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>96.8</x:v>
+        <x:v>96.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
@@ -2142,291 +2142,291 @@
       <x:c r="A1" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>32.5</x:v>
+        <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>23.1</x:v>
+        <x:v>20.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>37.2</x:v>
+        <x:v>38.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>23.1</x:v>
+        <x:v>24.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>24.8</x:v>
+        <x:v>25.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>45.4</x:v>
+        <x:v>46.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.040625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="17.120625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -2512,51 +2512,51 @@
         <x:v>132</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>