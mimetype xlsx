--- v2 (2025-11-19)
+++ v3 (2026-01-01)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b84976be1942e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a71806bfcf02403a831d784ff0b1958d.psmdcp" Id="Rffc5ef9a42b64a92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b8a5df6c29b4b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c97949bf7d9e45eda6861a384fa7c73b.psmdcp" Id="R3a1374c3f539442d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <x:si>
     <x:t>Risk Profile - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 02/28/2023 to 10/31/2025</x:t>
+    <x:t>From 02/28/2023 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers ex-Energy</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Commodity Producers ex-Energy Index is an independently maintained benchmark comprised of listed large and mid capitalization commodity producers within</x:t>
   </x:si>
   <x:si>
     <x:t>the global developed and emerging markets, excluding companies in the energy sector as defined by GICS. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -422,159 +422,159 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Medium - Large (48.6 To 149.0)</x:t>
-[...8 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto PLC</x:t>
   </x:si>
   <x:si>
+    <x:t>Darling Ingredients Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Glencore PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>Darling Ingredients Inc</x:t>
+    <x:t>Albemarle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bradespar SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglo American PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Sociedad Quimica y Minera de Chile SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Bradespar SA</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Sunrun Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NexGen Energy Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>SolarEdge Technologies Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.3x</x:t>
-[...2 lines deleted...]
-    <x:t>13.7x</x:t>
+    <x:t>17.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.8x</x:t>
   </x:si>
   <x:si>
-    <x:t>2.0x</x:t>
+    <x:t>2.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.1x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>9.8x</x:t>
   </x:si>
   <x:si>
+    <x:t>11.0x</x:t>
+  </x:si>
+  <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>5.9%</x:t>
   </x:si>
   <x:si>
-    <x:t>14.1%</x:t>
+    <x:t>14.4%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>6.9 USD</x:t>
-[...2 lines deleted...]
-    <x:t>34.2 USD</x:t>
+    <x:t>8.2 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36.6 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -959,98 +959,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-16</x:v>
+        <x:v>-16.69</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>26.2</x:v>
+        <x:v>25.89</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>19.29</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1110,120 +1110,120 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.9</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>27.2</x:v>
+        <x:v>27.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>13.9</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>35.9</x:v>
+        <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>36.1</x:v>
+        <x:v>40.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1253,359 +1253,359 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>21</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.2</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>36.1</x:v>
+        <x:v>40.1</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1638,318 +1638,318 @@
       <x:c r="A1" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>21</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>38.1</x:v>
+        <x:v>41.3</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1979,106 +1979,106 @@
       <x:c r="A1" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>14.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>17.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>48.2</x:v>
+        <x:v>50.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>96.7</x:v>
+        <x:v>96.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -2142,297 +2142,297 @@
       <x:c r="A1" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>29.8</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>38.6</x:v>
+        <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>24.1</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>25.3</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>46.2</x:v>
+        <x:v>43.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.040625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="17.120625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2512,54 +2512,54 @@
         <x:v>132</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>