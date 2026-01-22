--- v3 (2026-01-01)
+++ v4 (2026-01-22)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b8a5df6c29b4b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c97949bf7d9e45eda6861a384fa7c73b.psmdcp" Id="R3a1374c3f539442d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ae978ab6a404ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d1a8e8485e545939419fb66f9baa28d.psmdcp" Id="R026082867b464e04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
   <x:si>
     <x:t>Risk Profile - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 02/28/2023 to 11/30/2025</x:t>
+    <x:t>From 02/28/2023 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers ex-Energy</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Commodity Producers ex-Energy Index is an independently maintained benchmark comprised of listed large and mid capitalization commodity producers within</x:t>
   </x:si>
   <x:si>
     <x:t>the global developed and emerging markets, excluding companies in the energy sector as defined by GICS. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -422,159 +422,162 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Medium - Large (49.1 To 145.9)</x:t>
-[...8 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Darling Ingredients Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Glencore PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Sociedad Quimica y Minera de Chile SA</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bradespar SA</x:t>
   </x:si>
   <x:si>
     <x:t>Anglo American PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>Sociedad Quimica y Minera de Chile SA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Sunrun Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Neste Oyj</x:t>
+  </x:si>
+  <x:si>
     <x:t>NexGen Energy Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>SolarEdge Technologies Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>17.5x</x:t>
-[...2 lines deleted...]
-    <x:t>13.5x</x:t>
+    <x:t>16.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.8x</x:t>
-[...2 lines deleted...]
-    <x:t>2.1x</x:t>
+    <x:t>1.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.8x</x:t>
-[...2 lines deleted...]
-    <x:t>11.0x</x:t>
+    <x:t>10.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>5.9%</x:t>
   </x:si>
   <x:si>
     <x:t>14.4%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>8.2 USD</x:t>
-[...2 lines deleted...]
-    <x:t>36.6 USD</x:t>
+    <x:t>8.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37.4 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -959,98 +962,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-16.69</x:v>
+        <x:v>-17.75</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.16</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>25.89</x:v>
+        <x:v>25.68</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>19.17</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1110,120 +1113,120 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>27.4</x:v>
+        <x:v>27.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>36.4</x:v>
+        <x:v>35.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>40.1</x:v>
+        <x:v>37.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1253,285 +1256,285 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>22.4</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
@@ -1539,73 +1542,73 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>40.1</x:v>
+        <x:v>37.6</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1638,318 +1641,318 @@
       <x:c r="A1" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>22.4</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>41.3</x:v>
+        <x:v>39.6</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1979,106 +1982,106 @@
       <x:c r="A1" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>17.6</x:v>
+        <x:v>16.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>50.5</x:v>
+        <x:v>52.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>96.9</x:v>
+        <x:v>97.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -2105,458 +2108,469 @@
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C14"/>
+  <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.900625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="40.530625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>32</x:v>
+        <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>20.2</x:v>
+        <x:v>16.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>36.4</x:v>
+        <x:v>27.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>27</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>25</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>43.3</x:v>
+        <x:v>27.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.5</x:v>
-[...4 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>23.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:3">
+      <x:c r="A10" s="3" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>42.3</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:3">
-      <x:c r="A14" s="1" t="s">
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.040625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="17.120625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.320625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.900625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="40.530625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>