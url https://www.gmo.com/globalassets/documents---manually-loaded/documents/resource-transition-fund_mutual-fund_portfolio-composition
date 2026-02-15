--- v4 (2026-01-22)
+++ v5 (2026-02-15)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ae978ab6a404ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d1a8e8485e545939419fb66f9baa28d.psmdcp" Id="R026082867b464e04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c2a75bde06448fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cac759b62b7f4c4aa33da7ae36afea9e.psmdcp" Id="Ra76b1683d43248f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
   <x:si>
     <x:t>Risk Profile - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 02/28/2023 to 12/31/2025</x:t>
+    <x:t>From 02/28/2023 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers ex-Energy</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Commodity Producers ex-Energy Index is an independently maintained benchmark comprised of listed large and mid capitalization commodity producers within</x:t>
   </x:si>
   <x:si>
     <x:t>the global developed and emerging markets, excluding companies in the energy sector as defined by GICS. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -422,162 +422,162 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Darling Ingredients Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Glencore PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Bradespar SA</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sociedad Quimica y Minera de Chile SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Bradespar SA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Anglo American PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>Sunrun Inc</x:t>
+    <x:t>NexGen Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Neste Oyj</x:t>
   </x:si>
   <x:si>
-    <x:t>NexGen Energy Ltd</x:t>
+    <x:t>Array Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.8x</x:t>
-[...2 lines deleted...]
-    <x:t>13.9x</x:t>
+    <x:t>18.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.9x</x:t>
-[...2 lines deleted...]
-    <x:t>2.3x</x:t>
+    <x:t>2.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.7x</x:t>
-[...2 lines deleted...]
-    <x:t>11.5x</x:t>
+    <x:t>12.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>5.9%</x:t>
-[...2 lines deleted...]
-    <x:t>14.4%</x:t>
+    <x:t>4.0%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.2%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>8.9 USD</x:t>
-[...2 lines deleted...]
-    <x:t>37.4 USD</x:t>
+    <x:t>9.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -962,98 +962,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-17.75</x:v>
+        <x:v>-18.36</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.15</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.74</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.49</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>25.68</x:v>
+        <x:v>26.73</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>19.28</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1113,109 +1113,109 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>16.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>27.7</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>11.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>35.8</x:v>
+        <x:v>35.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>37.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
@@ -1256,359 +1256,359 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>13.9</x:v>
+        <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>21.7</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>37.6</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1641,318 +1641,318 @@
       <x:c r="A1" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>13.9</x:v>
+        <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>9.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>21.7</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>39.6</x:v>
+        <x:v>39.8</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1982,117 +1982,117 @@
       <x:c r="A1" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>15.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>52.1</x:v>
+        <x:v>52.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>97.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
@@ -2148,95 +2148,95 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>23.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>27.3</x:v>
+        <x:v>32.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>27.7</x:v>
+        <x:v>38.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>24.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>42.3</x:v>
+        <x:v>31.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -2270,183 +2270,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2526,54 +2526,54 @@
         <x:v>133</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>