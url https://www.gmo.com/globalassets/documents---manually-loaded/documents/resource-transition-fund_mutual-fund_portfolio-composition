--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c2a75bde06448fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cac759b62b7f4c4aa33da7ae36afea9e.psmdcp" Id="Ra76b1683d43248f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbae54615406240a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/94282906e1ab4781821f5132975dfeed.psmdcp" Id="R2d7a5826b51d4131" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <x:si>
     <x:t>Risk Profile - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 02/28/2023 to 01/31/2026</x:t>
+    <x:t>From 02/28/2023 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers ex-Energy</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Commodity Producers ex-Energy Index is an independently maintained benchmark comprised of listed large and mid capitalization commodity producers within</x:t>
   </x:si>
   <x:si>
     <x:t>the global developed and emerging markets, excluding companies in the energy sector as defined by GICS. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -422,162 +422,159 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Darling Ingredients Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rio Tinto PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>Darling Ingredients Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Glencore PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Bradespar SA</x:t>
   </x:si>
   <x:si>
     <x:t>Sociedad Quimica y Minera de Chile SA</x:t>
   </x:si>
   <x:si>
     <x:t>Anglo American PLC</x:t>
   </x:si>
   <x:si>
     <x:t>NexGen Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Neste Oyj</x:t>
   </x:si>
   <x:si>
-    <x:t>Array Technologies Inc</x:t>
+    <x:t>SolarEdge Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Resource Transition Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>18.0x</x:t>
-[...2 lines deleted...]
-    <x:t>14.7x</x:t>
+    <x:t>17.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>2.2x</x:t>
-[...2 lines deleted...]
-    <x:t>2.6x</x:t>
+    <x:t>2.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.3x</x:t>
-[...2 lines deleted...]
-    <x:t>12.7x</x:t>
+    <x:t>13.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>4.0%</x:t>
-[...2 lines deleted...]
-    <x:t>14.2%</x:t>
+    <x:t>4.7%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>9.9 USD</x:t>
-[...2 lines deleted...]
-    <x:t>40.8 USD</x:t>
+    <x:t>10.2 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52.2 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -962,98 +959,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-18.36</x:v>
+        <x:v>-20.59</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.15</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>26.73</x:v>
+        <x:v>26.42</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1124,109 +1121,109 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>35.2</x:v>
+        <x:v>36.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>18.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>37.6</x:v>
+        <x:v>37.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1256,351 +1253,351 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>14.1</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>20.9</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>18.3</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>37.6</x:v>
+        <x:v>37.4</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
@@ -1641,318 +1638,318 @@
       <x:c r="A1" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>14.1</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>20.9</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>18.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>39.8</x:v>
+        <x:v>39.5</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1982,117 +1979,117 @@
       <x:c r="A1" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>16.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>52.3</x:v>
+        <x:v>53.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>97.2</x:v>
+        <x:v>97.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
@@ -2145,308 +2142,308 @@
       <x:c r="A1" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>23.3</x:v>
+        <x:v>25.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>32.4</x:v>
+        <x:v>37.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>30</x:v>
+        <x:v>29.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>38.1</x:v>
+        <x:v>39.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>24.6</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>31.9</x:v>
+        <x:v>30.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.040625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="17.120625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2496,78 +2493,78 @@
         <x:v>125</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="s">
+      <x:c r="C9" s="3" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="C10" s="3" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">