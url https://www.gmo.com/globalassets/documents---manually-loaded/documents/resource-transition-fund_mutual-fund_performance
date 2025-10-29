--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4a8f90cdab1472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8214c9a602854d6ba9b3695a329cb05c.psmdcp" Id="R05c090bc2aca4036" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfddba09384564f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4953d578c238471ab73f956f004d4ca4.psmdcp" Id="R81ab884577cf40fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class VI_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="89">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <x:si>
     <x:t>Performance - Resource Transition Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (USD,%)</x:t>
+    <x:t>As of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/15/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers ex-Energy</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2024</x:t>
@@ -125,87 +128,87 @@
   <x:si>
     <x:t>09/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q3-2025</x:t>
+    <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2023</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 06/30/2025</x:t>
+    <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>If certain expenses were not reimbursed, performance would be lower. Transaction costs, if any, are paid to the fund to offset the cost of portfolio transactions to invest or raise cash.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Resource Transition Fund-VI</x:t>
   </x:si>
@@ -245,84 +248,78 @@
   <x:si>
     <x:t>the global developed and emerging markets, excluding companies in the energy sector as defined by GICS. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Trust mutual funds are distributed by Funds Distributor LLC. GMO and Funds Distributor LLC are not affiliated.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 08/31/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 08/31/2025</x:t>
+    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 08/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 06/30/2025 (USD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 06/30/2025</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -667,1746 +664,1760 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G81"/>
+  <x:dimension ref="A1:G82"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.780625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14.84</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>14.92</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>10.29</x:v>
+        <x:v>10.22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>14.84</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>14.92</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>10.29</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-3.55</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>7.14</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>2.76</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-3.55</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-8.59</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-8.53</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-8.59</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>-8.53</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-10.8</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-10.73</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-8.45</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>-10.8</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-10.73</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-3.19</x:v>
+        <x:v>-8.45</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.49</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-6.5</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>-6.49</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>8.21</x:v>
+        <x:v>-6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>8.21</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-11.51</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-11.44</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-4.87</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-11.51</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>-11.44</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-4.87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.01</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-2.01</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>8.41</x:v>
+        <x:v>2.11</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>8.41</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-13.58</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-7.33</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>-13.58</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>11.45</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>-7.33</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>11.38</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>11.45</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>7.54</x:v>
+        <x:v>6.96</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-13.08</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-13.01</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-5.08</x:v>
+        <x:v>7.54</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-4.86</x:v>
+        <x:v>-13.08</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>-13.01</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-5.08</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-12.55</x:v>
+        <x:v>-4.86</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-12.47</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-6.76</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>-12.55</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>-12.47</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>7.73</x:v>
+        <x:v>-6.76</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>7.73</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-7.67</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-7.6</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-9.46</x:v>
+        <x:v>6.57</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>-7.67</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>-7.6</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>-9.46</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
+        <x:v>-2.63</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>-2.56</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>1.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:7">
+      <x:c r="A38" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
         <x:v>-5.1</x:v>
       </x:c>
-      <x:c r="C37" s="4" t="n">
+      <x:c r="C38" s="4" t="n">
         <x:v>-5.07</x:v>
       </x:c>
-      <x:c r="D37" s="4" t="n">
+      <x:c r="D38" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="40" spans="1:7">
-      <x:c r="A40" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A40" s="2" t="s"/>
+      <x:c r="B40" s="3" t="s"/>
+      <x:c r="C40" s="3" t="s"/>
+      <x:c r="D40" s="3" t="s"/>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>11.04</x:v>
+        <x:v>25.84</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>11.27</x:v>
+        <x:v>26.1</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>11.04</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>8.53</x:v>
+        <x:v>8.37</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-18.67</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-18.48</x:v>
+        <x:v>-7.91</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-17.13</x:v>
+        <x:v>8.53</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>-18.67</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>-18.48</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>-17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-7.34</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-7.14</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-8.38</x:v>
+        <x:v>-7.34</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>-7.14</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>-8.38</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-10.7</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-10.5</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>9.19</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-2.65</x:v>
+        <x:v>-10.7</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>-10.5</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
+        <x:v>-2.65</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>-2.44</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>-5.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:7">
+      <x:c r="A51" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
         <x:v>-7.6</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="n">
+      <x:c r="C51" s="4" t="n">
         <x:v>-7.5</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="n">
+      <x:c r="D51" s="4" t="n">
         <x:v>-2.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="53" spans="1:7">
-      <x:c r="A53" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A53" s="2" t="s"/>
+      <x:c r="B53" s="3" t="s"/>
+      <x:c r="C53" s="3" t="s"/>
+      <x:c r="D53" s="3" t="s"/>
     </x:row>
     <x:row r="54" spans="1:7">
-      <x:c r="A54" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A54" s="2" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-26.24</x:v>
+        <x:v>28.4</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-25.58</x:v>
+        <x:v>29.2</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-12.77</x:v>
+        <x:v>43.89</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>-26.24</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>-25.58</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>-12.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B55" s="4" t="n">
+      <x:c r="B56" s="4" t="n">
         <x:v>-17.12</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C56" s="4" t="n">
         <x:v>-16.48</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D56" s="4" t="n">
         <x:v>-0.59</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B60" s="2" t="s">
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="C60" s="3" t="s">
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="s"/>
+      <x:c r="B61" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="D60" s="3" t="s">
+      <x:c r="C61" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="E60" s="3" t="s">
+      <x:c r="D61" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="F60" s="3" t="s">
+      <x:c r="E61" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="G60" s="3" t="s">
+      <x:c r="F61" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A61" s="1" t="s">
+      <x:c r="G61" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="B61" s="2" t="s">
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="D61" s="3" t="s">
+      <x:c r="B62" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="E61" s="3" t="s">
-[...11 lines deleted...]
-        <x:v>60</x:v>
+      <x:c r="C62" s="4" t="n">
+        <x:v>4.43</x:v>
+      </x:c>
+      <x:c r="D62" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="E62" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F62" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G62" s="4" t="n">
+        <x:v>-8.82</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:7">
-      <x:c r="A67" s="2" t="s">
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="1" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B68" s="5" t="n">
+        <x:v>1.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B69" s="5" t="n">
         <x:v>0.86</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
-      <x:c r="A73" s="2" t="s">
+      <x:c r="A73" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
-      <x:c r="A76" s="1" t="s">
+      <x:c r="A76" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
-      <x:c r="A79" s="2" t="s">
+      <x:c r="A79" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="1" t="s">
+      <x:c r="A81" s="2" t="s">
         <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:7">
+      <x:c r="A82" s="1" t="s">
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.780625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>14.84</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>19.71</x:v>
+        <x:v>25.84</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>22.13</x:v>
+        <x:v>28.4</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-10.86</x:v>
+        <x:v>-8.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>10.29</x:v>
+        <x:v>10.22</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>30.55</x:v>
+        <x:v>43.89</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>17.07</x:v>
+        <x:v>19.25</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.71</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-8.41</x:v>
+        <x:v>-15.5</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-13.35</x:v>
+        <x:v>-14.82</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-15.86</x:v>
+        <x:v>-17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>14.92</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>19.87</x:v>
+        <x:v>26.1</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>22.82</x:v>
+        <x:v>29.2</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-10.08</x:v>
+        <x:v>-8.02</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>10.29</x:v>
+        <x:v>10.22</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>30.55</x:v>
+        <x:v>43.89</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>17.07</x:v>
+        <x:v>19.25</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>8.88</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-7.73</x:v>
+        <x:v>-14.69</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-12.45</x:v>
+        <x:v>-13.92</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-15.08</x:v>
+        <x:v>-16.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-11.35</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>-18.05</x:v>
+        <x:v>-8.82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.780625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>11.04</x:v>
+        <x:v>25.84</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>28.4</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-11.35</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-18.05</x:v>
+        <x:v>-8.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>17.62</x:v>
+        <x:v>43.89</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>5.39</x:v>
+        <x:v>19.25</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-15.59</x:v>
+        <x:v>-15.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-16.74</x:v>
+        <x:v>-14.82</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-18.88</x:v>
+        <x:v>-17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>11.27</x:v>
+        <x:v>26.1</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>29.2</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-10.58</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-17.33</x:v>
+        <x:v>-8.02</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>17.62</x:v>
+        <x:v>43.89</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>5.39</x:v>
+        <x:v>19.25</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-15.16</x:v>
+        <x:v>-14.69</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-15.97</x:v>
+        <x:v>-13.92</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-18.16</x:v>
+        <x:v>-16.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-11.35</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>-18.05</x:v>
+        <x:v>-8.82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>