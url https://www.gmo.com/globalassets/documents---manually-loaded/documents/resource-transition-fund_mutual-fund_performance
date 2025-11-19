--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfddba09384564f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4953d578c238471ab73f956f004d4ca4.psmdcp" Id="R81ab884577cf40fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66e8814ad34546e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5a6baa4123f4a75ad32ad01336d0147.psmdcp" Id="Rc508c7b4d3604d5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class VI_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="92">
   <x:si>
     <x:t>Performance - Resource Transition Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (USD,%)</x:t>
+    <x:t>As of 10/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/15/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers ex-Energy</x:t>
   </x:si>
   <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
@@ -128,50 +131,53 @@
   <x:si>
     <x:t>09/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
@@ -248,78 +254,84 @@
   <x:si>
     <x:t>the global developed and emerging markets, excluding companies in the energy sector as defined by GICS. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Trust mutual funds are distributed by Funds Distributor LLC. GMO and Funds Distributor LLC are not affiliated.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -664,1760 +676,1789 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G82"/>
+  <x:dimension ref="A1:G84"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.780625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>10.22</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>14.84</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.92</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>10.29</x:v>
+        <x:v>10.22</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>14.84</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>14.92</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>10.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-3.55</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>7.14</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>2.76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-3.55</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-8.59</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-8.53</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-8.59</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>-8.53</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-10.8</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-10.73</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-8.45</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>-10.8</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-10.73</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-3.19</x:v>
+        <x:v>-8.45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-6.49</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-6.5</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>-6.49</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>8.21</x:v>
+        <x:v>-6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>8.21</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-11.51</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-11.44</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-4.87</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-11.51</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>-11.44</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-4.87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-2.01</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-2.01</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>8.41</x:v>
+        <x:v>2.11</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>8.41</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-13.58</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-7.33</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>-13.58</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>11.45</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>-7.33</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>11.38</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>11.45</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>7.54</x:v>
+        <x:v>6.96</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-13.08</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-13.01</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-5.08</x:v>
+        <x:v>7.54</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-4.86</x:v>
+        <x:v>-13.08</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>-13.01</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-5.08</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-12.55</x:v>
+        <x:v>-4.86</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-12.47</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-6.76</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>-12.55</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>-12.47</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>7.73</x:v>
+        <x:v>-6.76</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>7.73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-7.67</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-7.6</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-9.46</x:v>
+        <x:v>6.57</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>-7.67</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>-7.6</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>-9.46</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
+        <x:v>-2.63</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>-2.56</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>1.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:7">
+      <x:c r="A39" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
         <x:v>-5.1</x:v>
       </x:c>
-      <x:c r="C38" s="4" t="n">
+      <x:c r="C39" s="4" t="n">
         <x:v>-5.07</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="n">
+      <x:c r="D39" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="41" spans="1:7">
-      <x:c r="A41" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A41" s="2" t="s"/>
+      <x:c r="B41" s="3" t="s"/>
+      <x:c r="C41" s="3" t="s"/>
+      <x:c r="D41" s="3" t="s"/>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>11.04</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>11.27</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>25.84</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>26.1</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>8.53</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-18.67</x:v>
+        <x:v>11.04</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-18.48</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-17.13</x:v>
+        <x:v>8.37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>-7.91</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>8.53</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-7.34</x:v>
+        <x:v>-18.67</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-7.14</x:v>
+        <x:v>-18.48</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-8.38</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>-7.34</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-7.14</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-10.7</x:v>
+        <x:v>-8.38</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-10.5</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-2.65</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>9.19</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
+        <x:v>-10.7</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>-10.5</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>-1.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:7">
+      <x:c r="A52" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>-2.65</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>-2.44</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>-5.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:7">
+      <x:c r="A53" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
         <x:v>-7.6</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C53" s="4" t="n">
         <x:v>-7.5</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D53" s="4" t="n">
         <x:v>-2.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="55" spans="1:7">
-      <x:c r="A55" s="2" t="n">
+      <x:c r="A55" s="2" t="s"/>
+      <x:c r="B55" s="3" t="s"/>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="s"/>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>35.63</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>36.57</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>44.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B55" s="4" t="n">
+      <x:c r="B57" s="4" t="n">
         <x:v>-26.24</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>-25.58</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>-12.77</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:7">
-      <x:c r="A56" s="2" t="n">
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B56" s="4" t="n">
+      <x:c r="B58" s="4" t="n">
         <x:v>-17.12</x:v>
       </x:c>
-      <x:c r="C56" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>-16.48</x:v>
       </x:c>
-      <x:c r="D56" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>-0.59</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:7">
-[...6 lines deleted...]
-        <x:v>51</x:v>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
-      <x:c r="A61" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C61" s="3" t="s">
+      <x:c r="A61" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D61" s="3" t="s">
+    </x:row>
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="s"/>
+      <x:c r="B63" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="E61" s="3" t="s">
+      <x:c r="C63" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F61" s="3" t="s">
+      <x:c r="D63" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="G61" s="3" t="s">
+      <x:c r="E63" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A62" s="1" t="s">
+      <x:c r="F63" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="B62" s="2" t="s">
+      <x:c r="G63" s="3" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>-8.82</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B64" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
-    </x:row>
-[...2 lines deleted...]
-        <x:v>62</x:v>
+      <x:c r="C64" s="4" t="n">
+        <x:v>4.43</x:v>
+      </x:c>
+      <x:c r="D64" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="E64" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F64" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G64" s="4" t="n">
+        <x:v>-8.82</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
     <x:row r="68" spans="1:7">
-      <x:c r="A68" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B68" s="5" t="n">
+      <x:c r="A68" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B70" s="5" t="n">
         <x:v>1.02</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:7">
-[...3 lines deleted...]
-      <x:c r="B69" s="5" t="n">
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B71" s="5" t="n">
         <x:v>0.86</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
-      <x:c r="A74" s="2" t="s">
+      <x:c r="A74" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
-      <x:c r="A75" s="2" t="s">
+      <x:c r="A75" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
-      <x:c r="A77" s="1" t="s">
+      <x:c r="A77" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="1" t="s">
+      <x:c r="A78" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
-      <x:c r="A80" s="2" t="s">
+      <x:c r="A80" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="2" t="s">
+      <x:c r="A81" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="1" t="s">
+      <x:c r="A82" s="2" t="s">
         <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="2" t="s">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="1" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.780625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>25.84</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>28.4</x:v>
+        <x:v>35.63</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>18.05</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-8.82</x:v>
+        <x:v>-6.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>10.22</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>43.89</x:v>
+        <x:v>44.09</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>19.25</x:v>
+        <x:v>27.71</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-15.5</x:v>
+        <x:v>-8.46</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-14.82</x:v>
+        <x:v>-9.65</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-17.62</x:v>
+        <x:v>-15.25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>26.1</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>29.2</x:v>
+        <x:v>36.57</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>19.06</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-8.02</x:v>
+        <x:v>-5.87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>10.22</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>43.89</x:v>
+        <x:v>44.09</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>19.25</x:v>
+        <x:v>27.71</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.76</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-14.69</x:v>
+        <x:v>-7.51</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-13.92</x:v>
+        <x:v>-8.65</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-16.82</x:v>
+        <x:v>-14.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>4.43</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>-8.82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.780625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>25.84</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>28.4</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4.43</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-8.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>43.89</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>19.25</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.51</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-15.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-14.82</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>26.1</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>29.2</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>5.32</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-8.02</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>43.89</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>19.25</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.76</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-14.69</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-13.92</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-16.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>4.43</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>-8.82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>