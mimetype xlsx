--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66e8814ad34546e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5a6baa4123f4a75ad32ad01336d0147.psmdcp" Id="Rc508c7b4d3604d5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfebae229fef34ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49fa11c2558c45cea47cdac97a1a8224.psmdcp" Id="Rde855504c0384a29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class VI_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="92">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
   <x:si>
     <x:t>Performance - Resource Transition Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (USD,%)</x:t>
+    <x:t>As of 11/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/15/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers ex-Energy</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
@@ -254,72 +257,72 @@
   <x:si>
     <x:t>the global developed and emerging markets, excluding companies in the energy sector as defined by GICS. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Trust mutual funds are distributed by Funds Distributor LLC. GMO and Funds Distributor LLC are not affiliated.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
@@ -676,1789 +679,1803 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G84"/>
+  <x:dimension ref="A1:G85"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.780625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.63</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>5.33</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>10.22</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>14.84</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>14.92</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>10.29</x:v>
+        <x:v>10.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>14.84</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>14.92</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>10.29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-3.55</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>7.14</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>2.76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-3.55</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-8.59</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-8.53</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-8.59</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>-8.53</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-10.8</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-10.73</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-8.45</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>-10.8</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-10.73</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-3.19</x:v>
+        <x:v>-8.45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-6.49</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-6.5</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>-6.49</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>8.21</x:v>
+        <x:v>-6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>8.21</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-11.51</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-11.44</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-4.87</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-11.51</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>-11.44</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-4.87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-2.01</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-2.01</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>8.41</x:v>
+        <x:v>2.11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>8.41</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-13.58</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-7.33</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>-13.58</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>11.45</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>-7.33</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>11.38</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>11.45</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>7.54</x:v>
+        <x:v>6.96</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-13.08</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-13.01</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-5.08</x:v>
+        <x:v>7.54</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-4.86</x:v>
+        <x:v>-13.08</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>-13.01</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-5.08</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-12.55</x:v>
+        <x:v>-4.86</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-12.47</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-6.76</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>-12.55</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>-12.47</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>7.73</x:v>
+        <x:v>-6.76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>7.73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-7.67</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-7.6</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-9.46</x:v>
+        <x:v>6.57</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>-7.67</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>-7.6</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>-9.46</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
+        <x:v>-2.63</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>-2.56</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>1.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:7">
+      <x:c r="A40" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
         <x:v>-5.1</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="n">
+      <x:c r="C40" s="4" t="n">
         <x:v>-5.07</x:v>
       </x:c>
-      <x:c r="D39" s="4" t="n">
+      <x:c r="D40" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="42" spans="1:7">
-      <x:c r="A42" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A42" s="2" t="s"/>
+      <x:c r="B42" s="3" t="s"/>
+      <x:c r="C42" s="3" t="s"/>
+      <x:c r="D42" s="3" t="s"/>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>25.84</x:v>
+        <x:v>9.34</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>26.1</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>5.47</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>11.04</x:v>
+        <x:v>25.84</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>11.27</x:v>
+        <x:v>26.1</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>11.04</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>8.53</x:v>
+        <x:v>8.37</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-18.67</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-18.48</x:v>
+        <x:v>-7.91</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-17.13</x:v>
+        <x:v>8.53</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>-18.67</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>-18.48</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>-17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-7.34</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-7.14</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-8.38</x:v>
+        <x:v>-7.34</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>-7.14</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>-8.38</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-10.7</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-10.5</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>9.19</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-2.65</x:v>
+        <x:v>-10.7</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>-10.5</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
+        <x:v>-2.65</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>-2.44</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>-5.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:7">
+      <x:c r="A54" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
         <x:v>-7.6</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>-7.5</x:v>
       </x:c>
-      <x:c r="D53" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>-2.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="56" spans="1:7">
-      <x:c r="A56" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A56" s="2" t="s"/>
+      <x:c r="B56" s="3" t="s"/>
+      <x:c r="C56" s="3" t="s"/>
+      <x:c r="D56" s="3" t="s"/>
     </x:row>
     <x:row r="57" spans="1:7">
-      <x:c r="A57" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A57" s="2" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-26.24</x:v>
+        <x:v>40.39</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-25.58</x:v>
+        <x:v>41.47</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-12.77</x:v>
+        <x:v>51.77</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>-26.24</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>-25.58</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>-12.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B58" s="4" t="n">
+      <x:c r="B59" s="4" t="n">
         <x:v>-17.12</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>-16.48</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>-0.59</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B63" s="2" t="s">
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="C63" s="3" t="s">
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="2" t="s"/>
+      <x:c r="B64" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="D63" s="3" t="s">
+      <x:c r="C64" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="E63" s="3" t="s">
+      <x:c r="D64" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="F63" s="3" t="s">
+      <x:c r="E64" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="G63" s="3" t="s">
+      <x:c r="F64" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A64" s="1" t="s">
+      <x:c r="G64" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="B64" s="2" t="s">
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C64" s="4" t="n">
+      <x:c r="B65" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
         <x:v>4.43</x:v>
       </x:c>
-      <x:c r="D64" s="3" t="s">
-[...8 lines deleted...]
-      <x:c r="G64" s="4" t="n">
+      <x:c r="D65" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E65" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F65" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G65" s="4" t="n">
         <x:v>-8.82</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:7">
-      <x:c r="A70" s="2" t="s">
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B71" s="5" t="n">
+        <x:v>1.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B72" s="5" t="n">
         <x:v>0.86</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
-      <x:c r="A76" s="2" t="s">
+      <x:c r="A76" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
-      <x:c r="A79" s="1" t="s">
+      <x:c r="A79" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="2" t="s">
+      <x:c r="A82" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
-      <x:c r="A84" s="1" t="s">
+      <x:c r="A84" s="2" t="s">
         <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="1" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.780625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.63</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.63</x:v>
+        <x:v>9.34</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>35.63</x:v>
+        <x:v>40.39</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>18.05</x:v>
+        <x:v>25.23</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-6.68</x:v>
+        <x:v>-5.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>44.09</x:v>
+        <x:v>51.77</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>27.71</x:v>
+        <x:v>38.95</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>10.34</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-8.46</x:v>
+        <x:v>-11.38</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-9.65</x:v>
+        <x:v>-13.72</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-15.25</x:v>
+        <x:v>-15.67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>36.57</x:v>
+        <x:v>41.47</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>19.06</x:v>
+        <x:v>26.29</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-5.87</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>44.09</x:v>
+        <x:v>51.77</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>27.71</x:v>
+        <x:v>38.95</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>10.34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-7.51</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-8.65</x:v>
+        <x:v>-12.66</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-14.44</x:v>
+        <x:v>-14.85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>4.43</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>-8.82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.780625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>25.84</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>28.4</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4.43</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-8.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>43.89</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>19.25</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.51</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-15.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-14.82</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>26.1</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>29.2</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>5.32</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-8.02</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>43.89</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>19.25</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.76</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-14.69</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-13.92</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-16.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>4.43</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>-8.82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>