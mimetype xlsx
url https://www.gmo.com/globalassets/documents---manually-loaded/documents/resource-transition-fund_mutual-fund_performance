--- v3 (2025-12-10)
+++ v4 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfebae229fef34ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49fa11c2558c45cea47cdac97a1a8224.psmdcp" Id="Rde855504c0384a29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc67e2b6ea6744af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1b7f69a724eb49a78e9a21fec3230a3e.psmdcp" Id="R5cbf5bcf238c43e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class VI_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
   <x:si>
     <x:t>Performance - Resource Transition Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
     <x:t>As of 11/30/2025 (USD,%)</x:t>