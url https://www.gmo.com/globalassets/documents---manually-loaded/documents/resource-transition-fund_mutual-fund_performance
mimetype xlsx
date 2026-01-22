--- v4 (2026-01-01)
+++ v5 (2026-01-22)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc67e2b6ea6744af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1b7f69a724eb49a78e9a21fec3230a3e.psmdcp" Id="R5cbf5bcf238c43e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0bfc0514ecf437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e75e94f43fd44169c1f0ab9442a9f69.psmdcp" Id="R970e89f8417b49bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class VI_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
   <x:si>
     <x:t>Performance - Resource Transition Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (USD,%)</x:t>
+    <x:t>As of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/15/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers ex-Energy</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
@@ -134,207 +137,207 @@
   <x:si>
     <x:t>09/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2023</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 09/30/2025</x:t>
+    <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>If certain expenses were not reimbursed, performance would be lower. Transaction costs, if any, are paid to the fund to offset the cost of portfolio transactions to invest or raise cash.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Resource Transition Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2023</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Expense Ratio is equal to the Funds Total Annual Operating Expenses set forth in the Funds most recent prospectus dated June 30, 2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Net Expense Ratio reflects the reduction of expenses from fee reimbursements. The fee reimbursements will continue until at least June 30, 2026. Elimination of this reimbursement will</x:t>
   </x:si>
   <x:si>
     <x:t>result in higher fees and lower performance.</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Expense Ratio</x:t>
   </x:si>
   <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Net Expense Ratio</x:t>
   </x:si>
   <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses an index for performance comparison purposes only and, where applicable, to compute a performance fee.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Commodity Producers ex-Energy Index is an independently maintained benchmark comprised of listed large and mid capitalization commodity producers within</x:t>
   </x:si>
   <x:si>
     <x:t>the global developed and emerging markets, excluding companies in the energy sector as defined by GICS. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Trust mutual funds are distributed by Funds Distributor LLC. GMO and Funds Distributor LLC are not affiliated.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -356,73 +359,69 @@
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="6">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <x:protection locked="1" hidden="0"/>
-[...2 lines deleted...]
-      <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -679,1803 +678,1816 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G85"/>
+  <x:dimension ref="A1:G86"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.780625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>7.66</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.63</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>5.33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>10.22</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>14.84</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>14.92</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>10.29</x:v>
+        <x:v>10.22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>14.84</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>14.92</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>10.29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-3.55</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>7.14</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>2.76</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-3.55</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-8.59</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-8.53</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-8.59</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>-8.53</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-10.8</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-10.73</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-8.45</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>-10.8</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-10.73</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-3.19</x:v>
+        <x:v>-8.45</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-6.49</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-6.5</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>-6.49</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>8.21</x:v>
+        <x:v>-6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>8.21</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-11.51</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-11.44</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-4.87</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-11.51</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>-11.44</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-4.87</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-2.01</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-2.01</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>8.41</x:v>
+        <x:v>2.11</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>8.41</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-13.58</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-7.33</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>-13.58</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>11.45</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>-7.33</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>11.38</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>11.45</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>7.54</x:v>
+        <x:v>6.96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-13.08</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-13.01</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-5.08</x:v>
+        <x:v>7.54</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-4.86</x:v>
+        <x:v>-13.08</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>-13.01</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-5.08</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-12.55</x:v>
+        <x:v>-4.86</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-12.47</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-6.76</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>-12.55</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>-12.47</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>7.73</x:v>
+        <x:v>-6.76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>7.73</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-7.67</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-7.6</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-9.46</x:v>
+        <x:v>6.57</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>-7.67</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>-7.6</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>-9.46</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
+        <x:v>-2.63</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>-2.56</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>1.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:7">
+      <x:c r="A41" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
         <x:v>-5.1</x:v>
       </x:c>
-      <x:c r="C40" s="4" t="n">
+      <x:c r="C41" s="4" t="n">
         <x:v>-5.07</x:v>
       </x:c>
-      <x:c r="D40" s="4" t="n">
+      <x:c r="D41" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="43" spans="1:7">
-      <x:c r="A43" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A43" s="2" t="s"/>
+      <x:c r="B43" s="3" t="s"/>
+      <x:c r="C43" s="3" t="s"/>
+      <x:c r="D43" s="3" t="s"/>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>25.84</x:v>
+        <x:v>14.79</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>26.1</x:v>
+        <x:v>15.03</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>13.56</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>11.04</x:v>
+        <x:v>25.84</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>11.27</x:v>
+        <x:v>26.1</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>11.04</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>8.53</x:v>
+        <x:v>8.37</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-18.67</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-18.48</x:v>
+        <x:v>-7.91</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-17.13</x:v>
+        <x:v>8.53</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>-18.67</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>-18.48</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>-17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-7.34</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-7.14</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-8.38</x:v>
+        <x:v>-7.34</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>-7.14</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>-8.38</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-10.7</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-10.5</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>9.19</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-2.65</x:v>
+        <x:v>-10.7</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>-10.5</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
+        <x:v>-2.65</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>-2.44</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>-5.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:7">
+      <x:c r="A55" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
         <x:v>-7.6</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="n">
+      <x:c r="C55" s="4" t="n">
         <x:v>-7.5</x:v>
       </x:c>
-      <x:c r="D54" s="4" t="n">
+      <x:c r="D55" s="4" t="n">
         <x:v>-2.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="57" spans="1:7">
-      <x:c r="A57" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A57" s="2" t="s"/>
+      <x:c r="B57" s="3" t="s"/>
+      <x:c r="C57" s="3" t="s"/>
+      <x:c r="D57" s="3" t="s"/>
     </x:row>
     <x:row r="58" spans="1:7">
-      <x:c r="A58" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A58" s="2" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-26.24</x:v>
+        <x:v>47.39</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-25.58</x:v>
+        <x:v>48.62</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-12.77</x:v>
+        <x:v>63.4</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>-26.24</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>-25.58</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>-12.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B59" s="4" t="n">
+      <x:c r="B60" s="4" t="n">
         <x:v>-17.12</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C60" s="4" t="n">
         <x:v>-16.48</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D60" s="4" t="n">
         <x:v>-0.59</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B64" s="2" t="s">
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C64" s="3" t="s">
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="2" t="s"/>
+      <x:c r="B65" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D64" s="3" t="s">
+      <x:c r="C65" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E64" s="3" t="s">
+      <x:c r="D65" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F64" s="3" t="s">
+      <x:c r="E65" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="G64" s="3" t="s">
+      <x:c r="F65" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A65" s="1" t="s">
+      <x:c r="G65" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="B65" s="2" t="s">
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C65" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="D65" s="3" t="s">
+      <x:c r="B66" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E65" s="3" t="s">
-[...11 lines deleted...]
-        <x:v>64</x:v>
+      <x:c r="C66" s="4" t="n">
+        <x:v>47.39</x:v>
+      </x:c>
+      <x:c r="D66" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="E66" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F66" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G66" s="4" t="n">
+        <x:v>-3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:7">
-      <x:c r="A71" s="2" t="s">
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="1" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="B72" s="5" t="n">
-[...4 lines deleted...]
-      <x:c r="A74" s="1" t="s">
+      <x:c r="B72" s="2" t="s">
         <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B73" s="2" t="s">
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
-      <x:c r="A77" s="2" t="s">
-        <x:v>72</x:v>
+      <x:c r="A77" s="1" t="s">
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
-      <x:c r="A80" s="1" t="s">
-        <x:v>75</x:v>
+      <x:c r="A80" s="2" t="s">
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
-      <x:c r="A83" s="2" t="s">
-        <x:v>78</x:v>
+      <x:c r="A83" s="1" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
-      <x:c r="A85" s="1" t="s">
-        <x:v>80</x:v>
+      <x:c r="A85" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.780625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.34</x:v>
+        <x:v>14.79</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>40.39</x:v>
+        <x:v>47.39</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>25.23</x:v>
+        <x:v>47.39</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-5.33</x:v>
+        <x:v>-3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>13.56</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>51.77</x:v>
+        <x:v>63.4</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>38.95</x:v>
+        <x:v>63.4</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.34</x:v>
+        <x:v>12.88</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-11.38</x:v>
+        <x:v>-16.01</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-13.72</x:v>
+        <x:v>-16.01</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-15.67</x:v>
+        <x:v>-16.44</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>15.03</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>41.47</x:v>
+        <x:v>48.62</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>26.29</x:v>
+        <x:v>48.62</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>13.56</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>51.77</x:v>
+        <x:v>63.4</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>38.95</x:v>
+        <x:v>63.4</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.34</x:v>
+        <x:v>12.88</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>-14.77</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-12.66</x:v>
+        <x:v>-14.77</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-14.85</x:v>
+        <x:v>-15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>47.39</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>-8.82</x:v>
+        <x:v>-3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>1.02</x:v>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>0.86</x:v>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.780625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>25.84</x:v>
+        <x:v>14.79</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>28.4</x:v>
+        <x:v>47.39</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>47.39</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-8.82</x:v>
+        <x:v>-3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>13.56</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>43.89</x:v>
+        <x:v>63.4</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>19.25</x:v>
+        <x:v>63.4</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>12.88</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-15.5</x:v>
+        <x:v>-16.01</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-14.82</x:v>
+        <x:v>-16.01</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-17.62</x:v>
+        <x:v>-16.44</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>26.1</x:v>
+        <x:v>15.03</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>29.2</x:v>
+        <x:v>48.62</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>48.62</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-8.02</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>13.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>43.89</x:v>
+        <x:v>63.4</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>19.25</x:v>
+        <x:v>63.4</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>12.88</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.76</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-14.69</x:v>
+        <x:v>-14.77</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-13.92</x:v>
+        <x:v>-14.77</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-16.82</x:v>
+        <x:v>-15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>47.39</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>-8.82</x:v>
+        <x:v>-3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>1.02</x:v>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>0.86</x:v>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>