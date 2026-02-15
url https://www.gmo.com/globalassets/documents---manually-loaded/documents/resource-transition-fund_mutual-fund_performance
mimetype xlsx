--- v5 (2026-01-22)
+++ v6 (2026-02-15)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0bfc0514ecf437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e75e94f43fd44169c1f0ab9442a9f69.psmdcp" Id="R970e89f8417b49bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R005b60dc80654d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a210b96e07ab45ba9b3b76f79f2f3a51.psmdcp" Id="R5adc2a2084584927" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class VI_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="98">
   <x:si>
     <x:t>Performance - Resource Transition Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (USD,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/15/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers ex-Energy</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
@@ -137,87 +140,90 @@
   <x:si>
     <x:t>09/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2023</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>If certain expenses were not reimbursed, performance would be lower. Transaction costs, if any, are paid to the fund to offset the cost of portfolio transactions to invest or raise cash.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
@@ -266,78 +272,84 @@
   <x:si>
     <x:t>the global developed and emerging markets, excluding companies in the energy sector as defined by GICS. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Trust mutual funds are distributed by Funds Distributor LLC. GMO and Funds Distributor LLC are not affiliated.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -678,1816 +690,1858 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G86"/>
+  <x:dimension ref="A1:G89"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.780625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>15.05</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>15.12</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>7.66</x:v>
+        <x:v>13.82</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>7.66</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.63</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>5.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>10.22</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>14.84</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>14.92</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>10.29</x:v>
+        <x:v>10.22</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>14.84</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>14.92</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>10.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-3.55</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>7.14</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>2.76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-3.55</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-8.59</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-8.53</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-8.59</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>-8.53</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-10.8</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-10.73</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-8.45</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>-10.8</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-10.73</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-3.19</x:v>
+        <x:v>-8.45</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-6.49</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-6.5</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>-6.49</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>8.21</x:v>
+        <x:v>-6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>8.21</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-11.51</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-11.44</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-4.87</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-11.51</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>-11.44</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-4.87</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-2.01</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-2.01</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>8.41</x:v>
+        <x:v>2.11</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>8.41</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-13.58</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-7.33</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>-13.58</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>11.45</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>-7.33</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>11.38</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>11.45</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>7.54</x:v>
+        <x:v>6.96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-13.08</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-13.01</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-5.08</x:v>
+        <x:v>7.54</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-4.86</x:v>
+        <x:v>-13.08</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>-13.01</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-5.08</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-12.55</x:v>
+        <x:v>-4.86</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-12.47</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-6.76</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>-12.55</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>-12.47</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>7.73</x:v>
+        <x:v>-6.76</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>7.73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-7.67</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-7.6</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-9.46</x:v>
+        <x:v>6.57</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>-7.67</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>-7.6</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>-9.46</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
+        <x:v>-2.63</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>-2.56</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>1.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
         <x:v>-5.1</x:v>
       </x:c>
-      <x:c r="C41" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>-5.07</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="44" spans="1:7">
-      <x:c r="A44" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A44" s="2" t="s"/>
+      <x:c r="B44" s="3" t="s"/>
+      <x:c r="C44" s="3" t="s"/>
+      <x:c r="D44" s="3" t="s"/>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>25.84</x:v>
+        <x:v>15.05</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>26.1</x:v>
+        <x:v>15.12</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>13.82</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>11.04</x:v>
+        <x:v>14.79</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>11.27</x:v>
+        <x:v>15.03</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>13.56</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>25.84</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>26.1</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>8.53</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-18.67</x:v>
+        <x:v>11.04</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-18.48</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-17.13</x:v>
+        <x:v>8.37</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>-7.91</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>8.53</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-7.34</x:v>
+        <x:v>-18.67</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-7.14</x:v>
+        <x:v>-18.48</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-8.38</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>-7.34</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-7.14</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-10.7</x:v>
+        <x:v>-8.38</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-10.5</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-2.65</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>9.19</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
+        <x:v>-10.7</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>-10.5</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>-1.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>-2.65</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>-2.44</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>-5.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
         <x:v>-7.6</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>-7.5</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>-2.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:7">
-[...9 lines deleted...]
-      <x:c r="B58" s="4" t="n">
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s"/>
+      <x:c r="B59" s="3" t="s"/>
+      <x:c r="C59" s="3" t="s"/>
+      <x:c r="D59" s="3" t="s"/>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
+        <x:v>15.05</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>15.12</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>13.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
         <x:v>47.39</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C61" s="4" t="n">
         <x:v>48.62</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D61" s="4" t="n">
         <x:v>63.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:7">
-      <x:c r="A59" s="2" t="n">
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B59" s="4" t="n">
+      <x:c r="B62" s="4" t="n">
         <x:v>-26.24</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C62" s="4" t="n">
         <x:v>-25.58</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D62" s="4" t="n">
         <x:v>-12.77</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:7">
-      <x:c r="A60" s="2" t="n">
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B60" s="4" t="n">
+      <x:c r="B63" s="4" t="n">
         <x:v>-17.12</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="n">
+      <x:c r="C63" s="4" t="n">
         <x:v>-16.48</x:v>
       </x:c>
-      <x:c r="D60" s="4" t="n">
+      <x:c r="D63" s="4" t="n">
         <x:v>-0.59</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="65" spans="1:7">
-      <x:c r="A65" s="2" t="s"/>
-      <x:c r="B65" s="2" t="s">
+      <x:c r="A65" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="C65" s="3" t="s">
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D65" s="3" t="s">
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="s"/>
+      <x:c r="B68" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="E65" s="3" t="s">
+      <x:c r="C68" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F65" s="3" t="s">
+      <x:c r="D68" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G65" s="3" t="s">
+      <x:c r="E68" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A66" s="1" t="s">
+      <x:c r="F68" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="B66" s="2" t="s">
+      <x:c r="G68" s="3" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="1" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      <x:c r="A70" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B69" s="2" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>47.39</x:v>
+      </x:c>
+      <x:c r="D69" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="E69" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F69" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G69" s="4" t="n">
+        <x:v>-3.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
-      <x:c r="A72" s="2" t="s">
+      <x:c r="A72" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="B72" s="2" t="s">
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:7">
-      <x:c r="A73" s="2" t="s">
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="B73" s="2" t="s">
+      <x:c r="B75" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:7">
-      <x:c r="A75" s="1" t="s">
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A76" s="1" t="s">
+      <x:c r="B76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:7">
-      <x:c r="A77" s="1" t="s">
+    <x:row r="78" spans="1:7">
+      <x:c r="A78" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:7">
-      <x:c r="A78" s="2" t="s">
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:7">
-      <x:c r="A79" s="2" t="s">
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:7">
-      <x:c r="A80" s="2" t="s">
+    <x:row r="81" spans="1:7">
+      <x:c r="A81" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row r="81" spans="1:7">
-      <x:c r="A81" s="1" t="s">
+    <x:row r="82" spans="1:7">
+      <x:c r="A82" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row r="82" spans="1:7">
-      <x:c r="A82" s="1" t="s">
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:7">
-      <x:c r="A83" s="1" t="s">
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:7">
-      <x:c r="A84" s="2" t="s">
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="2" t="s">
         <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="1" t="s">
+        <x:v>85</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.780625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>15.05</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>14.79</x:v>
+        <x:v>15.05</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>47.39</x:v>
+        <x:v>15.05</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>47.39</x:v>
+        <x:v>65.19</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-3.56</x:v>
+        <x:v>1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.66</x:v>
+        <x:v>13.82</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>13.56</x:v>
+        <x:v>13.82</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>63.4</x:v>
+        <x:v>13.82</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>63.4</x:v>
+        <x:v>75.9</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>12.88</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-16.01</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-16.01</x:v>
+        <x:v>-10.71</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-16.44</x:v>
+        <x:v>-16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>15.12</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>15.03</x:v>
+        <x:v>15.12</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>48.62</x:v>
+        <x:v>15.12</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>48.62</x:v>
+        <x:v>66.57</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-2.72</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>7.66</x:v>
+        <x:v>13.82</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>13.56</x:v>
+        <x:v>13.82</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>63.4</x:v>
+        <x:v>13.82</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>63.4</x:v>
+        <x:v>75.9</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>12.88</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-14.77</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-14.77</x:v>
+        <x:v>-9.33</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-15.6</x:v>
+        <x:v>-15.42</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>47.39</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>-3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.780625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>14.79</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>47.39</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>47.39</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>13.56</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>63.4</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>63.4</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>12.88</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.24</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-16.01</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-16.01</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-16.44</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>15.03</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>48.62</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>48.62</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-2.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>13.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>63.4</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>63.4</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>12.88</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.47</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-14.77</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-14.77</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>47.39</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>-3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>