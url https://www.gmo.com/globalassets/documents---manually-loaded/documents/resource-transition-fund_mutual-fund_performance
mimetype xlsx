--- v6 (2026-02-15)
+++ v7 (2026-03-07)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R005b60dc80654d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a210b96e07ab45ba9b3b76f79f2f3a51.psmdcp" Id="R5adc2a2084584927" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca8cccf41f2348d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a079b6e924df447ca1519257a7490952.psmdcp" Id="R1307298cbc064df8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class VI_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="98">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="99">
   <x:si>
     <x:t>Performance - Resource Transition Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/15/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI Commodity Producers ex-Energy</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
@@ -272,72 +275,72 @@
   <x:si>
     <x:t>the global developed and emerging markets, excluding companies in the energy sector as defined by GICS. MSCI data may not be reproduced or used for any other purpose. MSCI provides no</x:t>
   </x:si>
   <x:si>
     <x:t>warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Trust mutual funds are distributed by Funds Distributor LLC. GMO and Funds Distributor LLC are not affiliated.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
@@ -690,1858 +693,1872 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G89"/>
+  <x:dimension ref="A1:G90"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.780625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>15.05</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>15.12</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>13.82</x:v>
+        <x:v>12.04</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>15.05</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>15.12</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>7.66</x:v>
+        <x:v>13.82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>7.66</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.63</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>5.33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>10.22</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>14.84</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>14.92</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>10.29</x:v>
+        <x:v>10.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>14.84</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>14.92</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>10.29</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.55</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>7.14</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>2.76</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-3.55</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-8.59</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-8.53</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-8.59</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>-8.53</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-10.8</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-10.73</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-8.45</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>-10.8</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-10.73</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-3.19</x:v>
+        <x:v>-8.45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-6.49</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-6.5</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>-6.49</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>8.21</x:v>
+        <x:v>-6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>8.21</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-11.51</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-11.44</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-4.87</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-11.51</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>-11.44</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-4.87</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-2.01</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-2.01</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>8.41</x:v>
+        <x:v>2.11</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>8.41</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-13.58</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-7.33</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>-13.58</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>11.45</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>-7.33</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>11.38</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>11.45</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>7.54</x:v>
+        <x:v>6.96</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-13.08</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-13.01</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-5.08</x:v>
+        <x:v>7.54</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-4.86</x:v>
+        <x:v>-13.08</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>-13.01</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-5.08</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-12.55</x:v>
+        <x:v>-4.86</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-12.47</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-6.76</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>-12.55</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>-12.47</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>7.73</x:v>
+        <x:v>-6.76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>7.73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-7.67</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-7.6</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-9.46</x:v>
+        <x:v>6.57</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>-7.67</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>-7.6</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>-9.46</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
+        <x:v>-2.63</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>-2.56</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>1.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
         <x:v>-5.1</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C43" s="4" t="n">
         <x:v>-5.07</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D43" s="4" t="n">
         <x:v>-3.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A45" s="2" t="s"/>
+      <x:c r="B45" s="3" t="s"/>
+      <x:c r="C45" s="3" t="s"/>
+      <x:c r="D45" s="3" t="s"/>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>14.79</x:v>
+        <x:v>19.38</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>15.03</x:v>
+        <x:v>19.53</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>13.56</x:v>
+        <x:v>27.52</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>25.84</x:v>
+        <x:v>14.79</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>26.1</x:v>
+        <x:v>15.03</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>13.56</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>11.04</x:v>
+        <x:v>25.84</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>11.27</x:v>
+        <x:v>26.1</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>11.04</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>8.53</x:v>
+        <x:v>8.37</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-18.67</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-18.48</x:v>
+        <x:v>-7.91</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-17.13</x:v>
+        <x:v>8.53</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>-18.67</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>-18.48</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>-17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-7.34</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-7.14</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-8.38</x:v>
+        <x:v>-7.34</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>-7.14</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>-8.38</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-10.7</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-10.5</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>9.19</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-2.65</x:v>
+        <x:v>-10.7</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>-10.5</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
+        <x:v>-2.65</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>-2.44</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>-5.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
         <x:v>-7.6</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>-7.5</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>-2.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="60" spans="1:7">
-      <x:c r="A60" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A60" s="2" t="s"/>
+      <x:c r="B60" s="3" t="s"/>
+      <x:c r="C60" s="3" t="s"/>
+      <x:c r="D60" s="3" t="s"/>
     </x:row>
     <x:row r="61" spans="1:7">
-      <x:c r="A61" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A61" s="2" t="s">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>47.39</x:v>
+        <x:v>19.38</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>48.62</x:v>
+        <x:v>19.53</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>63.4</x:v>
+        <x:v>27.52</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-26.24</x:v>
+        <x:v>47.39</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-25.58</x:v>
+        <x:v>48.62</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-12.77</x:v>
+        <x:v>63.4</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>-26.24</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>-25.58</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>-12.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B63" s="4" t="n">
+      <x:c r="B64" s="4" t="n">
         <x:v>-17.12</x:v>
       </x:c>
-      <x:c r="C63" s="4" t="n">
+      <x:c r="C64" s="4" t="n">
         <x:v>-16.48</x:v>
       </x:c>
-      <x:c r="D63" s="4" t="n">
+      <x:c r="D64" s="4" t="n">
         <x:v>-0.59</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B68" s="2" t="s">
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C68" s="3" t="s">
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="s"/>
+      <x:c r="B69" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D68" s="3" t="s">
+      <x:c r="C69" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E68" s="3" t="s">
+      <x:c r="D69" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F68" s="3" t="s">
+      <x:c r="E69" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="G68" s="3" t="s">
+      <x:c r="F69" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A69" s="1" t="s">
+      <x:c r="G69" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="B69" s="2" t="s">
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="C69" s="4" t="n">
+      <x:c r="B70" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
         <x:v>47.39</x:v>
       </x:c>
-      <x:c r="D69" s="3" t="s">
-[...8 lines deleted...]
-      <x:c r="G69" s="4" t="n">
+      <x:c r="D70" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E70" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F70" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G70" s="4" t="n">
         <x:v>-3.56</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:7">
-      <x:c r="A75" s="2" t="s">
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="1" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B76" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="B76" s="2" t="s">
+    </x:row>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A78" s="1" t="s">
+      <x:c r="B77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="2" t="s">
+      <x:c r="A81" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
-      <x:c r="A84" s="1" t="s">
+      <x:c r="A84" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
-      <x:c r="A87" s="2" t="s">
+      <x:c r="A87" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
-      <x:c r="A89" s="1" t="s">
+      <x:c r="A89" s="2" t="s">
         <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="1" t="s">
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.780625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>15.05</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>15.05</x:v>
+        <x:v>19.38</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.05</x:v>
+        <x:v>19.38</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>65.19</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>87.53</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="n">
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>13.82</x:v>
+        <x:v>12.04</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>13.82</x:v>
+        <x:v>27.52</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.82</x:v>
+        <x:v>27.52</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>75.9</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>98.31</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>23.32</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>17.52</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-8.27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-8.14</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-8.14</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-10.71</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-10.78</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
+        <x:v>-19.05</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-16.3</x:v>
+        <x:v>-19.07</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>15.12</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>15.12</x:v>
+        <x:v>19.53</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.12</x:v>
+        <x:v>19.53</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>66.57</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>89.07</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="n">
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>13.82</x:v>
+        <x:v>12.04</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>13.82</x:v>
+        <x:v>27.52</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.82</x:v>
+        <x:v>27.52</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>75.9</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>98.31</x:v>
+      </x:c>
+      <x:c r="G18" s="4" t="n">
+        <x:v>23.32</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>17.52</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-8.21</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-7.99</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-7.99</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-9.33</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-9.24</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="n">
+        <x:v>-18.15</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-15.42</x:v>
+        <x:v>-18.19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>47.39</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>-3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.780625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>14.79</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>47.39</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>47.39</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>13.56</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>63.4</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>63.4</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>12.88</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.24</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-16.01</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-16.01</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-16.44</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>15.03</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>48.62</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>48.62</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-2.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>13.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>63.4</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>63.4</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>12.88</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.47</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-14.77</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-14.77</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>47.39</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>-3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>