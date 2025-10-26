--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62b13e765a542f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a20f18ede5f24dcf99fffd408a962d2b.psmdcp" Id="Rcb7f0ab679574a40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R897f3e7fbf07476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec7b10e0806246bc9bfdff9848b01793.psmdcp" Id="R3c2bb2414aa44bb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="108">
   <x:si>
     <x:t>Risk Profile - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 08/31/2025</x:t>
+    <x:t>From 09/30/2020 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -180,51 +180,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
@@ -333,156 +333,156 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (134.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (5.8 &amp; Below)</x:t>
+    <x:t>Large (144.8 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.2 To 144.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.0 To 49.2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Alphabet Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Abbott Laboratories</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Salesforce Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.4x</x:t>
-[...2 lines deleted...]
-    <x:t>23.7x</x:t>
+    <x:t>24.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>26.9%</x:t>
-[...2 lines deleted...]
-    <x:t>21.6%</x:t>
+    <x:t>26.8%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil AUD</x:t>
   </x:si>
   <x:si>
-    <x:t>374.3 AUD</x:t>
-[...2 lines deleted...]
-    <x:t>247.4 AUD</x:t>
+    <x:t>407.3 AUD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251.8 AUD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
   <x:si>
-    <x:t>0.5x</x:t>
+    <x:t>0.4x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -864,98 +864,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.87</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.22</x:v>
+        <x:v>1.24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>11.64</x:v>
+        <x:v>11.55</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>11.13</x:v>
+        <x:v>11.04</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1010,87 +1010,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.8</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>75.7</x:v>
+        <x:v>74.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>72.1</x:v>
+        <x:v>72.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1159,87 +1159,87 @@
         <x:v>31</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
@@ -1250,62 +1250,62 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
         <x:v>1.2</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
@@ -1313,117 +1313,117 @@
         <x:v>45</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>75.7</x:v>
+        <x:v>74.9</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>72.1</x:v>
+        <x:v>72.4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1451,153 +1451,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>23.9</x:v>
+        <x:v>23.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>37.4</x:v>
+        <x:v>38.9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>26.3</x:v>
+        <x:v>27.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
@@ -1653,87 +1653,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>75.4</x:v>
+        <x:v>79.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>53.2</x:v>
+        <x:v>54.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17.3</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>24.1</x:v>
+        <x:v>23.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
@@ -1780,142 +1780,142 @@
         <x:v>78</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>