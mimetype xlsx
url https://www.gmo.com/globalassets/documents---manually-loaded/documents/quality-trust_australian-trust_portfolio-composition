--- v1 (2025-10-26)
+++ v2 (2025-11-15)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R897f3e7fbf07476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec7b10e0806246bc9bfdff9848b01793.psmdcp" Id="R3c2bb2414aa44bb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad4373d9bacf49ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/86c5a68d2ff347f797d898ad2fcf4ea5.psmdcp" Id="Rf52a96593619438b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="108">
   <x:si>
     <x:t>Risk Profile - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 09/30/2025</x:t>
+    <x:t>From 10/30/2020 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -180,51 +180,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
@@ -333,153 +333,153 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (149.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (48.6 To 149.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Apple Inc</x:t>
-[...5 lines deleted...]
-    <x:t>Lam Research Corp</x:t>
+    <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
-    <x:t>Oracle Corp</x:t>
+    <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Abbott Laboratories</x:t>
   </x:si>
   <x:si>
-    <x:t>Thermo Fisher Scientific Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>24.2x</x:t>
-[...2 lines deleted...]
-    <x:t>23.8x</x:t>
+    <x:t>25.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>26.8%</x:t>
-[...2 lines deleted...]
-    <x:t>22.1%</x:t>
+    <x:t>27.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.2%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil AUD</x:t>
   </x:si>
   <x:si>
-    <x:t>407.3 AUD</x:t>
-[...2 lines deleted...]
-    <x:t>251.8 AUD</x:t>
+    <x:t>380.3 AUD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269.9 AUD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3x</x:t>
+    <x:t>0.1x</x:t>
   </x:si>
   <x:si>
     <x:t>0.4x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -864,98 +864,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.87</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.31</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.24</x:v>
+        <x:v>1.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>11.55</x:v>
+        <x:v>11.54</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>11.04</x:v>
+        <x:v>11.02</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1010,87 +1010,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>74.9</x:v>
+        <x:v>73.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>72.4</x:v>
+        <x:v>72.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1118,128 +1118,128 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
@@ -1250,59 +1250,59 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
@@ -1338,92 +1338,92 @@
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>74.9</x:v>
+        <x:v>73.9</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>72.4</x:v>
+        <x:v>72.7</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1451,153 +1451,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>24.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>38.9</x:v>
+        <x:v>37.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.4</x:v>
+        <x:v>28.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
@@ -1653,98 +1653,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>79.1</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>54.1</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>16.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>23.9</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>13.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1769,150 +1769,150 @@
       <x:c r="A1" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1973,54 +1973,54 @@
         <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>1295</x:v>
+        <x:v>1296</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">