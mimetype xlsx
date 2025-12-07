--- v2 (2025-11-15)
+++ v3 (2025-12-07)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad4373d9bacf49ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/86c5a68d2ff347f797d898ad2fcf4ea5.psmdcp" Id="Rf52a96593619438b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18bca6e4968f47f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/011be284ae454bddbcc18d95f7036fa4.psmdcp" Id="Rf6b82f03022f4890" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="108">
   <x:si>
     <x:t>Risk Profile - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/30/2020 to 10/31/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -864,98 +864,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>2.13</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.87</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.42</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.33</x:v>
+        <x:v>1.21</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>11.54</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>11.02</x:v>
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>