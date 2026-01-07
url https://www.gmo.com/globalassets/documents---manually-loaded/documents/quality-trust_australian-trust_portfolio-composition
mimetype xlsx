--- v3 (2025-12-07)
+++ v4 (2026-01-07)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18bca6e4968f47f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/011be284ae454bddbcc18d95f7036fa4.psmdcp" Id="Rf6b82f03022f4890" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9af834d0b2224dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b4e713b93e2f4e40b0f43027d1ce0ad6.psmdcp" Id="R8b439057e0e046fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="108">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="107">
   <x:si>
     <x:t>Risk Profile - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -180,51 +180,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
@@ -333,144 +333,141 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (149.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Apple Inc</x:t>
+    <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Meta Platforms Inc</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
+    <x:t>Amazon.com Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Abbott Laboratories</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>25.5x</x:t>
-[...2 lines deleted...]
-    <x:t>25.1x</x:t>
+    <x:t>24.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>27.1%</x:t>
-[...2 lines deleted...]
-    <x:t>22.2%</x:t>
+    <x:t>26.2%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.7%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil AUD</x:t>
   </x:si>
   <x:si>
-    <x:t>380.3 AUD</x:t>
-[...2 lines deleted...]
-    <x:t>269.9 AUD</x:t>
+    <x:t>390.6 AUD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269.6 AUD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.1x</x:t>
   </x:si>
   <x:si>
     <x:t>0.4x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
@@ -864,98 +861,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>2.58</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.86</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.35</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.21</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>11.31</x:v>
+        <x:v>11.34</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>10.68</x:v>
+        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1010,87 +1007,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>15.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>73.9</x:v>
+        <x:v>75.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>72.7</x:v>
+        <x:v>72.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1118,125 +1115,125 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.1</x:v>
@@ -1258,172 +1255,172 @@
         <x:v>40</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>73.9</x:v>
+        <x:v>75.8</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>72.7</x:v>
+        <x:v>72.5</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1451,164 +1448,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
+        <x:v>10.6</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
         <x:v>10</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>16.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>24.1</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>37.7</x:v>
+        <x:v>35.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>28.6</x:v>
+        <x:v>27.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1653,98 +1650,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>77</x:v>
+        <x:v>80.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>55</x:v>
+        <x:v>54.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.5</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>23.5</x:v>
+        <x:v>23.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1769,153 +1766,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1943,95 +1940,95 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="s">
+      <x:c r="C7" s="3" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>1296</x:v>
+        <x:v>1293</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="C10" s="3" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>