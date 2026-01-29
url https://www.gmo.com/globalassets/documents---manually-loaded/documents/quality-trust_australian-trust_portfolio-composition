--- v4 (2026-01-07)
+++ v5 (2026-01-29)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9af834d0b2224dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b4e713b93e2f4e40b0f43027d1ce0ad6.psmdcp" Id="R8b439057e0e046fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e654fe7cd584328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd1dea98f2274146bad92f0b4dc8d282.psmdcp" Id="R591f7ca94188453a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="107">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="108">
   <x:si>
     <x:t>Risk Profile - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
@@ -180,51 +180,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
@@ -333,141 +333,144 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Lam Research Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Broadcom Inc</x:t>
+    <x:t>Salesforce Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>24.2x</x:t>
+    <x:t>23.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>26.2%</x:t>
   </x:si>
   <x:si>
-    <x:t>22.7%</x:t>
+    <x:t>22.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil AUD</x:t>
   </x:si>
   <x:si>
-    <x:t>390.6 AUD</x:t>
-[...2 lines deleted...]
-    <x:t>269.6 AUD</x:t>
+    <x:t>384.0 AUD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>264.0 AUD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.1x</x:t>
   </x:si>
   <x:si>
     <x:t>0.4x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
@@ -1007,87 +1010,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>16.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>75.8</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>72.5</x:v>
+        <x:v>71.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1115,128 +1118,128 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
@@ -1255,51 +1258,51 @@
         <x:v>40</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
@@ -1313,114 +1316,114 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>75.8</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>72.5</x:v>
+        <x:v>71.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1448,164 +1451,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>25.3</x:v>
+        <x:v>24.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>35.4</x:v>
+        <x:v>35.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.3</x:v>
+        <x:v>27.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1650,98 +1653,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>80.9</x:v>
+        <x:v>78.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>54.6</x:v>
+        <x:v>54.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>23.6</x:v>
+        <x:v>23.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.1</x:v>
+        <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1766,150 +1769,150 @@
       <x:c r="A1" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1940,95 +1943,95 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>1293</x:v>
+        <x:v>1290</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>