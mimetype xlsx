--- v5 (2026-01-29)
+++ v6 (2026-02-27)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e654fe7cd584328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd1dea98f2274146bad92f0b4dc8d282.psmdcp" Id="R591f7ca94188453a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f482079d1c041c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6be170763ea4f4ab77f2df4581264e7.psmdcp" Id="Re0d84be7f59c4984" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="108">
   <x:si>
     <x:t>Risk Profile - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -180,51 +180,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
@@ -333,156 +333,156 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Johnson &amp; Johnson</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Salesforce Inc</x:t>
+    <x:t>Accenture PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.5x</x:t>
-[...2 lines deleted...]
-    <x:t>23.6x</x:t>
+    <x:t>23.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>26.2%</x:t>
-[...2 lines deleted...]
-    <x:t>22.1%</x:t>
+    <x:t>25.5%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.8%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil AUD</x:t>
   </x:si>
   <x:si>
-    <x:t>384.0 AUD</x:t>
-[...2 lines deleted...]
-    <x:t>264.0 AUD</x:t>
+    <x:t>370.9 AUD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>256.8 AUD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.1x</x:t>
   </x:si>
   <x:si>
-    <x:t>0.4x</x:t>
+    <x:t>0.5x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -864,98 +864,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.98</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.86</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.32</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>11.34</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.81</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1010,87 +1010,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>71.9</x:v>
+        <x:v>71.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1148,95 +1148,95 @@
         <x:v>30</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.1</x:v>
@@ -1250,180 +1250,180 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>71.9</x:v>
+        <x:v>71.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1451,142 +1451,142 @@
       <x:c r="A1" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>24.9</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>35.8</x:v>
+        <x:v>35.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>26.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
@@ -1653,87 +1653,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>78.8</x:v>
+        <x:v>78.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>54.5</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>23.4</x:v>
+        <x:v>23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.4</x:v>
+        <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
@@ -1769,128 +1769,128 @@
       <x:c r="A1" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>62</x:v>
@@ -1973,51 +1973,51 @@
         <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>1290</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>