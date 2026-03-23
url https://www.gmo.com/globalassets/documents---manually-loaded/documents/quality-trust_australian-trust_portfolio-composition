--- v6 (2026-02-27)
+++ v7 (2026-03-23)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f482079d1c041c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6be170763ea4f4ab77f2df4581264e7.psmdcp" Id="Re0d84be7f59c4984" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aa8264e303d4ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20b7dbfb2a3642a48536912434fef5c7.psmdcp" Id="R3e00d56d53744f89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="108">
   <x:si>
     <x:t>Risk Profile - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -180,51 +180,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
@@ -333,156 +333,156 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Johnson &amp; Johnson</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Accenture PLC</x:t>
+    <x:t>Texas Instruments Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.4x</x:t>
-[...2 lines deleted...]
-    <x:t>23.7x</x:t>
+    <x:t>21.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>25.5%</x:t>
-[...2 lines deleted...]
-    <x:t>21.8%</x:t>
+    <x:t>25.7%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil AUD</x:t>
   </x:si>
   <x:si>
-    <x:t>370.9 AUD</x:t>
-[...2 lines deleted...]
-    <x:t>256.8 AUD</x:t>
+    <x:t>394.8 AUD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>241.3 AUD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1x</x:t>
-[...2 lines deleted...]
-    <x:t>0.5x</x:t>
+    <x:t>0.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -864,98 +864,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.99</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.86</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.25</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.13</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>11.48</x:v>
+        <x:v>11.62</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>10.81</x:v>
+        <x:v>10.85</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1010,87 +1010,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>12.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>75</x:v>
+        <x:v>75.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>71.2</x:v>
+        <x:v>70.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1118,117 +1118,117 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
@@ -1250,59 +1250,59 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.2</x:v>
@@ -1313,117 +1313,117 @@
         <x:v>45</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>75</x:v>
+        <x:v>75.1</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>71.2</x:v>
+        <x:v>70.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1451,164 +1451,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>24.5</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>12.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>35.6</x:v>
+        <x:v>34.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>26.2</x:v>
+        <x:v>25.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1653,98 +1653,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>78.1</x:v>
+        <x:v>75.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>54</x:v>
+        <x:v>52.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1769,150 +1769,150 @@
       <x:c r="A1" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1973,54 +1973,54 @@
         <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>1290</x:v>
+        <x:v>1288</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">