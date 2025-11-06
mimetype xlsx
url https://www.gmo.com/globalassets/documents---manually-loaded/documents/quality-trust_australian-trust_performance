--- v0 (2025-10-06)
+++ v1 (2025-11-06)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc82e4d639e9d4d32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc0781123479428e8026710f29ef7e38.psmdcp" Id="R76fa3c19c6b1413d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ce09596f7943ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6fe4822616b14568b60a70fe2e9c6e1e.psmdcp" Id="R6cafc98b95a3431b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="AUD Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="AUD Class A_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="AUD Class A_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="125">
   <x:si>
     <x:t>Performance - Quality Trust | AUD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (AUD,%)</x:t>
+    <x:t>As of 09/30/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/24/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2024</x:t>
@@ -212,51 +215,51 @@
   <x:si>
     <x:t>04/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2021</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2020</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q3-2025</x:t>
+    <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
@@ -323,117 +326,111 @@
   <x:si>
     <x:t>The Trust accepts investments from wholesale investors only. Retail investors are not able to directly invest in the Trust but may gain exposure to the Trusts by investing with certain</x:t>
   </x:si>
   <x:si>
     <x:t>investor directed portfolio services, master trusts, wrap accounts or custodians (“services”). GMO Australia Limited, GMO LLC, and their affiliates, do not guarantee the performance of the</x:t>
   </x:si>
   <x:si>
     <x:t>Trust or the repayment of an investor’s capital. This information is of a general nature only and is not advice. It does not take into account the objectives, financial situation or needs</x:t>
   </x:si>
   <x:si>
     <x:t>of any specific investor. The offer to invest in the Trust for wholesale investors is contained in the current information memorandum. A Product Disclosure Statement (“PDS”) is also</x:t>
   </x:si>
   <x:si>
     <x:t>available solely for use by retail investors gaining exposure to the Trust through a service. The information memorandum and PDS can be obtained by visiting our website www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Investors should read the information memorandum or PDS, consider their own circumstances, and obtain their own advice before making an investment decision.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 08/31/2025 (AUD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in AUD as of 08/31/2025</x:t>
+    <x:t>Month-End as of 09/30/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
   </x:si>
   <x:si>
     <x:t>income and capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2020</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 08/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross returns are presented gross of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign income and</x:t>
   </x:si>
   <x:si>
     <x:t>capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 06/30/2025 (AUD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in AUD as of 06/30/2025</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (AUD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -774,2145 +771,2159 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D113"/>
+  <x:dimension ref="A1:D114"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
+        <x:v>1.07</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
         <x:v>0.94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-3.06</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-5.31</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-5.26</x:v>
+        <x:v>-3.06</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>-5.31</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-5.26</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.76</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>4.46</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>4.44</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-4.62</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-3.98</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-4.62</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-5.48</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-5.48</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2.12</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>9.02</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>7.77</x:v>
+        <x:v>2.12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-3.29</x:v>
+        <x:v>7.77</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-2.47</x:v>
+        <x:v>-3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>-2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-4.72</x:v>
+        <x:v>6.37</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>-4.72</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-6.53</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-6.48</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>-6.53</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-6.48</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-3.43</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>1.62</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-3.43</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>4.64</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>5.03</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>-1.17</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>-1.45</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="n">
+        <x:v>-1.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
         <x:v>1.06</x:v>
       </x:c>
-      <x:c r="C66" s="4" t="n">
+      <x:c r="C67" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
-      <x:c r="D66" s="4" t="n">
+      <x:c r="D67" s="4" t="n">
         <x:v>0.92</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="69" spans="1:4">
-      <x:c r="A69" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A69" s="2" t="s"/>
+      <x:c r="B69" s="3" t="s"/>
+      <x:c r="C69" s="3" t="s"/>
+      <x:c r="D69" s="3" t="s"/>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>6.07</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>5.99</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>9.68</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>11.87</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>9.68</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>11.87</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>15.89</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>13.85</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>15.89</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>16.05</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>13.85</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>5.38</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>12.02</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>12.19</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>9.82</x:v>
+        <x:v>12.02</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>9.98</x:v>
+        <x:v>12.19</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>9.08</x:v>
+        <x:v>7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>9.08</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-4.04</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-8.47</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-9.26</x:v>
+        <x:v>-4.04</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-9.11</x:v>
+        <x:v>-3.89</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>-8.47</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>-9.26</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>-9.11</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>7.07</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>9.73</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>9.89</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>3.92</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>8.02</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>9.31</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
+        <x:v>5.45</x:v>
+      </x:c>
+      <x:c r="C89" s="4" t="n">
+        <x:v>5.61</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="n">
+        <x:v>5.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:4">
+      <x:c r="A90" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B90" s="4" t="n">
         <x:v>1.06</x:v>
       </x:c>
-      <x:c r="C89" s="4" t="n">
+      <x:c r="C90" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
-      <x:c r="D89" s="4" t="n">
+      <x:c r="D90" s="4" t="n">
         <x:v>0.92</x:v>
       </x:c>
     </x:row>
-    <x:row r="91" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="92" spans="1:4">
-      <x:c r="A92" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A92" s="2" t="s"/>
+      <x:c r="B92" s="3" t="s"/>
+      <x:c r="C92" s="3" t="s"/>
+      <x:c r="D92" s="3" t="s"/>
     </x:row>
     <x:row r="93" spans="1:4">
-      <x:c r="A93" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A93" s="2" t="s">
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>30.8</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>31.57</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>30.78</x:v>
+        <x:v>9.71</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>28.55</x:v>
+        <x:v>30.8</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>29.31</x:v>
+        <x:v>31.57</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>23.03</x:v>
+        <x:v>30.78</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-8.48</x:v>
+        <x:v>28.55</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>29.31</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>32.55</x:v>
+        <x:v>-8.48</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>33.35</x:v>
+        <x:v>-7.91</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>29.29</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B97" s="4" t="n">
+        <x:v>32.55</x:v>
+      </x:c>
+      <x:c r="C97" s="4" t="n">
+        <x:v>33.35</x:v>
+      </x:c>
+      <x:c r="D97" s="4" t="n">
+        <x:v>29.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:4">
+      <x:c r="A98" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B97" s="4" t="n">
+      <x:c r="B98" s="4" t="n">
         <x:v>6.57</x:v>
       </x:c>
-      <x:c r="C97" s="4" t="n">
+      <x:c r="C98" s="4" t="n">
         <x:v>6.74</x:v>
       </x:c>
-      <x:c r="D97" s="4" t="n">
+      <x:c r="D98" s="4" t="n">
         <x:v>6.83</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
-      <x:c r="A102" s="1" t="s">
+      <x:c r="A102" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
-      <x:c r="A104" s="2" t="s">
+      <x:c r="A104" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
-      <x:c r="A106" s="1" t="s">
+      <x:c r="A106" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
-      <x:c r="A112" s="2" t="s">
+      <x:c r="A112" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
-      <x:c r="A113" s="1" t="s">
+      <x:c r="A113" s="2" t="s">
         <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:4">
+      <x:c r="A114" s="1" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J9" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>12.13</x:v>
+        <x:v>14.87</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>21.02</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>22.64</x:v>
+      </x:c>
+      <x:c r="H10" s="4" t="n">
+        <x:v>17.64</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>17.71</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>9.71</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>19.92</x:v>
+        <x:v>22.73</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>20.34</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>22.47</x:v>
+      </x:c>
+      <x:c r="H11" s="4" t="n">
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>16.22</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>-7.86</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>0.68</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="H12" s="4" t="n">
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>1.45</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>15.56</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>21.74</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>23.37</x:v>
+      </x:c>
+      <x:c r="H19" s="4" t="n">
+        <x:v>18.35</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>18.42</x:v>
+        <x:v>18.53</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>9.71</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>19.92</x:v>
+        <x:v>22.73</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>20.34</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>22.47</x:v>
+      </x:c>
+      <x:c r="H20" s="4" t="n">
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
-        <x:v>16.22</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-2.04</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>-7.12</x:v>
+        <x:v>-7.17</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>1.4</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="H21" s="4" t="n">
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>14.87</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>21.26</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>22.64</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>17.64</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>17.93</x:v>
+        <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>9.71</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>18.48</x:v>
+        <x:v>22.73</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>20.22</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>22.47</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>15.87</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-5.88</x:v>
+        <x:v>-7.86</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>1.04</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="G12" s="4" t="n">
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>1.45</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>13.27</x:v>
+        <x:v>15.56</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>21.98</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>23.37</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="n">
+        <x:v>18.35</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>18.64</x:v>
+        <x:v>18.53</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>9.71</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>18.48</x:v>
+        <x:v>22.73</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>20.22</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>22.47</x:v>
+      </x:c>
+      <x:c r="G20" s="4" t="n">
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
-        <x:v>15.87</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.93</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-5.21</x:v>
+        <x:v>-7.17</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>1.77</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="G21" s="4" t="n">
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>