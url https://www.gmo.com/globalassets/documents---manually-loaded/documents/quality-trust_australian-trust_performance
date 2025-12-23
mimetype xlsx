--- v1 (2025-11-06)
+++ v2 (2025-12-23)
@@ -1,81 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ce09596f7943ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6fe4822616b14568b60a70fe2e9c6e1e.psmdcp" Id="R6cafc98b95a3431b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re078af1607f345a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e2e97beb8e604514ab5e1200a8d131d6.psmdcp" Id="R3cb8ae3a09144f52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="AUD Class A_Historical" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="AUD Class A_Quarter-End" sheetId="4" r:id="rId4"/>
+    <x:sheet name="Class A_Historical" sheetId="2" r:id="rId2"/>
+    <x:sheet name="Class A_Month-End" sheetId="3" r:id="rId3"/>
+    <x:sheet name="Class A_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="125">
-[...4 lines deleted...]
-    <x:t>As of 09/30/2025 (AUD,%)</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="130">
+  <x:si>
+    <x:t>Performance - Quality Trust | Class A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>As of 11/30/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/24/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
@@ -215,50 +221,53 @@
   <x:si>
     <x:t>04/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2021</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2020</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
@@ -326,111 +335,117 @@
   <x:si>
     <x:t>The Trust accepts investments from wholesale investors only. Retail investors are not able to directly invest in the Trust but may gain exposure to the Trusts by investing with certain</x:t>
   </x:si>
   <x:si>
     <x:t>investor directed portfolio services, master trusts, wrap accounts or custodians (“services”). GMO Australia Limited, GMO LLC, and their affiliates, do not guarantee the performance of the</x:t>
   </x:si>
   <x:si>
     <x:t>Trust or the repayment of an investor’s capital. This information is of a general nature only and is not advice. It does not take into account the objectives, financial situation or needs</x:t>
   </x:si>
   <x:si>
     <x:t>of any specific investor. The offer to invest in the Trust for wholesale investors is contained in the current information memorandum. A Product Disclosure Statement (“PDS”) is also</x:t>
   </x:si>
   <x:si>
     <x:t>available solely for use by retail investors gaining exposure to the Trust through a service. The information memorandum and PDS can be obtained by visiting our website www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Investors should read the information memorandum or PDS, consider their own circumstances, and obtain their own advice before making an investment decision.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (AUD,%)</x:t>
+    <x:t>Month-End as of 11/30/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
+  </x:si>
+  <x:si>
+    <x:t>income and capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quality Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross returns are presented gross of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign income and</x:t>
+  </x:si>
+  <x:si>
+    <x:t>capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in AUD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in AUD as of 09/30/2025</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Quarter-End as of 09/30/2025 (AUD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -771,2181 +786,2223 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D114"/>
+  <x:dimension ref="A1:D117"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>3.26</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-3.06</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-5.31</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-5.26</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-3.06</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-5.31</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-5.26</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3.76</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>4.46</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-4.62</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-3.98</x:v>
+        <x:v>4.44</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-4.62</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-5.48</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2.12</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>9.02</x:v>
+        <x:v>-5.48</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>7.77</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-3.29</x:v>
+        <x:v>2.12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-2.47</x:v>
+        <x:v>7.77</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>-3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-4.72</x:v>
+        <x:v>-2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>6.37</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>-4.72</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-6.53</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-6.48</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-6.53</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-6.48</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-3.43</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.62</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>-3.43</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>4.64</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>5.03</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>-1.17</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
+        <x:v>6.64</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>6.69</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>7.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B68" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>-1.45</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
+        <x:v>-1.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:4">
+      <x:c r="A69" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B69" s="4" t="n">
         <x:v>1.06</x:v>
       </x:c>
-      <x:c r="C67" s="4" t="n">
+      <x:c r="C69" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
-      <x:c r="D67" s="4" t="n">
+      <x:c r="D69" s="4" t="n">
         <x:v>0.92</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="71" spans="1:4">
-      <x:c r="A71" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A71" s="2" t="s"/>
+      <x:c r="B71" s="3" t="s"/>
+      <x:c r="C71" s="3" t="s"/>
+      <x:c r="D71" s="3" t="s"/>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>6.26</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>9.68</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>11.87</x:v>
+        <x:v>6.07</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>5.99</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>15.89</x:v>
+        <x:v>9.68</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>13.85</x:v>
+        <x:v>11.87</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>12.02</x:v>
+        <x:v>15.89</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>12.19</x:v>
+        <x:v>16.05</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>13.85</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>9.82</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>9.98</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>9.08</x:v>
+        <x:v>5.38</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>12.02</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>12.19</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-4.04</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-8.47</x:v>
+        <x:v>9.08</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-9.26</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-9.11</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>-4.04</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>-3.89</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-8.47</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>9.73</x:v>
+        <x:v>-9.26</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>9.89</x:v>
+        <x:v>-9.11</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>8.02</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>7.07</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>3.92</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>9.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:4">
+      <x:c r="A91" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B91" s="4" t="n">
+        <x:v>7.86</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="n">
+        <x:v>8.02</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="n">
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
-      <x:c r="A92" s="2" t="s"/>
-[...2 lines deleted...]
-      <x:c r="D92" s="3" t="s"/>
+      <x:c r="A92" s="2" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B92" s="4" t="n">
+        <x:v>5.45</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="n">
+        <x:v>5.61</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="n">
+        <x:v>5.85</x:v>
+      </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>9.71</x:v>
-[...13 lines deleted...]
-        <x:v>30.78</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
-      <x:c r="A95" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A95" s="2" t="s"/>
+      <x:c r="B95" s="3" t="s"/>
+      <x:c r="C95" s="3" t="s"/>
+      <x:c r="D95" s="3" t="s"/>
     </x:row>
     <x:row r="96" spans="1:4">
-      <x:c r="A96" s="2" t="n">
-        <x:v>2022</x:v>
+      <x:c r="A96" s="2" t="s">
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-8.48</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>13.41</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>32.55</x:v>
+        <x:v>30.8</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>33.35</x:v>
+        <x:v>31.57</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>29.29</x:v>
+        <x:v>30.78</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B98" s="4" t="n">
+        <x:v>28.55</x:v>
+      </x:c>
+      <x:c r="C98" s="4" t="n">
+        <x:v>29.31</x:v>
+      </x:c>
+      <x:c r="D98" s="4" t="n">
+        <x:v>23.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:4">
+      <x:c r="A99" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B99" s="4" t="n">
+        <x:v>-8.48</x:v>
+      </x:c>
+      <x:c r="C99" s="4" t="n">
+        <x:v>-7.91</x:v>
+      </x:c>
+      <x:c r="D99" s="4" t="n">
+        <x:v>-12.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:4">
+      <x:c r="A100" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B100" s="4" t="n">
+        <x:v>32.55</x:v>
+      </x:c>
+      <x:c r="C100" s="4" t="n">
+        <x:v>33.35</x:v>
+      </x:c>
+      <x:c r="D100" s="4" t="n">
+        <x:v>29.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:4">
+      <x:c r="A101" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B98" s="4" t="n">
+      <x:c r="B101" s="4" t="n">
         <x:v>6.57</x:v>
       </x:c>
-      <x:c r="C98" s="4" t="n">
+      <x:c r="C101" s="4" t="n">
         <x:v>6.74</x:v>
       </x:c>
-      <x:c r="D98" s="4" t="n">
+      <x:c r="D101" s="4" t="n">
         <x:v>6.83</x:v>
       </x:c>
     </x:row>
-    <x:row r="100" spans="1:4">
-[...13 lines deleted...]
-    </x:row>
     <x:row r="103" spans="1:4">
-      <x:c r="A103" s="1" t="s">
+      <x:c r="A103" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
-      <x:c r="A104" s="1" t="s">
+      <x:c r="A104" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
-      <x:c r="A106" s="2" t="s">
+      <x:c r="A106" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
-      <x:c r="A108" s="1" t="s">
+      <x:c r="A108" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
-      <x:c r="A109" s="1" t="s">
+      <x:c r="A109" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
-      <x:c r="A113" s="2" t="s">
+      <x:c r="A113" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="1" t="s">
         <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:4">
+      <x:c r="A115" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:4">
+      <x:c r="A116" s="2" t="s">
+        <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:4">
+      <x:c r="A117" s="1" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J9" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>6.26</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.87</x:v>
+        <x:v>14.46</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>22.64</x:v>
+        <x:v>20.93</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>17.64</x:v>
+        <x:v>17.91</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>17.82</x:v>
+        <x:v>18.58</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>9.71</x:v>
+        <x:v>13.41</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>22.73</x:v>
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>22.47</x:v>
+        <x:v>19.94</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>16.22</x:v>
+        <x:v>15.56</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>16.37</x:v>
+        <x:v>16.55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>-7.86</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>15.56</x:v>
+        <x:v>15.14</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>23.37</x:v>
+        <x:v>21.65</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>18.35</x:v>
+        <x:v>18.62</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>18.53</x:v>
+        <x:v>19.3</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>9.71</x:v>
+        <x:v>13.41</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>22.73</x:v>
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>22.47</x:v>
+        <x:v>19.94</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
-        <x:v>16.22</x:v>
+        <x:v>15.56</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
-        <x:v>16.37</x:v>
+        <x:v>16.55</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-4.5</x:v>
+        <x:v>-1.51</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>-7.17</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>3.79</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.73</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>14.87</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>22.64</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>17.64</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>17.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>6.07</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>9.71</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>22.73</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>22.47</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>16.22</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
         <x:v>-2.28</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>-4.97</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>-7.86</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>0.17</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
         <x:v>1.42</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
         <x:v>1.45</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>3.95</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>15.56</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>23.37</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>18.35</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>18.53</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
         <x:v>6.07</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>9.71</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>22.73</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
         <x:v>22.47</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
         <x:v>16.22</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
         <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
         <x:v>-2.13</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>-7.17</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
         <x:v>2.13</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
         <x:v>2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
-      <vt:lpstr>AUD Class A_Historical</vt:lpstr>
-[...7 lines deleted...]
-      <vt:lpstr>AUD Class A_Quarter-End!Print_Titles</vt:lpstr>
+      <vt:lpstr>Class A_Historical</vt:lpstr>
+      <vt:lpstr>Class A_Month-End</vt:lpstr>
+      <vt:lpstr>Class A_Quarter-End</vt:lpstr>
+      <vt:lpstr>Class A_Historical!Print_Area</vt:lpstr>
+      <vt:lpstr>Class A_Historical!Print_Titles</vt:lpstr>
+      <vt:lpstr>Class A_Month-End!Print_Area</vt:lpstr>
+      <vt:lpstr>Class A_Month-End!Print_Titles</vt:lpstr>
+      <vt:lpstr>Class A_Quarter-End!Print_Area</vt:lpstr>
+      <vt:lpstr>Class A_Quarter-End!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>