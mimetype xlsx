--- v2 (2025-12-23)
+++ v3 (2026-01-16)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re078af1607f345a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e2e97beb8e604514ab5e1200a8d131d6.psmdcp" Id="R3cb8ae3a09144f52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re45a1ed116b2468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f991e2c1e187484281a10f61e2cdcb8c.psmdcp" Id="Rc33be2c961424657" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Class A_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Class A_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="130">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="129">
   <x:si>
     <x:t>Performance - Quality Trust | Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (AUD,%)</x:t>
+    <x:t>As of 12/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/24/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
@@ -221,51 +224,51 @@
   <x:si>
     <x:t>04/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2021</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2020</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
@@ -335,117 +338,111 @@
   <x:si>
     <x:t>The Trust accepts investments from wholesale investors only. Retail investors are not able to directly invest in the Trust but may gain exposure to the Trusts by investing with certain</x:t>
   </x:si>
   <x:si>
     <x:t>investor directed portfolio services, master trusts, wrap accounts or custodians (“services”). GMO Australia Limited, GMO LLC, and their affiliates, do not guarantee the performance of the</x:t>
   </x:si>
   <x:si>
     <x:t>Trust or the repayment of an investor’s capital. This information is of a general nature only and is not advice. It does not take into account the objectives, financial situation or needs</x:t>
   </x:si>
   <x:si>
     <x:t>of any specific investor. The offer to invest in the Trust for wholesale investors is contained in the current information memorandum. A Product Disclosure Statement (“PDS”) is also</x:t>
   </x:si>
   <x:si>
     <x:t>available solely for use by retail investors gaining exposure to the Trust through a service. The information memorandum and PDS can be obtained by visiting our website www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Investors should read the information memorandum or PDS, consider their own circumstances, and obtain their own advice before making an investment decision.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (AUD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in AUD as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
   </x:si>
   <x:si>
     <x:t>income and capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2020</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross returns are presented gross of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign income and</x:t>
   </x:si>
   <x:si>
     <x:t>capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 09/30/2025 (AUD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in AUD as of 09/30/2025</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -786,2201 +783,2215 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D117"/>
+  <x:dimension ref="A1:D118"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>3.26</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
+        <x:v>1.07</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
         <x:v>0.94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-3.06</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-5.31</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-5.26</x:v>
+        <x:v>-3.06</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>-5.31</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-5.26</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.76</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>4.46</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>4.44</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-4.62</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-3.98</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-4.62</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-5.48</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-5.48</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2.12</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>9.02</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>7.77</x:v>
+        <x:v>2.12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-3.29</x:v>
+        <x:v>7.77</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-2.47</x:v>
+        <x:v>-3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>-2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-4.72</x:v>
+        <x:v>6.37</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>-4.72</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-6.53</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-6.48</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>-6.53</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-6.48</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-3.43</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>1.62</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-3.43</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>4.64</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>5.03</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>-1.17</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>-1.45</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="n">
+        <x:v>-1.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B70" s="4" t="n">
         <x:v>1.06</x:v>
       </x:c>
-      <x:c r="C69" s="4" t="n">
+      <x:c r="C70" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
-      <x:c r="D69" s="4" t="n">
+      <x:c r="D70" s="4" t="n">
         <x:v>0.92</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="72" spans="1:4">
-      <x:c r="A72" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A72" s="2" t="s"/>
+      <x:c r="B72" s="3" t="s"/>
+      <x:c r="C72" s="3" t="s"/>
+      <x:c r="D72" s="3" t="s"/>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>2.48</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>6.07</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>5.99</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>9.68</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>11.87</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>9.68</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>11.87</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>15.89</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>13.85</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>15.89</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>16.05</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>13.85</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>5.38</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>12.02</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>12.19</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>9.82</x:v>
+        <x:v>12.02</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>9.98</x:v>
+        <x:v>12.19</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>9.08</x:v>
+        <x:v>7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>9.08</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-4.04</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-8.47</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-9.26</x:v>
+        <x:v>-4.04</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-9.11</x:v>
+        <x:v>-3.89</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>-8.47</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>-9.26</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>-9.11</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>7.07</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>9.73</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>9.89</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>3.92</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>8.02</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>9.31</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
+        <x:v>5.45</x:v>
+      </x:c>
+      <x:c r="C93" s="4" t="n">
+        <x:v>5.61</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="n">
+        <x:v>5.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:4">
+      <x:c r="A94" s="2" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B94" s="4" t="n">
         <x:v>1.06</x:v>
       </x:c>
-      <x:c r="C93" s="4" t="n">
+      <x:c r="C94" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
-      <x:c r="D93" s="4" t="n">
+      <x:c r="D94" s="4" t="n">
         <x:v>0.92</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="96" spans="1:4">
-      <x:c r="A96" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A96" s="2" t="s"/>
+      <x:c r="B96" s="3" t="s"/>
+      <x:c r="C96" s="3" t="s"/>
+      <x:c r="D96" s="3" t="s"/>
     </x:row>
     <x:row r="97" spans="1:4">
-      <x:c r="A97" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A97" s="2" t="s">
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>30.8</x:v>
+        <x:v>10.57</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>31.57</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>30.78</x:v>
+        <x:v>12.43</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>28.55</x:v>
+        <x:v>30.8</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>29.31</x:v>
+        <x:v>31.57</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>23.03</x:v>
+        <x:v>30.78</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>-8.48</x:v>
+        <x:v>28.55</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>29.31</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>32.55</x:v>
+        <x:v>-8.48</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>33.35</x:v>
+        <x:v>-7.91</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>29.29</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B101" s="4" t="n">
+        <x:v>32.55</x:v>
+      </x:c>
+      <x:c r="C101" s="4" t="n">
+        <x:v>33.35</x:v>
+      </x:c>
+      <x:c r="D101" s="4" t="n">
+        <x:v>29.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:4">
+      <x:c r="A102" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B101" s="4" t="n">
+      <x:c r="B102" s="4" t="n">
         <x:v>6.57</x:v>
       </x:c>
-      <x:c r="C101" s="4" t="n">
+      <x:c r="C102" s="4" t="n">
         <x:v>6.74</x:v>
       </x:c>
-      <x:c r="D101" s="4" t="n">
+      <x:c r="D102" s="4" t="n">
         <x:v>6.83</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
-      <x:c r="A106" s="1" t="s">
+      <x:c r="A106" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
-      <x:c r="A108" s="2" t="s">
+      <x:c r="A108" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
-      <x:c r="A110" s="1" t="s">
+      <x:c r="A110" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
-      <x:c r="A116" s="2" t="s">
+      <x:c r="A116" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
-      <x:c r="A117" s="1" t="s">
+      <x:c r="A117" s="2" t="s">
         <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:4">
+      <x:c r="A118" s="1" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>11.29</x:v>
+        <x:v>10.57</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.46</x:v>
+        <x:v>10.57</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>20.93</x:v>
+        <x:v>22.96</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>17.91</x:v>
+        <x:v>17.67</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>18.58</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>13.41</x:v>
+        <x:v>12.43</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>16.22</x:v>
+        <x:v>12.43</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>19.94</x:v>
+        <x:v>21.84</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>15.56</x:v>
+        <x:v>15.47</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>16.55</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>15.14</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>21.65</x:v>
+        <x:v>23.69</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>18.62</x:v>
+        <x:v>18.37</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>19.3</x:v>
+        <x:v>18.82</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>13.41</x:v>
+        <x:v>12.43</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>16.22</x:v>
+        <x:v>12.43</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>19.94</x:v>
+        <x:v>21.84</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
-        <x:v>15.56</x:v>
+        <x:v>15.47</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
-        <x:v>16.55</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-1.51</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
         <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>10.57</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.87</x:v>
+        <x:v>10.57</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.64</x:v>
+        <x:v>22.96</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>17.64</x:v>
+        <x:v>17.67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>17.82</x:v>
+        <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>9.71</x:v>
+        <x:v>12.43</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>22.73</x:v>
+        <x:v>12.43</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>22.47</x:v>
+        <x:v>21.84</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>16.22</x:v>
+        <x:v>15.47</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>16.37</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-7.86</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>15.56</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>23.37</x:v>
+        <x:v>23.69</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>18.35</x:v>
+        <x:v>18.37</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>18.53</x:v>
+        <x:v>18.82</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>9.71</x:v>
+        <x:v>12.43</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>22.73</x:v>
+        <x:v>12.43</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>22.47</x:v>
+        <x:v>21.84</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>16.22</x:v>
+        <x:v>15.47</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
-        <x:v>16.37</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-4.5</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-7.17</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>