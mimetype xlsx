--- v3 (2026-01-16)
+++ v4 (2026-02-07)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re45a1ed116b2468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f991e2c1e187484281a10f61e2cdcb8c.psmdcp" Id="Rc33be2c961424657" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cbb65a2b99142d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51113267986a405a838b766db9cd0ea8.psmdcp" Id="R0be69c404d23434c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Class A_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Class A_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="129">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="133">
   <x:si>
     <x:t>Performance - Quality Trust | Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (AUD,%)</x:t>
+    <x:t>As of 01/31/2026 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/24/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
@@ -224,50 +227,53 @@
   <x:si>
     <x:t>04/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2021</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2020</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
@@ -290,159 +296,165 @@
   <x:si>
     <x:t>Q2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2020</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>The inception date of the fund is 23 September 2020. The inception date of the performance data above is 24 September 2020, the first full day that the GMO Quality Trust was fully</x:t>
   </x:si>
   <x:si>
     <x:t>invested. Performance data using an inception date of 23 September 2020 would produce a different outcome and compare fund performance over a period different to that reflected in the</x:t>
   </x:si>
   <x:si>
     <x:t>benchmark performance. The GMO QualityTrust ARSN 643 940 872 (“the Trust”) is issued by GMO Australia Limited ABN 30 071 502 639, AFS Licence No. 236 656.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>The Trust accepts investments from wholesale investors only. Retail investors are not able to directly invest in the Trust but may gain exposure to the Trusts by investing with certain</x:t>
   </x:si>
   <x:si>
     <x:t>investor directed portfolio services, master trusts, wrap accounts or custodians (“services”). GMO Australia Limited, GMO LLC, and their affiliates, do not guarantee the performance of the</x:t>
   </x:si>
   <x:si>
     <x:t>Trust or the repayment of an investor’s capital. This information is of a general nature only and is not advice. It does not take into account the objectives, financial situation or needs</x:t>
   </x:si>
   <x:si>
     <x:t>of any specific investor. The offer to invest in the Trust for wholesale investors is contained in the current information memorandum. A Product Disclosure Statement (“PDS”) is also</x:t>
   </x:si>
   <x:si>
     <x:t>available solely for use by retail investors gaining exposure to the Trust through a service. The information memorandum and PDS can be obtained by visiting our website www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Investors should read the information memorandum or PDS, consider their own circumstances, and obtain their own advice before making an investment decision.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (AUD,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
+  </x:si>
+  <x:si>
+    <x:t>income and capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quality Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross returns are presented gross of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign income and</x:t>
+  </x:si>
+  <x:si>
+    <x:t>capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in AUD as of 12/31/2025</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -783,2215 +795,2257 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D118"/>
+  <x:dimension ref="A1:D121"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>3.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
+        <x:v>1.07</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
         <x:v>0.94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-3.06</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-5.31</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-5.26</x:v>
+        <x:v>-3.06</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>-5.31</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-5.26</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.76</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>4.46</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>4.44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-4.62</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-3.98</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-4.62</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-5.48</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-5.48</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.12</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>9.02</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>7.77</x:v>
+        <x:v>2.12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-3.29</x:v>
+        <x:v>7.77</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-2.47</x:v>
+        <x:v>-3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>-2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-4.72</x:v>
+        <x:v>6.37</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>-4.72</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-6.53</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-6.48</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>-6.53</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-6.48</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-3.43</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>1.62</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-3.43</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>4.64</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>5.03</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>-1.17</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
+        <x:v>-1.45</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="n">
+        <x:v>-1.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B71" s="4" t="n">
         <x:v>1.06</x:v>
       </x:c>
-      <x:c r="C70" s="4" t="n">
+      <x:c r="C71" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
-      <x:c r="D70" s="4" t="n">
+      <x:c r="D71" s="4" t="n">
         <x:v>0.92</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="73" spans="1:4">
-      <x:c r="A73" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A73" s="2" t="s"/>
+      <x:c r="B73" s="3" t="s"/>
+      <x:c r="C73" s="3" t="s"/>
+      <x:c r="D73" s="3" t="s"/>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>2.48</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>6.07</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>9.68</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>11.87</x:v>
+        <x:v>5.99</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>9.68</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>11.87</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>15.89</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>13.85</x:v>
+        <x:v>2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>15.89</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>16.05</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>13.85</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>12.02</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>12.19</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>5.38</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>9.82</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>9.98</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>9.08</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>12.02</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>12.19</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>9.08</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-4.04</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-8.47</x:v>
+        <x:v>4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-9.26</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-9.11</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>-4.04</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>-3.89</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>-8.47</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>-9.26</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>-9.11</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>9.73</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>9.89</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>7.07</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>8.02</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>3.92</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>9.31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
+        <x:v>7.86</x:v>
+      </x:c>
+      <x:c r="C94" s="4" t="n">
+        <x:v>8.02</x:v>
+      </x:c>
+      <x:c r="D94" s="4" t="n">
+        <x:v>6.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:4">
+      <x:c r="A95" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B95" s="4" t="n">
+        <x:v>5.45</x:v>
+      </x:c>
+      <x:c r="C95" s="4" t="n">
+        <x:v>5.61</x:v>
+      </x:c>
+      <x:c r="D95" s="4" t="n">
+        <x:v>5.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:4">
+      <x:c r="A96" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B96" s="4" t="n">
         <x:v>1.06</x:v>
       </x:c>
-      <x:c r="C94" s="4" t="n">
+      <x:c r="C96" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
-      <x:c r="D94" s="4" t="n">
+      <x:c r="D96" s="4" t="n">
         <x:v>0.92</x:v>
       </x:c>
     </x:row>
-    <x:row r="96" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="98" spans="1:4">
-      <x:c r="A98" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A98" s="2" t="s"/>
+      <x:c r="B98" s="3" t="s"/>
+      <x:c r="C98" s="3" t="s"/>
+      <x:c r="D98" s="3" t="s"/>
     </x:row>
     <x:row r="99" spans="1:4">
-      <x:c r="A99" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A99" s="2" t="s">
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>28.55</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>29.31</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>23.03</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>-8.48</x:v>
+        <x:v>10.57</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>12.43</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>32.55</x:v>
+        <x:v>30.8</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>33.35</x:v>
+        <x:v>31.57</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>29.29</x:v>
+        <x:v>30.78</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B102" s="4" t="n">
+        <x:v>28.55</x:v>
+      </x:c>
+      <x:c r="C102" s="4" t="n">
+        <x:v>29.31</x:v>
+      </x:c>
+      <x:c r="D102" s="4" t="n">
+        <x:v>23.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:4">
+      <x:c r="A103" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B103" s="4" t="n">
+        <x:v>-8.48</x:v>
+      </x:c>
+      <x:c r="C103" s="4" t="n">
+        <x:v>-7.91</x:v>
+      </x:c>
+      <x:c r="D103" s="4" t="n">
+        <x:v>-12.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:4">
+      <x:c r="A104" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B104" s="4" t="n">
+        <x:v>32.55</x:v>
+      </x:c>
+      <x:c r="C104" s="4" t="n">
+        <x:v>33.35</x:v>
+      </x:c>
+      <x:c r="D104" s="4" t="n">
+        <x:v>29.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:4">
+      <x:c r="A105" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B102" s="4" t="n">
+      <x:c r="B105" s="4" t="n">
         <x:v>6.57</x:v>
       </x:c>
-      <x:c r="C102" s="4" t="n">
+      <x:c r="C105" s="4" t="n">
         <x:v>6.74</x:v>
       </x:c>
-      <x:c r="D102" s="4" t="n">
+      <x:c r="D105" s="4" t="n">
         <x:v>6.83</x:v>
       </x:c>
     </x:row>
-    <x:row r="104" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A106" s="2" t="s">
+    <x:row r="107" spans="1:4">
+      <x:c r="A107" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
-    <x:row r="107" spans="1:4">
-      <x:c r="A107" s="1" t="s">
+    <x:row r="108" spans="1:4">
+      <x:c r="A108" s="2" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:4">
+      <x:c r="A110" s="1" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:4">
+      <x:c r="A112" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
-    <x:row r="112" spans="1:4">
-      <x:c r="A112" s="1" t="s">
+    <x:row r="113" spans="1:4">
+      <x:c r="A113" s="2" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:4">
+      <x:c r="A117" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:4">
+      <x:c r="A119" s="1" t="s">
         <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:4">
+      <x:c r="A120" s="2" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:4">
+      <x:c r="A121" s="1" t="s">
+        <x:v>109</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J9" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>10.57</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>10.57</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>22.96</x:v>
+        <x:v>20.54</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>17.67</x:v>
+        <x:v>17.13</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>18.11</x:v>
+        <x:v>17.04</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>12.43</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>12.43</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>21.84</x:v>
+        <x:v>19.54</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>15.47</x:v>
+        <x:v>14.94</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>16.07</x:v>
+        <x:v>15.21</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>-4.27</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.24</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>11.24</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>23.69</x:v>
+        <x:v>21.26</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>18.37</x:v>
+        <x:v>17.83</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>18.82</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>12.43</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>12.43</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>21.84</x:v>
+        <x:v>19.54</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
-        <x:v>15.47</x:v>
+        <x:v>14.94</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
-        <x:v>16.07</x:v>
+        <x:v>15.21</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-3.66</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>5.57</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>10.57</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>10.57</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>22.96</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>17.67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.48</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>12.43</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>12.43</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>21.84</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>15.47</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
         <x:v>3.09</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>-1.86</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>-1.86</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>1.12</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
         <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>5.73</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.24</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.24</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>23.69</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>18.37</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>18.82</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
         <x:v>2.48</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>12.43</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>12.43</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
         <x:v>21.84</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
         <x:v>15.47</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
         <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
         <x:v>3.25</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>1.85</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
         <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>