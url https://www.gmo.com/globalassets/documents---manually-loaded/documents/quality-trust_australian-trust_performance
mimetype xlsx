--- v4 (2026-02-07)
+++ v5 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cbb65a2b99142d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51113267986a405a838b766db9cd0ea8.psmdcp" Id="R0be69c404d23434c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d28e0220ca4c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a08d7b6c206a48c787abf90b75d926ba.psmdcp" Id="R4afdf3f85c184124" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Class A_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Class A_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="133">
   <x:si>
     <x:t>Performance - Quality Trust | Class A</x:t>
   </x:si>
   <x:si>
     <x:t>As of 01/31/2026 (AUD,%)</x:t>