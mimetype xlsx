--- v5 (2026-02-27)
+++ v6 (2026-03-23)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d28e0220ca4c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a08d7b6c206a48c787abf90b75d926ba.psmdcp" Id="R4afdf3f85c184124" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8153c6a17cb345f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dbb2e9863d484627b12a2e5a3df31efc.psmdcp" Id="Rcca57306351a4198" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Class A_Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Class A_Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="133">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
   <x:si>
     <x:t>Performance - Quality Trust | Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (AUD,%)</x:t>
+    <x:t>As of 02/28/2026 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/24/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
@@ -344,102 +347,102 @@
   <x:si>
     <x:t>The Trust accepts investments from wholesale investors only. Retail investors are not able to directly invest in the Trust but may gain exposure to the Trusts by investing with certain</x:t>
   </x:si>
   <x:si>
     <x:t>investor directed portfolio services, master trusts, wrap accounts or custodians (“services”). GMO Australia Limited, GMO LLC, and their affiliates, do not guarantee the performance of the</x:t>
   </x:si>
   <x:si>
     <x:t>Trust or the repayment of an investor’s capital. This information is of a general nature only and is not advice. It does not take into account the objectives, financial situation or needs</x:t>
   </x:si>
   <x:si>
     <x:t>of any specific investor. The offer to invest in the Trust for wholesale investors is contained in the current information memorandum. A Product Disclosure Statement (“PDS”) is also</x:t>
   </x:si>
   <x:si>
     <x:t>available solely for use by retail investors gaining exposure to the Trust through a service. The information memorandum and PDS can be obtained by visiting our website www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Investors should read the information memorandum or PDS, consider their own circumstances, and obtain their own advice before making an investment decision.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (AUD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in AUD as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
   </x:si>
   <x:si>
     <x:t>income and capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Trust</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2020</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross returns are presented gross of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign income and</x:t>
   </x:si>
   <x:si>
     <x:t>capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in AUD as of 12/31/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
@@ -795,2257 +798,2271 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D121"/>
+  <x:dimension ref="A1:D122"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>3.26</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
+        <x:v>1.07</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
         <x:v>0.94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.06</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-5.31</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-5.26</x:v>
+        <x:v>-3.06</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>-5.31</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-5.26</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.76</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>4.46</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>4.44</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-4.62</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-3.98</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-4.62</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-3.98</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-5.48</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-5.48</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2.12</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>9.02</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>7.77</x:v>
+        <x:v>2.12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-3.29</x:v>
+        <x:v>7.77</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-2.47</x:v>
+        <x:v>-3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>-2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-4.72</x:v>
+        <x:v>6.37</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>-4.72</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-6.53</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-6.48</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>-6.53</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-6.48</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-3.43</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>1.62</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-3.43</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>4.64</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>5.03</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>-1.17</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="n">
+        <x:v>-1.45</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>-1.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
         <x:v>1.06</x:v>
       </x:c>
-      <x:c r="C71" s="4" t="n">
+      <x:c r="C72" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
-      <x:c r="D71" s="4" t="n">
+      <x:c r="D72" s="4" t="n">
         <x:v>0.92</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="74" spans="1:4">
-      <x:c r="A74" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A74" s="2" t="s"/>
+      <x:c r="B74" s="3" t="s"/>
+      <x:c r="C74" s="3" t="s"/>
+      <x:c r="D74" s="3" t="s"/>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>5.57</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>2.48</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>6.07</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>5.99</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>9.68</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>11.87</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>9.68</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>11.87</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>15.89</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>13.85</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>15.89</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>16.05</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>13.85</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>5.38</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>12.02</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>12.19</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>9.82</x:v>
+        <x:v>12.02</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>9.98</x:v>
+        <x:v>12.19</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>9.08</x:v>
+        <x:v>7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>9.08</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-4.04</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-8.47</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-9.26</x:v>
+        <x:v>-4.04</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-9.11</x:v>
+        <x:v>-3.89</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-8.17</x:v>
+        <x:v>-8.47</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>-9.26</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>-9.11</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>-8.17</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>7.07</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>9.73</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>9.89</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>3.92</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>8.02</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>9.31</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
+        <x:v>5.45</x:v>
+      </x:c>
+      <x:c r="C96" s="4" t="n">
+        <x:v>5.61</x:v>
+      </x:c>
+      <x:c r="D96" s="4" t="n">
+        <x:v>5.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:4">
+      <x:c r="A97" s="2" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B97" s="4" t="n">
         <x:v>1.06</x:v>
       </x:c>
-      <x:c r="C96" s="4" t="n">
+      <x:c r="C97" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
-      <x:c r="D96" s="4" t="n">
+      <x:c r="D97" s="4" t="n">
         <x:v>0.92</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="99" spans="1:4">
-      <x:c r="A99" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A99" s="2" t="s"/>
+      <x:c r="B99" s="3" t="s"/>
+      <x:c r="C99" s="3" t="s"/>
+      <x:c r="D99" s="3" t="s"/>
     </x:row>
     <x:row r="100" spans="1:4">
-      <x:c r="A100" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A100" s="2" t="s">
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>10.57</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>11.24</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>12.43</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>30.8</x:v>
+        <x:v>10.57</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>31.57</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>30.78</x:v>
+        <x:v>12.43</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>28.55</x:v>
+        <x:v>30.8</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>29.31</x:v>
+        <x:v>31.57</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>23.03</x:v>
+        <x:v>30.78</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>-8.48</x:v>
+        <x:v>28.55</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>29.31</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>32.55</x:v>
+        <x:v>-8.48</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>33.35</x:v>
+        <x:v>-7.91</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>29.29</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B105" s="4" t="n">
+        <x:v>32.55</x:v>
+      </x:c>
+      <x:c r="C105" s="4" t="n">
+        <x:v>33.35</x:v>
+      </x:c>
+      <x:c r="D105" s="4" t="n">
+        <x:v>29.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:4">
+      <x:c r="A106" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B105" s="4" t="n">
+      <x:c r="B106" s="4" t="n">
         <x:v>6.57</x:v>
       </x:c>
-      <x:c r="C105" s="4" t="n">
+      <x:c r="C106" s="4" t="n">
         <x:v>6.74</x:v>
       </x:c>
-      <x:c r="D105" s="4" t="n">
+      <x:c r="D106" s="4" t="n">
         <x:v>6.83</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
-      <x:c r="A110" s="1" t="s">
+      <x:c r="A110" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
-      <x:c r="A112" s="2" t="s">
+      <x:c r="A112" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
-      <x:c r="A114" s="1" t="s">
+      <x:c r="A114" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
-      <x:c r="A120" s="2" t="s">
+      <x:c r="A120" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
-      <x:c r="A121" s="1" t="s">
+      <x:c r="A121" s="2" t="s">
         <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:4">
+      <x:c r="A122" s="1" t="s">
+        <x:v>110</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>20.54</x:v>
+        <x:v>18.97</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>17.13</x:v>
+        <x:v>15.96</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>17.04</x:v>
+        <x:v>16.19</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>19.54</x:v>
+        <x:v>18.37</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>14.94</x:v>
+        <x:v>14.34</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>15.21</x:v>
+        <x:v>14.77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>-4.27</x:v>
+        <x:v>-5.53</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>1.42</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>21.26</x:v>
+        <x:v>19.68</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>17.83</x:v>
+        <x:v>16.66</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>19.54</x:v>
+        <x:v>18.37</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
-        <x:v>14.94</x:v>
+        <x:v>14.34</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
-        <x:v>15.21</x:v>
+        <x:v>14.77</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>-3.66</x:v>
+        <x:v>-4.92</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>5.57</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>10.57</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>10.57</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>22.96</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>17.67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>18.11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.48</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>12.43</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>12.43</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>21.84</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>15.47</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
         <x:v>3.09</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>-1.86</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>-1.86</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>1.12</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
         <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>5.73</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.24</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.24</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>23.69</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>18.37</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>18.82</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
         <x:v>2.48</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>12.43</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>12.43</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
         <x:v>21.84</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
         <x:v>15.47</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
         <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
         <x:v>3.25</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>1.85</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
         <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>