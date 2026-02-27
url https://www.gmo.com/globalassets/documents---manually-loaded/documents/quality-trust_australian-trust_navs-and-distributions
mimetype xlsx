--- v3 (2026-02-07)
+++ v4 (2026-02-27)
@@ -1,111 +1,156 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcba1a6b03dc04cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8aa1b3f607d44f7e9c2b6400aa1efece.psmdcp" Id="Rc142f2a3ec2e4f1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49c88b500568411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/653630dd806a48eab278ddf019ea79f3.psmdcp" Id="R7a2f624e38fd4957" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Class A" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1357" uniqueCount="1357">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1372" uniqueCount="1372">
   <x:si>
     <x:t>Quality Trust in AUD | Class A</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Distributions Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Redemption Price</x:t>
   </x:si>
   <x:si>
     <x:t>Application Price</x:t>
   </x:si>
   <x:si>
     <x:t>Distribution</x:t>
   </x:si>
   <x:si>
+    <x:t>02/26/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/05/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2025</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/04/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>06/28/2024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/03/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/02/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2022</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/30/2026</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/23/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026</x:t>
   </x:si>
@@ -4475,51 +4520,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H1353"/>
+  <x:dimension ref="A1:H1368"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.680625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="17.350625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.570625" style="0" customWidth="1"/>
     <x:col min="5" max="6" width="9.140625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.950625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="12.240625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G3" s="1" t="s">
         <x:v>2</x:v>
@@ -4528,18936 +4573,19146 @@
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>1.957</x:v>
+        <x:v>1.9347</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>1.956</x:v>
+        <x:v>1.9337</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1.958</x:v>
+        <x:v>1.9357</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
         <x:v>0.0964</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>1.9598</x:v>
+        <x:v>1.9293</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>1.9588</x:v>
+        <x:v>1.9283</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1.9608</x:v>
+        <x:v>1.9303</x:v>
       </x:c>
       <x:c r="G6" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>0.051641</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>1.9634</x:v>
+        <x:v>1.9311</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>1.9624</x:v>
+        <x:v>1.9301</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1.9644</x:v>
+        <x:v>1.9321</x:v>
       </x:c>
       <x:c r="G7" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H7" s="5" t="n">
         <x:v>0.01654</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>2.0087</x:v>
+        <x:v>1.9244</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>2.0076</x:v>
+        <x:v>1.9234</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>2.0097</x:v>
+        <x:v>1.9254</x:v>
       </x:c>
       <x:c r="G8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>0.057015</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>1.9795</x:v>
+        <x:v>1.9399</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>1.9785</x:v>
+        <x:v>1.9389</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>1.9805</x:v>
+        <x:v>1.9409</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H9" s="5" t="n">
         <x:v>0.01194</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>2.0006</x:v>
+        <x:v>1.9308</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>1.9995</x:v>
+        <x:v>1.9298</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>2.0016</x:v>
+        <x:v>1.9318</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>2.0073</x:v>
+        <x:v>1.9361</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>2.0062</x:v>
+        <x:v>1.9351</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>2.0083</x:v>
+        <x:v>1.9371</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>2.0166</x:v>
+        <x:v>1.9285</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>2.0155</x:v>
+        <x:v>1.9275</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>2.0176</x:v>
+        <x:v>1.9295</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>2.0312</x:v>
+        <x:v>1.9195</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>2.0301</x:v>
+        <x:v>1.9185</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>2.0322</x:v>
+        <x:v>1.9205</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>2.0411</x:v>
+        <x:v>1.9241</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>2.04</x:v>
+        <x:v>1.9231</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>2.0421</x:v>
+        <x:v>1.9251</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>2.0491</x:v>
+        <x:v>1.9048</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>2.048</x:v>
+        <x:v>1.9038</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>2.0501</x:v>
+        <x:v>1.9058</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>2.0475</x:v>
+        <x:v>1.9292</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>2.0464</x:v>
+        <x:v>1.9282</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>2.0485</x:v>
+        <x:v>1.9302</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>2.0774</x:v>
+        <x:v>1.9467</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>2.0763</x:v>
+        <x:v>1.9457</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>2.0784</x:v>
+        <x:v>1.9477</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>2.092</x:v>
+        <x:v>1.9447</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
-        <x:v>2.0909</x:v>
+        <x:v>1.9437</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
-        <x:v>2.093</x:v>
+        <x:v>1.9457</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>2.0875</x:v>
+        <x:v>1.9619</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>2.0864</x:v>
+        <x:v>1.9609</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
-        <x:v>2.0885</x:v>
+        <x:v>1.9629</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>2.0928</x:v>
+        <x:v>1.957</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
-        <x:v>2.0917</x:v>
+        <x:v>1.956</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
-        <x:v>2.0938</x:v>
+        <x:v>1.958</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>2.0996</x:v>
+        <x:v>1.9598</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>2.0985</x:v>
+        <x:v>1.9588</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
-        <x:v>2.1006</x:v>
+        <x:v>1.9608</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>2.1033</x:v>
+        <x:v>1.9634</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
-        <x:v>2.1022</x:v>
+        <x:v>1.9624</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
-        <x:v>2.1044</x:v>
+        <x:v>1.9644</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>2.1136</x:v>
+        <x:v>2.0087</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>2.1125</x:v>
+        <x:v>2.0076</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
-        <x:v>2.1147</x:v>
+        <x:v>2.0097</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>2.0934</x:v>
+        <x:v>1.9795</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
-        <x:v>2.0923</x:v>
+        <x:v>1.9785</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
-        <x:v>2.0944</x:v>
+        <x:v>1.9805</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>2.0833</x:v>
+        <x:v>2.0006</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>2.0822</x:v>
+        <x:v>1.9995</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
-        <x:v>2.0843</x:v>
+        <x:v>2.0016</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>2.0907</x:v>
+        <x:v>2.0073</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
-        <x:v>2.0896</x:v>
+        <x:v>2.0062</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
-        <x:v>2.0917</x:v>
+        <x:v>2.0083</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>2.0678</x:v>
+        <x:v>2.0166</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>2.0667</x:v>
+        <x:v>2.0155</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
-        <x:v>2.0688</x:v>
+        <x:v>2.0176</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>2.052</x:v>
+        <x:v>2.0312</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
-        <x:v>2.0509</x:v>
+        <x:v>2.0301</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
-        <x:v>2.053</x:v>
+        <x:v>2.0322</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>2.0491</x:v>
+        <x:v>2.0411</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>2.048</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
-        <x:v>2.0501</x:v>
+        <x:v>2.0421</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>2.0489</x:v>
+        <x:v>2.0491</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
-        <x:v>2.0478</x:v>
+        <x:v>2.048</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
-        <x:v>2.0499</x:v>
+        <x:v>2.0501</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>2.0504</x:v>
+        <x:v>2.0475</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>2.0493</x:v>
+        <x:v>2.0464</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
-        <x:v>2.0514</x:v>
+        <x:v>2.0485</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>2.046</x:v>
+        <x:v>2.0774</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
-        <x:v>2.0449</x:v>
+        <x:v>2.0763</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
-        <x:v>2.047</x:v>
+        <x:v>2.0784</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>2.0454</x:v>
+        <x:v>2.092</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>2.0443</x:v>
+        <x:v>2.0909</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
-        <x:v>2.0464</x:v>
+        <x:v>2.093</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>2.051</x:v>
+        <x:v>2.0875</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
-        <x:v>2.0499</x:v>
+        <x:v>2.0864</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
-        <x:v>2.052</x:v>
+        <x:v>2.0885</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>2.0531</x:v>
+        <x:v>2.0928</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>2.052</x:v>
+        <x:v>2.0917</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
-        <x:v>2.0541</x:v>
+        <x:v>2.0938</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>2.0406</x:v>
+        <x:v>2.0996</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
-        <x:v>2.0395</x:v>
+        <x:v>2.0985</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
-        <x:v>2.0416</x:v>
+        <x:v>2.1006</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>2.0268</x:v>
+        <x:v>2.1033</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>2.0257</x:v>
+        <x:v>2.1022</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
-        <x:v>2.0278</x:v>
+        <x:v>2.1044</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>2.033</x:v>
+        <x:v>2.1136</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
-        <x:v>2.0319</x:v>
+        <x:v>2.1125</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
-        <x:v>2.034</x:v>
+        <x:v>2.1147</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>2.0413</x:v>
+        <x:v>2.0934</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>2.0402</x:v>
+        <x:v>2.0923</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
-        <x:v>2.0423</x:v>
+        <x:v>2.0944</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>2.0429</x:v>
+        <x:v>2.0833</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
-        <x:v>2.0418</x:v>
+        <x:v>2.0822</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
-        <x:v>2.0439</x:v>
+        <x:v>2.0843</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>2.0496</x:v>
+        <x:v>2.0907</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>2.0485</x:v>
+        <x:v>2.0896</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
-        <x:v>2.0506</x:v>
+        <x:v>2.0917</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>2.0487</x:v>
+        <x:v>2.0678</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
-        <x:v>2.0476</x:v>
+        <x:v>2.0667</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
-        <x:v>2.0497</x:v>
+        <x:v>2.0688</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>2.0327</x:v>
+        <x:v>2.052</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>2.0316</x:v>
+        <x:v>2.0509</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
-        <x:v>2.0337</x:v>
+        <x:v>2.053</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>2.0449</x:v>
+        <x:v>2.0491</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
-        <x:v>2.0438</x:v>
+        <x:v>2.048</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
-        <x:v>2.0459</x:v>
+        <x:v>2.0501</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>2.0425</x:v>
+        <x:v>2.0489</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>2.0414</x:v>
+        <x:v>2.0478</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
-        <x:v>2.0435</x:v>
+        <x:v>2.0499</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>2.0404</x:v>
+        <x:v>2.0504</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
-        <x:v>2.0393</x:v>
+        <x:v>2.0493</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
-        <x:v>2.0414</x:v>
+        <x:v>2.0514</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>2.0502</x:v>
+        <x:v>2.046</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>2.0491</x:v>
+        <x:v>2.0449</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
-        <x:v>2.0512</x:v>
+        <x:v>2.047</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>2.049</x:v>
+        <x:v>2.0454</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
-        <x:v>2.0479</x:v>
+        <x:v>2.0443</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
-        <x:v>2.05</x:v>
+        <x:v>2.0464</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>2.0496</x:v>
+        <x:v>2.051</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>2.0485</x:v>
+        <x:v>2.0499</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
-        <x:v>2.0506</x:v>
+        <x:v>2.052</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>2.0624</x:v>
+        <x:v>2.0531</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
-        <x:v>2.0613</x:v>
+        <x:v>2.052</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
-        <x:v>2.0634</x:v>
+        <x:v>2.0541</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>2.0599</x:v>
+        <x:v>2.0406</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>2.0588</x:v>
+        <x:v>2.0395</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
-        <x:v>2.0609</x:v>
+        <x:v>2.0416</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>2.0674</x:v>
+        <x:v>2.0268</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
-        <x:v>2.0663</x:v>
+        <x:v>2.0257</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
-        <x:v>2.0684</x:v>
+        <x:v>2.0278</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>2.0773</x:v>
+        <x:v>2.033</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>2.0762</x:v>
+        <x:v>2.0319</x:v>
       </x:c>
       <x:c r="D53" s="3" t="n">
-        <x:v>2.0783</x:v>
+        <x:v>2.034</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>2.0435</x:v>
+        <x:v>2.0413</x:v>
       </x:c>
       <x:c r="C54" s="3" t="n">
-        <x:v>2.0424</x:v>
+        <x:v>2.0402</x:v>
       </x:c>
       <x:c r="D54" s="3" t="n">
-        <x:v>2.0445</x:v>
+        <x:v>2.0423</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>2.0283</x:v>
+        <x:v>2.0429</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>2.0272</x:v>
+        <x:v>2.0418</x:v>
       </x:c>
       <x:c r="D55" s="3" t="n">
-        <x:v>2.0293</x:v>
+        <x:v>2.0439</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>1.9956</x:v>
+        <x:v>2.0496</x:v>
       </x:c>
       <x:c r="C56" s="3" t="n">
-        <x:v>1.9946</x:v>
+        <x:v>2.0485</x:v>
       </x:c>
       <x:c r="D56" s="3" t="n">
-        <x:v>1.9966</x:v>
+        <x:v>2.0506</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>2.0139</x:v>
+        <x:v>2.0487</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>2.0128</x:v>
+        <x:v>2.0476</x:v>
       </x:c>
       <x:c r="D57" s="3" t="n">
-        <x:v>2.0149</x:v>
+        <x:v>2.0497</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>2.0039</x:v>
+        <x:v>2.0327</x:v>
       </x:c>
       <x:c r="C58" s="3" t="n">
-        <x:v>2.0028</x:v>
+        <x:v>2.0316</x:v>
       </x:c>
       <x:c r="D58" s="3" t="n">
-        <x:v>2.0049</x:v>
+        <x:v>2.0337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>2.0141</x:v>
+        <x:v>2.0449</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>2.013</x:v>
+        <x:v>2.0438</x:v>
       </x:c>
       <x:c r="D59" s="3" t="n">
-        <x:v>2.0151</x:v>
+        <x:v>2.0459</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>2.0104</x:v>
+        <x:v>2.0425</x:v>
       </x:c>
       <x:c r="C60" s="3" t="n">
-        <x:v>2.0093</x:v>
+        <x:v>2.0414</x:v>
       </x:c>
       <x:c r="D60" s="3" t="n">
-        <x:v>2.0114</x:v>
+        <x:v>2.0435</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>2.0239</x:v>
+        <x:v>2.0404</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>2.0228</x:v>
+        <x:v>2.0393</x:v>
       </x:c>
       <x:c r="D61" s="3" t="n">
-        <x:v>2.0249</x:v>
+        <x:v>2.0414</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>2.0506</x:v>
+        <x:v>2.0502</x:v>
       </x:c>
       <x:c r="C62" s="3" t="n">
-        <x:v>2.0495</x:v>
+        <x:v>2.0491</x:v>
       </x:c>
       <x:c r="D62" s="3" t="n">
-        <x:v>2.0516</x:v>
+        <x:v>2.0512</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>2.0488</x:v>
+        <x:v>2.049</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>2.0477</x:v>
+        <x:v>2.0479</x:v>
       </x:c>
       <x:c r="D63" s="3" t="n">
-        <x:v>2.0498</x:v>
+        <x:v>2.05</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>2.036</x:v>
+        <x:v>2.0496</x:v>
       </x:c>
       <x:c r="C64" s="3" t="n">
-        <x:v>2.0349</x:v>
+        <x:v>2.0485</x:v>
       </x:c>
       <x:c r="D64" s="3" t="n">
-        <x:v>2.037</x:v>
+        <x:v>2.0506</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>2.027</x:v>
+        <x:v>2.0624</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>2.0259</x:v>
+        <x:v>2.0613</x:v>
       </x:c>
       <x:c r="D65" s="3" t="n">
-        <x:v>2.028</x:v>
+        <x:v>2.0634</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>2.0259</x:v>
+        <x:v>2.0599</x:v>
       </x:c>
       <x:c r="C66" s="3" t="n">
-        <x:v>2.0248</x:v>
+        <x:v>2.0588</x:v>
       </x:c>
       <x:c r="D66" s="3" t="n">
-        <x:v>2.0269</x:v>
+        <x:v>2.0609</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>2.0362</x:v>
+        <x:v>2.0674</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>2.0351</x:v>
+        <x:v>2.0663</x:v>
       </x:c>
       <x:c r="D67" s="3" t="n">
-        <x:v>2.0372</x:v>
+        <x:v>2.0684</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>2.0275</x:v>
+        <x:v>2.0773</x:v>
       </x:c>
       <x:c r="C68" s="3" t="n">
-        <x:v>2.0264</x:v>
+        <x:v>2.0762</x:v>
       </x:c>
       <x:c r="D68" s="3" t="n">
-        <x:v>2.0285</x:v>
+        <x:v>2.0783</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>2.0346</x:v>
+        <x:v>2.0435</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>2.0335</x:v>
+        <x:v>2.0424</x:v>
       </x:c>
       <x:c r="D69" s="3" t="n">
-        <x:v>2.0356</x:v>
+        <x:v>2.0445</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>2.0245</x:v>
+        <x:v>2.0283</x:v>
       </x:c>
       <x:c r="C70" s="3" t="n">
-        <x:v>2.0234</x:v>
+        <x:v>2.0272</x:v>
       </x:c>
       <x:c r="D70" s="3" t="n">
-        <x:v>2.0255</x:v>
+        <x:v>2.0293</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>2.0261</x:v>
+        <x:v>1.9956</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>2.025</x:v>
+        <x:v>1.9946</x:v>
       </x:c>
       <x:c r="D71" s="3" t="n">
-        <x:v>2.0271</x:v>
+        <x:v>1.9966</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>2.0308</x:v>
+        <x:v>2.0139</x:v>
       </x:c>
       <x:c r="C72" s="3" t="n">
-        <x:v>2.0297</x:v>
+        <x:v>2.0128</x:v>
       </x:c>
       <x:c r="D72" s="3" t="n">
-        <x:v>2.0318</x:v>
+        <x:v>2.0149</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>2.0455</x:v>
+        <x:v>2.0039</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>2.0444</x:v>
+        <x:v>2.0028</x:v>
       </x:c>
       <x:c r="D73" s="3" t="n">
-        <x:v>2.0465</x:v>
+        <x:v>2.0049</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>2.0596</x:v>
+        <x:v>2.0141</x:v>
       </x:c>
       <x:c r="C74" s="3" t="n">
-        <x:v>2.0585</x:v>
+        <x:v>2.013</x:v>
       </x:c>
       <x:c r="D74" s="3" t="n">
-        <x:v>2.0606</x:v>
+        <x:v>2.0151</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>2.0583</x:v>
+        <x:v>2.0104</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>2.0572</x:v>
+        <x:v>2.0093</x:v>
       </x:c>
       <x:c r="D75" s="3" t="n">
-        <x:v>2.0593</x:v>
+        <x:v>2.0114</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>2.0462</x:v>
+        <x:v>2.0239</x:v>
       </x:c>
       <x:c r="C76" s="3" t="n">
-        <x:v>2.0451</x:v>
+        <x:v>2.0228</x:v>
       </x:c>
       <x:c r="D76" s="3" t="n">
-        <x:v>2.0472</x:v>
+        <x:v>2.0249</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>2.0483</x:v>
+        <x:v>2.0506</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>2.0472</x:v>
+        <x:v>2.0495</x:v>
       </x:c>
       <x:c r="D77" s="3" t="n">
-        <x:v>2.0493</x:v>
+        <x:v>2.0516</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>2.0553</x:v>
+        <x:v>2.0488</x:v>
       </x:c>
       <x:c r="C78" s="3" t="n">
-        <x:v>2.0542</x:v>
+        <x:v>2.0477</x:v>
       </x:c>
       <x:c r="D78" s="3" t="n">
-        <x:v>2.0563</x:v>
+        <x:v>2.0498</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>2.0465</x:v>
+        <x:v>2.036</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>2.0454</x:v>
+        <x:v>2.0349</x:v>
       </x:c>
       <x:c r="D79" s="3" t="n">
-        <x:v>2.0475</x:v>
+        <x:v>2.037</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>2.0256</x:v>
+        <x:v>2.027</x:v>
       </x:c>
       <x:c r="C80" s="3" t="n">
-        <x:v>2.0245</x:v>
+        <x:v>2.0259</x:v>
       </x:c>
       <x:c r="D80" s="3" t="n">
-        <x:v>2.0266</x:v>
+        <x:v>2.028</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>2.0177</x:v>
+        <x:v>2.0259</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>2.0166</x:v>
+        <x:v>2.0248</x:v>
       </x:c>
       <x:c r="D81" s="3" t="n">
-        <x:v>2.0187</x:v>
+        <x:v>2.0269</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>2.0113</x:v>
+        <x:v>2.0362</x:v>
       </x:c>
       <x:c r="C82" s="3" t="n">
-        <x:v>2.0102</x:v>
+        <x:v>2.0351</x:v>
       </x:c>
       <x:c r="D82" s="3" t="n">
-        <x:v>2.0123</x:v>
+        <x:v>2.0372</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>2.006</x:v>
+        <x:v>2.0275</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>2.0049</x:v>
+        <x:v>2.0264</x:v>
       </x:c>
       <x:c r="D83" s="3" t="n">
-        <x:v>2.007</x:v>
+        <x:v>2.0285</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>1.9967</x:v>
+        <x:v>2.0346</x:v>
       </x:c>
       <x:c r="C84" s="3" t="n">
-        <x:v>1.9957</x:v>
+        <x:v>2.0335</x:v>
       </x:c>
       <x:c r="D84" s="3" t="n">
-        <x:v>1.9977</x:v>
+        <x:v>2.0356</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>1.9675</x:v>
+        <x:v>2.0245</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>1.9665</x:v>
+        <x:v>2.0234</x:v>
       </x:c>
       <x:c r="D85" s="3" t="n">
-        <x:v>1.9685</x:v>
+        <x:v>2.0255</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>2.0027</x:v>
+        <x:v>2.0261</x:v>
       </x:c>
       <x:c r="C86" s="3" t="n">
-        <x:v>2.0016</x:v>
+        <x:v>2.025</x:v>
       </x:c>
       <x:c r="D86" s="3" t="n">
-        <x:v>2.0037</x:v>
+        <x:v>2.0271</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>2.0004</x:v>
+        <x:v>2.0308</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>1.9993</x:v>
+        <x:v>2.0297</x:v>
       </x:c>
       <x:c r="D87" s="3" t="n">
-        <x:v>2.0014</x:v>
+        <x:v>2.0318</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>1.9895</x:v>
+        <x:v>2.0455</x:v>
       </x:c>
       <x:c r="C88" s="3" t="n">
-        <x:v>1.9885</x:v>
+        <x:v>2.0444</x:v>
       </x:c>
       <x:c r="D88" s="3" t="n">
-        <x:v>1.9905</x:v>
+        <x:v>2.0465</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>1.9886</x:v>
+        <x:v>2.0596</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>1.9876</x:v>
+        <x:v>2.0585</x:v>
       </x:c>
       <x:c r="D89" s="3" t="n">
-        <x:v>1.9896</x:v>
+        <x:v>2.0606</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>1.9838</x:v>
+        <x:v>2.0583</x:v>
       </x:c>
       <x:c r="C90" s="3" t="n">
-        <x:v>1.9828</x:v>
+        <x:v>2.0572</x:v>
       </x:c>
       <x:c r="D90" s="3" t="n">
-        <x:v>1.9848</x:v>
+        <x:v>2.0593</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>1.9646</x:v>
+        <x:v>2.0462</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>1.9636</x:v>
+        <x:v>2.0451</x:v>
       </x:c>
       <x:c r="D91" s="3" t="n">
-        <x:v>1.9656</x:v>
+        <x:v>2.0472</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>1.9409</x:v>
+        <x:v>2.0483</x:v>
       </x:c>
       <x:c r="C92" s="3" t="n">
-        <x:v>1.9399</x:v>
+        <x:v>2.0472</x:v>
       </x:c>
       <x:c r="D92" s="3" t="n">
-        <x:v>1.9419</x:v>
+        <x:v>2.0493</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>1.9457</x:v>
+        <x:v>2.0553</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>1.9447</x:v>
+        <x:v>2.0542</x:v>
       </x:c>
       <x:c r="D93" s="3" t="n">
-        <x:v>1.9467</x:v>
+        <x:v>2.0563</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>1.95</x:v>
+        <x:v>2.0465</x:v>
       </x:c>
       <x:c r="C94" s="3" t="n">
-        <x:v>1.949</x:v>
+        <x:v>2.0454</x:v>
       </x:c>
       <x:c r="D94" s="3" t="n">
-        <x:v>1.951</x:v>
+        <x:v>2.0475</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>1.9422</x:v>
+        <x:v>2.0256</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>1.9412</x:v>
+        <x:v>2.0245</x:v>
       </x:c>
       <x:c r="D95" s="3" t="n">
-        <x:v>1.9432</x:v>
+        <x:v>2.0266</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>1.9508</x:v>
+        <x:v>2.0177</x:v>
       </x:c>
       <x:c r="C96" s="3" t="n">
-        <x:v>1.9498</x:v>
+        <x:v>2.0166</x:v>
       </x:c>
       <x:c r="D96" s="3" t="n">
-        <x:v>1.9518</x:v>
+        <x:v>2.0187</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>1.9533</x:v>
+        <x:v>2.0113</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>1.9523</x:v>
+        <x:v>2.0102</x:v>
       </x:c>
       <x:c r="D97" s="3" t="n">
-        <x:v>1.9543</x:v>
+        <x:v>2.0123</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>1.9647</x:v>
+        <x:v>2.006</x:v>
       </x:c>
       <x:c r="C98" s="3" t="n">
-        <x:v>1.9637</x:v>
+        <x:v>2.0049</x:v>
       </x:c>
       <x:c r="D98" s="3" t="n">
-        <x:v>1.9657</x:v>
+        <x:v>2.007</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>1.9555</x:v>
+        <x:v>1.9967</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>1.9545</x:v>
+        <x:v>1.9957</x:v>
       </x:c>
       <x:c r="D99" s="3" t="n">
-        <x:v>1.9565</x:v>
+        <x:v>1.9977</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>1.9418</x:v>
+        <x:v>1.9675</x:v>
       </x:c>
       <x:c r="C100" s="3" t="n">
-        <x:v>1.9408</x:v>
+        <x:v>1.9665</x:v>
       </x:c>
       <x:c r="D100" s="3" t="n">
-        <x:v>1.9428</x:v>
+        <x:v>1.9685</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>1.9174</x:v>
+        <x:v>2.0027</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>1.9164</x:v>
+        <x:v>2.0016</x:v>
       </x:c>
       <x:c r="D101" s="3" t="n">
-        <x:v>1.9184</x:v>
+        <x:v>2.0037</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>1.9161</x:v>
+        <x:v>2.0004</x:v>
       </x:c>
       <x:c r="C102" s="3" t="n">
-        <x:v>1.9151</x:v>
+        <x:v>1.9993</x:v>
       </x:c>
       <x:c r="D102" s="3" t="n">
-        <x:v>1.9171</x:v>
+        <x:v>2.0014</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>1.9195</x:v>
+        <x:v>1.9895</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>1.9185</x:v>
+        <x:v>1.9885</x:v>
       </x:c>
       <x:c r="D103" s="3" t="n">
-        <x:v>1.9205</x:v>
+        <x:v>1.9905</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>1.918</x:v>
+        <x:v>1.9886</x:v>
       </x:c>
       <x:c r="C104" s="3" t="n">
-        <x:v>1.917</x:v>
+        <x:v>1.9876</x:v>
       </x:c>
       <x:c r="D104" s="3" t="n">
-        <x:v>1.919</x:v>
+        <x:v>1.9896</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>1.9224</x:v>
+        <x:v>1.9838</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>1.9214</x:v>
+        <x:v>1.9828</x:v>
       </x:c>
       <x:c r="D105" s="3" t="n">
-        <x:v>1.9234</x:v>
+        <x:v>1.9848</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>1.9167</x:v>
+        <x:v>1.9646</x:v>
       </x:c>
       <x:c r="C106" s="3" t="n">
-        <x:v>1.9157</x:v>
+        <x:v>1.9636</x:v>
       </x:c>
       <x:c r="D106" s="3" t="n">
-        <x:v>1.9177</x:v>
+        <x:v>1.9656</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>1.9133</x:v>
+        <x:v>1.9409</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>1.9123</x:v>
+        <x:v>1.9399</x:v>
       </x:c>
       <x:c r="D107" s="3" t="n">
-        <x:v>1.9143</x:v>
+        <x:v>1.9419</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>1.9077</x:v>
+        <x:v>1.9457</x:v>
       </x:c>
       <x:c r="C108" s="3" t="n">
-        <x:v>1.9067</x:v>
+        <x:v>1.9447</x:v>
       </x:c>
       <x:c r="D108" s="3" t="n">
-        <x:v>1.9087</x:v>
+        <x:v>1.9467</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>1.9115</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>1.9105</x:v>
+        <x:v>1.949</x:v>
       </x:c>
       <x:c r="D109" s="3" t="n">
-        <x:v>1.9125</x:v>
+        <x:v>1.951</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>1.9167</x:v>
+        <x:v>1.9422</x:v>
       </x:c>
       <x:c r="C110" s="3" t="n">
-        <x:v>1.9157</x:v>
+        <x:v>1.9412</x:v>
       </x:c>
       <x:c r="D110" s="3" t="n">
-        <x:v>1.9177</x:v>
+        <x:v>1.9432</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>1.9014</x:v>
+        <x:v>1.9508</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>1.9004</x:v>
+        <x:v>1.9498</x:v>
       </x:c>
       <x:c r="D111" s="3" t="n">
-        <x:v>1.9024</x:v>
+        <x:v>1.9518</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>1.8973</x:v>
+        <x:v>1.9533</x:v>
       </x:c>
       <x:c r="C112" s="3" t="n">
-        <x:v>1.8963</x:v>
+        <x:v>1.9523</x:v>
       </x:c>
       <x:c r="D112" s="3" t="n">
-        <x:v>1.8982</x:v>
+        <x:v>1.9543</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>1.903</x:v>
+        <x:v>1.9647</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>1.902</x:v>
+        <x:v>1.9637</x:v>
       </x:c>
       <x:c r="D113" s="3" t="n">
-        <x:v>1.904</x:v>
+        <x:v>1.9657</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>1.9059</x:v>
+        <x:v>1.9555</x:v>
       </x:c>
       <x:c r="C114" s="3" t="n">
-        <x:v>1.9049</x:v>
+        <x:v>1.9545</x:v>
       </x:c>
       <x:c r="D114" s="3" t="n">
-        <x:v>1.9069</x:v>
+        <x:v>1.9565</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>1.9185</x:v>
+        <x:v>1.9418</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>1.9175</x:v>
+        <x:v>1.9408</x:v>
       </x:c>
       <x:c r="D115" s="3" t="n">
-        <x:v>1.9195</x:v>
+        <x:v>1.9428</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>1.9242</x:v>
+        <x:v>1.9174</x:v>
       </x:c>
       <x:c r="C116" s="3" t="n">
-        <x:v>1.9232</x:v>
+        <x:v>1.9164</x:v>
       </x:c>
       <x:c r="D116" s="3" t="n">
-        <x:v>1.9252</x:v>
+        <x:v>1.9184</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
+        <x:v>1.9161</x:v>
+      </x:c>
+      <x:c r="C117" s="3" t="n">
         <x:v>1.9151</x:v>
       </x:c>
-      <x:c r="C117" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D117" s="3" t="n">
-        <x:v>1.9161</x:v>
+        <x:v>1.9171</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>1.9174</x:v>
+        <x:v>1.9195</x:v>
       </x:c>
       <x:c r="C118" s="3" t="n">
-        <x:v>1.9164</x:v>
+        <x:v>1.9185</x:v>
       </x:c>
       <x:c r="D118" s="3" t="n">
-        <x:v>1.9184</x:v>
+        <x:v>1.9205</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>1.9262</x:v>
+        <x:v>1.918</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>1.9252</x:v>
+        <x:v>1.917</x:v>
       </x:c>
       <x:c r="D119" s="3" t="n">
-        <x:v>1.9272</x:v>
+        <x:v>1.919</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>1.9206</x:v>
+        <x:v>1.9224</x:v>
       </x:c>
       <x:c r="C120" s="3" t="n">
-        <x:v>1.9196</x:v>
+        <x:v>1.9214</x:v>
       </x:c>
       <x:c r="D120" s="3" t="n">
-        <x:v>1.9216</x:v>
+        <x:v>1.9234</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>1.9272</x:v>
+        <x:v>1.9167</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>1.9262</x:v>
+        <x:v>1.9157</x:v>
       </x:c>
       <x:c r="D121" s="3" t="n">
-        <x:v>1.9282</x:v>
+        <x:v>1.9177</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>1.9212</x:v>
+        <x:v>1.9133</x:v>
       </x:c>
       <x:c r="C122" s="3" t="n">
-        <x:v>1.9202</x:v>
+        <x:v>1.9123</x:v>
       </x:c>
       <x:c r="D122" s="3" t="n">
-        <x:v>1.9222</x:v>
+        <x:v>1.9143</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>1.9161</x:v>
+        <x:v>1.9077</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>1.9151</x:v>
+        <x:v>1.9067</x:v>
       </x:c>
       <x:c r="D123" s="3" t="n">
-        <x:v>1.9171</x:v>
+        <x:v>1.9087</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>1.9098</x:v>
+        <x:v>1.9115</x:v>
       </x:c>
       <x:c r="C124" s="3" t="n">
-        <x:v>1.9088</x:v>
+        <x:v>1.9105</x:v>
       </x:c>
       <x:c r="D124" s="3" t="n">
-        <x:v>1.9108</x:v>
+        <x:v>1.9125</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>1.909</x:v>
+        <x:v>1.9167</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>1.908</x:v>
+        <x:v>1.9157</x:v>
       </x:c>
       <x:c r="D125" s="3" t="n">
-        <x:v>1.91</x:v>
+        <x:v>1.9177</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>1.8922</x:v>
+        <x:v>1.9014</x:v>
       </x:c>
       <x:c r="C126" s="3" t="n">
-        <x:v>1.8912</x:v>
+        <x:v>1.9004</x:v>
       </x:c>
       <x:c r="D126" s="3" t="n">
-        <x:v>1.8931</x:v>
+        <x:v>1.9024</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>1.8924</x:v>
+        <x:v>1.8973</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>1.8914</x:v>
+        <x:v>1.8963</x:v>
       </x:c>
       <x:c r="D127" s="3" t="n">
-        <x:v>1.8933</x:v>
+        <x:v>1.8982</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>1.8777</x:v>
+        <x:v>1.903</x:v>
       </x:c>
       <x:c r="C128" s="3" t="n">
-        <x:v>1.8767</x:v>
+        <x:v>1.902</x:v>
       </x:c>
       <x:c r="D128" s="3" t="n">
-        <x:v>1.8786</x:v>
+        <x:v>1.904</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>1.8789</x:v>
+        <x:v>1.9059</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>1.8779</x:v>
+        <x:v>1.9049</x:v>
       </x:c>
       <x:c r="D129" s="3" t="n">
-        <x:v>1.8798</x:v>
+        <x:v>1.9069</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>1.8755</x:v>
+        <x:v>1.9185</x:v>
       </x:c>
       <x:c r="C130" s="3" t="n">
-        <x:v>1.8745</x:v>
+        <x:v>1.9175</x:v>
       </x:c>
       <x:c r="D130" s="3" t="n">
-        <x:v>1.8764</x:v>
+        <x:v>1.9195</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>1.8693</x:v>
+        <x:v>1.9242</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>1.8683</x:v>
+        <x:v>1.9232</x:v>
       </x:c>
       <x:c r="D131" s="3" t="n">
-        <x:v>1.8702</x:v>
+        <x:v>1.9252</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>1.8738</x:v>
+        <x:v>1.9151</x:v>
       </x:c>
       <x:c r="C132" s="3" t="n">
-        <x:v>1.8728</x:v>
+        <x:v>1.9141</x:v>
       </x:c>
       <x:c r="D132" s="3" t="n">
-        <x:v>1.8747</x:v>
+        <x:v>1.9161</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>1.8537</x:v>
+        <x:v>1.9174</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>1.8527</x:v>
+        <x:v>1.9164</x:v>
       </x:c>
       <x:c r="D133" s="3" t="n">
-        <x:v>1.8546</x:v>
+        <x:v>1.9184</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>1.8866</x:v>
+        <x:v>1.9262</x:v>
       </x:c>
       <x:c r="C134" s="3" t="n">
-        <x:v>1.8856</x:v>
+        <x:v>1.9252</x:v>
       </x:c>
       <x:c r="D134" s="3" t="n">
-        <x:v>1.8875</x:v>
+        <x:v>1.9272</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>1.8957</x:v>
+        <x:v>1.9206</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>1.8947</x:v>
+        <x:v>1.9196</x:v>
       </x:c>
       <x:c r="D135" s="3" t="n">
-        <x:v>1.8966</x:v>
+        <x:v>1.9216</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>1.883</x:v>
+        <x:v>1.9272</x:v>
       </x:c>
       <x:c r="C136" s="3" t="n">
-        <x:v>1.882</x:v>
+        <x:v>1.9262</x:v>
       </x:c>
       <x:c r="D136" s="3" t="n">
-        <x:v>1.8839</x:v>
+        <x:v>1.9282</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>1.8867</x:v>
+        <x:v>1.9212</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>1.8857</x:v>
+        <x:v>1.9202</x:v>
       </x:c>
       <x:c r="D137" s="3" t="n">
-        <x:v>1.8876</x:v>
+        <x:v>1.9222</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>1.8817</x:v>
+        <x:v>1.9161</x:v>
       </x:c>
       <x:c r="C138" s="3" t="n">
-        <x:v>1.8807</x:v>
+        <x:v>1.9151</x:v>
       </x:c>
       <x:c r="D138" s="3" t="n">
-        <x:v>1.8826</x:v>
+        <x:v>1.9171</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>1.8644</x:v>
+        <x:v>1.9098</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>1.8634</x:v>
+        <x:v>1.9088</x:v>
       </x:c>
       <x:c r="D139" s="3" t="n">
-        <x:v>1.8653</x:v>
+        <x:v>1.9108</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>1.8723</x:v>
+        <x:v>1.909</x:v>
       </x:c>
       <x:c r="C140" s="3" t="n">
-        <x:v>1.8713</x:v>
+        <x:v>1.908</x:v>
       </x:c>
       <x:c r="D140" s="3" t="n">
-        <x:v>1.8732</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>1.8783</x:v>
+        <x:v>1.8922</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>1.8773</x:v>
+        <x:v>1.8912</x:v>
       </x:c>
       <x:c r="D141" s="3" t="n">
-        <x:v>1.8792</x:v>
+        <x:v>1.8931</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>1.8804</x:v>
+        <x:v>1.8924</x:v>
       </x:c>
       <x:c r="C142" s="3" t="n">
-        <x:v>1.8794</x:v>
+        <x:v>1.8914</x:v>
       </x:c>
       <x:c r="D142" s="3" t="n">
-        <x:v>1.8813</x:v>
+        <x:v>1.8933</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>1.8785</x:v>
+        <x:v>1.8777</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>1.8775</x:v>
+        <x:v>1.8767</x:v>
       </x:c>
       <x:c r="D143" s="3" t="n">
-        <x:v>1.8794</x:v>
+        <x:v>1.8786</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>1.8921</x:v>
+        <x:v>1.8789</x:v>
       </x:c>
       <x:c r="C144" s="3" t="n">
-        <x:v>1.8911</x:v>
+        <x:v>1.8779</x:v>
       </x:c>
       <x:c r="D144" s="3" t="n">
-        <x:v>1.893</x:v>
+        <x:v>1.8798</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>1.8851</x:v>
+        <x:v>1.8755</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>1.8841</x:v>
+        <x:v>1.8745</x:v>
       </x:c>
       <x:c r="D145" s="3" t="n">
-        <x:v>1.886</x:v>
+        <x:v>1.8764</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>1.8768</x:v>
+        <x:v>1.8693</x:v>
       </x:c>
       <x:c r="C146" s="3" t="n">
-        <x:v>1.8758</x:v>
+        <x:v>1.8683</x:v>
       </x:c>
       <x:c r="D146" s="3" t="n">
-        <x:v>1.8777</x:v>
+        <x:v>1.8702</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>1.8762</x:v>
+        <x:v>1.8738</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>1.8752</x:v>
+        <x:v>1.8728</x:v>
       </x:c>
       <x:c r="D147" s="3" t="n">
-        <x:v>1.8771</x:v>
+        <x:v>1.8747</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>1.8759</x:v>
+        <x:v>1.8537</x:v>
       </x:c>
       <x:c r="C148" s="3" t="n">
-        <x:v>1.8749</x:v>
+        <x:v>1.8527</x:v>
       </x:c>
       <x:c r="D148" s="3" t="n">
-        <x:v>1.8768</x:v>
+        <x:v>1.8546</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>1.8916</x:v>
+        <x:v>1.8866</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>1.8906</x:v>
+        <x:v>1.8856</x:v>
       </x:c>
       <x:c r="D149" s="3" t="n">
-        <x:v>1.8925</x:v>
+        <x:v>1.8875</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>1.8961</x:v>
+        <x:v>1.8957</x:v>
       </x:c>
       <x:c r="C150" s="3" t="n">
-        <x:v>1.8951</x:v>
+        <x:v>1.8947</x:v>
       </x:c>
       <x:c r="D150" s="3" t="n">
-        <x:v>1.897</x:v>
+        <x:v>1.8966</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>1.8943</x:v>
+        <x:v>1.883</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>1.8933</x:v>
+        <x:v>1.882</x:v>
       </x:c>
       <x:c r="D151" s="3" t="n">
-        <x:v>1.8952</x:v>
+        <x:v>1.8839</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>1.8933</x:v>
+        <x:v>1.8867</x:v>
       </x:c>
       <x:c r="C152" s="3" t="n">
-        <x:v>1.8923</x:v>
+        <x:v>1.8857</x:v>
       </x:c>
       <x:c r="D152" s="3" t="n">
-        <x:v>1.8942</x:v>
+        <x:v>1.8876</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>1.8956</x:v>
+        <x:v>1.8817</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>1.8946</x:v>
+        <x:v>1.8807</x:v>
       </x:c>
       <x:c r="D153" s="3" t="n">
-        <x:v>1.8965</x:v>
+        <x:v>1.8826</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>1.8926</x:v>
+        <x:v>1.8644</x:v>
       </x:c>
       <x:c r="C154" s="3" t="n">
-        <x:v>1.8916</x:v>
+        <x:v>1.8634</x:v>
       </x:c>
       <x:c r="D154" s="3" t="n">
-        <x:v>1.8935</x:v>
+        <x:v>1.8653</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>1.8787</x:v>
+        <x:v>1.8723</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>1.8777</x:v>
+        <x:v>1.8713</x:v>
       </x:c>
       <x:c r="D155" s="3" t="n">
-        <x:v>1.8796</x:v>
+        <x:v>1.8732</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>1.8732</x:v>
+        <x:v>1.8783</x:v>
       </x:c>
       <x:c r="C156" s="3" t="n">
-        <x:v>1.8722</x:v>
+        <x:v>1.8773</x:v>
       </x:c>
       <x:c r="D156" s="3" t="n">
-        <x:v>1.8741</x:v>
+        <x:v>1.8792</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>1.87</x:v>
+        <x:v>1.8804</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>1.869</x:v>
+        <x:v>1.8794</x:v>
       </x:c>
       <x:c r="D157" s="3" t="n">
-        <x:v>1.8709</x:v>
+        <x:v>1.8813</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>1.9659</x:v>
+        <x:v>1.8785</x:v>
       </x:c>
       <x:c r="C158" s="3" t="n">
-        <x:v>1.9649</x:v>
+        <x:v>1.8775</x:v>
       </x:c>
       <x:c r="D158" s="3" t="n">
-        <x:v>1.9669</x:v>
+        <x:v>1.8794</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>1.9476</x:v>
+        <x:v>1.8921</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>1.9466</x:v>
+        <x:v>1.8911</x:v>
       </x:c>
       <x:c r="D159" s="3" t="n">
-        <x:v>1.9486</x:v>
+        <x:v>1.893</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>1.9517</x:v>
+        <x:v>1.8851</x:v>
       </x:c>
       <x:c r="C160" s="3" t="n">
-        <x:v>1.9507</x:v>
+        <x:v>1.8841</x:v>
       </x:c>
       <x:c r="D160" s="3" t="n">
-        <x:v>1.9527</x:v>
+        <x:v>1.886</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>1.9523</x:v>
+        <x:v>1.8768</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>1.9513</x:v>
+        <x:v>1.8758</x:v>
       </x:c>
       <x:c r="D161" s="3" t="n">
-        <x:v>1.9533</x:v>
+        <x:v>1.8777</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>1.9411</x:v>
+        <x:v>1.8762</x:v>
       </x:c>
       <x:c r="C162" s="3" t="n">
-        <x:v>1.9401</x:v>
+        <x:v>1.8752</x:v>
       </x:c>
       <x:c r="D162" s="3" t="n">
-        <x:v>1.9421</x:v>
+        <x:v>1.8771</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>1.9188</x:v>
+        <x:v>1.8759</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>1.9178</x:v>
+        <x:v>1.8749</x:v>
       </x:c>
       <x:c r="D163" s="3" t="n">
-        <x:v>1.9198</x:v>
+        <x:v>1.8768</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>1.9308</x:v>
+        <x:v>1.8916</x:v>
       </x:c>
       <x:c r="C164" s="3" t="n">
-        <x:v>1.9298</x:v>
+        <x:v>1.8906</x:v>
       </x:c>
       <x:c r="D164" s="3" t="n">
-        <x:v>1.9318</x:v>
+        <x:v>1.8925</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>1.9196</x:v>
+        <x:v>1.8961</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>1.9186</x:v>
+        <x:v>1.8951</x:v>
       </x:c>
       <x:c r="D165" s="3" t="n">
-        <x:v>1.9206</x:v>
+        <x:v>1.897</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>1.9271</x:v>
+        <x:v>1.8943</x:v>
       </x:c>
       <x:c r="C166" s="3" t="n">
-        <x:v>1.9261</x:v>
+        <x:v>1.8933</x:v>
       </x:c>
       <x:c r="D166" s="3" t="n">
-        <x:v>1.9281</x:v>
+        <x:v>1.8952</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>1.9343</x:v>
+        <x:v>1.8933</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>1.9333</x:v>
+        <x:v>1.8923</x:v>
       </x:c>
       <x:c r="D167" s="3" t="n">
-        <x:v>1.9353</x:v>
+        <x:v>1.8942</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>1.9354</x:v>
+        <x:v>1.8956</x:v>
       </x:c>
       <x:c r="C168" s="3" t="n">
-        <x:v>1.9344</x:v>
+        <x:v>1.8946</x:v>
       </x:c>
       <x:c r="D168" s="3" t="n">
-        <x:v>1.9364</x:v>
+        <x:v>1.8965</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>1.9495</x:v>
+        <x:v>1.8926</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>1.9485</x:v>
+        <x:v>1.8916</x:v>
       </x:c>
       <x:c r="D169" s="3" t="n">
-        <x:v>1.9505</x:v>
+        <x:v>1.8935</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>1.9385</x:v>
+        <x:v>1.8787</x:v>
       </x:c>
       <x:c r="C170" s="3" t="n">
-        <x:v>1.9375</x:v>
+        <x:v>1.8777</x:v>
       </x:c>
       <x:c r="D170" s="3" t="n">
-        <x:v>1.9395</x:v>
+        <x:v>1.8796</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>1.9416</x:v>
+        <x:v>1.8732</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>1.9406</x:v>
+        <x:v>1.8722</x:v>
       </x:c>
       <x:c r="D171" s="3" t="n">
-        <x:v>1.9426</x:v>
+        <x:v>1.8741</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
-        <x:v>179</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>1.9378</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C172" s="3" t="n">
-        <x:v>1.9368</x:v>
+        <x:v>1.869</x:v>
       </x:c>
       <x:c r="D172" s="3" t="n">
-        <x:v>1.9388</x:v>
+        <x:v>1.8709</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>1.9117</x:v>
+        <x:v>1.9659</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>1.9107</x:v>
+        <x:v>1.9649</x:v>
       </x:c>
       <x:c r="D173" s="3" t="n">
-        <x:v>1.9127</x:v>
+        <x:v>1.9669</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>1.9184</x:v>
+        <x:v>1.9476</x:v>
       </x:c>
       <x:c r="C174" s="3" t="n">
-        <x:v>1.9174</x:v>
+        <x:v>1.9466</x:v>
       </x:c>
       <x:c r="D174" s="3" t="n">
-        <x:v>1.9194</x:v>
+        <x:v>1.9486</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>1.9155</x:v>
+        <x:v>1.9517</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>1.9145</x:v>
+        <x:v>1.9507</x:v>
       </x:c>
       <x:c r="D175" s="3" t="n">
-        <x:v>1.9165</x:v>
+        <x:v>1.9527</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>1.9033</x:v>
+        <x:v>1.9523</x:v>
       </x:c>
       <x:c r="C176" s="3" t="n">
-        <x:v>1.9023</x:v>
+        <x:v>1.9513</x:v>
       </x:c>
       <x:c r="D176" s="3" t="n">
-        <x:v>1.9043</x:v>
+        <x:v>1.9533</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>1.9194</x:v>
+        <x:v>1.9411</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>1.9184</x:v>
+        <x:v>1.9401</x:v>
       </x:c>
       <x:c r="D177" s="3" t="n">
-        <x:v>1.9204</x:v>
+        <x:v>1.9421</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>1.9156</x:v>
+        <x:v>1.9188</x:v>
       </x:c>
       <x:c r="C178" s="3" t="n">
-        <x:v>1.9146</x:v>
+        <x:v>1.9178</x:v>
       </x:c>
       <x:c r="D178" s="3" t="n">
-        <x:v>1.9166</x:v>
+        <x:v>1.9198</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>1.9194</x:v>
+        <x:v>1.9308</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>1.9184</x:v>
+        <x:v>1.9298</x:v>
       </x:c>
       <x:c r="D179" s="3" t="n">
-        <x:v>1.9204</x:v>
+        <x:v>1.9318</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>1.9228</x:v>
+        <x:v>1.9196</x:v>
       </x:c>
       <x:c r="C180" s="3" t="n">
-        <x:v>1.9218</x:v>
+        <x:v>1.9186</x:v>
       </x:c>
       <x:c r="D180" s="3" t="n">
-        <x:v>1.9238</x:v>
+        <x:v>1.9206</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>1.8778</x:v>
+        <x:v>1.9271</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>1.8768</x:v>
+        <x:v>1.9261</x:v>
       </x:c>
       <x:c r="D181" s="3" t="n">
-        <x:v>1.8787</x:v>
+        <x:v>1.9281</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>1.8816</x:v>
+        <x:v>1.9343</x:v>
       </x:c>
       <x:c r="C182" s="3" t="n">
-        <x:v>1.8806</x:v>
+        <x:v>1.9333</x:v>
       </x:c>
       <x:c r="D182" s="3" t="n">
-        <x:v>1.8825</x:v>
+        <x:v>1.9353</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>1.9168</x:v>
+        <x:v>1.9354</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>1.9158</x:v>
+        <x:v>1.9344</x:v>
       </x:c>
       <x:c r="D183" s="3" t="n">
-        <x:v>1.9178</x:v>
+        <x:v>1.9364</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>1.9126</x:v>
+        <x:v>1.9495</x:v>
       </x:c>
       <x:c r="C184" s="3" t="n">
-        <x:v>1.9116</x:v>
+        <x:v>1.9485</x:v>
       </x:c>
       <x:c r="D184" s="3" t="n">
-        <x:v>1.9136</x:v>
+        <x:v>1.9505</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>1.9495</x:v>
+        <x:v>1.9385</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>1.9485</x:v>
+        <x:v>1.9375</x:v>
       </x:c>
       <x:c r="D185" s="3" t="n">
-        <x:v>1.9505</x:v>
+        <x:v>1.9395</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>1.9318</x:v>
+        <x:v>1.9416</x:v>
       </x:c>
       <x:c r="C186" s="3" t="n">
-        <x:v>1.9308</x:v>
+        <x:v>1.9406</x:v>
       </x:c>
       <x:c r="D186" s="3" t="n">
-        <x:v>1.9328</x:v>
+        <x:v>1.9426</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>1.9425</x:v>
+        <x:v>1.9378</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>1.9415</x:v>
+        <x:v>1.9368</x:v>
       </x:c>
       <x:c r="D187" s="3" t="n">
-        <x:v>1.9435</x:v>
+        <x:v>1.9388</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>1.9292</x:v>
+        <x:v>1.9117</x:v>
       </x:c>
       <x:c r="C188" s="3" t="n">
-        <x:v>1.9282</x:v>
+        <x:v>1.9107</x:v>
       </x:c>
       <x:c r="D188" s="3" t="n">
-        <x:v>1.9302</x:v>
+        <x:v>1.9127</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>1.9076</x:v>
+        <x:v>1.9184</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>1.9066</x:v>
+        <x:v>1.9174</x:v>
       </x:c>
       <x:c r="D189" s="3" t="n">
-        <x:v>1.9086</x:v>
+        <x:v>1.9194</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>1.9089</x:v>
+        <x:v>1.9155</x:v>
       </x:c>
       <x:c r="C190" s="3" t="n">
-        <x:v>1.9079</x:v>
+        <x:v>1.9145</x:v>
       </x:c>
       <x:c r="D190" s="3" t="n">
-        <x:v>1.9099</x:v>
+        <x:v>1.9165</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>1.9415</x:v>
+        <x:v>1.9033</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>1.9405</x:v>
+        <x:v>1.9023</x:v>
       </x:c>
       <x:c r="D191" s="3" t="n">
-        <x:v>1.9425</x:v>
+        <x:v>1.9043</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>1.8771</x:v>
+        <x:v>1.9194</x:v>
       </x:c>
       <x:c r="C192" s="3" t="n">
-        <x:v>1.8761</x:v>
+        <x:v>1.9184</x:v>
       </x:c>
       <x:c r="D192" s="3" t="n">
-        <x:v>1.878</x:v>
+        <x:v>1.9204</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>1.881</x:v>
+        <x:v>1.9156</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>1.88</x:v>
+        <x:v>1.9146</x:v>
       </x:c>
       <x:c r="D193" s="3" t="n">
-        <x:v>1.8819</x:v>
+        <x:v>1.9166</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>1.8641</x:v>
+        <x:v>1.9194</x:v>
       </x:c>
       <x:c r="C194" s="3" t="n">
-        <x:v>1.8631</x:v>
+        <x:v>1.9184</x:v>
       </x:c>
       <x:c r="D194" s="3" t="n">
-        <x:v>1.865</x:v>
+        <x:v>1.9204</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>1.8558</x:v>
+        <x:v>1.9228</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>1.8548</x:v>
+        <x:v>1.9218</x:v>
       </x:c>
       <x:c r="D195" s="3" t="n">
-        <x:v>1.8567</x:v>
+        <x:v>1.9238</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>1.8683</x:v>
+        <x:v>1.8778</x:v>
       </x:c>
       <x:c r="C196" s="3" t="n">
-        <x:v>1.8673</x:v>
+        <x:v>1.8768</x:v>
       </x:c>
       <x:c r="D196" s="3" t="n">
-        <x:v>1.8692</x:v>
+        <x:v>1.8787</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>1.8754</x:v>
+        <x:v>1.8816</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>1.8744</x:v>
+        <x:v>1.8806</x:v>
       </x:c>
       <x:c r="D197" s="3" t="n">
-        <x:v>1.8763</x:v>
+        <x:v>1.8825</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>1.8618</x:v>
+        <x:v>1.9168</x:v>
       </x:c>
       <x:c r="C198" s="3" t="n">
-        <x:v>1.8608</x:v>
+        <x:v>1.9158</x:v>
       </x:c>
       <x:c r="D198" s="3" t="n">
-        <x:v>1.8627</x:v>
+        <x:v>1.9178</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>1.8514</x:v>
+        <x:v>1.9126</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>1.8504</x:v>
+        <x:v>1.9116</x:v>
       </x:c>
       <x:c r="D199" s="3" t="n">
-        <x:v>1.8523</x:v>
+        <x:v>1.9136</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>1.8488</x:v>
+        <x:v>1.9495</x:v>
       </x:c>
       <x:c r="C200" s="3" t="n">
-        <x:v>1.8478</x:v>
+        <x:v>1.9485</x:v>
       </x:c>
       <x:c r="D200" s="3" t="n">
-        <x:v>1.8497</x:v>
+        <x:v>1.9505</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>1.8279</x:v>
+        <x:v>1.9318</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>1.8269</x:v>
+        <x:v>1.9308</x:v>
       </x:c>
       <x:c r="D201" s="3" t="n">
-        <x:v>1.8288</x:v>
+        <x:v>1.9328</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>1.8228</x:v>
+        <x:v>1.9425</x:v>
       </x:c>
       <x:c r="C202" s="3" t="n">
-        <x:v>1.8218</x:v>
+        <x:v>1.9415</x:v>
       </x:c>
       <x:c r="D202" s="3" t="n">
-        <x:v>1.8237</x:v>
+        <x:v>1.9435</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>1.7917</x:v>
+        <x:v>1.9292</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>1.7908</x:v>
+        <x:v>1.9282</x:v>
       </x:c>
       <x:c r="D203" s="3" t="n">
-        <x:v>1.7926</x:v>
+        <x:v>1.9302</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>1.7724</x:v>
+        <x:v>1.9076</x:v>
       </x:c>
       <x:c r="C204" s="3" t="n">
-        <x:v>1.7715</x:v>
+        <x:v>1.9066</x:v>
       </x:c>
       <x:c r="D204" s="3" t="n">
-        <x:v>1.7733</x:v>
+        <x:v>1.9086</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>1.7777</x:v>
+        <x:v>1.9089</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>1.7768</x:v>
+        <x:v>1.9079</x:v>
       </x:c>
       <x:c r="D205" s="3" t="n">
-        <x:v>1.7786</x:v>
+        <x:v>1.9099</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>1.791</x:v>
+        <x:v>1.9415</x:v>
       </x:c>
       <x:c r="C206" s="3" t="n">
-        <x:v>1.7901</x:v>
+        <x:v>1.9405</x:v>
       </x:c>
       <x:c r="D206" s="3" t="n">
-        <x:v>1.7919</x:v>
+        <x:v>1.9425</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>1.8184</x:v>
+        <x:v>1.8771</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>1.8174</x:v>
+        <x:v>1.8761</x:v>
       </x:c>
       <x:c r="D207" s="3" t="n">
-        <x:v>1.8193</x:v>
+        <x:v>1.878</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>1.8359</x:v>
+        <x:v>1.881</x:v>
       </x:c>
       <x:c r="C208" s="3" t="n">
-        <x:v>1.8349</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D208" s="3" t="n">
-        <x:v>1.8368</x:v>
+        <x:v>1.8819</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>1.8492</x:v>
+        <x:v>1.8641</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>1.8482</x:v>
+        <x:v>1.8631</x:v>
       </x:c>
       <x:c r="D209" s="3" t="n">
-        <x:v>1.8501</x:v>
+        <x:v>1.865</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>1.8236</x:v>
+        <x:v>1.8558</x:v>
       </x:c>
       <x:c r="C210" s="3" t="n">
-        <x:v>1.8226</x:v>
+        <x:v>1.8548</x:v>
       </x:c>
       <x:c r="D210" s="3" t="n">
-        <x:v>1.8245</x:v>
+        <x:v>1.8567</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>1.9224</x:v>
+        <x:v>1.8683</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>1.9214</x:v>
+        <x:v>1.8673</x:v>
       </x:c>
       <x:c r="D211" s="3" t="n">
-        <x:v>1.9234</x:v>
+        <x:v>1.8692</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>1.808</x:v>
+        <x:v>1.8754</x:v>
       </x:c>
       <x:c r="C212" s="3" t="n">
-        <x:v>1.807</x:v>
+        <x:v>1.8744</x:v>
       </x:c>
       <x:c r="D212" s="3" t="n">
-        <x:v>1.8089</x:v>
+        <x:v>1.8763</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>1.8177</x:v>
+        <x:v>1.8618</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>1.8167</x:v>
+        <x:v>1.8608</x:v>
       </x:c>
       <x:c r="D213" s="3" t="n">
-        <x:v>1.8186</x:v>
+        <x:v>1.8627</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>1.83</x:v>
+        <x:v>1.8514</x:v>
       </x:c>
       <x:c r="C214" s="3" t="n">
-        <x:v>1.829</x:v>
+        <x:v>1.8504</x:v>
       </x:c>
       <x:c r="D214" s="3" t="n">
-        <x:v>1.8309</x:v>
+        <x:v>1.8523</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>1.8332</x:v>
+        <x:v>1.8488</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>1.8322</x:v>
+        <x:v>1.8478</x:v>
       </x:c>
       <x:c r="D215" s="3" t="n">
-        <x:v>1.8341</x:v>
+        <x:v>1.8497</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>1.9021</x:v>
+        <x:v>1.8279</x:v>
       </x:c>
       <x:c r="C216" s="3" t="n">
-        <x:v>1.9011</x:v>
+        <x:v>1.8269</x:v>
       </x:c>
       <x:c r="D216" s="3" t="n">
-        <x:v>1.9031</x:v>
+        <x:v>1.8288</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>1.9008</x:v>
+        <x:v>1.8228</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>1.8998</x:v>
+        <x:v>1.8218</x:v>
       </x:c>
       <x:c r="D217" s="3" t="n">
-        <x:v>1.9018</x:v>
+        <x:v>1.8237</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>1.9108</x:v>
+        <x:v>1.7917</x:v>
       </x:c>
       <x:c r="C218" s="3" t="n">
-        <x:v>1.9098</x:v>
+        <x:v>1.7908</x:v>
       </x:c>
       <x:c r="D218" s="3" t="n">
-        <x:v>1.9118</x:v>
+        <x:v>1.7926</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>1.8873</x:v>
+        <x:v>1.7724</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>1.8863</x:v>
+        <x:v>1.7715</x:v>
       </x:c>
       <x:c r="D219" s="3" t="n">
-        <x:v>1.8882</x:v>
+        <x:v>1.7733</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>1.9143</x:v>
+        <x:v>1.7777</x:v>
       </x:c>
       <x:c r="C220" s="3" t="n">
-        <x:v>1.9133</x:v>
+        <x:v>1.7768</x:v>
       </x:c>
       <x:c r="D220" s="3" t="n">
-        <x:v>1.9153</x:v>
+        <x:v>1.7786</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>1.9183</x:v>
+        <x:v>1.791</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>1.9173</x:v>
+        <x:v>1.7901</x:v>
       </x:c>
       <x:c r="D221" s="3" t="n">
-        <x:v>1.9193</x:v>
+        <x:v>1.7919</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>1.9335</x:v>
+        <x:v>1.8184</x:v>
       </x:c>
       <x:c r="C222" s="3" t="n">
-        <x:v>1.9325</x:v>
+        <x:v>1.8174</x:v>
       </x:c>
       <x:c r="D222" s="3" t="n">
-        <x:v>1.9345</x:v>
+        <x:v>1.8193</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>1.941</x:v>
+        <x:v>1.8359</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>1.94</x:v>
+        <x:v>1.8349</x:v>
       </x:c>
       <x:c r="D223" s="3" t="n">
-        <x:v>1.942</x:v>
+        <x:v>1.8368</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>1.9265</x:v>
+        <x:v>1.8492</x:v>
       </x:c>
       <x:c r="C224" s="3" t="n">
-        <x:v>1.9255</x:v>
+        <x:v>1.8482</x:v>
       </x:c>
       <x:c r="D224" s="3" t="n">
-        <x:v>1.9275</x:v>
+        <x:v>1.8501</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>1.9178</x:v>
+        <x:v>1.8236</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>1.9168</x:v>
+        <x:v>1.8226</x:v>
       </x:c>
       <x:c r="D225" s="3" t="n">
-        <x:v>1.9188</x:v>
+        <x:v>1.8245</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>1.9132</x:v>
+        <x:v>1.9224</x:v>
       </x:c>
       <x:c r="C226" s="3" t="n">
-        <x:v>1.9122</x:v>
+        <x:v>1.9214</x:v>
       </x:c>
       <x:c r="D226" s="3" t="n">
-        <x:v>1.9142</x:v>
+        <x:v>1.9234</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>1.8986</x:v>
+        <x:v>1.808</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>1.8976</x:v>
+        <x:v>1.807</x:v>
       </x:c>
       <x:c r="D227" s="3" t="n">
-        <x:v>1.8995</x:v>
+        <x:v>1.8089</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>1.9043</x:v>
+        <x:v>1.8177</x:v>
       </x:c>
       <x:c r="C228" s="3" t="n">
-        <x:v>1.9033</x:v>
+        <x:v>1.8167</x:v>
       </x:c>
       <x:c r="D228" s="3" t="n">
-        <x:v>1.9053</x:v>
+        <x:v>1.8186</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>1.9045</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>1.9035</x:v>
+        <x:v>1.829</x:v>
       </x:c>
       <x:c r="D229" s="3" t="n">
-        <x:v>1.9055</x:v>
+        <x:v>1.8309</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>1.8892</x:v>
+        <x:v>1.8332</x:v>
       </x:c>
       <x:c r="C230" s="3" t="n">
-        <x:v>1.8882</x:v>
+        <x:v>1.8322</x:v>
       </x:c>
       <x:c r="D230" s="3" t="n">
-        <x:v>1.8901</x:v>
+        <x:v>1.8341</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>1.9107</x:v>
+        <x:v>1.9021</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>1.9097</x:v>
+        <x:v>1.9011</x:v>
       </x:c>
       <x:c r="D231" s="3" t="n">
-        <x:v>1.9117</x:v>
+        <x:v>1.9031</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>1.9131</x:v>
+        <x:v>1.9008</x:v>
       </x:c>
       <x:c r="C232" s="3" t="n">
-        <x:v>1.9121</x:v>
+        <x:v>1.8998</x:v>
       </x:c>
       <x:c r="D232" s="3" t="n">
-        <x:v>1.9141</x:v>
+        <x:v>1.9018</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>1.9274</x:v>
+        <x:v>1.9108</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>1.9264</x:v>
+        <x:v>1.9098</x:v>
       </x:c>
       <x:c r="D233" s="3" t="n">
-        <x:v>1.9284</x:v>
+        <x:v>1.9118</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>1.9709</x:v>
+        <x:v>1.8873</x:v>
       </x:c>
       <x:c r="C234" s="3" t="n">
-        <x:v>1.9699</x:v>
+        <x:v>1.8863</x:v>
       </x:c>
       <x:c r="D234" s="3" t="n">
-        <x:v>1.9719</x:v>
+        <x:v>1.8882</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>1.9541</x:v>
+        <x:v>1.9143</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>1.9531</x:v>
+        <x:v>1.9133</x:v>
       </x:c>
       <x:c r="D235" s="3" t="n">
-        <x:v>1.9551</x:v>
+        <x:v>1.9153</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>1.9914</x:v>
+        <x:v>1.9183</x:v>
       </x:c>
       <x:c r="C236" s="3" t="n">
-        <x:v>1.9904</x:v>
+        <x:v>1.9173</x:v>
       </x:c>
       <x:c r="D236" s="3" t="n">
-        <x:v>1.9924</x:v>
+        <x:v>1.9193</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>1.9985</x:v>
+        <x:v>1.9335</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>1.9975</x:v>
+        <x:v>1.9325</x:v>
       </x:c>
       <x:c r="D237" s="3" t="n">
-        <x:v>1.9995</x:v>
+        <x:v>1.9345</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>2.0071</x:v>
+        <x:v>1.941</x:v>
       </x:c>
       <x:c r="C238" s="3" t="n">
-        <x:v>2.006</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D238" s="3" t="n">
-        <x:v>2.0081</x:v>
+        <x:v>1.942</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>2.0179</x:v>
+        <x:v>1.9265</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>2.0168</x:v>
+        <x:v>1.9255</x:v>
       </x:c>
       <x:c r="D239" s="3" t="n">
-        <x:v>2.0189</x:v>
+        <x:v>1.9275</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>1.9852</x:v>
+        <x:v>1.9178</x:v>
       </x:c>
       <x:c r="C240" s="3" t="n">
-        <x:v>1.9842</x:v>
+        <x:v>1.9168</x:v>
       </x:c>
       <x:c r="D240" s="3" t="n">
-        <x:v>1.9862</x:v>
+        <x:v>1.9188</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>1.9947</x:v>
+        <x:v>1.9132</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
-        <x:v>1.9937</x:v>
+        <x:v>1.9122</x:v>
       </x:c>
       <x:c r="D241" s="3" t="n">
-        <x:v>1.9957</x:v>
+        <x:v>1.9142</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>1.9915</x:v>
+        <x:v>1.8986</x:v>
       </x:c>
       <x:c r="C242" s="3" t="n">
-        <x:v>1.9905</x:v>
+        <x:v>1.8976</x:v>
       </x:c>
       <x:c r="D242" s="3" t="n">
-        <x:v>1.9925</x:v>
+        <x:v>1.8995</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>1.9874</x:v>
+        <x:v>1.9043</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>1.9864</x:v>
+        <x:v>1.9033</x:v>
       </x:c>
       <x:c r="D243" s="3" t="n">
-        <x:v>1.9884</x:v>
+        <x:v>1.9053</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>1.9844</x:v>
+        <x:v>1.9045</x:v>
       </x:c>
       <x:c r="C244" s="3" t="n">
-        <x:v>1.9834</x:v>
+        <x:v>1.9035</x:v>
       </x:c>
       <x:c r="D244" s="3" t="n">
-        <x:v>1.9854</x:v>
+        <x:v>1.9055</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>1.9998</x:v>
+        <x:v>1.8892</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>1.9988</x:v>
+        <x:v>1.8882</x:v>
       </x:c>
       <x:c r="D245" s="3" t="n">
-        <x:v>2.0008</x:v>
+        <x:v>1.8901</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>2.0179</x:v>
+        <x:v>1.9107</x:v>
       </x:c>
       <x:c r="C246" s="3" t="n">
-        <x:v>2.0168</x:v>
+        <x:v>1.9097</x:v>
       </x:c>
       <x:c r="D246" s="3" t="n">
-        <x:v>2.0189</x:v>
+        <x:v>1.9117</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>2.0074</x:v>
+        <x:v>1.9131</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
-        <x:v>2.0063</x:v>
+        <x:v>1.9121</x:v>
       </x:c>
       <x:c r="D247" s="3" t="n">
-        <x:v>2.0084</x:v>
+        <x:v>1.9141</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>2.0028</x:v>
+        <x:v>1.9274</x:v>
       </x:c>
       <x:c r="C248" s="3" t="n">
-        <x:v>2.0017</x:v>
+        <x:v>1.9264</x:v>
       </x:c>
       <x:c r="D248" s="3" t="n">
-        <x:v>2.0038</x:v>
+        <x:v>1.9284</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>2.0001</x:v>
+        <x:v>1.9709</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>1.999</x:v>
+        <x:v>1.9699</x:v>
       </x:c>
       <x:c r="D249" s="3" t="n">
-        <x:v>2.0011</x:v>
+        <x:v>1.9719</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>2.0272</x:v>
+        <x:v>1.9541</x:v>
       </x:c>
       <x:c r="C250" s="3" t="n">
-        <x:v>2.0261</x:v>
+        <x:v>1.9531</x:v>
       </x:c>
       <x:c r="D250" s="3" t="n">
-        <x:v>2.0282</x:v>
+        <x:v>1.9551</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>2.0196</x:v>
+        <x:v>1.9914</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>2.0185</x:v>
+        <x:v>1.9904</x:v>
       </x:c>
       <x:c r="D251" s="3" t="n">
-        <x:v>2.0206</x:v>
+        <x:v>1.9924</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>2.0188</x:v>
+        <x:v>1.9985</x:v>
       </x:c>
       <x:c r="C252" s="3" t="n">
-        <x:v>2.0177</x:v>
+        <x:v>1.9975</x:v>
       </x:c>
       <x:c r="D252" s="3" t="n">
-        <x:v>2.0198</x:v>
+        <x:v>1.9995</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>2.0139</x:v>
+        <x:v>2.0071</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
-        <x:v>2.0128</x:v>
+        <x:v>2.006</x:v>
       </x:c>
       <x:c r="D253" s="3" t="n">
-        <x:v>2.0149</x:v>
+        <x:v>2.0081</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>2.01</x:v>
+        <x:v>2.0179</x:v>
       </x:c>
       <x:c r="C254" s="3" t="n">
-        <x:v>2.0089</x:v>
+        <x:v>2.0168</x:v>
       </x:c>
       <x:c r="D254" s="3" t="n">
-        <x:v>2.011</x:v>
+        <x:v>2.0189</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>2.0187</x:v>
+        <x:v>1.9852</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
-        <x:v>2.0176</x:v>
+        <x:v>1.9842</x:v>
       </x:c>
       <x:c r="D255" s="3" t="n">
-        <x:v>2.0197</x:v>
+        <x:v>1.9862</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>2.0183</x:v>
+        <x:v>1.9947</x:v>
       </x:c>
       <x:c r="C256" s="3" t="n">
-        <x:v>2.0172</x:v>
+        <x:v>1.9937</x:v>
       </x:c>
       <x:c r="D256" s="3" t="n">
-        <x:v>2.0193</x:v>
+        <x:v>1.9957</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>2.0284</x:v>
+        <x:v>1.9915</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>2.0273</x:v>
+        <x:v>1.9905</x:v>
       </x:c>
       <x:c r="D257" s="3" t="n">
-        <x:v>2.0294</x:v>
+        <x:v>1.9925</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>2.0354</x:v>
+        <x:v>1.9874</x:v>
       </x:c>
       <x:c r="C258" s="3" t="n">
-        <x:v>2.0343</x:v>
+        <x:v>1.9864</x:v>
       </x:c>
       <x:c r="D258" s="3" t="n">
-        <x:v>2.0364</x:v>
+        <x:v>1.9884</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>2.0367</x:v>
+        <x:v>1.9844</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
-        <x:v>2.0356</x:v>
+        <x:v>1.9834</x:v>
       </x:c>
       <x:c r="D259" s="3" t="n">
-        <x:v>2.0377</x:v>
+        <x:v>1.9854</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>2.0408</x:v>
+        <x:v>1.9998</x:v>
       </x:c>
       <x:c r="C260" s="3" t="n">
-        <x:v>2.0397</x:v>
+        <x:v>1.9988</x:v>
       </x:c>
       <x:c r="D260" s="3" t="n">
-        <x:v>2.0418</x:v>
+        <x:v>2.0008</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>2.0266</x:v>
+        <x:v>2.0179</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>2.0255</x:v>
+        <x:v>2.0168</x:v>
       </x:c>
       <x:c r="D261" s="3" t="n">
-        <x:v>2.0276</x:v>
+        <x:v>2.0189</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>2.0268</x:v>
+        <x:v>2.0074</x:v>
       </x:c>
       <x:c r="C262" s="3" t="n">
-        <x:v>2.0257</x:v>
+        <x:v>2.0063</x:v>
       </x:c>
       <x:c r="D262" s="3" t="n">
-        <x:v>2.0278</x:v>
+        <x:v>2.0084</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>1.9894</x:v>
+        <x:v>2.0028</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>1.9884</x:v>
+        <x:v>2.0017</x:v>
       </x:c>
       <x:c r="D263" s="3" t="n">
-        <x:v>1.9904</x:v>
+        <x:v>2.0038</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>2.0035</x:v>
+        <x:v>2.0001</x:v>
       </x:c>
       <x:c r="C264" s="3" t="n">
-        <x:v>2.0024</x:v>
+        <x:v>1.999</x:v>
       </x:c>
       <x:c r="D264" s="3" t="n">
-        <x:v>2.0045</x:v>
+        <x:v>2.0011</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>1.9904</x:v>
+        <x:v>2.0272</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>1.9894</x:v>
+        <x:v>2.0261</x:v>
       </x:c>
       <x:c r="D265" s="3" t="n">
-        <x:v>1.9914</x:v>
+        <x:v>2.0282</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>1.9769</x:v>
+        <x:v>2.0196</x:v>
       </x:c>
       <x:c r="C266" s="3" t="n">
-        <x:v>1.9759</x:v>
+        <x:v>2.0185</x:v>
       </x:c>
       <x:c r="D266" s="3" t="n">
-        <x:v>1.9779</x:v>
+        <x:v>2.0206</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>1.9598</x:v>
+        <x:v>2.0188</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>1.9588</x:v>
+        <x:v>2.0177</x:v>
       </x:c>
       <x:c r="D267" s="3" t="n">
-        <x:v>1.9608</x:v>
+        <x:v>2.0198</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>1.969</x:v>
+        <x:v>2.0139</x:v>
       </x:c>
       <x:c r="C268" s="3" t="n">
-        <x:v>1.968</x:v>
+        <x:v>2.0128</x:v>
       </x:c>
       <x:c r="D268" s="3" t="n">
-        <x:v>1.97</x:v>
+        <x:v>2.0149</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>1.9578</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>1.9568</x:v>
+        <x:v>2.0089</x:v>
       </x:c>
       <x:c r="D269" s="3" t="n">
-        <x:v>1.9588</x:v>
+        <x:v>2.011</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>1.9558</x:v>
+        <x:v>2.0187</x:v>
       </x:c>
       <x:c r="C270" s="3" t="n">
-        <x:v>1.9548</x:v>
+        <x:v>2.0176</x:v>
       </x:c>
       <x:c r="D270" s="3" t="n">
-        <x:v>1.9568</x:v>
+        <x:v>2.0197</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>1.9429</x:v>
+        <x:v>2.0183</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>1.9419</x:v>
+        <x:v>2.0172</x:v>
       </x:c>
       <x:c r="D271" s="3" t="n">
-        <x:v>1.9439</x:v>
+        <x:v>2.0193</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>1.9546</x:v>
+        <x:v>2.0284</x:v>
       </x:c>
       <x:c r="C272" s="3" t="n">
-        <x:v>1.9536</x:v>
+        <x:v>2.0273</x:v>
       </x:c>
       <x:c r="D272" s="3" t="n">
-        <x:v>1.9556</x:v>
+        <x:v>2.0294</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>1.9519</x:v>
+        <x:v>2.0354</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>1.9509</x:v>
+        <x:v>2.0343</x:v>
       </x:c>
       <x:c r="D273" s="3" t="n">
-        <x:v>1.9529</x:v>
+        <x:v>2.0364</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>1.9723</x:v>
+        <x:v>2.0367</x:v>
       </x:c>
       <x:c r="C274" s="3" t="n">
-        <x:v>1.9713</x:v>
+        <x:v>2.0356</x:v>
       </x:c>
       <x:c r="D274" s="3" t="n">
-        <x:v>1.9733</x:v>
+        <x:v>2.0377</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>1.9634</x:v>
+        <x:v>2.0408</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>1.9624</x:v>
+        <x:v>2.0397</x:v>
       </x:c>
       <x:c r="D275" s="3" t="n">
-        <x:v>1.9644</x:v>
+        <x:v>2.0418</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>1.953</x:v>
+        <x:v>2.0266</x:v>
       </x:c>
       <x:c r="C276" s="3" t="n">
-        <x:v>1.952</x:v>
+        <x:v>2.0255</x:v>
       </x:c>
       <x:c r="D276" s="3" t="n">
-        <x:v>1.954</x:v>
+        <x:v>2.0276</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>1.9579</x:v>
+        <x:v>2.0268</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
-        <x:v>1.9569</x:v>
+        <x:v>2.0257</x:v>
       </x:c>
       <x:c r="D277" s="3" t="n">
-        <x:v>1.9589</x:v>
+        <x:v>2.0278</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>1.9501</x:v>
+        <x:v>1.9894</x:v>
       </x:c>
       <x:c r="C278" s="3" t="n">
-        <x:v>1.9491</x:v>
+        <x:v>1.9884</x:v>
       </x:c>
       <x:c r="D278" s="3" t="n">
-        <x:v>1.9511</x:v>
+        <x:v>1.9904</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>1.9371</x:v>
+        <x:v>2.0035</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>1.9361</x:v>
+        <x:v>2.0024</x:v>
       </x:c>
       <x:c r="D279" s="3" t="n">
-        <x:v>1.9381</x:v>
+        <x:v>2.0045</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>1.9487</x:v>
+        <x:v>1.9904</x:v>
       </x:c>
       <x:c r="C280" s="3" t="n">
-        <x:v>1.9477</x:v>
+        <x:v>1.9894</x:v>
       </x:c>
       <x:c r="D280" s="3" t="n">
-        <x:v>1.9497</x:v>
+        <x:v>1.9914</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>1.9436</x:v>
+        <x:v>1.9769</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>1.9426</x:v>
+        <x:v>1.9759</x:v>
       </x:c>
       <x:c r="D281" s="3" t="n">
-        <x:v>1.9446</x:v>
+        <x:v>1.9779</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>1.9659</x:v>
+        <x:v>1.9598</x:v>
       </x:c>
       <x:c r="C282" s="3" t="n">
-        <x:v>1.9649</x:v>
+        <x:v>1.9588</x:v>
       </x:c>
       <x:c r="D282" s="3" t="n">
-        <x:v>1.9669</x:v>
+        <x:v>1.9608</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>1.9718</x:v>
+        <x:v>1.969</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>1.9708</x:v>
+        <x:v>1.968</x:v>
       </x:c>
       <x:c r="D283" s="3" t="n">
-        <x:v>1.9728</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>1.9582</x:v>
+        <x:v>1.9578</x:v>
       </x:c>
       <x:c r="C284" s="3" t="n">
-        <x:v>1.9572</x:v>
+        <x:v>1.9568</x:v>
       </x:c>
       <x:c r="D284" s="3" t="n">
-        <x:v>1.9592</x:v>
+        <x:v>1.9588</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>1.9429</x:v>
+        <x:v>1.9558</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
-        <x:v>1.9419</x:v>
+        <x:v>1.9548</x:v>
       </x:c>
       <x:c r="D285" s="3" t="n">
-        <x:v>1.9439</x:v>
+        <x:v>1.9568</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>1.9328</x:v>
+        <x:v>1.9429</x:v>
       </x:c>
       <x:c r="C286" s="3" t="n">
-        <x:v>1.9318</x:v>
+        <x:v>1.9419</x:v>
       </x:c>
       <x:c r="D286" s="3" t="n">
-        <x:v>1.9338</x:v>
+        <x:v>1.9439</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>1.9243</x:v>
+        <x:v>1.9546</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>1.9233</x:v>
+        <x:v>1.9536</x:v>
       </x:c>
       <x:c r="D287" s="3" t="n">
-        <x:v>1.9253</x:v>
+        <x:v>1.9556</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>1.9472</x:v>
+        <x:v>1.9519</x:v>
       </x:c>
       <x:c r="C288" s="3" t="n">
-        <x:v>1.9462</x:v>
+        <x:v>1.9509</x:v>
       </x:c>
       <x:c r="D288" s="3" t="n">
-        <x:v>1.9482</x:v>
+        <x:v>1.9529</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>1.9425</x:v>
+        <x:v>1.9723</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>1.9415</x:v>
+        <x:v>1.9713</x:v>
       </x:c>
       <x:c r="D289" s="3" t="n">
-        <x:v>1.9435</x:v>
+        <x:v>1.9733</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>1.9442</x:v>
+        <x:v>1.9634</x:v>
       </x:c>
       <x:c r="C290" s="3" t="n">
-        <x:v>1.9432</x:v>
+        <x:v>1.9624</x:v>
       </x:c>
       <x:c r="D290" s="3" t="n">
-        <x:v>1.9452</x:v>
+        <x:v>1.9644</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>1.9437</x:v>
+        <x:v>1.953</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>1.9427</x:v>
+        <x:v>1.952</x:v>
       </x:c>
       <x:c r="D291" s="3" t="n">
-        <x:v>1.9447</x:v>
+        <x:v>1.954</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>1.9568</x:v>
+        <x:v>1.9579</x:v>
       </x:c>
       <x:c r="C292" s="3" t="n">
-        <x:v>1.9558</x:v>
+        <x:v>1.9569</x:v>
       </x:c>
       <x:c r="D292" s="3" t="n">
-        <x:v>1.9578</x:v>
+        <x:v>1.9589</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>1.95</x:v>
+        <x:v>1.9501</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>1.949</x:v>
+        <x:v>1.9491</x:v>
       </x:c>
       <x:c r="D293" s="3" t="n">
-        <x:v>1.951</x:v>
+        <x:v>1.9511</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>1.9299</x:v>
+        <x:v>1.9371</x:v>
       </x:c>
       <x:c r="C294" s="3" t="n">
-        <x:v>1.9289</x:v>
+        <x:v>1.9361</x:v>
       </x:c>
       <x:c r="D294" s="3" t="n">
-        <x:v>1.9309</x:v>
+        <x:v>1.9381</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>1.9541</x:v>
+        <x:v>1.9487</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
-        <x:v>1.9531</x:v>
+        <x:v>1.9477</x:v>
       </x:c>
       <x:c r="D295" s="3" t="n">
-        <x:v>1.9551</x:v>
+        <x:v>1.9497</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>1.9355</x:v>
+        <x:v>1.9436</x:v>
       </x:c>
       <x:c r="C296" s="3" t="n">
-        <x:v>1.9345</x:v>
+        <x:v>1.9426</x:v>
       </x:c>
       <x:c r="D296" s="3" t="n">
-        <x:v>1.9365</x:v>
+        <x:v>1.9446</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>1.9476</x:v>
+        <x:v>1.9659</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>1.9466</x:v>
+        <x:v>1.9649</x:v>
       </x:c>
       <x:c r="D297" s="3" t="n">
-        <x:v>1.9486</x:v>
+        <x:v>1.9669</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>1.9186</x:v>
+        <x:v>1.9718</x:v>
       </x:c>
       <x:c r="C298" s="3" t="n">
-        <x:v>1.9176</x:v>
+        <x:v>1.9708</x:v>
       </x:c>
       <x:c r="D298" s="3" t="n">
-        <x:v>1.9196</x:v>
+        <x:v>1.9728</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>1.9234</x:v>
+        <x:v>1.9582</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>1.9224</x:v>
+        <x:v>1.9572</x:v>
       </x:c>
       <x:c r="D299" s="3" t="n">
-        <x:v>1.9244</x:v>
+        <x:v>1.9592</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>1.8948</x:v>
+        <x:v>1.9429</x:v>
       </x:c>
       <x:c r="C300" s="3" t="n">
-        <x:v>1.8938</x:v>
+        <x:v>1.9419</x:v>
       </x:c>
       <x:c r="D300" s="3" t="n">
-        <x:v>1.8957</x:v>
+        <x:v>1.9439</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>1.8913</x:v>
+        <x:v>1.9328</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>1.8903</x:v>
+        <x:v>1.9318</x:v>
       </x:c>
       <x:c r="D301" s="3" t="n">
-        <x:v>1.8922</x:v>
+        <x:v>1.9338</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>1.8924</x:v>
+        <x:v>1.9243</x:v>
       </x:c>
       <x:c r="C302" s="3" t="n">
-        <x:v>1.8914</x:v>
+        <x:v>1.9233</x:v>
       </x:c>
       <x:c r="D302" s="3" t="n">
-        <x:v>1.8933</x:v>
+        <x:v>1.9253</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>1.9043</x:v>
+        <x:v>1.9472</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
-        <x:v>1.9033</x:v>
+        <x:v>1.9462</x:v>
       </x:c>
       <x:c r="D303" s="3" t="n">
-        <x:v>1.9053</x:v>
+        <x:v>1.9482</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>1.8884</x:v>
+        <x:v>1.9425</x:v>
       </x:c>
       <x:c r="C304" s="3" t="n">
-        <x:v>1.8874</x:v>
+        <x:v>1.9415</x:v>
       </x:c>
       <x:c r="D304" s="3" t="n">
-        <x:v>1.8893</x:v>
+        <x:v>1.9435</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>1.8777</x:v>
+        <x:v>1.9442</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
-        <x:v>1.8767</x:v>
+        <x:v>1.9432</x:v>
       </x:c>
       <x:c r="D305" s="3" t="n">
-        <x:v>1.8786</x:v>
+        <x:v>1.9452</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>1.8672</x:v>
+        <x:v>1.9437</x:v>
       </x:c>
       <x:c r="C306" s="3" t="n">
-        <x:v>1.8662</x:v>
+        <x:v>1.9427</x:v>
       </x:c>
       <x:c r="D306" s="3" t="n">
-        <x:v>1.8681</x:v>
+        <x:v>1.9447</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>1.8682</x:v>
+        <x:v>1.9568</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>1.8672</x:v>
+        <x:v>1.9558</x:v>
       </x:c>
       <x:c r="D307" s="3" t="n">
-        <x:v>1.8691</x:v>
+        <x:v>1.9578</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>1.8592</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C308" s="3" t="n">
-        <x:v>1.8582</x:v>
+        <x:v>1.949</x:v>
       </x:c>
       <x:c r="D308" s="3" t="n">
-        <x:v>1.8601</x:v>
+        <x:v>1.951</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>1.8676</x:v>
+        <x:v>1.9299</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>1.8666</x:v>
+        <x:v>1.9289</x:v>
       </x:c>
       <x:c r="D309" s="3" t="n">
-        <x:v>1.8685</x:v>
+        <x:v>1.9309</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>1.8665</x:v>
+        <x:v>1.9541</x:v>
       </x:c>
       <x:c r="C310" s="3" t="n">
-        <x:v>1.8655</x:v>
+        <x:v>1.9531</x:v>
       </x:c>
       <x:c r="D310" s="3" t="n">
-        <x:v>1.8674</x:v>
+        <x:v>1.9551</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>1.8875</x:v>
+        <x:v>1.9355</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>1.8865</x:v>
+        <x:v>1.9345</x:v>
       </x:c>
       <x:c r="D311" s="3" t="n">
-        <x:v>1.8884</x:v>
+        <x:v>1.9365</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>1.8906</x:v>
+        <x:v>1.9476</x:v>
       </x:c>
       <x:c r="C312" s="3" t="n">
-        <x:v>1.8896</x:v>
+        <x:v>1.9466</x:v>
       </x:c>
       <x:c r="D312" s="3" t="n">
-        <x:v>1.8915</x:v>
+        <x:v>1.9486</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>1.8823</x:v>
+        <x:v>1.9186</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
-        <x:v>1.8813</x:v>
+        <x:v>1.9176</x:v>
       </x:c>
       <x:c r="D313" s="3" t="n">
-        <x:v>1.8832</x:v>
+        <x:v>1.9196</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>1.8883</x:v>
+        <x:v>1.9234</x:v>
       </x:c>
       <x:c r="C314" s="3" t="n">
-        <x:v>1.8873</x:v>
+        <x:v>1.9224</x:v>
       </x:c>
       <x:c r="D314" s="3" t="n">
-        <x:v>1.8892</x:v>
+        <x:v>1.9244</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>1.8764</x:v>
+        <x:v>1.8948</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
-        <x:v>1.8754</x:v>
+        <x:v>1.8938</x:v>
       </x:c>
       <x:c r="D315" s="3" t="n">
-        <x:v>1.8773</x:v>
+        <x:v>1.8957</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>1.8492</x:v>
+        <x:v>1.8913</x:v>
       </x:c>
       <x:c r="C316" s="3" t="n">
-        <x:v>1.8482</x:v>
+        <x:v>1.8903</x:v>
       </x:c>
       <x:c r="D316" s="3" t="n">
-        <x:v>1.8501</x:v>
+        <x:v>1.8922</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>1.8605</x:v>
+        <x:v>1.8924</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
-        <x:v>1.8595</x:v>
+        <x:v>1.8914</x:v>
       </x:c>
       <x:c r="D317" s="3" t="n">
-        <x:v>1.8614</x:v>
+        <x:v>1.8933</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>1.8202</x:v>
+        <x:v>1.9043</x:v>
       </x:c>
       <x:c r="C318" s="3" t="n">
-        <x:v>1.8192</x:v>
+        <x:v>1.9033</x:v>
       </x:c>
       <x:c r="D318" s="3" t="n">
-        <x:v>1.8211</x:v>
+        <x:v>1.9053</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>1.8173</x:v>
+        <x:v>1.8884</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
-        <x:v>1.8163</x:v>
+        <x:v>1.8874</x:v>
       </x:c>
       <x:c r="D319" s="3" t="n">
-        <x:v>1.8182</x:v>
+        <x:v>1.8893</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>1.8283</x:v>
+        <x:v>1.8777</x:v>
       </x:c>
       <x:c r="C320" s="3" t="n">
-        <x:v>1.8273</x:v>
+        <x:v>1.8767</x:v>
       </x:c>
       <x:c r="D320" s="3" t="n">
-        <x:v>1.8292</x:v>
+        <x:v>1.8786</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>1.8257</x:v>
+        <x:v>1.8672</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
-        <x:v>1.8247</x:v>
+        <x:v>1.8662</x:v>
       </x:c>
       <x:c r="D321" s="3" t="n">
-        <x:v>1.8266</x:v>
+        <x:v>1.8681</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>1.8485</x:v>
+        <x:v>1.8682</x:v>
       </x:c>
       <x:c r="C322" s="3" t="n">
-        <x:v>1.8475</x:v>
+        <x:v>1.8672</x:v>
       </x:c>
       <x:c r="D322" s="3" t="n">
-        <x:v>1.8494</x:v>
+        <x:v>1.8691</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>1.8612</x:v>
+        <x:v>1.8592</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
-        <x:v>1.8602</x:v>
+        <x:v>1.8582</x:v>
       </x:c>
       <x:c r="D323" s="3" t="n">
-        <x:v>1.8621</x:v>
+        <x:v>1.8601</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>1.8489</x:v>
+        <x:v>1.8676</x:v>
       </x:c>
       <x:c r="C324" s="3" t="n">
-        <x:v>1.8479</x:v>
+        <x:v>1.8666</x:v>
       </x:c>
       <x:c r="D324" s="3" t="n">
-        <x:v>1.8498</x:v>
+        <x:v>1.8685</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>1.8317</x:v>
+        <x:v>1.8665</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
-        <x:v>1.8307</x:v>
+        <x:v>1.8655</x:v>
       </x:c>
       <x:c r="D325" s="3" t="n">
-        <x:v>1.8326</x:v>
+        <x:v>1.8674</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>1.8325</x:v>
+        <x:v>1.8875</x:v>
       </x:c>
       <x:c r="C326" s="3" t="n">
-        <x:v>1.8315</x:v>
+        <x:v>1.8865</x:v>
       </x:c>
       <x:c r="D326" s="3" t="n">
-        <x:v>1.8334</x:v>
+        <x:v>1.8884</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>1.8282</x:v>
+        <x:v>1.8906</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
-        <x:v>1.8272</x:v>
+        <x:v>1.8896</x:v>
       </x:c>
       <x:c r="D327" s="3" t="n">
-        <x:v>1.8291</x:v>
+        <x:v>1.8915</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>1.8269</x:v>
+        <x:v>1.8823</x:v>
       </x:c>
       <x:c r="C328" s="3" t="n">
-        <x:v>1.8259</x:v>
+        <x:v>1.8813</x:v>
       </x:c>
       <x:c r="D328" s="3" t="n">
-        <x:v>1.8278</x:v>
+        <x:v>1.8832</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>1.8287</x:v>
+        <x:v>1.8883</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
-        <x:v>1.8277</x:v>
+        <x:v>1.8873</x:v>
       </x:c>
       <x:c r="D329" s="3" t="n">
-        <x:v>1.8296</x:v>
+        <x:v>1.8892</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>1.8333</x:v>
+        <x:v>1.8764</x:v>
       </x:c>
       <x:c r="C330" s="3" t="n">
-        <x:v>1.8323</x:v>
+        <x:v>1.8754</x:v>
       </x:c>
       <x:c r="D330" s="3" t="n">
-        <x:v>1.8342</x:v>
+        <x:v>1.8773</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>1.8243</x:v>
+        <x:v>1.8492</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
-        <x:v>1.8233</x:v>
+        <x:v>1.8482</x:v>
       </x:c>
       <x:c r="D331" s="3" t="n">
-        <x:v>1.8252</x:v>
+        <x:v>1.8501</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>1.8386</x:v>
+        <x:v>1.8605</x:v>
       </x:c>
       <x:c r="C332" s="3" t="n">
-        <x:v>1.8376</x:v>
+        <x:v>1.8595</x:v>
       </x:c>
       <x:c r="D332" s="3" t="n">
-        <x:v>1.8395</x:v>
+        <x:v>1.8614</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>1.8231</x:v>
+        <x:v>1.8202</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
-        <x:v>1.8221</x:v>
+        <x:v>1.8192</x:v>
       </x:c>
       <x:c r="D333" s="3" t="n">
-        <x:v>1.824</x:v>
+        <x:v>1.8211</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>1.8424</x:v>
+        <x:v>1.8173</x:v>
       </x:c>
       <x:c r="C334" s="3" t="n">
-        <x:v>1.8414</x:v>
+        <x:v>1.8163</x:v>
       </x:c>
       <x:c r="D334" s="3" t="n">
-        <x:v>1.8433</x:v>
+        <x:v>1.8182</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>1.8218</x:v>
+        <x:v>1.8283</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
-        <x:v>1.8208</x:v>
+        <x:v>1.8273</x:v>
       </x:c>
       <x:c r="D335" s="3" t="n">
-        <x:v>1.8227</x:v>
+        <x:v>1.8292</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>1.8147</x:v>
+        <x:v>1.8257</x:v>
       </x:c>
       <x:c r="C336" s="3" t="n">
-        <x:v>1.8137</x:v>
+        <x:v>1.8247</x:v>
       </x:c>
       <x:c r="D336" s="3" t="n">
-        <x:v>1.8156</x:v>
+        <x:v>1.8266</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>1.8237</x:v>
+        <x:v>1.8485</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
-        <x:v>1.8227</x:v>
+        <x:v>1.8475</x:v>
       </x:c>
       <x:c r="D337" s="3" t="n">
-        <x:v>1.8246</x:v>
+        <x:v>1.8494</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>1.8051</x:v>
+        <x:v>1.8612</x:v>
       </x:c>
       <x:c r="C338" s="3" t="n">
-        <x:v>1.8041</x:v>
+        <x:v>1.8602</x:v>
       </x:c>
       <x:c r="D338" s="3" t="n">
-        <x:v>1.806</x:v>
+        <x:v>1.8621</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>1.7921</x:v>
+        <x:v>1.8489</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
-        <x:v>1.7912</x:v>
+        <x:v>1.8479</x:v>
       </x:c>
       <x:c r="D339" s="3" t="n">
-        <x:v>1.793</x:v>
+        <x:v>1.8498</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>1.7745</x:v>
+        <x:v>1.8317</x:v>
       </x:c>
       <x:c r="C340" s="3" t="n">
-        <x:v>1.7736</x:v>
+        <x:v>1.8307</x:v>
       </x:c>
       <x:c r="D340" s="3" t="n">
-        <x:v>1.7754</x:v>
+        <x:v>1.8326</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>1.7753</x:v>
+        <x:v>1.8325</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>1.7744</x:v>
+        <x:v>1.8315</x:v>
       </x:c>
       <x:c r="D341" s="3" t="n">
-        <x:v>1.7762</x:v>
+        <x:v>1.8334</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>1.7742</x:v>
+        <x:v>1.8282</x:v>
       </x:c>
       <x:c r="C342" s="3" t="n">
-        <x:v>1.7733</x:v>
+        <x:v>1.8272</x:v>
       </x:c>
       <x:c r="D342" s="3" t="n">
-        <x:v>1.7751</x:v>
+        <x:v>1.8291</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>1.7767</x:v>
+        <x:v>1.8269</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
-        <x:v>1.7758</x:v>
+        <x:v>1.8259</x:v>
       </x:c>
       <x:c r="D343" s="3" t="n">
-        <x:v>1.7776</x:v>
+        <x:v>1.8278</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>1.7801</x:v>
+        <x:v>1.8287</x:v>
       </x:c>
       <x:c r="C344" s="3" t="n">
-        <x:v>1.7792</x:v>
+        <x:v>1.8277</x:v>
       </x:c>
       <x:c r="D344" s="3" t="n">
-        <x:v>1.781</x:v>
+        <x:v>1.8296</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>1.791</x:v>
+        <x:v>1.8333</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
-        <x:v>1.7901</x:v>
+        <x:v>1.8323</x:v>
       </x:c>
       <x:c r="D345" s="3" t="n">
-        <x:v>1.7919</x:v>
+        <x:v>1.8342</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>1.78</x:v>
+        <x:v>1.8243</x:v>
       </x:c>
       <x:c r="C346" s="3" t="n">
-        <x:v>1.7791</x:v>
+        <x:v>1.8233</x:v>
       </x:c>
       <x:c r="D346" s="3" t="n">
-        <x:v>1.7809</x:v>
+        <x:v>1.8252</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>1.7799</x:v>
+        <x:v>1.8386</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
-        <x:v>1.779</x:v>
+        <x:v>1.8376</x:v>
       </x:c>
       <x:c r="D347" s="3" t="n">
-        <x:v>1.7808</x:v>
+        <x:v>1.8395</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>1.7849</x:v>
+        <x:v>1.8231</x:v>
       </x:c>
       <x:c r="C348" s="3" t="n">
-        <x:v>1.784</x:v>
+        <x:v>1.8221</x:v>
       </x:c>
       <x:c r="D348" s="3" t="n">
-        <x:v>1.7858</x:v>
+        <x:v>1.824</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>1.7985</x:v>
+        <x:v>1.8424</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
-        <x:v>1.7976</x:v>
+        <x:v>1.8414</x:v>
       </x:c>
       <x:c r="D349" s="3" t="n">
-        <x:v>1.7994</x:v>
+        <x:v>1.8433</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>1.8006</x:v>
+        <x:v>1.8218</x:v>
       </x:c>
       <x:c r="C350" s="3" t="n">
-        <x:v>1.7996</x:v>
+        <x:v>1.8208</x:v>
       </x:c>
       <x:c r="D350" s="3" t="n">
-        <x:v>1.8015</x:v>
+        <x:v>1.8227</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>1.7853</x:v>
+        <x:v>1.8147</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
-        <x:v>1.7844</x:v>
+        <x:v>1.8137</x:v>
       </x:c>
       <x:c r="D351" s="3" t="n">
-        <x:v>1.7862</x:v>
+        <x:v>1.8156</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>1.7946</x:v>
+        <x:v>1.8237</x:v>
       </x:c>
       <x:c r="C352" s="3" t="n">
-        <x:v>1.7937</x:v>
+        <x:v>1.8227</x:v>
       </x:c>
       <x:c r="D352" s="3" t="n">
-        <x:v>1.7955</x:v>
+        <x:v>1.8246</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>1.8052</x:v>
+        <x:v>1.8051</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
-        <x:v>1.8042</x:v>
+        <x:v>1.8041</x:v>
       </x:c>
       <x:c r="D353" s="3" t="n">
-        <x:v>1.8061</x:v>
+        <x:v>1.806</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>1.803</x:v>
+        <x:v>1.7921</x:v>
       </x:c>
       <x:c r="C354" s="3" t="n">
-        <x:v>1.802</x:v>
+        <x:v>1.7912</x:v>
       </x:c>
       <x:c r="D354" s="3" t="n">
-        <x:v>1.8039</x:v>
+        <x:v>1.793</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>1.7968</x:v>
+        <x:v>1.7745</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
-        <x:v>1.7959</x:v>
+        <x:v>1.7736</x:v>
       </x:c>
       <x:c r="D355" s="3" t="n">
-        <x:v>1.7977</x:v>
+        <x:v>1.7754</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>1.8023</x:v>
+        <x:v>1.7753</x:v>
       </x:c>
       <x:c r="C356" s="3" t="n">
-        <x:v>1.8013</x:v>
+        <x:v>1.7744</x:v>
       </x:c>
       <x:c r="D356" s="3" t="n">
-        <x:v>1.8032</x:v>
+        <x:v>1.7762</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>1.79</x:v>
+        <x:v>1.7742</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
-        <x:v>1.7891</x:v>
+        <x:v>1.7733</x:v>
       </x:c>
       <x:c r="D357" s="3" t="n">
-        <x:v>1.7909</x:v>
+        <x:v>1.7751</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>1.7795</x:v>
+        <x:v>1.7767</x:v>
       </x:c>
       <x:c r="C358" s="3" t="n">
-        <x:v>1.7786</x:v>
+        <x:v>1.7758</x:v>
       </x:c>
       <x:c r="D358" s="3" t="n">
-        <x:v>1.7804</x:v>
+        <x:v>1.7776</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>1.7556</x:v>
+        <x:v>1.7801</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
-        <x:v>1.7547</x:v>
+        <x:v>1.7792</x:v>
       </x:c>
       <x:c r="D359" s="3" t="n">
-        <x:v>1.7565</x:v>
+        <x:v>1.781</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>1.769</x:v>
+        <x:v>1.791</x:v>
       </x:c>
       <x:c r="C360" s="3" t="n">
-        <x:v>1.7681</x:v>
+        <x:v>1.7901</x:v>
       </x:c>
       <x:c r="D360" s="3" t="n">
-        <x:v>1.7699</x:v>
+        <x:v>1.7919</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>1.7729</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
-        <x:v>1.772</x:v>
+        <x:v>1.7791</x:v>
       </x:c>
       <x:c r="D361" s="3" t="n">
-        <x:v>1.7738</x:v>
+        <x:v>1.7809</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>1.7861</x:v>
+        <x:v>1.7799</x:v>
       </x:c>
       <x:c r="C362" s="3" t="n">
-        <x:v>1.7852</x:v>
+        <x:v>1.779</x:v>
       </x:c>
       <x:c r="D362" s="3" t="n">
-        <x:v>1.787</x:v>
+        <x:v>1.7808</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>1.786</x:v>
+        <x:v>1.7849</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
-        <x:v>1.7851</x:v>
+        <x:v>1.784</x:v>
       </x:c>
       <x:c r="D363" s="3" t="n">
-        <x:v>1.7869</x:v>
+        <x:v>1.7858</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>1.7873</x:v>
+        <x:v>1.7985</x:v>
       </x:c>
       <x:c r="C364" s="3" t="n">
-        <x:v>1.7864</x:v>
+        <x:v>1.7976</x:v>
       </x:c>
       <x:c r="D364" s="3" t="n">
-        <x:v>1.7882</x:v>
+        <x:v>1.7994</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>1.7744</x:v>
+        <x:v>1.8006</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
-        <x:v>1.7735</x:v>
+        <x:v>1.7996</x:v>
       </x:c>
       <x:c r="D365" s="3" t="n">
-        <x:v>1.7753</x:v>
+        <x:v>1.8015</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>1.7693</x:v>
+        <x:v>1.7853</x:v>
       </x:c>
       <x:c r="C366" s="3" t="n">
-        <x:v>1.7684</x:v>
+        <x:v>1.7844</x:v>
       </x:c>
       <x:c r="D366" s="3" t="n">
-        <x:v>1.7702</x:v>
+        <x:v>1.7862</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>1.7748</x:v>
+        <x:v>1.7946</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
-        <x:v>1.7739</x:v>
+        <x:v>1.7937</x:v>
       </x:c>
       <x:c r="D367" s="3" t="n">
-        <x:v>1.7757</x:v>
+        <x:v>1.7955</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>1.7733</x:v>
+        <x:v>1.8052</x:v>
       </x:c>
       <x:c r="C368" s="3" t="n">
-        <x:v>1.7724</x:v>
+        <x:v>1.8042</x:v>
       </x:c>
       <x:c r="D368" s="3" t="n">
-        <x:v>1.7742</x:v>
+        <x:v>1.8061</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>1.7788</x:v>
+        <x:v>1.803</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
-        <x:v>1.7779</x:v>
+        <x:v>1.802</x:v>
       </x:c>
       <x:c r="D369" s="3" t="n">
-        <x:v>1.7797</x:v>
+        <x:v>1.8039</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>1.7804</x:v>
+        <x:v>1.7968</x:v>
       </x:c>
       <x:c r="C370" s="3" t="n">
-        <x:v>1.7795</x:v>
+        <x:v>1.7959</x:v>
       </x:c>
       <x:c r="D370" s="3" t="n">
-        <x:v>1.7813</x:v>
+        <x:v>1.7977</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>1.7835</x:v>
+        <x:v>1.8023</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
-        <x:v>1.7826</x:v>
+        <x:v>1.8013</x:v>
       </x:c>
       <x:c r="D371" s="3" t="n">
-        <x:v>1.7844</x:v>
+        <x:v>1.8032</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>1.7729</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C372" s="3" t="n">
-        <x:v>1.772</x:v>
+        <x:v>1.7891</x:v>
       </x:c>
       <x:c r="D372" s="3" t="n">
-        <x:v>1.7738</x:v>
+        <x:v>1.7909</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>1.7784</x:v>
+        <x:v>1.7795</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
-        <x:v>1.7775</x:v>
+        <x:v>1.7786</x:v>
       </x:c>
       <x:c r="D373" s="3" t="n">
-        <x:v>1.7793</x:v>
+        <x:v>1.7804</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>1.7881</x:v>
+        <x:v>1.7556</x:v>
       </x:c>
       <x:c r="C374" s="3" t="n">
-        <x:v>1.7872</x:v>
+        <x:v>1.7547</x:v>
       </x:c>
       <x:c r="D374" s="3" t="n">
-        <x:v>1.789</x:v>
+        <x:v>1.7565</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>1.7884</x:v>
+        <x:v>1.769</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
-        <x:v>1.7875</x:v>
+        <x:v>1.7681</x:v>
       </x:c>
       <x:c r="D375" s="3" t="n">
-        <x:v>1.7893</x:v>
+        <x:v>1.7699</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>1.769</x:v>
+        <x:v>1.7729</x:v>
       </x:c>
       <x:c r="C376" s="3" t="n">
-        <x:v>1.7681</x:v>
+        <x:v>1.772</x:v>
       </x:c>
       <x:c r="D376" s="3" t="n">
-        <x:v>1.7699</x:v>
+        <x:v>1.7738</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>1.7656</x:v>
+        <x:v>1.7861</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
-        <x:v>1.7647</x:v>
+        <x:v>1.7852</x:v>
       </x:c>
       <x:c r="D377" s="3" t="n">
-        <x:v>1.7665</x:v>
+        <x:v>1.787</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>1.7482</x:v>
+        <x:v>1.786</x:v>
       </x:c>
       <x:c r="C378" s="3" t="n">
-        <x:v>1.7473</x:v>
+        <x:v>1.7851</x:v>
       </x:c>
       <x:c r="D378" s="3" t="n">
-        <x:v>1.7491</x:v>
+        <x:v>1.7869</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>1.7557</x:v>
+        <x:v>1.7873</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
-        <x:v>1.7548</x:v>
+        <x:v>1.7864</x:v>
       </x:c>
       <x:c r="D379" s="3" t="n">
-        <x:v>1.7566</x:v>
+        <x:v>1.7882</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>1.7468</x:v>
+        <x:v>1.7744</x:v>
       </x:c>
       <x:c r="C380" s="3" t="n">
-        <x:v>1.7459</x:v>
+        <x:v>1.7735</x:v>
       </x:c>
       <x:c r="D380" s="3" t="n">
-        <x:v>1.7477</x:v>
+        <x:v>1.7753</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>1.726</x:v>
+        <x:v>1.7693</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>1.7251</x:v>
+        <x:v>1.7684</x:v>
       </x:c>
       <x:c r="D381" s="3" t="n">
-        <x:v>1.7269</x:v>
+        <x:v>1.7702</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>1.7384</x:v>
+        <x:v>1.7748</x:v>
       </x:c>
       <x:c r="C382" s="3" t="n">
-        <x:v>1.7375</x:v>
+        <x:v>1.7739</x:v>
       </x:c>
       <x:c r="D382" s="3" t="n">
-        <x:v>1.7393</x:v>
+        <x:v>1.7757</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>1.7703</x:v>
+        <x:v>1.7733</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>1.7694</x:v>
+        <x:v>1.7724</x:v>
       </x:c>
       <x:c r="D383" s="3" t="n">
-        <x:v>1.7712</x:v>
+        <x:v>1.7742</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>1.7906</x:v>
+        <x:v>1.7788</x:v>
       </x:c>
       <x:c r="C384" s="3" t="n">
-        <x:v>1.7897</x:v>
+        <x:v>1.7779</x:v>
       </x:c>
       <x:c r="D384" s="3" t="n">
-        <x:v>1.7915</x:v>
+        <x:v>1.7797</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>1.8035</x:v>
+        <x:v>1.7804</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>1.8025</x:v>
+        <x:v>1.7795</x:v>
       </x:c>
       <x:c r="D385" s="3" t="n">
-        <x:v>1.8044</x:v>
+        <x:v>1.7813</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>1.7887</x:v>
+        <x:v>1.7835</x:v>
       </x:c>
       <x:c r="C386" s="3" t="n">
-        <x:v>1.7878</x:v>
+        <x:v>1.7826</x:v>
       </x:c>
       <x:c r="D386" s="3" t="n">
-        <x:v>1.7896</x:v>
+        <x:v>1.7844</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>1.795</x:v>
+        <x:v>1.7729</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>1.7941</x:v>
+        <x:v>1.772</x:v>
       </x:c>
       <x:c r="D387" s="3" t="n">
-        <x:v>1.7959</x:v>
+        <x:v>1.7738</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>1.793</x:v>
+        <x:v>1.7784</x:v>
       </x:c>
       <x:c r="C388" s="3" t="n">
-        <x:v>1.7921</x:v>
+        <x:v>1.7775</x:v>
       </x:c>
       <x:c r="D388" s="3" t="n">
-        <x:v>1.7939</x:v>
+        <x:v>1.7793</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>1.7775</x:v>
+        <x:v>1.7881</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>1.7766</x:v>
+        <x:v>1.7872</x:v>
       </x:c>
       <x:c r="D389" s="3" t="n">
-        <x:v>1.7784</x:v>
+        <x:v>1.789</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>1.7682</x:v>
+        <x:v>1.7884</x:v>
       </x:c>
       <x:c r="C390" s="3" t="n">
-        <x:v>1.7673</x:v>
+        <x:v>1.7875</x:v>
       </x:c>
       <x:c r="D390" s="3" t="n">
-        <x:v>1.7691</x:v>
+        <x:v>1.7893</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>1.7926</x:v>
+        <x:v>1.769</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
-        <x:v>1.7917</x:v>
+        <x:v>1.7681</x:v>
       </x:c>
       <x:c r="D391" s="3" t="n">
-        <x:v>1.7935</x:v>
+        <x:v>1.7699</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>1.7796</x:v>
+        <x:v>1.7656</x:v>
       </x:c>
       <x:c r="C392" s="3" t="n">
-        <x:v>1.7787</x:v>
+        <x:v>1.7647</x:v>
       </x:c>
       <x:c r="D392" s="3" t="n">
-        <x:v>1.7805</x:v>
+        <x:v>1.7665</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>1.7494</x:v>
+        <x:v>1.7482</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
-        <x:v>1.7485</x:v>
+        <x:v>1.7473</x:v>
       </x:c>
       <x:c r="D393" s="3" t="n">
-        <x:v>1.7503</x:v>
+        <x:v>1.7491</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>1.7464</x:v>
+        <x:v>1.7557</x:v>
       </x:c>
       <x:c r="C394" s="3" t="n">
-        <x:v>1.7455</x:v>
+        <x:v>1.7548</x:v>
       </x:c>
       <x:c r="D394" s="3" t="n">
-        <x:v>1.7473</x:v>
+        <x:v>1.7566</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>1.7652</x:v>
+        <x:v>1.7468</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
-        <x:v>1.7643</x:v>
+        <x:v>1.7459</x:v>
       </x:c>
       <x:c r="D395" s="3" t="n">
-        <x:v>1.7661</x:v>
+        <x:v>1.7477</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>1.7854</x:v>
+        <x:v>1.726</x:v>
       </x:c>
       <x:c r="C396" s="3" t="n">
-        <x:v>1.7845</x:v>
+        <x:v>1.7251</x:v>
       </x:c>
       <x:c r="D396" s="3" t="n">
-        <x:v>1.7863</x:v>
+        <x:v>1.7269</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>1.7599</x:v>
+        <x:v>1.7384</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
-        <x:v>1.759</x:v>
+        <x:v>1.7375</x:v>
       </x:c>
       <x:c r="D397" s="3" t="n">
-        <x:v>1.7608</x:v>
+        <x:v>1.7393</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>1.7592</x:v>
+        <x:v>1.7703</x:v>
       </x:c>
       <x:c r="C398" s="3" t="n">
-        <x:v>1.7583</x:v>
+        <x:v>1.7694</x:v>
       </x:c>
       <x:c r="D398" s="3" t="n">
-        <x:v>1.7601</x:v>
+        <x:v>1.7712</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>1.7564</x:v>
+        <x:v>1.7906</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>1.7555</x:v>
+        <x:v>1.7897</x:v>
       </x:c>
       <x:c r="D399" s="3" t="n">
-        <x:v>1.7573</x:v>
+        <x:v>1.7915</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>1.7734</x:v>
+        <x:v>1.8035</x:v>
       </x:c>
       <x:c r="C400" s="3" t="n">
-        <x:v>1.7725</x:v>
+        <x:v>1.8025</x:v>
       </x:c>
       <x:c r="D400" s="3" t="n">
-        <x:v>1.7743</x:v>
+        <x:v>1.8044</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>1.7592</x:v>
+        <x:v>1.7887</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>1.7583</x:v>
+        <x:v>1.7878</x:v>
       </x:c>
       <x:c r="D401" s="3" t="n">
-        <x:v>1.7601</x:v>
+        <x:v>1.7896</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>1.7595</x:v>
+        <x:v>1.795</x:v>
       </x:c>
       <x:c r="C402" s="3" t="n">
-        <x:v>1.7586</x:v>
+        <x:v>1.7941</x:v>
       </x:c>
       <x:c r="D402" s="3" t="n">
-        <x:v>1.7604</x:v>
+        <x:v>1.7959</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>1.7628</x:v>
+        <x:v>1.793</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>1.7619</x:v>
+        <x:v>1.7921</x:v>
       </x:c>
       <x:c r="D403" s="3" t="n">
-        <x:v>1.7637</x:v>
+        <x:v>1.7939</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>1.7533</x:v>
+        <x:v>1.7775</x:v>
       </x:c>
       <x:c r="C404" s="3" t="n">
-        <x:v>1.7524</x:v>
+        <x:v>1.7766</x:v>
       </x:c>
       <x:c r="D404" s="3" t="n">
-        <x:v>1.7542</x:v>
+        <x:v>1.7784</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
-        <x:v>1.7515</x:v>
+        <x:v>1.7682</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
-        <x:v>1.7506</x:v>
+        <x:v>1.7673</x:v>
       </x:c>
       <x:c r="D405" s="3" t="n">
-        <x:v>1.7524</x:v>
+        <x:v>1.7691</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>1.7619</x:v>
+        <x:v>1.7926</x:v>
       </x:c>
       <x:c r="C406" s="3" t="n">
-        <x:v>1.761</x:v>
+        <x:v>1.7917</x:v>
       </x:c>
       <x:c r="D406" s="3" t="n">
-        <x:v>1.7628</x:v>
+        <x:v>1.7935</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>1.758</x:v>
+        <x:v>1.7796</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>1.7571</x:v>
+        <x:v>1.7787</x:v>
       </x:c>
       <x:c r="D407" s="3" t="n">
-        <x:v>1.7589</x:v>
+        <x:v>1.7805</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>1.7464</x:v>
+        <x:v>1.7494</x:v>
       </x:c>
       <x:c r="C408" s="3" t="n">
-        <x:v>1.7455</x:v>
+        <x:v>1.7485</x:v>
       </x:c>
       <x:c r="D408" s="3" t="n">
-        <x:v>1.7473</x:v>
+        <x:v>1.7503</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>1.807</x:v>
+        <x:v>1.7464</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
-        <x:v>1.806</x:v>
+        <x:v>1.7455</x:v>
       </x:c>
       <x:c r="D409" s="3" t="n">
-        <x:v>1.8079</x:v>
+        <x:v>1.7473</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>1.8062</x:v>
+        <x:v>1.7652</x:v>
       </x:c>
       <x:c r="C410" s="3" t="n">
-        <x:v>1.8052</x:v>
+        <x:v>1.7643</x:v>
       </x:c>
       <x:c r="D410" s="3" t="n">
-        <x:v>1.8071</x:v>
+        <x:v>1.7661</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>1.8092</x:v>
+        <x:v>1.7854</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>1.8082</x:v>
+        <x:v>1.7845</x:v>
       </x:c>
       <x:c r="D411" s="3" t="n">
-        <x:v>1.8101</x:v>
+        <x:v>1.7863</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>1.8022</x:v>
+        <x:v>1.7599</x:v>
       </x:c>
       <x:c r="C412" s="3" t="n">
-        <x:v>1.8012</x:v>
+        <x:v>1.759</x:v>
       </x:c>
       <x:c r="D412" s="3" t="n">
-        <x:v>1.8031</x:v>
+        <x:v>1.7608</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>1.8075</x:v>
+        <x:v>1.7592</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>1.8065</x:v>
+        <x:v>1.7583</x:v>
       </x:c>
       <x:c r="D413" s="3" t="n">
-        <x:v>1.8084</x:v>
+        <x:v>1.7601</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>1.7994</x:v>
+        <x:v>1.7564</x:v>
       </x:c>
       <x:c r="C414" s="3" t="n">
-        <x:v>1.7985</x:v>
+        <x:v>1.7555</x:v>
       </x:c>
       <x:c r="D414" s="3" t="n">
-        <x:v>1.8003</x:v>
+        <x:v>1.7573</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>1.7923</x:v>
+        <x:v>1.7734</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>1.7914</x:v>
+        <x:v>1.7725</x:v>
       </x:c>
       <x:c r="D415" s="3" t="n">
-        <x:v>1.7932</x:v>
+        <x:v>1.7743</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>1.7987</x:v>
+        <x:v>1.7592</x:v>
       </x:c>
       <x:c r="C416" s="3" t="n">
-        <x:v>1.7978</x:v>
+        <x:v>1.7583</x:v>
       </x:c>
       <x:c r="D416" s="3" t="n">
-        <x:v>1.7996</x:v>
+        <x:v>1.7601</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>1.8083</x:v>
+        <x:v>1.7595</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>1.8073</x:v>
+        <x:v>1.7586</x:v>
       </x:c>
       <x:c r="D417" s="3" t="n">
-        <x:v>1.8092</x:v>
+        <x:v>1.7604</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>1.7924</x:v>
+        <x:v>1.7628</x:v>
       </x:c>
       <x:c r="C418" s="3" t="n">
-        <x:v>1.7915</x:v>
+        <x:v>1.7619</x:v>
       </x:c>
       <x:c r="D418" s="3" t="n">
-        <x:v>1.7933</x:v>
+        <x:v>1.7637</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
-        <x:v>1.7901</x:v>
+        <x:v>1.7533</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
-        <x:v>1.7892</x:v>
+        <x:v>1.7524</x:v>
       </x:c>
       <x:c r="D419" s="3" t="n">
-        <x:v>1.791</x:v>
+        <x:v>1.7542</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>1.7828</x:v>
+        <x:v>1.7515</x:v>
       </x:c>
       <x:c r="C420" s="3" t="n">
-        <x:v>1.7819</x:v>
+        <x:v>1.7506</x:v>
       </x:c>
       <x:c r="D420" s="3" t="n">
-        <x:v>1.7837</x:v>
+        <x:v>1.7524</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>1.7882</x:v>
+        <x:v>1.7619</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>1.7873</x:v>
+        <x:v>1.761</x:v>
       </x:c>
       <x:c r="D421" s="3" t="n">
-        <x:v>1.7891</x:v>
+        <x:v>1.7628</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>1.7846</x:v>
+        <x:v>1.758</x:v>
       </x:c>
       <x:c r="C422" s="3" t="n">
-        <x:v>1.7837</x:v>
+        <x:v>1.7571</x:v>
       </x:c>
       <x:c r="D422" s="3" t="n">
-        <x:v>1.7855</x:v>
+        <x:v>1.7589</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
-        <x:v>429</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>1.7711</x:v>
+        <x:v>1.7464</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>1.7702</x:v>
+        <x:v>1.7455</x:v>
       </x:c>
       <x:c r="D423" s="3" t="n">
-        <x:v>1.772</x:v>
+        <x:v>1.7473</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>1.7689</x:v>
+        <x:v>1.807</x:v>
       </x:c>
       <x:c r="C424" s="3" t="n">
-        <x:v>1.768</x:v>
+        <x:v>1.806</x:v>
       </x:c>
       <x:c r="D424" s="3" t="n">
-        <x:v>1.7698</x:v>
+        <x:v>1.8079</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>1.7458</x:v>
+        <x:v>1.8062</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
-        <x:v>1.7449</x:v>
+        <x:v>1.8052</x:v>
       </x:c>
       <x:c r="D425" s="3" t="n">
-        <x:v>1.7467</x:v>
+        <x:v>1.8071</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>1.7348</x:v>
+        <x:v>1.8092</x:v>
       </x:c>
       <x:c r="C426" s="3" t="n">
-        <x:v>1.7339</x:v>
+        <x:v>1.8082</x:v>
       </x:c>
       <x:c r="D426" s="3" t="n">
-        <x:v>1.7357</x:v>
+        <x:v>1.8101</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>1.7337</x:v>
+        <x:v>1.8022</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
-        <x:v>1.7328</x:v>
+        <x:v>1.8012</x:v>
       </x:c>
       <x:c r="D427" s="3" t="n">
-        <x:v>1.7346</x:v>
+        <x:v>1.8031</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>1.7244</x:v>
+        <x:v>1.8075</x:v>
       </x:c>
       <x:c r="C428" s="3" t="n">
-        <x:v>1.7235</x:v>
+        <x:v>1.8065</x:v>
       </x:c>
       <x:c r="D428" s="3" t="n">
-        <x:v>1.7253</x:v>
+        <x:v>1.8084</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>1.7458</x:v>
+        <x:v>1.7994</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
-        <x:v>1.7449</x:v>
+        <x:v>1.7985</x:v>
       </x:c>
       <x:c r="D429" s="3" t="n">
-        <x:v>1.7467</x:v>
+        <x:v>1.8003</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>1.7512</x:v>
+        <x:v>1.7923</x:v>
       </x:c>
       <x:c r="C430" s="3" t="n">
-        <x:v>1.7503</x:v>
+        <x:v>1.7914</x:v>
       </x:c>
       <x:c r="D430" s="3" t="n">
-        <x:v>1.7521</x:v>
+        <x:v>1.7932</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>1.7623</x:v>
+        <x:v>1.7987</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
-        <x:v>1.7614</x:v>
+        <x:v>1.7978</x:v>
       </x:c>
       <x:c r="D431" s="3" t="n">
-        <x:v>1.7632</x:v>
+        <x:v>1.7996</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>1.7687</x:v>
+        <x:v>1.8083</x:v>
       </x:c>
       <x:c r="C432" s="3" t="n">
-        <x:v>1.7678</x:v>
+        <x:v>1.8073</x:v>
       </x:c>
       <x:c r="D432" s="3" t="n">
-        <x:v>1.7696</x:v>
+        <x:v>1.8092</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
-        <x:v>1.77</x:v>
+        <x:v>1.7924</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
-        <x:v>1.7691</x:v>
+        <x:v>1.7915</x:v>
       </x:c>
       <x:c r="D433" s="3" t="n">
-        <x:v>1.7709</x:v>
+        <x:v>1.7933</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>1.7797</x:v>
+        <x:v>1.7901</x:v>
       </x:c>
       <x:c r="C434" s="3" t="n">
-        <x:v>1.7788</x:v>
+        <x:v>1.7892</x:v>
       </x:c>
       <x:c r="D434" s="3" t="n">
-        <x:v>1.7806</x:v>
+        <x:v>1.791</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>1.7679</x:v>
+        <x:v>1.7828</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
-        <x:v>1.767</x:v>
+        <x:v>1.7819</x:v>
       </x:c>
       <x:c r="D435" s="3" t="n">
-        <x:v>1.7688</x:v>
+        <x:v>1.7837</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>1.7627</x:v>
+        <x:v>1.7882</x:v>
       </x:c>
       <x:c r="C436" s="3" t="n">
-        <x:v>1.7618</x:v>
+        <x:v>1.7873</x:v>
       </x:c>
       <x:c r="D436" s="3" t="n">
-        <x:v>1.7636</x:v>
+        <x:v>1.7891</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>1.7575</x:v>
+        <x:v>1.7846</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
-        <x:v>1.7566</x:v>
+        <x:v>1.7837</x:v>
       </x:c>
       <x:c r="D437" s="3" t="n">
-        <x:v>1.7584</x:v>
+        <x:v>1.7855</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>1.7599</x:v>
+        <x:v>1.7711</x:v>
       </x:c>
       <x:c r="C438" s="3" t="n">
-        <x:v>1.759</x:v>
+        <x:v>1.7702</x:v>
       </x:c>
       <x:c r="D438" s="3" t="n">
-        <x:v>1.7608</x:v>
+        <x:v>1.772</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>1.7652</x:v>
+        <x:v>1.7689</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
-        <x:v>1.7643</x:v>
+        <x:v>1.768</x:v>
       </x:c>
       <x:c r="D439" s="3" t="n">
-        <x:v>1.7661</x:v>
+        <x:v>1.7698</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>1.7547</x:v>
+        <x:v>1.7458</x:v>
       </x:c>
       <x:c r="C440" s="3" t="n">
-        <x:v>1.7538</x:v>
+        <x:v>1.7449</x:v>
       </x:c>
       <x:c r="D440" s="3" t="n">
-        <x:v>1.7556</x:v>
+        <x:v>1.7467</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>1.7493</x:v>
+        <x:v>1.7348</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
-        <x:v>1.7484</x:v>
+        <x:v>1.7339</x:v>
       </x:c>
       <x:c r="D441" s="3" t="n">
-        <x:v>1.7502</x:v>
+        <x:v>1.7357</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>1.755</x:v>
+        <x:v>1.7337</x:v>
       </x:c>
       <x:c r="C442" s="3" t="n">
-        <x:v>1.7541</x:v>
+        <x:v>1.7328</x:v>
       </x:c>
       <x:c r="D442" s="3" t="n">
-        <x:v>1.7559</x:v>
+        <x:v>1.7346</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>1.7498</x:v>
+        <x:v>1.7244</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
-        <x:v>1.7489</x:v>
+        <x:v>1.7235</x:v>
       </x:c>
       <x:c r="D443" s="3" t="n">
-        <x:v>1.7507</x:v>
+        <x:v>1.7253</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>1.7524</x:v>
+        <x:v>1.7458</x:v>
       </x:c>
       <x:c r="C444" s="3" t="n">
-        <x:v>1.7515</x:v>
+        <x:v>1.7449</x:v>
       </x:c>
       <x:c r="D444" s="3" t="n">
-        <x:v>1.7533</x:v>
+        <x:v>1.7467</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>1.7377</x:v>
+        <x:v>1.7512</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
-        <x:v>1.7368</x:v>
+        <x:v>1.7503</x:v>
       </x:c>
       <x:c r="D445" s="3" t="n">
-        <x:v>1.7386</x:v>
+        <x:v>1.7521</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>1.7256</x:v>
+        <x:v>1.7623</x:v>
       </x:c>
       <x:c r="C446" s="3" t="n">
-        <x:v>1.7247</x:v>
+        <x:v>1.7614</x:v>
       </x:c>
       <x:c r="D446" s="3" t="n">
-        <x:v>1.7265</x:v>
+        <x:v>1.7632</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>1.7155</x:v>
+        <x:v>1.7687</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
-        <x:v>1.7146</x:v>
+        <x:v>1.7678</x:v>
       </x:c>
       <x:c r="D447" s="3" t="n">
-        <x:v>1.7164</x:v>
+        <x:v>1.7696</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>1.7175</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="C448" s="3" t="n">
-        <x:v>1.7166</x:v>
+        <x:v>1.7691</x:v>
       </x:c>
       <x:c r="D448" s="3" t="n">
-        <x:v>1.7184</x:v>
+        <x:v>1.7709</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>1.7233</x:v>
+        <x:v>1.7797</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
-        <x:v>1.7224</x:v>
+        <x:v>1.7788</x:v>
       </x:c>
       <x:c r="D449" s="3" t="n">
-        <x:v>1.7242</x:v>
+        <x:v>1.7806</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>1.7206</x:v>
+        <x:v>1.7679</x:v>
       </x:c>
       <x:c r="C450" s="3" t="n">
-        <x:v>1.7197</x:v>
+        <x:v>1.767</x:v>
       </x:c>
       <x:c r="D450" s="3" t="n">
-        <x:v>1.7215</x:v>
+        <x:v>1.7688</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>1.7245</x:v>
+        <x:v>1.7627</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
-        <x:v>1.7236</x:v>
+        <x:v>1.7618</x:v>
       </x:c>
       <x:c r="D451" s="3" t="n">
-        <x:v>1.7254</x:v>
+        <x:v>1.7636</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>1.737</x:v>
+        <x:v>1.7575</x:v>
       </x:c>
       <x:c r="C452" s="3" t="n">
-        <x:v>1.7361</x:v>
+        <x:v>1.7566</x:v>
       </x:c>
       <x:c r="D452" s="3" t="n">
-        <x:v>1.7379</x:v>
+        <x:v>1.7584</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>1.7402</x:v>
+        <x:v>1.7599</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>1.7393</x:v>
+        <x:v>1.759</x:v>
       </x:c>
       <x:c r="D453" s="3" t="n">
-        <x:v>1.7411</x:v>
+        <x:v>1.7608</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>1.7416</x:v>
+        <x:v>1.7652</x:v>
       </x:c>
       <x:c r="C454" s="3" t="n">
-        <x:v>1.7407</x:v>
+        <x:v>1.7643</x:v>
       </x:c>
       <x:c r="D454" s="3" t="n">
-        <x:v>1.7425</x:v>
+        <x:v>1.7661</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>1.7311</x:v>
+        <x:v>1.7547</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
-        <x:v>1.7302</x:v>
+        <x:v>1.7538</x:v>
       </x:c>
       <x:c r="D455" s="3" t="n">
-        <x:v>1.732</x:v>
+        <x:v>1.7556</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>1.7271</x:v>
+        <x:v>1.7493</x:v>
       </x:c>
       <x:c r="C456" s="3" t="n">
-        <x:v>1.7262</x:v>
+        <x:v>1.7484</x:v>
       </x:c>
       <x:c r="D456" s="3" t="n">
-        <x:v>1.728</x:v>
+        <x:v>1.7502</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>1.7319</x:v>
+        <x:v>1.755</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
-        <x:v>1.731</x:v>
+        <x:v>1.7541</x:v>
       </x:c>
       <x:c r="D457" s="3" t="n">
-        <x:v>1.7328</x:v>
+        <x:v>1.7559</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>1.7353</x:v>
+        <x:v>1.7498</x:v>
       </x:c>
       <x:c r="C458" s="3" t="n">
-        <x:v>1.7344</x:v>
+        <x:v>1.7489</x:v>
       </x:c>
       <x:c r="D458" s="3" t="n">
-        <x:v>1.7362</x:v>
+        <x:v>1.7507</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>1.7474</x:v>
+        <x:v>1.7524</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
-        <x:v>1.7465</x:v>
+        <x:v>1.7515</x:v>
       </x:c>
       <x:c r="D459" s="3" t="n">
-        <x:v>1.7483</x:v>
+        <x:v>1.7533</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>1.7333</x:v>
+        <x:v>1.7377</x:v>
       </x:c>
       <x:c r="C460" s="3" t="n">
-        <x:v>1.7324</x:v>
+        <x:v>1.7368</x:v>
       </x:c>
       <x:c r="D460" s="3" t="n">
-        <x:v>1.7342</x:v>
+        <x:v>1.7386</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>1.7439</x:v>
+        <x:v>1.7256</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
-        <x:v>1.743</x:v>
+        <x:v>1.7247</x:v>
       </x:c>
       <x:c r="D461" s="3" t="n">
-        <x:v>1.7448</x:v>
+        <x:v>1.7265</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>1.7522</x:v>
+        <x:v>1.7155</x:v>
       </x:c>
       <x:c r="C462" s="3" t="n">
-        <x:v>1.7513</x:v>
+        <x:v>1.7146</x:v>
       </x:c>
       <x:c r="D462" s="3" t="n">
-        <x:v>1.7531</x:v>
+        <x:v>1.7164</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>1.7441</x:v>
+        <x:v>1.7175</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
-        <x:v>1.7432</x:v>
+        <x:v>1.7166</x:v>
       </x:c>
       <x:c r="D463" s="3" t="n">
-        <x:v>1.745</x:v>
+        <x:v>1.7184</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>1.7334</x:v>
+        <x:v>1.7233</x:v>
       </x:c>
       <x:c r="C464" s="3" t="n">
-        <x:v>1.7325</x:v>
+        <x:v>1.7224</x:v>
       </x:c>
       <x:c r="D464" s="3" t="n">
-        <x:v>1.7343</x:v>
+        <x:v>1.7242</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>1.7344</x:v>
+        <x:v>1.7206</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
-        <x:v>1.7335</x:v>
+        <x:v>1.7197</x:v>
       </x:c>
       <x:c r="D465" s="3" t="n">
-        <x:v>1.7353</x:v>
+        <x:v>1.7215</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>1.7422</x:v>
+        <x:v>1.7245</x:v>
       </x:c>
       <x:c r="C466" s="3" t="n">
-        <x:v>1.7413</x:v>
+        <x:v>1.7236</x:v>
       </x:c>
       <x:c r="D466" s="3" t="n">
-        <x:v>1.7431</x:v>
+        <x:v>1.7254</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>1.7179</x:v>
+        <x:v>1.737</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
-        <x:v>1.717</x:v>
+        <x:v>1.7361</x:v>
       </x:c>
       <x:c r="D467" s="3" t="n">
-        <x:v>1.7188</x:v>
+        <x:v>1.7379</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>1.7526</x:v>
+        <x:v>1.7402</x:v>
       </x:c>
       <x:c r="C468" s="3" t="n">
-        <x:v>1.7517</x:v>
+        <x:v>1.7393</x:v>
       </x:c>
       <x:c r="D468" s="3" t="n">
-        <x:v>1.7535</x:v>
+        <x:v>1.7411</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>1.7586</x:v>
+        <x:v>1.7416</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
-        <x:v>1.7577</x:v>
+        <x:v>1.7407</x:v>
       </x:c>
       <x:c r="D469" s="3" t="n">
-        <x:v>1.7595</x:v>
+        <x:v>1.7425</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>1.7776</x:v>
+        <x:v>1.7311</x:v>
       </x:c>
       <x:c r="C470" s="3" t="n">
-        <x:v>1.7767</x:v>
+        <x:v>1.7302</x:v>
       </x:c>
       <x:c r="D470" s="3" t="n">
-        <x:v>1.7785</x:v>
+        <x:v>1.732</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>1.777</x:v>
+        <x:v>1.7271</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
-        <x:v>1.7761</x:v>
+        <x:v>1.7262</x:v>
       </x:c>
       <x:c r="D471" s="3" t="n">
-        <x:v>1.7779</x:v>
+        <x:v>1.728</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>1.7623</x:v>
+        <x:v>1.7319</x:v>
       </x:c>
       <x:c r="C472" s="3" t="n">
-        <x:v>1.7614</x:v>
+        <x:v>1.731</x:v>
       </x:c>
       <x:c r="D472" s="3" t="n">
-        <x:v>1.7632</x:v>
+        <x:v>1.7328</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>1.7599</x:v>
+        <x:v>1.7353</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
-        <x:v>1.759</x:v>
+        <x:v>1.7344</x:v>
       </x:c>
       <x:c r="D473" s="3" t="n">
-        <x:v>1.7608</x:v>
+        <x:v>1.7362</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>1.7716</x:v>
+        <x:v>1.7474</x:v>
       </x:c>
       <x:c r="C474" s="3" t="n">
-        <x:v>1.7707</x:v>
+        <x:v>1.7465</x:v>
       </x:c>
       <x:c r="D474" s="3" t="n">
-        <x:v>1.7725</x:v>
+        <x:v>1.7483</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>1.7617</x:v>
+        <x:v>1.7333</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
-        <x:v>1.7608</x:v>
+        <x:v>1.7324</x:v>
       </x:c>
       <x:c r="D475" s="3" t="n">
-        <x:v>1.7626</x:v>
+        <x:v>1.7342</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>1.7672</x:v>
+        <x:v>1.7439</x:v>
       </x:c>
       <x:c r="C476" s="3" t="n">
-        <x:v>1.7663</x:v>
+        <x:v>1.743</x:v>
       </x:c>
       <x:c r="D476" s="3" t="n">
-        <x:v>1.7681</x:v>
+        <x:v>1.7448</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>1.7586</x:v>
+        <x:v>1.7522</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
-        <x:v>1.7577</x:v>
+        <x:v>1.7513</x:v>
       </x:c>
       <x:c r="D477" s="3" t="n">
-        <x:v>1.7595</x:v>
+        <x:v>1.7531</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>1.7433</x:v>
+        <x:v>1.7441</x:v>
       </x:c>
       <x:c r="C478" s="3" t="n">
-        <x:v>1.7424</x:v>
+        <x:v>1.7432</x:v>
       </x:c>
       <x:c r="D478" s="3" t="n">
-        <x:v>1.7442</x:v>
+        <x:v>1.745</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>1.7366</x:v>
+        <x:v>1.7334</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
-        <x:v>1.7357</x:v>
+        <x:v>1.7325</x:v>
       </x:c>
       <x:c r="D479" s="3" t="n">
-        <x:v>1.7375</x:v>
+        <x:v>1.7343</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>1.7448</x:v>
+        <x:v>1.7344</x:v>
       </x:c>
       <x:c r="C480" s="3" t="n">
-        <x:v>1.7439</x:v>
+        <x:v>1.7335</x:v>
       </x:c>
       <x:c r="D480" s="3" t="n">
-        <x:v>1.7457</x:v>
+        <x:v>1.7353</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>1.7346</x:v>
+        <x:v>1.7422</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
-        <x:v>1.7337</x:v>
+        <x:v>1.7413</x:v>
       </x:c>
       <x:c r="D481" s="3" t="n">
-        <x:v>1.7355</x:v>
+        <x:v>1.7431</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>1.7423</x:v>
+        <x:v>1.7179</x:v>
       </x:c>
       <x:c r="C482" s="3" t="n">
-        <x:v>1.7414</x:v>
+        <x:v>1.717</x:v>
       </x:c>
       <x:c r="D482" s="3" t="n">
-        <x:v>1.7432</x:v>
+        <x:v>1.7188</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>1.7157</x:v>
+        <x:v>1.7526</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
-        <x:v>1.7148</x:v>
+        <x:v>1.7517</x:v>
       </x:c>
       <x:c r="D483" s="3" t="n">
-        <x:v>1.7166</x:v>
+        <x:v>1.7535</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>1.715</x:v>
+        <x:v>1.7586</x:v>
       </x:c>
       <x:c r="C484" s="3" t="n">
-        <x:v>1.7141</x:v>
+        <x:v>1.7577</x:v>
       </x:c>
       <x:c r="D484" s="3" t="n">
-        <x:v>1.7159</x:v>
+        <x:v>1.7595</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>1.7253</x:v>
+        <x:v>1.7776</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
-        <x:v>1.7244</x:v>
+        <x:v>1.7767</x:v>
       </x:c>
       <x:c r="D485" s="3" t="n">
-        <x:v>1.7262</x:v>
+        <x:v>1.7785</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>1.7217</x:v>
+        <x:v>1.777</x:v>
       </x:c>
       <x:c r="C486" s="3" t="n">
-        <x:v>1.7208</x:v>
+        <x:v>1.7761</x:v>
       </x:c>
       <x:c r="D486" s="3" t="n">
-        <x:v>1.7226</x:v>
+        <x:v>1.7779</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>1.7265</x:v>
+        <x:v>1.7623</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
-        <x:v>1.7256</x:v>
+        <x:v>1.7614</x:v>
       </x:c>
       <x:c r="D487" s="3" t="n">
-        <x:v>1.7274</x:v>
+        <x:v>1.7632</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>1.7456</x:v>
+        <x:v>1.7599</x:v>
       </x:c>
       <x:c r="C488" s="3" t="n">
-        <x:v>1.7447</x:v>
+        <x:v>1.759</x:v>
       </x:c>
       <x:c r="D488" s="3" t="n">
-        <x:v>1.7465</x:v>
+        <x:v>1.7608</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>1.7411</x:v>
+        <x:v>1.7716</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
-        <x:v>1.7402</x:v>
+        <x:v>1.7707</x:v>
       </x:c>
       <x:c r="D489" s="3" t="n">
-        <x:v>1.742</x:v>
+        <x:v>1.7725</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>1.7346</x:v>
+        <x:v>1.7617</x:v>
       </x:c>
       <x:c r="C490" s="3" t="n">
-        <x:v>1.7337</x:v>
+        <x:v>1.7608</x:v>
       </x:c>
       <x:c r="D490" s="3" t="n">
-        <x:v>1.7355</x:v>
+        <x:v>1.7626</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>1.7344</x:v>
+        <x:v>1.7672</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
-        <x:v>1.7335</x:v>
+        <x:v>1.7663</x:v>
       </x:c>
       <x:c r="D491" s="3" t="n">
-        <x:v>1.7353</x:v>
+        <x:v>1.7681</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>1.7283</x:v>
+        <x:v>1.7586</x:v>
       </x:c>
       <x:c r="C492" s="3" t="n">
-        <x:v>1.7274</x:v>
+        <x:v>1.7577</x:v>
       </x:c>
       <x:c r="D492" s="3" t="n">
-        <x:v>1.7292</x:v>
+        <x:v>1.7595</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>1.7306</x:v>
+        <x:v>1.7433</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
-        <x:v>1.7297</x:v>
+        <x:v>1.7424</x:v>
       </x:c>
       <x:c r="D493" s="3" t="n">
-        <x:v>1.7315</x:v>
+        <x:v>1.7442</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>1.7292</x:v>
+        <x:v>1.7366</x:v>
       </x:c>
       <x:c r="C494" s="3" t="n">
-        <x:v>1.7283</x:v>
+        <x:v>1.7357</x:v>
       </x:c>
       <x:c r="D494" s="3" t="n">
-        <x:v>1.7301</x:v>
+        <x:v>1.7375</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>1.73</x:v>
+        <x:v>1.7448</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>1.7291</x:v>
+        <x:v>1.7439</x:v>
       </x:c>
       <x:c r="D495" s="3" t="n">
-        <x:v>1.7309</x:v>
+        <x:v>1.7457</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>1.704</x:v>
+        <x:v>1.7346</x:v>
       </x:c>
       <x:c r="C496" s="3" t="n">
-        <x:v>1.7031</x:v>
+        <x:v>1.7337</x:v>
       </x:c>
       <x:c r="D496" s="3" t="n">
-        <x:v>1.7049</x:v>
+        <x:v>1.7355</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>1.6963</x:v>
+        <x:v>1.7423</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
-        <x:v>1.6954</x:v>
+        <x:v>1.7414</x:v>
       </x:c>
       <x:c r="D497" s="3" t="n">
-        <x:v>1.6971</x:v>
+        <x:v>1.7432</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>1.7076</x:v>
+        <x:v>1.7157</x:v>
       </x:c>
       <x:c r="C498" s="3" t="n">
-        <x:v>1.7067</x:v>
+        <x:v>1.7148</x:v>
       </x:c>
       <x:c r="D498" s="3" t="n">
-        <x:v>1.7085</x:v>
+        <x:v>1.7166</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>1.7094</x:v>
+        <x:v>1.715</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
-        <x:v>1.7085</x:v>
+        <x:v>1.7141</x:v>
       </x:c>
       <x:c r="D499" s="3" t="n">
-        <x:v>1.7103</x:v>
+        <x:v>1.7159</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>1.7129</x:v>
+        <x:v>1.7253</x:v>
       </x:c>
       <x:c r="C500" s="3" t="n">
-        <x:v>1.712</x:v>
+        <x:v>1.7244</x:v>
       </x:c>
       <x:c r="D500" s="3" t="n">
-        <x:v>1.7138</x:v>
+        <x:v>1.7262</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>1.707</x:v>
+        <x:v>1.7217</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
-        <x:v>1.7061</x:v>
+        <x:v>1.7208</x:v>
       </x:c>
       <x:c r="D501" s="3" t="n">
-        <x:v>1.7079</x:v>
+        <x:v>1.7226</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>1.701</x:v>
+        <x:v>1.7265</x:v>
       </x:c>
       <x:c r="C502" s="3" t="n">
-        <x:v>1.7001</x:v>
+        <x:v>1.7256</x:v>
       </x:c>
       <x:c r="D502" s="3" t="n">
-        <x:v>1.7019</x:v>
+        <x:v>1.7274</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>1.7029</x:v>
+        <x:v>1.7456</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
-        <x:v>1.702</x:v>
+        <x:v>1.7447</x:v>
       </x:c>
       <x:c r="D503" s="3" t="n">
-        <x:v>1.7038</x:v>
+        <x:v>1.7465</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>1.71</x:v>
+        <x:v>1.7411</x:v>
       </x:c>
       <x:c r="C504" s="3" t="n">
-        <x:v>1.7091</x:v>
+        <x:v>1.7402</x:v>
       </x:c>
       <x:c r="D504" s="3" t="n">
-        <x:v>1.7109</x:v>
+        <x:v>1.742</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>1.709</x:v>
+        <x:v>1.7346</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
-        <x:v>1.7081</x:v>
+        <x:v>1.7337</x:v>
       </x:c>
       <x:c r="D505" s="3" t="n">
-        <x:v>1.7099</x:v>
+        <x:v>1.7355</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>1.6949</x:v>
+        <x:v>1.7344</x:v>
       </x:c>
       <x:c r="C506" s="3" t="n">
-        <x:v>1.694</x:v>
+        <x:v>1.7335</x:v>
       </x:c>
       <x:c r="D506" s="3" t="n">
-        <x:v>1.6957</x:v>
+        <x:v>1.7353</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>1.6873</x:v>
+        <x:v>1.7283</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
-        <x:v>1.6864</x:v>
+        <x:v>1.7274</x:v>
       </x:c>
       <x:c r="D507" s="3" t="n">
-        <x:v>1.6881</x:v>
+        <x:v>1.7292</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>1.6941</x:v>
+        <x:v>1.7306</x:v>
       </x:c>
       <x:c r="C508" s="3" t="n">
-        <x:v>1.6932</x:v>
+        <x:v>1.7297</x:v>
       </x:c>
       <x:c r="D508" s="3" t="n">
-        <x:v>1.6949</x:v>
+        <x:v>1.7315</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>1.6865</x:v>
+        <x:v>1.7292</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
-        <x:v>1.6856</x:v>
+        <x:v>1.7283</x:v>
       </x:c>
       <x:c r="D509" s="3" t="n">
-        <x:v>1.6873</x:v>
+        <x:v>1.7301</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>1.6579</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C510" s="3" t="n">
-        <x:v>1.657</x:v>
+        <x:v>1.7291</x:v>
       </x:c>
       <x:c r="D510" s="3" t="n">
-        <x:v>1.6587</x:v>
+        <x:v>1.7309</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>1.6293</x:v>
+        <x:v>1.704</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
-        <x:v>1.6284</x:v>
+        <x:v>1.7031</x:v>
       </x:c>
       <x:c r="D511" s="3" t="n">
-        <x:v>1.6301</x:v>
+        <x:v>1.7049</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>1.6581</x:v>
+        <x:v>1.6963</x:v>
       </x:c>
       <x:c r="C512" s="3" t="n">
-        <x:v>1.6572</x:v>
+        <x:v>1.6954</x:v>
       </x:c>
       <x:c r="D512" s="3" t="n">
-        <x:v>1.6589</x:v>
+        <x:v>1.6971</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>1.6567</x:v>
+        <x:v>1.7076</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
-        <x:v>1.6558</x:v>
+        <x:v>1.7067</x:v>
       </x:c>
       <x:c r="D513" s="3" t="n">
-        <x:v>1.6575</x:v>
+        <x:v>1.7085</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>1.6439</x:v>
+        <x:v>1.7094</x:v>
       </x:c>
       <x:c r="C514" s="3" t="n">
-        <x:v>1.643</x:v>
+        <x:v>1.7085</x:v>
       </x:c>
       <x:c r="D514" s="3" t="n">
-        <x:v>1.6447</x:v>
+        <x:v>1.7103</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>1.6335</x:v>
+        <x:v>1.7129</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
-        <x:v>1.6326</x:v>
+        <x:v>1.712</x:v>
       </x:c>
       <x:c r="D515" s="3" t="n">
-        <x:v>1.6343</x:v>
+        <x:v>1.7138</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>1.6349</x:v>
+        <x:v>1.707</x:v>
       </x:c>
       <x:c r="C516" s="3" t="n">
-        <x:v>1.634</x:v>
+        <x:v>1.7061</x:v>
       </x:c>
       <x:c r="D516" s="3" t="n">
-        <x:v>1.6357</x:v>
+        <x:v>1.7079</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>1.6305</x:v>
+        <x:v>1.701</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
-        <x:v>1.6296</x:v>
+        <x:v>1.7001</x:v>
       </x:c>
       <x:c r="D517" s="3" t="n">
-        <x:v>1.6313</x:v>
+        <x:v>1.7019</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>1.6264</x:v>
+        <x:v>1.7029</x:v>
       </x:c>
       <x:c r="C518" s="3" t="n">
-        <x:v>1.6255</x:v>
+        <x:v>1.702</x:v>
       </x:c>
       <x:c r="D518" s="3" t="n">
-        <x:v>1.6272</x:v>
+        <x:v>1.7038</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>1.6165</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
-        <x:v>1.6156</x:v>
+        <x:v>1.7091</x:v>
       </x:c>
       <x:c r="D519" s="3" t="n">
-        <x:v>1.6173</x:v>
+        <x:v>1.7109</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>1.6063</x:v>
+        <x:v>1.709</x:v>
       </x:c>
       <x:c r="C520" s="3" t="n">
-        <x:v>1.6054</x:v>
+        <x:v>1.7081</x:v>
       </x:c>
       <x:c r="D520" s="3" t="n">
-        <x:v>1.6071</x:v>
+        <x:v>1.7099</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>1.5972</x:v>
+        <x:v>1.6949</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
-        <x:v>1.5964</x:v>
+        <x:v>1.694</x:v>
       </x:c>
       <x:c r="D521" s="3" t="n">
-        <x:v>1.598</x:v>
+        <x:v>1.6957</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>1.5893</x:v>
+        <x:v>1.6873</x:v>
       </x:c>
       <x:c r="C522" s="3" t="n">
-        <x:v>1.5885</x:v>
+        <x:v>1.6864</x:v>
       </x:c>
       <x:c r="D522" s="3" t="n">
-        <x:v>1.5901</x:v>
+        <x:v>1.6881</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>1.5821</x:v>
+        <x:v>1.6941</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
-        <x:v>1.5813</x:v>
+        <x:v>1.6932</x:v>
       </x:c>
       <x:c r="D523" s="3" t="n">
-        <x:v>1.5829</x:v>
+        <x:v>1.6949</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>1.5873</x:v>
+        <x:v>1.6865</x:v>
       </x:c>
       <x:c r="C524" s="3" t="n">
-        <x:v>1.5865</x:v>
+        <x:v>1.6856</x:v>
       </x:c>
       <x:c r="D524" s="3" t="n">
-        <x:v>1.5881</x:v>
+        <x:v>1.6873</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>1.578</x:v>
+        <x:v>1.6579</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
-        <x:v>1.5772</x:v>
+        <x:v>1.657</x:v>
       </x:c>
       <x:c r="D525" s="3" t="n">
-        <x:v>1.5788</x:v>
+        <x:v>1.6587</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>1.5687</x:v>
+        <x:v>1.6293</x:v>
       </x:c>
       <x:c r="C526" s="3" t="n">
-        <x:v>1.5679</x:v>
+        <x:v>1.6284</x:v>
       </x:c>
       <x:c r="D526" s="3" t="n">
-        <x:v>1.5695</x:v>
+        <x:v>1.6301</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>1.5611</x:v>
+        <x:v>1.6581</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
-        <x:v>1.5603</x:v>
+        <x:v>1.6572</x:v>
       </x:c>
       <x:c r="D527" s="3" t="n">
-        <x:v>1.5619</x:v>
+        <x:v>1.6589</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>1.5375</x:v>
+        <x:v>1.6567</x:v>
       </x:c>
       <x:c r="C528" s="3" t="n">
-        <x:v>1.5367</x:v>
+        <x:v>1.6558</x:v>
       </x:c>
       <x:c r="D528" s="3" t="n">
-        <x:v>1.5383</x:v>
+        <x:v>1.6575</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>1.543</x:v>
+        <x:v>1.6439</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
-        <x:v>1.5422</x:v>
+        <x:v>1.643</x:v>
       </x:c>
       <x:c r="D529" s="3" t="n">
-        <x:v>1.5438</x:v>
+        <x:v>1.6447</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>1.5416</x:v>
+        <x:v>1.6335</x:v>
       </x:c>
       <x:c r="C530" s="3" t="n">
-        <x:v>1.5408</x:v>
+        <x:v>1.6326</x:v>
       </x:c>
       <x:c r="D530" s="3" t="n">
-        <x:v>1.5424</x:v>
+        <x:v>1.6343</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>1.5377</x:v>
+        <x:v>1.6349</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
-        <x:v>1.5369</x:v>
+        <x:v>1.634</x:v>
       </x:c>
       <x:c r="D531" s="3" t="n">
-        <x:v>1.5385</x:v>
+        <x:v>1.6357</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>1.5339</x:v>
+        <x:v>1.6305</x:v>
       </x:c>
       <x:c r="C532" s="3" t="n">
-        <x:v>1.5331</x:v>
+        <x:v>1.6296</x:v>
       </x:c>
       <x:c r="D532" s="3" t="n">
-        <x:v>1.5347</x:v>
+        <x:v>1.6313</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>1.5295</x:v>
+        <x:v>1.6264</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
-        <x:v>1.5287</x:v>
+        <x:v>1.6255</x:v>
       </x:c>
       <x:c r="D533" s="3" t="n">
-        <x:v>1.5303</x:v>
+        <x:v>1.6272</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>1.5294</x:v>
+        <x:v>1.6165</x:v>
       </x:c>
       <x:c r="C534" s="3" t="n">
-        <x:v>1.5286</x:v>
+        <x:v>1.6156</x:v>
       </x:c>
       <x:c r="D534" s="3" t="n">
-        <x:v>1.5302</x:v>
+        <x:v>1.6173</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>1.53</x:v>
+        <x:v>1.6063</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
-        <x:v>1.5292</x:v>
+        <x:v>1.6054</x:v>
       </x:c>
       <x:c r="D535" s="3" t="n">
-        <x:v>1.5308</x:v>
+        <x:v>1.6071</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>1.5289</x:v>
+        <x:v>1.5972</x:v>
       </x:c>
       <x:c r="C536" s="3" t="n">
-        <x:v>1.5281</x:v>
+        <x:v>1.5964</x:v>
       </x:c>
       <x:c r="D536" s="3" t="n">
-        <x:v>1.5297</x:v>
+        <x:v>1.598</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>1.5183</x:v>
+        <x:v>1.5893</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
-        <x:v>1.5175</x:v>
+        <x:v>1.5885</x:v>
       </x:c>
       <x:c r="D537" s="3" t="n">
-        <x:v>1.5191</x:v>
+        <x:v>1.5901</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>1.5372</x:v>
+        <x:v>1.5821</x:v>
       </x:c>
       <x:c r="C538" s="3" t="n">
-        <x:v>1.5364</x:v>
+        <x:v>1.5813</x:v>
       </x:c>
       <x:c r="D538" s="3" t="n">
-        <x:v>1.538</x:v>
+        <x:v>1.5829</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>1.5461</x:v>
+        <x:v>1.5873</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
-        <x:v>1.5453</x:v>
+        <x:v>1.5865</x:v>
       </x:c>
       <x:c r="D539" s="3" t="n">
-        <x:v>1.5469</x:v>
+        <x:v>1.5881</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>1.5352</x:v>
+        <x:v>1.578</x:v>
       </x:c>
       <x:c r="C540" s="3" t="n">
-        <x:v>1.5344</x:v>
+        <x:v>1.5772</x:v>
       </x:c>
       <x:c r="D540" s="3" t="n">
-        <x:v>1.536</x:v>
+        <x:v>1.5788</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>1.5421</x:v>
+        <x:v>1.5687</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
-        <x:v>1.5413</x:v>
+        <x:v>1.5679</x:v>
       </x:c>
       <x:c r="D541" s="3" t="n">
-        <x:v>1.5429</x:v>
+        <x:v>1.5695</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>1.5684</x:v>
+        <x:v>1.5611</x:v>
       </x:c>
       <x:c r="C542" s="3" t="n">
-        <x:v>1.5676</x:v>
+        <x:v>1.5603</x:v>
       </x:c>
       <x:c r="D542" s="3" t="n">
-        <x:v>1.5692</x:v>
+        <x:v>1.5619</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>1.5619</x:v>
+        <x:v>1.5375</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
-        <x:v>1.5611</x:v>
+        <x:v>1.5367</x:v>
       </x:c>
       <x:c r="D543" s="3" t="n">
-        <x:v>1.5627</x:v>
+        <x:v>1.5383</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>1.5587</x:v>
+        <x:v>1.543</x:v>
       </x:c>
       <x:c r="C544" s="3" t="n">
-        <x:v>1.5579</x:v>
+        <x:v>1.5422</x:v>
       </x:c>
       <x:c r="D544" s="3" t="n">
-        <x:v>1.5595</x:v>
+        <x:v>1.5438</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>1.5482</x:v>
+        <x:v>1.5416</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
-        <x:v>1.5474</x:v>
+        <x:v>1.5408</x:v>
       </x:c>
       <x:c r="D545" s="3" t="n">
-        <x:v>1.549</x:v>
+        <x:v>1.5424</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>1.5414</x:v>
+        <x:v>1.5377</x:v>
       </x:c>
       <x:c r="C546" s="3" t="n">
-        <x:v>1.5406</x:v>
+        <x:v>1.5369</x:v>
       </x:c>
       <x:c r="D546" s="3" t="n">
-        <x:v>1.5422</x:v>
+        <x:v>1.5385</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>1.5357</x:v>
+        <x:v>1.5339</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
-        <x:v>1.5349</x:v>
+        <x:v>1.5331</x:v>
       </x:c>
       <x:c r="D547" s="3" t="n">
-        <x:v>1.5365</x:v>
+        <x:v>1.5347</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>1.546</x:v>
+        <x:v>1.5295</x:v>
       </x:c>
       <x:c r="C548" s="3" t="n">
-        <x:v>1.5452</x:v>
+        <x:v>1.5287</x:v>
       </x:c>
       <x:c r="D548" s="3" t="n">
-        <x:v>1.5468</x:v>
+        <x:v>1.5303</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>1.5339</x:v>
+        <x:v>1.5294</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
-        <x:v>1.5331</x:v>
+        <x:v>1.5286</x:v>
       </x:c>
       <x:c r="D549" s="3" t="n">
-        <x:v>1.5347</x:v>
+        <x:v>1.5302</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>1.5366</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C550" s="3" t="n">
-        <x:v>1.5358</x:v>
+        <x:v>1.5292</x:v>
       </x:c>
       <x:c r="D550" s="3" t="n">
-        <x:v>1.5374</x:v>
+        <x:v>1.5308</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>1.5305</x:v>
+        <x:v>1.5289</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
+        <x:v>1.5281</x:v>
+      </x:c>
+      <x:c r="D551" s="3" t="n">
         <x:v>1.5297</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1.5313</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>1.523</x:v>
+        <x:v>1.5183</x:v>
       </x:c>
       <x:c r="C552" s="3" t="n">
-        <x:v>1.5222</x:v>
+        <x:v>1.5175</x:v>
       </x:c>
       <x:c r="D552" s="3" t="n">
-        <x:v>1.5238</x:v>
+        <x:v>1.5191</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>1.5235</x:v>
+        <x:v>1.5372</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
-        <x:v>1.5227</x:v>
+        <x:v>1.5364</x:v>
       </x:c>
       <x:c r="D553" s="3" t="n">
-        <x:v>1.5243</x:v>
+        <x:v>1.538</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>1.5318</x:v>
+        <x:v>1.5461</x:v>
       </x:c>
       <x:c r="C554" s="3" t="n">
-        <x:v>1.531</x:v>
+        <x:v>1.5453</x:v>
       </x:c>
       <x:c r="D554" s="3" t="n">
-        <x:v>1.5326</x:v>
+        <x:v>1.5469</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>1.5392</x:v>
+        <x:v>1.5352</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
-        <x:v>1.5384</x:v>
+        <x:v>1.5344</x:v>
       </x:c>
       <x:c r="D555" s="3" t="n">
-        <x:v>1.54</x:v>
+        <x:v>1.536</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>1.5445</x:v>
+        <x:v>1.5421</x:v>
       </x:c>
       <x:c r="C556" s="3" t="n">
-        <x:v>1.5437</x:v>
+        <x:v>1.5413</x:v>
       </x:c>
       <x:c r="D556" s="3" t="n">
-        <x:v>1.5453</x:v>
+        <x:v>1.5429</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>1.5492</x:v>
+        <x:v>1.5684</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
-        <x:v>1.5484</x:v>
+        <x:v>1.5676</x:v>
       </x:c>
       <x:c r="D557" s="3" t="n">
-        <x:v>1.55</x:v>
+        <x:v>1.5692</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>1.5339</x:v>
+        <x:v>1.5619</x:v>
       </x:c>
       <x:c r="C558" s="3" t="n">
-        <x:v>1.5331</x:v>
+        <x:v>1.5611</x:v>
       </x:c>
       <x:c r="D558" s="3" t="n">
-        <x:v>1.5347</x:v>
+        <x:v>1.5627</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>1.5397</x:v>
+        <x:v>1.5587</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
-        <x:v>1.5389</x:v>
+        <x:v>1.5579</x:v>
       </x:c>
       <x:c r="D559" s="3" t="n">
-        <x:v>1.5405</x:v>
+        <x:v>1.5595</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>1.5376</x:v>
+        <x:v>1.5482</x:v>
       </x:c>
       <x:c r="C560" s="3" t="n">
-        <x:v>1.5368</x:v>
+        <x:v>1.5474</x:v>
       </x:c>
       <x:c r="D560" s="3" t="n">
-        <x:v>1.5384</x:v>
+        <x:v>1.549</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>1.5417</x:v>
+        <x:v>1.5414</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
-        <x:v>1.5409</x:v>
+        <x:v>1.5406</x:v>
       </x:c>
       <x:c r="D561" s="3" t="n">
-        <x:v>1.5425</x:v>
+        <x:v>1.5422</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>1.5253</x:v>
+        <x:v>1.5357</x:v>
       </x:c>
       <x:c r="C562" s="3" t="n">
-        <x:v>1.5245</x:v>
+        <x:v>1.5349</x:v>
       </x:c>
       <x:c r="D562" s="3" t="n">
-        <x:v>1.5261</x:v>
+        <x:v>1.5365</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>1.5364</x:v>
+        <x:v>1.546</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
-        <x:v>1.5356</x:v>
+        <x:v>1.5452</x:v>
       </x:c>
       <x:c r="D563" s="3" t="n">
-        <x:v>1.5372</x:v>
+        <x:v>1.5468</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>1.5391</x:v>
+        <x:v>1.5339</x:v>
       </x:c>
       <x:c r="C564" s="3" t="n">
-        <x:v>1.5383</x:v>
+        <x:v>1.5331</x:v>
       </x:c>
       <x:c r="D564" s="3" t="n">
-        <x:v>1.5399</x:v>
+        <x:v>1.5347</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>1.5435</x:v>
+        <x:v>1.5366</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
-        <x:v>1.5427</x:v>
+        <x:v>1.5358</x:v>
       </x:c>
       <x:c r="D565" s="3" t="n">
-        <x:v>1.5443</x:v>
+        <x:v>1.5374</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>1.5122</x:v>
+        <x:v>1.5305</x:v>
       </x:c>
       <x:c r="C566" s="3" t="n">
-        <x:v>1.5114</x:v>
+        <x:v>1.5297</x:v>
       </x:c>
       <x:c r="D566" s="3" t="n">
-        <x:v>1.513</x:v>
+        <x:v>1.5313</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
+        <x:v>1.523</x:v>
+      </x:c>
+      <x:c r="C567" s="3" t="n">
         <x:v>1.5222</x:v>
       </x:c>
-      <x:c r="C567" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D567" s="3" t="n">
-        <x:v>1.523</x:v>
+        <x:v>1.5238</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>1.514</x:v>
+        <x:v>1.5235</x:v>
       </x:c>
       <x:c r="C568" s="3" t="n">
-        <x:v>1.5132</x:v>
+        <x:v>1.5227</x:v>
       </x:c>
       <x:c r="D568" s="3" t="n">
-        <x:v>1.5148</x:v>
+        <x:v>1.5243</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>1.4897</x:v>
+        <x:v>1.5318</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
-        <x:v>1.4889</x:v>
+        <x:v>1.531</x:v>
       </x:c>
       <x:c r="D569" s="3" t="n">
-        <x:v>1.4904</x:v>
+        <x:v>1.5326</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>1.4832</x:v>
+        <x:v>1.5392</x:v>
       </x:c>
       <x:c r="C570" s="3" t="n">
-        <x:v>1.4824</x:v>
+        <x:v>1.5384</x:v>
       </x:c>
       <x:c r="D570" s="3" t="n">
-        <x:v>1.4839</x:v>
+        <x:v>1.54</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>1.4929</x:v>
+        <x:v>1.5445</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
-        <x:v>1.4921</x:v>
+        <x:v>1.5437</x:v>
       </x:c>
       <x:c r="D571" s="3" t="n">
-        <x:v>1.4936</x:v>
+        <x:v>1.5453</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>1.4807</x:v>
+        <x:v>1.5492</x:v>
       </x:c>
       <x:c r="C572" s="3" t="n">
-        <x:v>1.4799</x:v>
+        <x:v>1.5484</x:v>
       </x:c>
       <x:c r="D572" s="3" t="n">
-        <x:v>1.4814</x:v>
+        <x:v>1.55</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>1.4731</x:v>
+        <x:v>1.5339</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
-        <x:v>1.4723</x:v>
+        <x:v>1.5331</x:v>
       </x:c>
       <x:c r="D573" s="3" t="n">
-        <x:v>1.4738</x:v>
+        <x:v>1.5347</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>1.4586</x:v>
+        <x:v>1.5397</x:v>
       </x:c>
       <x:c r="C574" s="3" t="n">
-        <x:v>1.4578</x:v>
+        <x:v>1.5389</x:v>
       </x:c>
       <x:c r="D574" s="3" t="n">
-        <x:v>1.4593</x:v>
+        <x:v>1.5405</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>1.4462</x:v>
+        <x:v>1.5376</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
-        <x:v>1.4454</x:v>
+        <x:v>1.5368</x:v>
       </x:c>
       <x:c r="D575" s="3" t="n">
-        <x:v>1.4469</x:v>
+        <x:v>1.5384</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>1.4574</x:v>
+        <x:v>1.5417</x:v>
       </x:c>
       <x:c r="C576" s="3" t="n">
-        <x:v>1.4566</x:v>
+        <x:v>1.5409</x:v>
       </x:c>
       <x:c r="D576" s="3" t="n">
-        <x:v>1.4581</x:v>
+        <x:v>1.5425</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>1.4686</x:v>
+        <x:v>1.5253</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
-        <x:v>1.4678</x:v>
+        <x:v>1.5245</x:v>
       </x:c>
       <x:c r="D577" s="3" t="n">
-        <x:v>1.4693</x:v>
+        <x:v>1.5261</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>1.4786</x:v>
+        <x:v>1.5364</x:v>
       </x:c>
       <x:c r="C578" s="3" t="n">
-        <x:v>1.4778</x:v>
+        <x:v>1.5356</x:v>
       </x:c>
       <x:c r="D578" s="3" t="n">
-        <x:v>1.4793</x:v>
+        <x:v>1.5372</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>1.4779</x:v>
+        <x:v>1.5391</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
-        <x:v>1.4771</x:v>
+        <x:v>1.5383</x:v>
       </x:c>
       <x:c r="D579" s="3" t="n">
-        <x:v>1.4786</x:v>
+        <x:v>1.5399</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>1.4796</x:v>
+        <x:v>1.5435</x:v>
       </x:c>
       <x:c r="C580" s="3" t="n">
-        <x:v>1.4788</x:v>
+        <x:v>1.5427</x:v>
       </x:c>
       <x:c r="D580" s="3" t="n">
-        <x:v>1.4803</x:v>
+        <x:v>1.5443</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>1.498</x:v>
+        <x:v>1.5122</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
-        <x:v>1.4972</x:v>
+        <x:v>1.5114</x:v>
       </x:c>
       <x:c r="D581" s="3" t="n">
-        <x:v>1.4987</x:v>
+        <x:v>1.513</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>1.5002</x:v>
+        <x:v>1.5222</x:v>
       </x:c>
       <x:c r="C582" s="3" t="n">
-        <x:v>1.4994</x:v>
+        <x:v>1.5214</x:v>
       </x:c>
       <x:c r="D582" s="3" t="n">
-        <x:v>1.501</x:v>
+        <x:v>1.523</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>1.5104</x:v>
+        <x:v>1.514</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
-        <x:v>1.5096</x:v>
+        <x:v>1.5132</x:v>
       </x:c>
       <x:c r="D583" s="3" t="n">
-        <x:v>1.5112</x:v>
+        <x:v>1.5148</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>1.5125</x:v>
+        <x:v>1.4897</x:v>
       </x:c>
       <x:c r="C584" s="3" t="n">
-        <x:v>1.5117</x:v>
+        <x:v>1.4889</x:v>
       </x:c>
       <x:c r="D584" s="3" t="n">
-        <x:v>1.5133</x:v>
+        <x:v>1.4904</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>1.5095</x:v>
+        <x:v>1.4832</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
-        <x:v>1.5087</x:v>
+        <x:v>1.4824</x:v>
       </x:c>
       <x:c r="D585" s="3" t="n">
-        <x:v>1.5103</x:v>
+        <x:v>1.4839</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>1.5063</x:v>
+        <x:v>1.4929</x:v>
       </x:c>
       <x:c r="C586" s="3" t="n">
-        <x:v>1.5055</x:v>
+        <x:v>1.4921</x:v>
       </x:c>
       <x:c r="D586" s="3" t="n">
-        <x:v>1.5071</x:v>
+        <x:v>1.4936</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>1.4949</x:v>
+        <x:v>1.4807</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
-        <x:v>1.4941</x:v>
+        <x:v>1.4799</x:v>
       </x:c>
       <x:c r="D587" s="3" t="n">
-        <x:v>1.4956</x:v>
+        <x:v>1.4814</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>1.4891</x:v>
+        <x:v>1.4731</x:v>
       </x:c>
       <x:c r="C588" s="3" t="n">
-        <x:v>1.4883</x:v>
+        <x:v>1.4723</x:v>
       </x:c>
       <x:c r="D588" s="3" t="n">
-        <x:v>1.4898</x:v>
+        <x:v>1.4738</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>1.4876</x:v>
+        <x:v>1.4586</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
-        <x:v>1.4868</x:v>
+        <x:v>1.4578</x:v>
       </x:c>
       <x:c r="D589" s="3" t="n">
-        <x:v>1.4883</x:v>
+        <x:v>1.4593</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>1.4901</x:v>
+        <x:v>1.4462</x:v>
       </x:c>
       <x:c r="C590" s="3" t="n">
-        <x:v>1.4893</x:v>
+        <x:v>1.4454</x:v>
       </x:c>
       <x:c r="D590" s="3" t="n">
-        <x:v>1.4908</x:v>
+        <x:v>1.4469</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>1.473</x:v>
+        <x:v>1.4574</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
-        <x:v>1.4722</x:v>
+        <x:v>1.4566</x:v>
       </x:c>
       <x:c r="D591" s="3" t="n">
-        <x:v>1.4737</x:v>
+        <x:v>1.4581</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>1.4788</x:v>
+        <x:v>1.4686</x:v>
       </x:c>
       <x:c r="C592" s="3" t="n">
-        <x:v>1.478</x:v>
+        <x:v>1.4678</x:v>
       </x:c>
       <x:c r="D592" s="3" t="n">
-        <x:v>1.4795</x:v>
+        <x:v>1.4693</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>1.4692</x:v>
+        <x:v>1.4786</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
-        <x:v>1.4684</x:v>
+        <x:v>1.4778</x:v>
       </x:c>
       <x:c r="D593" s="3" t="n">
-        <x:v>1.4699</x:v>
+        <x:v>1.4793</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>1.4507</x:v>
+        <x:v>1.4779</x:v>
       </x:c>
       <x:c r="C594" s="3" t="n">
-        <x:v>1.4499</x:v>
+        <x:v>1.4771</x:v>
       </x:c>
       <x:c r="D594" s="3" t="n">
-        <x:v>1.4514</x:v>
+        <x:v>1.4786</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>1.4624</x:v>
+        <x:v>1.4796</x:v>
       </x:c>
       <x:c r="C595" s="3" t="n">
-        <x:v>1.4616</x:v>
+        <x:v>1.4788</x:v>
       </x:c>
       <x:c r="D595" s="3" t="n">
-        <x:v>1.4631</x:v>
+        <x:v>1.4803</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>1.4624</x:v>
+        <x:v>1.498</x:v>
       </x:c>
       <x:c r="C596" s="3" t="n">
-        <x:v>1.4616</x:v>
+        <x:v>1.4972</x:v>
       </x:c>
       <x:c r="D596" s="3" t="n">
-        <x:v>1.4631</x:v>
+        <x:v>1.4987</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>1.4563</x:v>
+        <x:v>1.5002</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
-        <x:v>1.4555</x:v>
+        <x:v>1.4994</x:v>
       </x:c>
       <x:c r="D597" s="3" t="n">
-        <x:v>1.457</x:v>
+        <x:v>1.501</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="2" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>1.48</x:v>
+        <x:v>1.5104</x:v>
       </x:c>
       <x:c r="C598" s="3" t="n">
-        <x:v>1.4792</x:v>
+        <x:v>1.5096</x:v>
       </x:c>
       <x:c r="D598" s="3" t="n">
-        <x:v>1.4807</x:v>
+        <x:v>1.5112</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="2" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>1.4676</x:v>
+        <x:v>1.5125</x:v>
       </x:c>
       <x:c r="C599" s="3" t="n">
-        <x:v>1.4668</x:v>
+        <x:v>1.5117</x:v>
       </x:c>
       <x:c r="D599" s="3" t="n">
-        <x:v>1.4683</x:v>
+        <x:v>1.5133</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="2" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
-        <x:v>1.4787</x:v>
+        <x:v>1.5095</x:v>
       </x:c>
       <x:c r="C600" s="3" t="n">
-        <x:v>1.4779</x:v>
+        <x:v>1.5087</x:v>
       </x:c>
       <x:c r="D600" s="3" t="n">
-        <x:v>1.4794</x:v>
+        <x:v>1.5103</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="2" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>1.4824</x:v>
+        <x:v>1.5063</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
-        <x:v>1.4816</x:v>
+        <x:v>1.5055</x:v>
       </x:c>
       <x:c r="D601" s="3" t="n">
-        <x:v>1.4831</x:v>
+        <x:v>1.5071</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="2" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>1.4959</x:v>
+        <x:v>1.4949</x:v>
       </x:c>
       <x:c r="C602" s="3" t="n">
-        <x:v>1.4951</x:v>
+        <x:v>1.4941</x:v>
       </x:c>
       <x:c r="D602" s="3" t="n">
-        <x:v>1.4966</x:v>
+        <x:v>1.4956</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="2" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>1.507</x:v>
+        <x:v>1.4891</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
-        <x:v>1.5062</x:v>
+        <x:v>1.4883</x:v>
       </x:c>
       <x:c r="D603" s="3" t="n">
-        <x:v>1.5078</x:v>
+        <x:v>1.4898</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="2" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>1.5061</x:v>
+        <x:v>1.4876</x:v>
       </x:c>
       <x:c r="C604" s="3" t="n">
-        <x:v>1.5053</x:v>
+        <x:v>1.4868</x:v>
       </x:c>
       <x:c r="D604" s="3" t="n">
-        <x:v>1.5069</x:v>
+        <x:v>1.4883</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="2" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>1.521</x:v>
+        <x:v>1.4901</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
-        <x:v>1.5202</x:v>
+        <x:v>1.4893</x:v>
       </x:c>
       <x:c r="D605" s="3" t="n">
-        <x:v>1.5218</x:v>
+        <x:v>1.4908</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="2" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>1.5193</x:v>
+        <x:v>1.473</x:v>
       </x:c>
       <x:c r="C606" s="3" t="n">
-        <x:v>1.5185</x:v>
+        <x:v>1.4722</x:v>
       </x:c>
       <x:c r="D606" s="3" t="n">
-        <x:v>1.5201</x:v>
+        <x:v>1.4737</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="2" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>1.5174</x:v>
+        <x:v>1.4788</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
-        <x:v>1.5166</x:v>
+        <x:v>1.478</x:v>
       </x:c>
       <x:c r="D607" s="3" t="n">
-        <x:v>1.5182</x:v>
+        <x:v>1.4795</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="2" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>1.5312</x:v>
+        <x:v>1.4692</x:v>
       </x:c>
       <x:c r="C608" s="3" t="n">
-        <x:v>1.5304</x:v>
+        <x:v>1.4684</x:v>
       </x:c>
       <x:c r="D608" s="3" t="n">
-        <x:v>1.532</x:v>
+        <x:v>1.4699</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="2" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>1.5334</x:v>
+        <x:v>1.4507</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
-        <x:v>1.5326</x:v>
+        <x:v>1.4499</x:v>
       </x:c>
       <x:c r="D609" s="3" t="n">
-        <x:v>1.5342</x:v>
+        <x:v>1.4514</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="2" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>1.5313</x:v>
+        <x:v>1.4624</x:v>
       </x:c>
       <x:c r="C610" s="3" t="n">
-        <x:v>1.5305</x:v>
+        <x:v>1.4616</x:v>
       </x:c>
       <x:c r="D610" s="3" t="n">
-        <x:v>1.5321</x:v>
+        <x:v>1.4631</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="2" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>1.5332</x:v>
+        <x:v>1.4624</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
-        <x:v>1.5324</x:v>
+        <x:v>1.4616</x:v>
       </x:c>
       <x:c r="D611" s="3" t="n">
-        <x:v>1.534</x:v>
+        <x:v>1.4631</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="2" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>1.542</x:v>
+        <x:v>1.4563</x:v>
       </x:c>
       <x:c r="C612" s="3" t="n">
-        <x:v>1.5412</x:v>
+        <x:v>1.4555</x:v>
       </x:c>
       <x:c r="D612" s="3" t="n">
-        <x:v>1.5428</x:v>
+        <x:v>1.457</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="2" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>1.5265</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
-        <x:v>1.5257</x:v>
+        <x:v>1.4792</x:v>
       </x:c>
       <x:c r="D613" s="3" t="n">
-        <x:v>1.5273</x:v>
+        <x:v>1.4807</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="2" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
-        <x:v>1.5261</x:v>
+        <x:v>1.4676</x:v>
       </x:c>
       <x:c r="C614" s="3" t="n">
-        <x:v>1.5253</x:v>
+        <x:v>1.4668</x:v>
       </x:c>
       <x:c r="D614" s="3" t="n">
-        <x:v>1.5269</x:v>
+        <x:v>1.4683</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="2" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>1.5209</x:v>
+        <x:v>1.4787</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
-        <x:v>1.5201</x:v>
+        <x:v>1.4779</x:v>
       </x:c>
       <x:c r="D615" s="3" t="n">
-        <x:v>1.5217</x:v>
+        <x:v>1.4794</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="2" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>1.523</x:v>
+        <x:v>1.4824</x:v>
       </x:c>
       <x:c r="C616" s="3" t="n">
-        <x:v>1.5222</x:v>
+        <x:v>1.4816</x:v>
       </x:c>
       <x:c r="D616" s="3" t="n">
-        <x:v>1.5238</x:v>
+        <x:v>1.4831</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="2" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>1.5301</x:v>
+        <x:v>1.4959</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
-        <x:v>1.5293</x:v>
+        <x:v>1.4951</x:v>
       </x:c>
       <x:c r="D617" s="3" t="n">
-        <x:v>1.5309</x:v>
+        <x:v>1.4966</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="2" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>1.518</x:v>
+        <x:v>1.507</x:v>
       </x:c>
       <x:c r="C618" s="3" t="n">
-        <x:v>1.5172</x:v>
+        <x:v>1.5062</x:v>
       </x:c>
       <x:c r="D618" s="3" t="n">
-        <x:v>1.5188</x:v>
+        <x:v>1.5078</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="2" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>1.5172</x:v>
+        <x:v>1.5061</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
-        <x:v>1.5164</x:v>
+        <x:v>1.5053</x:v>
       </x:c>
       <x:c r="D619" s="3" t="n">
-        <x:v>1.518</x:v>
+        <x:v>1.5069</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="2" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>1.4994</x:v>
+        <x:v>1.521</x:v>
       </x:c>
       <x:c r="C620" s="3" t="n">
-        <x:v>1.4986</x:v>
+        <x:v>1.5202</x:v>
       </x:c>
       <x:c r="D620" s="3" t="n">
-        <x:v>1.5001</x:v>
+        <x:v>1.5218</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="2" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>1.5103</x:v>
+        <x:v>1.5193</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
-        <x:v>1.5095</x:v>
+        <x:v>1.5185</x:v>
       </x:c>
       <x:c r="D621" s="3" t="n">
-        <x:v>1.5111</x:v>
+        <x:v>1.5201</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="2" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>1.5032</x:v>
+        <x:v>1.5174</x:v>
       </x:c>
       <x:c r="C622" s="3" t="n">
-        <x:v>1.5024</x:v>
+        <x:v>1.5166</x:v>
       </x:c>
       <x:c r="D622" s="3" t="n">
-        <x:v>1.504</x:v>
+        <x:v>1.5182</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="2" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>1.5128</x:v>
+        <x:v>1.5312</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
-        <x:v>1.512</x:v>
+        <x:v>1.5304</x:v>
       </x:c>
       <x:c r="D623" s="3" t="n">
-        <x:v>1.5136</x:v>
+        <x:v>1.532</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="2" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>1.5025</x:v>
+        <x:v>1.5334</x:v>
       </x:c>
       <x:c r="C624" s="3" t="n">
-        <x:v>1.5017</x:v>
+        <x:v>1.5326</x:v>
       </x:c>
       <x:c r="D624" s="3" t="n">
-        <x:v>1.5033</x:v>
+        <x:v>1.5342</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="2" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>1.5013</x:v>
+        <x:v>1.5313</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
-        <x:v>1.5005</x:v>
+        <x:v>1.5305</x:v>
       </x:c>
       <x:c r="D625" s="3" t="n">
-        <x:v>1.5021</x:v>
+        <x:v>1.5321</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="2" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>1.5066</x:v>
+        <x:v>1.5332</x:v>
       </x:c>
       <x:c r="C626" s="3" t="n">
-        <x:v>1.5058</x:v>
+        <x:v>1.5324</x:v>
       </x:c>
       <x:c r="D626" s="3" t="n">
-        <x:v>1.5074</x:v>
+        <x:v>1.534</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="2" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>1.5067</x:v>
+        <x:v>1.542</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
-        <x:v>1.5059</x:v>
+        <x:v>1.5412</x:v>
       </x:c>
       <x:c r="D627" s="3" t="n">
-        <x:v>1.5075</x:v>
+        <x:v>1.5428</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="2" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>1.5213</x:v>
+        <x:v>1.5265</x:v>
       </x:c>
       <x:c r="C628" s="3" t="n">
-        <x:v>1.5205</x:v>
+        <x:v>1.5257</x:v>
       </x:c>
       <x:c r="D628" s="3" t="n">
-        <x:v>1.5221</x:v>
+        <x:v>1.5273</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="2" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>1.5041</x:v>
+        <x:v>1.5261</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
-        <x:v>1.5033</x:v>
+        <x:v>1.5253</x:v>
       </x:c>
       <x:c r="D629" s="3" t="n">
-        <x:v>1.5049</x:v>
+        <x:v>1.5269</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="2" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>1.4995</x:v>
+        <x:v>1.5209</x:v>
       </x:c>
       <x:c r="C630" s="3" t="n">
-        <x:v>1.4987</x:v>
+        <x:v>1.5201</x:v>
       </x:c>
       <x:c r="D630" s="3" t="n">
-        <x:v>1.5002</x:v>
+        <x:v>1.5217</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="2" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>1.5038</x:v>
+        <x:v>1.523</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
-        <x:v>1.503</x:v>
+        <x:v>1.5222</x:v>
       </x:c>
       <x:c r="D631" s="3" t="n">
-        <x:v>1.5046</x:v>
+        <x:v>1.5238</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="2" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>1.5154</x:v>
+        <x:v>1.5301</x:v>
       </x:c>
       <x:c r="C632" s="3" t="n">
-        <x:v>1.5146</x:v>
+        <x:v>1.5293</x:v>
       </x:c>
       <x:c r="D632" s="3" t="n">
-        <x:v>1.5162</x:v>
+        <x:v>1.5309</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="2" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>1.4904</x:v>
+        <x:v>1.518</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
-        <x:v>1.4896</x:v>
+        <x:v>1.5172</x:v>
       </x:c>
       <x:c r="D633" s="3" t="n">
-        <x:v>1.4911</x:v>
+        <x:v>1.5188</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="2" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>1.5043</x:v>
+        <x:v>1.5172</x:v>
       </x:c>
       <x:c r="C634" s="3" t="n">
-        <x:v>1.5035</x:v>
+        <x:v>1.5164</x:v>
       </x:c>
       <x:c r="D634" s="3" t="n">
-        <x:v>1.5051</x:v>
+        <x:v>1.518</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="2" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>1.5077</x:v>
+        <x:v>1.4994</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
-        <x:v>1.5069</x:v>
+        <x:v>1.4986</x:v>
       </x:c>
       <x:c r="D635" s="3" t="n">
-        <x:v>1.5085</x:v>
+        <x:v>1.5001</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="2" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>1.5096</x:v>
+        <x:v>1.5103</x:v>
       </x:c>
       <x:c r="C636" s="3" t="n">
-        <x:v>1.5088</x:v>
+        <x:v>1.5095</x:v>
       </x:c>
       <x:c r="D636" s="3" t="n">
-        <x:v>1.5104</x:v>
+        <x:v>1.5111</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
-        <x:v>1.4886</x:v>
+        <x:v>1.5032</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
-        <x:v>1.4878</x:v>
+        <x:v>1.5024</x:v>
       </x:c>
       <x:c r="D637" s="3" t="n">
-        <x:v>1.4893</x:v>
+        <x:v>1.504</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>1.5054</x:v>
+        <x:v>1.5128</x:v>
       </x:c>
       <x:c r="C638" s="3" t="n">
-        <x:v>1.5046</x:v>
+        <x:v>1.512</x:v>
       </x:c>
       <x:c r="D638" s="3" t="n">
-        <x:v>1.5062</x:v>
+        <x:v>1.5136</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>1.4792</x:v>
+        <x:v>1.5025</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
-        <x:v>1.4784</x:v>
+        <x:v>1.5017</x:v>
       </x:c>
       <x:c r="D639" s="3" t="n">
-        <x:v>1.4799</x:v>
+        <x:v>1.5033</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>1.4692</x:v>
+        <x:v>1.5013</x:v>
       </x:c>
       <x:c r="C640" s="3" t="n">
-        <x:v>1.4684</x:v>
+        <x:v>1.5005</x:v>
       </x:c>
       <x:c r="D640" s="3" t="n">
-        <x:v>1.4699</x:v>
+        <x:v>1.5021</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>1.4682</x:v>
+        <x:v>1.5066</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
-        <x:v>1.4674</x:v>
+        <x:v>1.5058</x:v>
       </x:c>
       <x:c r="D641" s="3" t="n">
-        <x:v>1.4689</x:v>
+        <x:v>1.5074</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>1.4698</x:v>
+        <x:v>1.5067</x:v>
       </x:c>
       <x:c r="C642" s="3" t="n">
-        <x:v>1.469</x:v>
+        <x:v>1.5059</x:v>
       </x:c>
       <x:c r="D642" s="3" t="n">
-        <x:v>1.4705</x:v>
+        <x:v>1.5075</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>1.4748</x:v>
+        <x:v>1.5213</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
-        <x:v>1.474</x:v>
+        <x:v>1.5205</x:v>
       </x:c>
       <x:c r="D643" s="3" t="n">
-        <x:v>1.4755</x:v>
+        <x:v>1.5221</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>1.4646</x:v>
+        <x:v>1.5041</x:v>
       </x:c>
       <x:c r="C644" s="3" t="n">
-        <x:v>1.4638</x:v>
+        <x:v>1.5033</x:v>
       </x:c>
       <x:c r="D644" s="3" t="n">
-        <x:v>1.4653</x:v>
+        <x:v>1.5049</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>1.4805</x:v>
+        <x:v>1.4995</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
-        <x:v>1.4797</x:v>
+        <x:v>1.4987</x:v>
       </x:c>
       <x:c r="D645" s="3" t="n">
-        <x:v>1.4812</x:v>
+        <x:v>1.5002</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>1.4624</x:v>
+        <x:v>1.5038</x:v>
       </x:c>
       <x:c r="C646" s="3" t="n">
-        <x:v>1.4616</x:v>
+        <x:v>1.503</x:v>
       </x:c>
       <x:c r="D646" s="3" t="n">
-        <x:v>1.4631</x:v>
+        <x:v>1.5046</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>1.4564</x:v>
+        <x:v>1.5154</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
-        <x:v>1.4556</x:v>
+        <x:v>1.5146</x:v>
       </x:c>
       <x:c r="D647" s="3" t="n">
-        <x:v>1.4571</x:v>
+        <x:v>1.5162</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>1.4449</x:v>
+        <x:v>1.4904</x:v>
       </x:c>
       <x:c r="C648" s="3" t="n">
-        <x:v>1.4441</x:v>
+        <x:v>1.4896</x:v>
       </x:c>
       <x:c r="D648" s="3" t="n">
-        <x:v>1.4456</x:v>
+        <x:v>1.4911</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>1.4263</x:v>
+        <x:v>1.5043</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
-        <x:v>1.4255</x:v>
+        <x:v>1.5035</x:v>
       </x:c>
       <x:c r="D649" s="3" t="n">
-        <x:v>1.427</x:v>
+        <x:v>1.5051</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>1.4321</x:v>
+        <x:v>1.5077</x:v>
       </x:c>
       <x:c r="C650" s="3" t="n">
-        <x:v>1.4313</x:v>
+        <x:v>1.5069</x:v>
       </x:c>
       <x:c r="D650" s="3" t="n">
-        <x:v>1.4328</x:v>
+        <x:v>1.5085</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
-        <x:v>1.449</x:v>
+        <x:v>1.5096</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
-        <x:v>1.4482</x:v>
+        <x:v>1.5088</x:v>
       </x:c>
       <x:c r="D651" s="3" t="n">
-        <x:v>1.4497</x:v>
+        <x:v>1.5104</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>1.4415</x:v>
+        <x:v>1.4886</x:v>
       </x:c>
       <x:c r="C652" s="3" t="n">
-        <x:v>1.4407</x:v>
+        <x:v>1.4878</x:v>
       </x:c>
       <x:c r="D652" s="3" t="n">
-        <x:v>1.4422</x:v>
+        <x:v>1.4893</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
-        <x:v>1.431</x:v>
+        <x:v>1.5054</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
-        <x:v>1.4302</x:v>
+        <x:v>1.5046</x:v>
       </x:c>
       <x:c r="D653" s="3" t="n">
-        <x:v>1.4317</x:v>
+        <x:v>1.5062</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>1.4519</x:v>
+        <x:v>1.4792</x:v>
       </x:c>
       <x:c r="C654" s="3" t="n">
-        <x:v>1.4511</x:v>
+        <x:v>1.4784</x:v>
       </x:c>
       <x:c r="D654" s="3" t="n">
-        <x:v>1.4526</x:v>
+        <x:v>1.4799</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>1.4553</x:v>
+        <x:v>1.4692</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
-        <x:v>1.4545</x:v>
+        <x:v>1.4684</x:v>
       </x:c>
       <x:c r="D655" s="3" t="n">
-        <x:v>1.456</x:v>
+        <x:v>1.4699</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>1.4522</x:v>
+        <x:v>1.4682</x:v>
       </x:c>
       <x:c r="C656" s="3" t="n">
-        <x:v>1.4514</x:v>
+        <x:v>1.4674</x:v>
       </x:c>
       <x:c r="D656" s="3" t="n">
-        <x:v>1.4529</x:v>
+        <x:v>1.4689</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>1.4564</x:v>
+        <x:v>1.4698</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
-        <x:v>1.4556</x:v>
+        <x:v>1.469</x:v>
       </x:c>
       <x:c r="D657" s="3" t="n">
-        <x:v>1.4571</x:v>
+        <x:v>1.4705</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>1.468</x:v>
+        <x:v>1.4748</x:v>
       </x:c>
       <x:c r="C658" s="3" t="n">
-        <x:v>1.4672</x:v>
+        <x:v>1.474</x:v>
       </x:c>
       <x:c r="D658" s="3" t="n">
-        <x:v>1.4687</x:v>
+        <x:v>1.4755</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="2" t="s">
-        <x:v>664</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
-        <x:v>1.4753</x:v>
+        <x:v>1.4646</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
-        <x:v>1.4745</x:v>
+        <x:v>1.4638</x:v>
       </x:c>
       <x:c r="D659" s="3" t="n">
-        <x:v>1.476</x:v>
+        <x:v>1.4653</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="2" t="s">
-        <x:v>665</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>1.4772</x:v>
+        <x:v>1.4805</x:v>
       </x:c>
       <x:c r="C660" s="3" t="n">
-        <x:v>1.4764</x:v>
+        <x:v>1.4797</x:v>
       </x:c>
       <x:c r="D660" s="3" t="n">
-        <x:v>1.4779</x:v>
+        <x:v>1.4812</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="2" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>1.4594</x:v>
+        <x:v>1.4624</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
-        <x:v>1.4586</x:v>
+        <x:v>1.4616</x:v>
       </x:c>
       <x:c r="D661" s="3" t="n">
-        <x:v>1.4601</x:v>
+        <x:v>1.4631</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="2" t="s">
-        <x:v>667</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>1.4458</x:v>
+        <x:v>1.4564</x:v>
       </x:c>
       <x:c r="C662" s="3" t="n">
-        <x:v>1.445</x:v>
+        <x:v>1.4556</x:v>
       </x:c>
       <x:c r="D662" s="3" t="n">
-        <x:v>1.4465</x:v>
+        <x:v>1.4571</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="2" t="s">
-        <x:v>668</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>1.4568</x:v>
+        <x:v>1.4449</x:v>
       </x:c>
       <x:c r="C663" s="3" t="n">
-        <x:v>1.456</x:v>
+        <x:v>1.4441</x:v>
       </x:c>
       <x:c r="D663" s="3" t="n">
-        <x:v>1.4575</x:v>
+        <x:v>1.4456</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="2" t="s">
-        <x:v>669</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>1.4458</x:v>
+        <x:v>1.4263</x:v>
       </x:c>
       <x:c r="C664" s="3" t="n">
-        <x:v>1.445</x:v>
+        <x:v>1.4255</x:v>
       </x:c>
       <x:c r="D664" s="3" t="n">
-        <x:v>1.4465</x:v>
+        <x:v>1.427</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="2" t="s">
-        <x:v>670</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
-        <x:v>1.4339</x:v>
+        <x:v>1.4321</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
-        <x:v>1.4331</x:v>
+        <x:v>1.4313</x:v>
       </x:c>
       <x:c r="D665" s="3" t="n">
-        <x:v>1.4346</x:v>
+        <x:v>1.4328</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="2" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>1.4427</x:v>
+        <x:v>1.449</x:v>
       </x:c>
       <x:c r="C666" s="3" t="n">
-        <x:v>1.4419</x:v>
+        <x:v>1.4482</x:v>
       </x:c>
       <x:c r="D666" s="3" t="n">
-        <x:v>1.4434</x:v>
+        <x:v>1.4497</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="2" t="s">
-        <x:v>672</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>1.4298</x:v>
+        <x:v>1.4415</x:v>
       </x:c>
       <x:c r="C667" s="3" t="n">
-        <x:v>1.429</x:v>
+        <x:v>1.4407</x:v>
       </x:c>
       <x:c r="D667" s="3" t="n">
-        <x:v>1.4305</x:v>
+        <x:v>1.4422</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="2" t="s">
-        <x:v>673</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>1.4269</x:v>
+        <x:v>1.431</x:v>
       </x:c>
       <x:c r="C668" s="3" t="n">
-        <x:v>1.4261</x:v>
+        <x:v>1.4302</x:v>
       </x:c>
       <x:c r="D668" s="3" t="n">
-        <x:v>1.4276</x:v>
+        <x:v>1.4317</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="2" t="s">
-        <x:v>674</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>1.4331</x:v>
+        <x:v>1.4519</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
-        <x:v>1.4323</x:v>
+        <x:v>1.4511</x:v>
       </x:c>
       <x:c r="D669" s="3" t="n">
-        <x:v>1.4338</x:v>
+        <x:v>1.4526</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="2" t="s">
-        <x:v>675</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>1.4193</x:v>
+        <x:v>1.4553</x:v>
       </x:c>
       <x:c r="C670" s="3" t="n">
-        <x:v>1.4185</x:v>
+        <x:v>1.4545</x:v>
       </x:c>
       <x:c r="D670" s="3" t="n">
-        <x:v>1.42</x:v>
+        <x:v>1.456</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="2" t="s">
-        <x:v>676</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>1.4288</x:v>
+        <x:v>1.4522</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
-        <x:v>1.428</x:v>
+        <x:v>1.4514</x:v>
       </x:c>
       <x:c r="D671" s="3" t="n">
-        <x:v>1.4295</x:v>
+        <x:v>1.4529</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="2" t="s">
-        <x:v>677</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>1.4146</x:v>
+        <x:v>1.4564</x:v>
       </x:c>
       <x:c r="C672" s="3" t="n">
-        <x:v>1.4138</x:v>
+        <x:v>1.4556</x:v>
       </x:c>
       <x:c r="D672" s="3" t="n">
-        <x:v>1.4153</x:v>
+        <x:v>1.4571</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="2" t="s">
-        <x:v>678</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>1.4185</x:v>
+        <x:v>1.468</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
-        <x:v>1.4177</x:v>
+        <x:v>1.4672</x:v>
       </x:c>
       <x:c r="D673" s="3" t="n">
-        <x:v>1.4192</x:v>
+        <x:v>1.4687</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
-        <x:v>1.4176</x:v>
+        <x:v>1.4753</x:v>
       </x:c>
       <x:c r="C674" s="3" t="n">
-        <x:v>1.4168</x:v>
+        <x:v>1.4745</x:v>
       </x:c>
       <x:c r="D674" s="3" t="n">
-        <x:v>1.4183</x:v>
+        <x:v>1.476</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>1.4324</x:v>
+        <x:v>1.4772</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
-        <x:v>1.4316</x:v>
+        <x:v>1.4764</x:v>
       </x:c>
       <x:c r="D675" s="3" t="n">
-        <x:v>1.4331</x:v>
+        <x:v>1.4779</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>1.4419</x:v>
+        <x:v>1.4594</x:v>
       </x:c>
       <x:c r="C676" s="3" t="n">
-        <x:v>1.4411</x:v>
+        <x:v>1.4586</x:v>
       </x:c>
       <x:c r="D676" s="3" t="n">
-        <x:v>1.4426</x:v>
+        <x:v>1.4601</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>1.4483</x:v>
+        <x:v>1.4458</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
-        <x:v>1.4475</x:v>
+        <x:v>1.445</x:v>
       </x:c>
       <x:c r="D677" s="3" t="n">
-        <x:v>1.449</x:v>
+        <x:v>1.4465</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>1.4444</x:v>
+        <x:v>1.4568</x:v>
       </x:c>
       <x:c r="C678" s="3" t="n">
-        <x:v>1.4436</x:v>
+        <x:v>1.456</x:v>
       </x:c>
       <x:c r="D678" s="3" t="n">
-        <x:v>1.4451</x:v>
+        <x:v>1.4575</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>1.4494</x:v>
+        <x:v>1.4458</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
-        <x:v>1.4486</x:v>
+        <x:v>1.445</x:v>
       </x:c>
       <x:c r="D679" s="3" t="n">
-        <x:v>1.4501</x:v>
+        <x:v>1.4465</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>1.446</x:v>
+        <x:v>1.4339</x:v>
       </x:c>
       <x:c r="C680" s="3" t="n">
-        <x:v>1.4452</x:v>
+        <x:v>1.4331</x:v>
       </x:c>
       <x:c r="D680" s="3" t="n">
-        <x:v>1.4467</x:v>
+        <x:v>1.4346</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
-        <x:v>1.4415</x:v>
+        <x:v>1.4427</x:v>
       </x:c>
       <x:c r="C681" s="3" t="n">
-        <x:v>1.4407</x:v>
+        <x:v>1.4419</x:v>
       </x:c>
       <x:c r="D681" s="3" t="n">
-        <x:v>1.4422</x:v>
+        <x:v>1.4434</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>1.4486</x:v>
+        <x:v>1.4298</x:v>
       </x:c>
       <x:c r="C682" s="3" t="n">
-        <x:v>1.4478</x:v>
+        <x:v>1.429</x:v>
       </x:c>
       <x:c r="D682" s="3" t="n">
-        <x:v>1.4493</x:v>
+        <x:v>1.4305</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>1.4256</x:v>
+        <x:v>1.4269</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
-        <x:v>1.4248</x:v>
+        <x:v>1.4261</x:v>
       </x:c>
       <x:c r="D683" s="3" t="n">
-        <x:v>1.4263</x:v>
+        <x:v>1.4276</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>1.406</x:v>
+        <x:v>1.4331</x:v>
       </x:c>
       <x:c r="C684" s="3" t="n">
-        <x:v>1.4052</x:v>
+        <x:v>1.4323</x:v>
       </x:c>
       <x:c r="D684" s="3" t="n">
-        <x:v>1.4067</x:v>
+        <x:v>1.4338</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>1.3958</x:v>
+        <x:v>1.4193</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
-        <x:v>1.3951</x:v>
+        <x:v>1.4185</x:v>
       </x:c>
       <x:c r="D685" s="3" t="n">
-        <x:v>1.3965</x:v>
+        <x:v>1.42</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>1.4092</x:v>
+        <x:v>1.4288</x:v>
       </x:c>
       <x:c r="C686" s="3" t="n">
-        <x:v>1.4084</x:v>
+        <x:v>1.428</x:v>
       </x:c>
       <x:c r="D686" s="3" t="n">
-        <x:v>1.4099</x:v>
+        <x:v>1.4295</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>1.4074</x:v>
+        <x:v>1.4146</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
-        <x:v>1.4066</x:v>
+        <x:v>1.4138</x:v>
       </x:c>
       <x:c r="D687" s="3" t="n">
-        <x:v>1.4081</x:v>
+        <x:v>1.4153</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>1.4162</x:v>
+        <x:v>1.4185</x:v>
       </x:c>
       <x:c r="C688" s="3" t="n">
-        <x:v>1.4154</x:v>
+        <x:v>1.4177</x:v>
       </x:c>
       <x:c r="D688" s="3" t="n">
-        <x:v>1.4169</x:v>
+        <x:v>1.4192</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>1.3991</x:v>
+        <x:v>1.4176</x:v>
       </x:c>
       <x:c r="C689" s="3" t="n">
-        <x:v>1.3984</x:v>
+        <x:v>1.4168</x:v>
       </x:c>
       <x:c r="D689" s="3" t="n">
-        <x:v>1.3998</x:v>
+        <x:v>1.4183</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>1.3795</x:v>
+        <x:v>1.4324</x:v>
       </x:c>
       <x:c r="C690" s="3" t="n">
-        <x:v>1.3788</x:v>
+        <x:v>1.4316</x:v>
       </x:c>
       <x:c r="D690" s="3" t="n">
-        <x:v>1.3802</x:v>
+        <x:v>1.4331</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>1.3726</x:v>
+        <x:v>1.4419</x:v>
       </x:c>
       <x:c r="C691" s="3" t="n">
-        <x:v>1.3719</x:v>
+        <x:v>1.4411</x:v>
       </x:c>
       <x:c r="D691" s="3" t="n">
-        <x:v>1.3733</x:v>
+        <x:v>1.4426</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>1.3733</x:v>
+        <x:v>1.4483</x:v>
       </x:c>
       <x:c r="C692" s="3" t="n">
-        <x:v>1.3726</x:v>
+        <x:v>1.4475</x:v>
       </x:c>
       <x:c r="D692" s="3" t="n">
-        <x:v>1.374</x:v>
+        <x:v>1.449</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>1.3633</x:v>
+        <x:v>1.4444</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
-        <x:v>1.3626</x:v>
+        <x:v>1.4436</x:v>
       </x:c>
       <x:c r="D693" s="3" t="n">
-        <x:v>1.364</x:v>
+        <x:v>1.4451</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>1.3503</x:v>
+        <x:v>1.4494</x:v>
       </x:c>
       <x:c r="C694" s="3" t="n">
-        <x:v>1.3496</x:v>
+        <x:v>1.4486</x:v>
       </x:c>
       <x:c r="D694" s="3" t="n">
-        <x:v>1.351</x:v>
+        <x:v>1.4501</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="2" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>1.3425</x:v>
+        <x:v>1.446</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
-        <x:v>1.3418</x:v>
+        <x:v>1.4452</x:v>
       </x:c>
       <x:c r="D695" s="3" t="n">
-        <x:v>1.3432</x:v>
+        <x:v>1.4467</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="2" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>1.3418</x:v>
+        <x:v>1.4415</x:v>
       </x:c>
       <x:c r="C696" s="3" t="n">
-        <x:v>1.3411</x:v>
+        <x:v>1.4407</x:v>
       </x:c>
       <x:c r="D696" s="3" t="n">
-        <x:v>1.3425</x:v>
+        <x:v>1.4422</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="2" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B697" s="3" t="n">
-        <x:v>1.3511</x:v>
+        <x:v>1.4486</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
-        <x:v>1.3504</x:v>
+        <x:v>1.4478</x:v>
       </x:c>
       <x:c r="D697" s="3" t="n">
-        <x:v>1.3518</x:v>
+        <x:v>1.4493</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="2" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="B698" s="3" t="n">
-        <x:v>1.348</x:v>
+        <x:v>1.4256</x:v>
       </x:c>
       <x:c r="C698" s="3" t="n">
-        <x:v>1.3473</x:v>
+        <x:v>1.4248</x:v>
       </x:c>
       <x:c r="D698" s="3" t="n">
-        <x:v>1.3487</x:v>
+        <x:v>1.4263</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="2" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B699" s="3" t="n">
-        <x:v>1.3576</x:v>
+        <x:v>1.406</x:v>
       </x:c>
       <x:c r="C699" s="3" t="n">
-        <x:v>1.3569</x:v>
+        <x:v>1.4052</x:v>
       </x:c>
       <x:c r="D699" s="3" t="n">
-        <x:v>1.3583</x:v>
+        <x:v>1.4067</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="2" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B700" s="3" t="n">
-        <x:v>1.3621</x:v>
+        <x:v>1.3958</x:v>
       </x:c>
       <x:c r="C700" s="3" t="n">
-        <x:v>1.3614</x:v>
+        <x:v>1.3951</x:v>
       </x:c>
       <x:c r="D700" s="3" t="n">
-        <x:v>1.3628</x:v>
+        <x:v>1.3965</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="2" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B701" s="3" t="n">
-        <x:v>1.3747</x:v>
+        <x:v>1.4092</x:v>
       </x:c>
       <x:c r="C701" s="3" t="n">
-        <x:v>1.374</x:v>
+        <x:v>1.4084</x:v>
       </x:c>
       <x:c r="D701" s="3" t="n">
-        <x:v>1.3754</x:v>
+        <x:v>1.4099</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="2" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="B702" s="3" t="n">
-        <x:v>1.3846</x:v>
+        <x:v>1.4074</x:v>
       </x:c>
       <x:c r="C702" s="3" t="n">
-        <x:v>1.3839</x:v>
+        <x:v>1.4066</x:v>
       </x:c>
       <x:c r="D702" s="3" t="n">
-        <x:v>1.3853</x:v>
+        <x:v>1.4081</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="2" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B703" s="3" t="n">
-        <x:v>1.3757</x:v>
+        <x:v>1.4162</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
-        <x:v>1.375</x:v>
+        <x:v>1.4154</x:v>
       </x:c>
       <x:c r="D703" s="3" t="n">
-        <x:v>1.3764</x:v>
+        <x:v>1.4169</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="2" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="B704" s="3" t="n">
-        <x:v>1.35</x:v>
+        <x:v>1.3991</x:v>
       </x:c>
       <x:c r="C704" s="3" t="n">
-        <x:v>1.3493</x:v>
+        <x:v>1.3984</x:v>
       </x:c>
       <x:c r="D704" s="3" t="n">
-        <x:v>1.3507</x:v>
+        <x:v>1.3998</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="2" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="B705" s="3" t="n">
-        <x:v>1.3495</x:v>
+        <x:v>1.3795</x:v>
       </x:c>
       <x:c r="C705" s="3" t="n">
-        <x:v>1.3488</x:v>
+        <x:v>1.3788</x:v>
       </x:c>
       <x:c r="D705" s="3" t="n">
-        <x:v>1.3502</x:v>
+        <x:v>1.3802</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="2" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="B706" s="3" t="n">
-        <x:v>1.351</x:v>
+        <x:v>1.3726</x:v>
       </x:c>
       <x:c r="C706" s="3" t="n">
-        <x:v>1.3503</x:v>
+        <x:v>1.3719</x:v>
       </x:c>
       <x:c r="D706" s="3" t="n">
-        <x:v>1.3517</x:v>
+        <x:v>1.3733</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="2" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B707" s="3" t="n">
-        <x:v>1.3328</x:v>
+        <x:v>1.3733</x:v>
       </x:c>
       <x:c r="C707" s="3" t="n">
-        <x:v>1.3321</x:v>
+        <x:v>1.3726</x:v>
       </x:c>
       <x:c r="D707" s="3" t="n">
-        <x:v>1.3335</x:v>
+        <x:v>1.374</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="2" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="B708" s="3" t="n">
-        <x:v>1.3397</x:v>
+        <x:v>1.3633</x:v>
       </x:c>
       <x:c r="C708" s="3" t="n">
-        <x:v>1.339</x:v>
+        <x:v>1.3626</x:v>
       </x:c>
       <x:c r="D708" s="3" t="n">
-        <x:v>1.3404</x:v>
+        <x:v>1.364</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="2" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="B709" s="3" t="n">
-        <x:v>1.337</x:v>
+        <x:v>1.3503</x:v>
       </x:c>
       <x:c r="C709" s="3" t="n">
-        <x:v>1.3363</x:v>
+        <x:v>1.3496</x:v>
       </x:c>
       <x:c r="D709" s="3" t="n">
-        <x:v>1.3377</x:v>
+        <x:v>1.351</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="2" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="B710" s="3" t="n">
-        <x:v>1.3468</x:v>
+        <x:v>1.3425</x:v>
       </x:c>
       <x:c r="C710" s="3" t="n">
-        <x:v>1.3461</x:v>
+        <x:v>1.3418</x:v>
       </x:c>
       <x:c r="D710" s="3" t="n">
-        <x:v>1.3475</x:v>
+        <x:v>1.3432</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="2" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="B711" s="3" t="n">
-        <x:v>1.3401</x:v>
+        <x:v>1.3418</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
-        <x:v>1.3394</x:v>
+        <x:v>1.3411</x:v>
       </x:c>
       <x:c r="D711" s="3" t="n">
-        <x:v>1.3408</x:v>
+        <x:v>1.3425</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="2" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="B712" s="3" t="n">
-        <x:v>1.3341</x:v>
+        <x:v>1.3511</x:v>
       </x:c>
       <x:c r="C712" s="3" t="n">
-        <x:v>1.3334</x:v>
+        <x:v>1.3504</x:v>
       </x:c>
       <x:c r="D712" s="3" t="n">
-        <x:v>1.3348</x:v>
+        <x:v>1.3518</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="2" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="B713" s="3" t="n">
-        <x:v>1.3316</x:v>
+        <x:v>1.348</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
-        <x:v>1.3309</x:v>
+        <x:v>1.3473</x:v>
       </x:c>
       <x:c r="D713" s="3" t="n">
-        <x:v>1.3323</x:v>
+        <x:v>1.3487</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="2" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="B714" s="3" t="n">
-        <x:v>1.3423</x:v>
+        <x:v>1.3576</x:v>
       </x:c>
       <x:c r="C714" s="3" t="n">
-        <x:v>1.3416</x:v>
+        <x:v>1.3569</x:v>
       </x:c>
       <x:c r="D714" s="3" t="n">
-        <x:v>1.343</x:v>
+        <x:v>1.3583</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="2" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="B715" s="3" t="n">
-        <x:v>1.3433</x:v>
+        <x:v>1.3621</x:v>
       </x:c>
       <x:c r="C715" s="3" t="n">
-        <x:v>1.3426</x:v>
+        <x:v>1.3614</x:v>
       </x:c>
       <x:c r="D715" s="3" t="n">
-        <x:v>1.344</x:v>
+        <x:v>1.3628</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="2" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="B716" s="3" t="n">
-        <x:v>1.3252</x:v>
+        <x:v>1.3747</x:v>
       </x:c>
       <x:c r="C716" s="3" t="n">
-        <x:v>1.3245</x:v>
+        <x:v>1.374</x:v>
       </x:c>
       <x:c r="D716" s="3" t="n">
-        <x:v>1.3259</x:v>
+        <x:v>1.3754</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="2" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="B717" s="3" t="n">
-        <x:v>1.3171</x:v>
+        <x:v>1.3846</x:v>
       </x:c>
       <x:c r="C717" s="3" t="n">
-        <x:v>1.3164</x:v>
+        <x:v>1.3839</x:v>
       </x:c>
       <x:c r="D717" s="3" t="n">
-        <x:v>1.3178</x:v>
+        <x:v>1.3853</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="2" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="B718" s="3" t="n">
-        <x:v>1.3131</x:v>
+        <x:v>1.3757</x:v>
       </x:c>
       <x:c r="C718" s="3" t="n">
-        <x:v>1.3124</x:v>
+        <x:v>1.375</x:v>
       </x:c>
       <x:c r="D718" s="3" t="n">
-        <x:v>1.3138</x:v>
+        <x:v>1.3764</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="2" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="B719" s="3" t="n">
-        <x:v>1.3252</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C719" s="3" t="n">
-        <x:v>1.3245</x:v>
+        <x:v>1.3493</x:v>
       </x:c>
       <x:c r="D719" s="3" t="n">
-        <x:v>1.3259</x:v>
+        <x:v>1.3507</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="2" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="B720" s="3" t="n">
-        <x:v>1.3102</x:v>
+        <x:v>1.3495</x:v>
       </x:c>
       <x:c r="C720" s="3" t="n">
-        <x:v>1.3095</x:v>
+        <x:v>1.3488</x:v>
       </x:c>
       <x:c r="D720" s="3" t="n">
-        <x:v>1.3109</x:v>
+        <x:v>1.3502</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="2" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="B721" s="3" t="n">
-        <x:v>1.3049</x:v>
+        <x:v>1.351</x:v>
       </x:c>
       <x:c r="C721" s="3" t="n">
-        <x:v>1.3042</x:v>
+        <x:v>1.3503</x:v>
       </x:c>
       <x:c r="D721" s="3" t="n">
-        <x:v>1.3056</x:v>
+        <x:v>1.3517</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="2" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="B722" s="3" t="n">
-        <x:v>1.2846</x:v>
+        <x:v>1.3328</x:v>
       </x:c>
       <x:c r="C722" s="3" t="n">
-        <x:v>1.2839</x:v>
+        <x:v>1.3321</x:v>
       </x:c>
       <x:c r="D722" s="3" t="n">
-        <x:v>1.2852</x:v>
+        <x:v>1.3335</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="2" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="B723" s="3" t="n">
-        <x:v>1.3012</x:v>
+        <x:v>1.3397</x:v>
       </x:c>
       <x:c r="C723" s="3" t="n">
-        <x:v>1.3005</x:v>
+        <x:v>1.339</x:v>
       </x:c>
       <x:c r="D723" s="3" t="n">
-        <x:v>1.3019</x:v>
+        <x:v>1.3404</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:8">
       <x:c r="A724" s="2" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="B724" s="3" t="n">
-        <x:v>1.2997</x:v>
+        <x:v>1.337</x:v>
       </x:c>
       <x:c r="C724" s="3" t="n">
-        <x:v>1.299</x:v>
+        <x:v>1.3363</x:v>
       </x:c>
       <x:c r="D724" s="3" t="n">
-        <x:v>1.3003</x:v>
+        <x:v>1.3377</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:8">
       <x:c r="A725" s="2" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="B725" s="3" t="n">
-        <x:v>1.284</x:v>
+        <x:v>1.3468</x:v>
       </x:c>
       <x:c r="C725" s="3" t="n">
-        <x:v>1.2833</x:v>
+        <x:v>1.3461</x:v>
       </x:c>
       <x:c r="D725" s="3" t="n">
-        <x:v>1.2846</x:v>
+        <x:v>1.3475</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="2" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="B726" s="3" t="n">
-        <x:v>1.2813</x:v>
+        <x:v>1.3401</x:v>
       </x:c>
       <x:c r="C726" s="3" t="n">
-        <x:v>1.2806</x:v>
+        <x:v>1.3394</x:v>
       </x:c>
       <x:c r="D726" s="3" t="n">
-        <x:v>1.2819</x:v>
+        <x:v>1.3408</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="2" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="B727" s="3" t="n">
-        <x:v>1.2976</x:v>
+        <x:v>1.3341</x:v>
       </x:c>
       <x:c r="C727" s="3" t="n">
-        <x:v>1.2969</x:v>
+        <x:v>1.3334</x:v>
       </x:c>
       <x:c r="D727" s="3" t="n">
-        <x:v>1.2982</x:v>
+        <x:v>1.3348</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="2" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="B728" s="3" t="n">
-        <x:v>1.2703</x:v>
+        <x:v>1.3316</x:v>
       </x:c>
       <x:c r="C728" s="3" t="n">
-        <x:v>1.2696</x:v>
+        <x:v>1.3309</x:v>
       </x:c>
       <x:c r="D728" s="3" t="n">
-        <x:v>1.2709</x:v>
+        <x:v>1.3323</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="2" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="B729" s="3" t="n">
-        <x:v>1.2662</x:v>
+        <x:v>1.3423</x:v>
       </x:c>
       <x:c r="C729" s="3" t="n">
-        <x:v>1.2655</x:v>
+        <x:v>1.3416</x:v>
       </x:c>
       <x:c r="D729" s="3" t="n">
-        <x:v>1.2668</x:v>
+        <x:v>1.343</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
       <x:c r="A730" s="2" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="B730" s="3" t="n">
-        <x:v>1.283</x:v>
+        <x:v>1.3433</x:v>
       </x:c>
       <x:c r="C730" s="3" t="n">
-        <x:v>1.2823</x:v>
+        <x:v>1.3426</x:v>
       </x:c>
       <x:c r="D730" s="3" t="n">
-        <x:v>1.2836</x:v>
+        <x:v>1.344</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:8">
       <x:c r="A731" s="2" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="B731" s="3" t="n">
-        <x:v>1.2634</x:v>
+        <x:v>1.3252</x:v>
       </x:c>
       <x:c r="C731" s="3" t="n">
-        <x:v>1.2627</x:v>
+        <x:v>1.3245</x:v>
       </x:c>
       <x:c r="D731" s="3" t="n">
-        <x:v>1.264</x:v>
+        <x:v>1.3259</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:8">
       <x:c r="A732" s="2" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="B732" s="3" t="n">
-        <x:v>1.2631</x:v>
+        <x:v>1.3171</x:v>
       </x:c>
       <x:c r="C732" s="3" t="n">
-        <x:v>1.2624</x:v>
+        <x:v>1.3164</x:v>
       </x:c>
       <x:c r="D732" s="3" t="n">
-        <x:v>1.2637</x:v>
+        <x:v>1.3178</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:8">
       <x:c r="A733" s="2" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="B733" s="3" t="n">
-        <x:v>1.2377</x:v>
+        <x:v>1.3131</x:v>
       </x:c>
       <x:c r="C733" s="3" t="n">
-        <x:v>1.237</x:v>
+        <x:v>1.3124</x:v>
       </x:c>
       <x:c r="D733" s="3" t="n">
-        <x:v>1.2383</x:v>
+        <x:v>1.3138</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:8">
       <x:c r="A734" s="2" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="B734" s="3" t="n">
-        <x:v>1.2505</x:v>
+        <x:v>1.3252</x:v>
       </x:c>
       <x:c r="C734" s="3" t="n">
-        <x:v>1.2498</x:v>
+        <x:v>1.3245</x:v>
       </x:c>
       <x:c r="D734" s="3" t="n">
-        <x:v>1.2511</x:v>
+        <x:v>1.3259</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:8">
       <x:c r="A735" s="2" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="B735" s="3" t="n">
-        <x:v>1.2682</x:v>
+        <x:v>1.3102</x:v>
       </x:c>
       <x:c r="C735" s="3" t="n">
-        <x:v>1.2675</x:v>
+        <x:v>1.3095</x:v>
       </x:c>
       <x:c r="D735" s="3" t="n">
-        <x:v>1.2688</x:v>
+        <x:v>1.3109</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:8">
       <x:c r="A736" s="2" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="B736" s="3" t="n">
-        <x:v>1.2857</x:v>
+        <x:v>1.3049</x:v>
       </x:c>
       <x:c r="C736" s="3" t="n">
-        <x:v>1.285</x:v>
+        <x:v>1.3042</x:v>
       </x:c>
       <x:c r="D736" s="3" t="n">
-        <x:v>1.2863</x:v>
+        <x:v>1.3056</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:8">
       <x:c r="A737" s="2" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="B737" s="3" t="n">
-        <x:v>1.2874</x:v>
+        <x:v>1.2846</x:v>
       </x:c>
       <x:c r="C737" s="3" t="n">
-        <x:v>1.2867</x:v>
+        <x:v>1.2839</x:v>
       </x:c>
       <x:c r="D737" s="3" t="n">
-        <x:v>1.288</x:v>
+        <x:v>1.2852</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:8">
       <x:c r="A738" s="2" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="B738" s="3" t="n">
-        <x:v>1.2795</x:v>
+        <x:v>1.3012</x:v>
       </x:c>
       <x:c r="C738" s="3" t="n">
-        <x:v>1.2788</x:v>
+        <x:v>1.3005</x:v>
       </x:c>
       <x:c r="D738" s="3" t="n">
-        <x:v>1.2801</x:v>
+        <x:v>1.3019</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:8">
       <x:c r="A739" s="2" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="B739" s="3" t="n">
-        <x:v>1.2732</x:v>
+        <x:v>1.2997</x:v>
       </x:c>
       <x:c r="C739" s="3" t="n">
-        <x:v>1.2725</x:v>
+        <x:v>1.299</x:v>
       </x:c>
       <x:c r="D739" s="3" t="n">
-        <x:v>1.2738</x:v>
+        <x:v>1.3003</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:8">
       <x:c r="A740" s="2" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="B740" s="3" t="n">
-        <x:v>1.2595</x:v>
+        <x:v>1.284</x:v>
       </x:c>
       <x:c r="C740" s="3" t="n">
-        <x:v>1.2588</x:v>
+        <x:v>1.2833</x:v>
       </x:c>
       <x:c r="D740" s="3" t="n">
-        <x:v>1.2601</x:v>
+        <x:v>1.2846</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:8">
       <x:c r="A741" s="2" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="B741" s="3" t="n">
-        <x:v>1.2462</x:v>
+        <x:v>1.2813</x:v>
       </x:c>
       <x:c r="C741" s="3" t="n">
-        <x:v>1.2455</x:v>
+        <x:v>1.2806</x:v>
       </x:c>
       <x:c r="D741" s="3" t="n">
-        <x:v>1.2468</x:v>
+        <x:v>1.2819</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:8">
       <x:c r="A742" s="2" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="B742" s="3" t="n">
-        <x:v>1.252</x:v>
+        <x:v>1.2976</x:v>
       </x:c>
       <x:c r="C742" s="3" t="n">
-        <x:v>1.2513</x:v>
+        <x:v>1.2969</x:v>
       </x:c>
       <x:c r="D742" s="3" t="n">
-        <x:v>1.2526</x:v>
+        <x:v>1.2982</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:8">
       <x:c r="A743" s="2" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="B743" s="3" t="n">
-        <x:v>1.2589</x:v>
+        <x:v>1.2703</x:v>
       </x:c>
       <x:c r="C743" s="3" t="n">
-        <x:v>1.2582</x:v>
+        <x:v>1.2696</x:v>
       </x:c>
       <x:c r="D743" s="3" t="n">
-        <x:v>1.2595</x:v>
+        <x:v>1.2709</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:8">
       <x:c r="A744" s="2" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="B744" s="3" t="n">
-        <x:v>1.2571</x:v>
+        <x:v>1.2662</x:v>
       </x:c>
       <x:c r="C744" s="3" t="n">
-        <x:v>1.2564</x:v>
+        <x:v>1.2655</x:v>
       </x:c>
       <x:c r="D744" s="3" t="n">
-        <x:v>1.2577</x:v>
+        <x:v>1.2668</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:8">
       <x:c r="A745" s="2" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="B745" s="3" t="n">
-        <x:v>1.2597</x:v>
+        <x:v>1.283</x:v>
       </x:c>
       <x:c r="C745" s="3" t="n">
-        <x:v>1.259</x:v>
+        <x:v>1.2823</x:v>
       </x:c>
       <x:c r="D745" s="3" t="n">
-        <x:v>1.2603</x:v>
+        <x:v>1.2836</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:8">
       <x:c r="A746" s="2" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="B746" s="3" t="n">
-        <x:v>1.2518</x:v>
+        <x:v>1.2634</x:v>
       </x:c>
       <x:c r="C746" s="3" t="n">
-        <x:v>1.2511</x:v>
+        <x:v>1.2627</x:v>
       </x:c>
       <x:c r="D746" s="3" t="n">
-        <x:v>1.2524</x:v>
+        <x:v>1.264</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:8">
       <x:c r="A747" s="2" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="B747" s="3" t="n">
-        <x:v>1.2406</x:v>
+        <x:v>1.2631</x:v>
       </x:c>
       <x:c r="C747" s="3" t="n">
-        <x:v>1.2399</x:v>
+        <x:v>1.2624</x:v>
       </x:c>
       <x:c r="D747" s="3" t="n">
-        <x:v>1.2412</x:v>
+        <x:v>1.2637</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:8">
       <x:c r="A748" s="2" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="B748" s="3" t="n">
-        <x:v>1.2556</x:v>
+        <x:v>1.2377</x:v>
       </x:c>
       <x:c r="C748" s="3" t="n">
-        <x:v>1.2549</x:v>
+        <x:v>1.237</x:v>
       </x:c>
       <x:c r="D748" s="3" t="n">
-        <x:v>1.2562</x:v>
+        <x:v>1.2383</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:8">
       <x:c r="A749" s="2" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="B749" s="3" t="n">
-        <x:v>1.2678</x:v>
+        <x:v>1.2505</x:v>
       </x:c>
       <x:c r="C749" s="3" t="n">
-        <x:v>1.2671</x:v>
+        <x:v>1.2498</x:v>
       </x:c>
       <x:c r="D749" s="3" t="n">
-        <x:v>1.2684</x:v>
+        <x:v>1.2511</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:8">
       <x:c r="A750" s="2" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="B750" s="3" t="n">
-        <x:v>1.2644</x:v>
+        <x:v>1.2682</x:v>
       </x:c>
       <x:c r="C750" s="3" t="n">
-        <x:v>1.2637</x:v>
+        <x:v>1.2675</x:v>
       </x:c>
       <x:c r="D750" s="3" t="n">
-        <x:v>1.265</x:v>
+        <x:v>1.2688</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:8">
       <x:c r="A751" s="2" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="B751" s="3" t="n">
-        <x:v>1.279</x:v>
+        <x:v>1.2857</x:v>
       </x:c>
       <x:c r="C751" s="3" t="n">
-        <x:v>1.2783</x:v>
+        <x:v>1.285</x:v>
       </x:c>
       <x:c r="D751" s="3" t="n">
-        <x:v>1.2796</x:v>
+        <x:v>1.2863</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:8">
       <x:c r="A752" s="2" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="B752" s="3" t="n">
-        <x:v>1.2643</x:v>
+        <x:v>1.2874</x:v>
       </x:c>
       <x:c r="C752" s="3" t="n">
-        <x:v>1.2636</x:v>
+        <x:v>1.2867</x:v>
       </x:c>
       <x:c r="D752" s="3" t="n">
-        <x:v>1.2649</x:v>
+        <x:v>1.288</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:8">
       <x:c r="A753" s="2" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="B753" s="3" t="n">
-        <x:v>1.2687</x:v>
+        <x:v>1.2795</x:v>
       </x:c>
       <x:c r="C753" s="3" t="n">
-        <x:v>1.268</x:v>
+        <x:v>1.2788</x:v>
       </x:c>
       <x:c r="D753" s="3" t="n">
-        <x:v>1.2693</x:v>
+        <x:v>1.2801</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:8">
       <x:c r="A754" s="2" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="B754" s="3" t="n">
-        <x:v>1.2602</x:v>
+        <x:v>1.2732</x:v>
       </x:c>
       <x:c r="C754" s="3" t="n">
-        <x:v>1.2595</x:v>
+        <x:v>1.2725</x:v>
       </x:c>
       <x:c r="D754" s="3" t="n">
-        <x:v>1.2608</x:v>
+        <x:v>1.2738</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:8">
       <x:c r="A755" s="2" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="B755" s="3" t="n">
-        <x:v>1.2562</x:v>
+        <x:v>1.2595</x:v>
       </x:c>
       <x:c r="C755" s="3" t="n">
-        <x:v>1.2555</x:v>
+        <x:v>1.2588</x:v>
       </x:c>
       <x:c r="D755" s="3" t="n">
-        <x:v>1.2568</x:v>
+        <x:v>1.2601</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:8">
       <x:c r="A756" s="2" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="B756" s="3" t="n">
-        <x:v>1.2679</x:v>
+        <x:v>1.2462</x:v>
       </x:c>
       <x:c r="C756" s="3" t="n">
-        <x:v>1.2672</x:v>
+        <x:v>1.2455</x:v>
       </x:c>
       <x:c r="D756" s="3" t="n">
-        <x:v>1.2685</x:v>
+        <x:v>1.2468</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:8">
       <x:c r="A757" s="2" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="B757" s="3" t="n">
-        <x:v>1.2812</x:v>
+        <x:v>1.252</x:v>
       </x:c>
       <x:c r="C757" s="3" t="n">
-        <x:v>1.2805</x:v>
+        <x:v>1.2513</x:v>
       </x:c>
       <x:c r="D757" s="3" t="n">
-        <x:v>1.2818</x:v>
+        <x:v>1.2526</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:8">
       <x:c r="A758" s="2" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="B758" s="3" t="n">
-        <x:v>1.2811</x:v>
+        <x:v>1.2589</x:v>
       </x:c>
       <x:c r="C758" s="3" t="n">
-        <x:v>1.2804</x:v>
+        <x:v>1.2582</x:v>
       </x:c>
       <x:c r="D758" s="3" t="n">
-        <x:v>1.2817</x:v>
+        <x:v>1.2595</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:8">
       <x:c r="A759" s="2" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="B759" s="3" t="n">
-        <x:v>1.2718</x:v>
+        <x:v>1.2571</x:v>
       </x:c>
       <x:c r="C759" s="3" t="n">
-        <x:v>1.2711</x:v>
+        <x:v>1.2564</x:v>
       </x:c>
       <x:c r="D759" s="3" t="n">
-        <x:v>1.2724</x:v>
+        <x:v>1.2577</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:8">
       <x:c r="A760" s="2" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="B760" s="3" t="n">
-        <x:v>1.2588</x:v>
+        <x:v>1.2597</x:v>
       </x:c>
       <x:c r="C760" s="3" t="n">
-        <x:v>1.2581</x:v>
+        <x:v>1.259</x:v>
       </x:c>
       <x:c r="D760" s="3" t="n">
-        <x:v>1.2594</x:v>
+        <x:v>1.2603</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:8">
       <x:c r="A761" s="2" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="B761" s="3" t="n">
-        <x:v>1.2461</x:v>
+        <x:v>1.2518</x:v>
       </x:c>
       <x:c r="C761" s="3" t="n">
-        <x:v>1.2454</x:v>
+        <x:v>1.2511</x:v>
       </x:c>
       <x:c r="D761" s="3" t="n">
-        <x:v>1.2467</x:v>
+        <x:v>1.2524</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:8">
       <x:c r="A762" s="2" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="B762" s="3" t="n">
-        <x:v>1.2373</x:v>
+        <x:v>1.2406</x:v>
       </x:c>
       <x:c r="C762" s="3" t="n">
-        <x:v>1.2366</x:v>
+        <x:v>1.2399</x:v>
       </x:c>
       <x:c r="D762" s="3" t="n">
-        <x:v>1.2379</x:v>
+        <x:v>1.2412</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:8">
       <x:c r="A763" s="2" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="B763" s="3" t="n">
-        <x:v>1.2161</x:v>
+        <x:v>1.2556</x:v>
       </x:c>
       <x:c r="C763" s="3" t="n">
-        <x:v>1.2154</x:v>
+        <x:v>1.2549</x:v>
       </x:c>
       <x:c r="D763" s="3" t="n">
-        <x:v>1.2167</x:v>
+        <x:v>1.2562</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:8">
       <x:c r="A764" s="2" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="B764" s="3" t="n">
-        <x:v>1.2218</x:v>
+        <x:v>1.2678</x:v>
       </x:c>
       <x:c r="C764" s="3" t="n">
-        <x:v>1.2211</x:v>
+        <x:v>1.2671</x:v>
       </x:c>
       <x:c r="D764" s="3" t="n">
-        <x:v>1.2224</x:v>
+        <x:v>1.2684</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:8">
       <x:c r="A765" s="2" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="B765" s="3" t="n">
-        <x:v>1.2159</x:v>
+        <x:v>1.2644</x:v>
       </x:c>
       <x:c r="C765" s="3" t="n">
-        <x:v>1.2152</x:v>
+        <x:v>1.2637</x:v>
       </x:c>
       <x:c r="D765" s="3" t="n">
-        <x:v>1.2165</x:v>
+        <x:v>1.265</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:8">
       <x:c r="A766" s="2" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="B766" s="3" t="n">
-        <x:v>1.2188</x:v>
+        <x:v>1.279</x:v>
       </x:c>
       <x:c r="C766" s="3" t="n">
-        <x:v>1.2181</x:v>
+        <x:v>1.2783</x:v>
       </x:c>
       <x:c r="D766" s="3" t="n">
-        <x:v>1.2194</x:v>
+        <x:v>1.2796</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:8">
       <x:c r="A767" s="2" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="B767" s="3" t="n">
-        <x:v>1.2237</x:v>
+        <x:v>1.2643</x:v>
       </x:c>
       <x:c r="C767" s="3" t="n">
-        <x:v>1.223</x:v>
+        <x:v>1.2636</x:v>
       </x:c>
       <x:c r="D767" s="3" t="n">
-        <x:v>1.2243</x:v>
+        <x:v>1.2649</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:8">
       <x:c r="A768" s="2" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="B768" s="3" t="n">
-        <x:v>1.2266</x:v>
+        <x:v>1.2687</x:v>
       </x:c>
       <x:c r="C768" s="3" t="n">
-        <x:v>1.2259</x:v>
+        <x:v>1.268</x:v>
       </x:c>
       <x:c r="D768" s="3" t="n">
-        <x:v>1.2272</x:v>
+        <x:v>1.2693</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:8">
       <x:c r="A769" s="2" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="B769" s="3" t="n">
-        <x:v>1.218</x:v>
+        <x:v>1.2602</x:v>
       </x:c>
       <x:c r="C769" s="3" t="n">
-        <x:v>1.2173</x:v>
+        <x:v>1.2595</x:v>
       </x:c>
       <x:c r="D769" s="3" t="n">
-        <x:v>1.2186</x:v>
+        <x:v>1.2608</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:8">
       <x:c r="A770" s="2" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="B770" s="3" t="n">
-        <x:v>1.2048</x:v>
+        <x:v>1.2562</x:v>
       </x:c>
       <x:c r="C770" s="3" t="n">
-        <x:v>1.2041</x:v>
+        <x:v>1.2555</x:v>
       </x:c>
       <x:c r="D770" s="3" t="n">
-        <x:v>1.2054</x:v>
+        <x:v>1.2568</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:8">
       <x:c r="A771" s="2" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="B771" s="3" t="n">
-        <x:v>1.222</x:v>
+        <x:v>1.2679</x:v>
       </x:c>
       <x:c r="C771" s="3" t="n">
-        <x:v>1.2213</x:v>
+        <x:v>1.2672</x:v>
       </x:c>
       <x:c r="D771" s="3" t="n">
-        <x:v>1.2226</x:v>
+        <x:v>1.2685</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:8">
       <x:c r="A772" s="2" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="B772" s="3" t="n">
-        <x:v>1.2313</x:v>
+        <x:v>1.2812</x:v>
       </x:c>
       <x:c r="C772" s="3" t="n">
-        <x:v>1.2306</x:v>
+        <x:v>1.2805</x:v>
       </x:c>
       <x:c r="D772" s="3" t="n">
-        <x:v>1.2319</x:v>
+        <x:v>1.2818</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:8">
       <x:c r="A773" s="2" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="B773" s="3" t="n">
-        <x:v>1.2303</x:v>
+        <x:v>1.2811</x:v>
       </x:c>
       <x:c r="C773" s="3" t="n">
-        <x:v>1.2296</x:v>
+        <x:v>1.2804</x:v>
       </x:c>
       <x:c r="D773" s="3" t="n">
-        <x:v>1.2309</x:v>
+        <x:v>1.2817</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:8">
       <x:c r="A774" s="2" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="B774" s="3" t="n">
-        <x:v>1.2264</x:v>
+        <x:v>1.2718</x:v>
       </x:c>
       <x:c r="C774" s="3" t="n">
-        <x:v>1.2257</x:v>
+        <x:v>1.2711</x:v>
       </x:c>
       <x:c r="D774" s="3" t="n">
-        <x:v>1.227</x:v>
+        <x:v>1.2724</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:8">
       <x:c r="A775" s="2" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="B775" s="3" t="n">
-        <x:v>1.2286</x:v>
+        <x:v>1.2588</x:v>
       </x:c>
       <x:c r="C775" s="3" t="n">
-        <x:v>1.2279</x:v>
+        <x:v>1.2581</x:v>
       </x:c>
       <x:c r="D775" s="3" t="n">
-        <x:v>1.2292</x:v>
+        <x:v>1.2594</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:8">
       <x:c r="A776" s="2" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="B776" s="3" t="n">
-        <x:v>1.2186</x:v>
+        <x:v>1.2461</x:v>
       </x:c>
       <x:c r="C776" s="3" t="n">
-        <x:v>1.2179</x:v>
+        <x:v>1.2454</x:v>
       </x:c>
       <x:c r="D776" s="3" t="n">
-        <x:v>1.2192</x:v>
+        <x:v>1.2467</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:8">
       <x:c r="A777" s="2" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="B777" s="3" t="n">
-        <x:v>1.2023</x:v>
+        <x:v>1.2373</x:v>
       </x:c>
       <x:c r="C777" s="3" t="n">
-        <x:v>1.2016</x:v>
+        <x:v>1.2366</x:v>
       </x:c>
       <x:c r="D777" s="3" t="n">
-        <x:v>1.2029</x:v>
+        <x:v>1.2379</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:8">
       <x:c r="A778" s="2" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="B778" s="3" t="n">
-        <x:v>1.2141</x:v>
+        <x:v>1.2161</x:v>
       </x:c>
       <x:c r="C778" s="3" t="n">
-        <x:v>1.2134</x:v>
+        <x:v>1.2154</x:v>
       </x:c>
       <x:c r="D778" s="3" t="n">
-        <x:v>1.2147</x:v>
+        <x:v>1.2167</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:8">
       <x:c r="A779" s="2" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="B779" s="3" t="n">
-        <x:v>1.2083</x:v>
+        <x:v>1.2218</x:v>
       </x:c>
       <x:c r="C779" s="3" t="n">
-        <x:v>1.2076</x:v>
+        <x:v>1.2211</x:v>
       </x:c>
       <x:c r="D779" s="3" t="n">
-        <x:v>1.2089</x:v>
+        <x:v>1.2224</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:8">
       <x:c r="A780" s="2" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="B780" s="3" t="n">
-        <x:v>1.2038</x:v>
+        <x:v>1.2159</x:v>
       </x:c>
       <x:c r="C780" s="3" t="n">
-        <x:v>1.2031</x:v>
+        <x:v>1.2152</x:v>
       </x:c>
       <x:c r="D780" s="3" t="n">
-        <x:v>1.2044</x:v>
+        <x:v>1.2165</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:8">
       <x:c r="A781" s="2" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="B781" s="3" t="n">
-        <x:v>1.2154</x:v>
+        <x:v>1.2188</x:v>
       </x:c>
       <x:c r="C781" s="3" t="n">
-        <x:v>1.2147</x:v>
+        <x:v>1.2181</x:v>
       </x:c>
       <x:c r="D781" s="3" t="n">
-        <x:v>1.216</x:v>
+        <x:v>1.2194</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:8">
       <x:c r="A782" s="2" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="B782" s="3" t="n">
-        <x:v>1.2067</x:v>
+        <x:v>1.2237</x:v>
       </x:c>
       <x:c r="C782" s="3" t="n">
-        <x:v>1.206</x:v>
+        <x:v>1.223</x:v>
       </x:c>
       <x:c r="D782" s="3" t="n">
-        <x:v>1.2073</x:v>
+        <x:v>1.2243</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:8">
       <x:c r="A783" s="2" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="B783" s="3" t="n">
-        <x:v>1.2134</x:v>
+        <x:v>1.2266</x:v>
       </x:c>
       <x:c r="C783" s="3" t="n">
-        <x:v>1.2127</x:v>
+        <x:v>1.2259</x:v>
       </x:c>
       <x:c r="D783" s="3" t="n">
-        <x:v>1.214</x:v>
+        <x:v>1.2272</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:8">
       <x:c r="A784" s="2" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="B784" s="3" t="n">
-        <x:v>1.199</x:v>
+        <x:v>1.218</x:v>
       </x:c>
       <x:c r="C784" s="3" t="n">
-        <x:v>1.1984</x:v>
+        <x:v>1.2173</x:v>
       </x:c>
       <x:c r="D784" s="3" t="n">
-        <x:v>1.1996</x:v>
+        <x:v>1.2186</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:8">
       <x:c r="A785" s="2" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="B785" s="3" t="n">
-        <x:v>1.2212</x:v>
+        <x:v>1.2048</x:v>
       </x:c>
       <x:c r="C785" s="3" t="n">
-        <x:v>1.2205</x:v>
+        <x:v>1.2041</x:v>
       </x:c>
       <x:c r="D785" s="3" t="n">
-        <x:v>1.2218</x:v>
+        <x:v>1.2054</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:8">
       <x:c r="A786" s="2" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="B786" s="3" t="n">
-        <x:v>1.2211</x:v>
+        <x:v>1.222</x:v>
       </x:c>
       <x:c r="C786" s="3" t="n">
-        <x:v>1.2204</x:v>
+        <x:v>1.2213</x:v>
       </x:c>
       <x:c r="D786" s="3" t="n">
-        <x:v>1.2217</x:v>
+        <x:v>1.2226</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:8">
       <x:c r="A787" s="2" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="B787" s="3" t="n">
-        <x:v>1.2303</x:v>
+        <x:v>1.2313</x:v>
       </x:c>
       <x:c r="C787" s="3" t="n">
-        <x:v>1.2296</x:v>
+        <x:v>1.2306</x:v>
       </x:c>
       <x:c r="D787" s="3" t="n">
-        <x:v>1.2309</x:v>
+        <x:v>1.2319</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:8">
       <x:c r="A788" s="2" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="B788" s="3" t="n">
-        <x:v>1.2222</x:v>
+        <x:v>1.2303</x:v>
       </x:c>
       <x:c r="C788" s="3" t="n">
-        <x:v>1.2215</x:v>
+        <x:v>1.2296</x:v>
       </x:c>
       <x:c r="D788" s="3" t="n">
-        <x:v>1.2228</x:v>
+        <x:v>1.2309</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:8">
       <x:c r="A789" s="2" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="B789" s="3" t="n">
-        <x:v>1.2161</x:v>
+        <x:v>1.2264</x:v>
       </x:c>
       <x:c r="C789" s="3" t="n">
-        <x:v>1.2154</x:v>
+        <x:v>1.2257</x:v>
       </x:c>
       <x:c r="D789" s="3" t="n">
-        <x:v>1.2167</x:v>
+        <x:v>1.227</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:8">
       <x:c r="A790" s="2" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="B790" s="3" t="n">
-        <x:v>1.2272</x:v>
+        <x:v>1.2286</x:v>
       </x:c>
       <x:c r="C790" s="3" t="n">
-        <x:v>1.2265</x:v>
+        <x:v>1.2279</x:v>
       </x:c>
       <x:c r="D790" s="3" t="n">
-        <x:v>1.2278</x:v>
+        <x:v>1.2292</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:8">
       <x:c r="A791" s="2" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="B791" s="3" t="n">
-        <x:v>1.2297</x:v>
+        <x:v>1.2186</x:v>
       </x:c>
       <x:c r="C791" s="3" t="n">
-        <x:v>1.229</x:v>
+        <x:v>1.2179</x:v>
       </x:c>
       <x:c r="D791" s="3" t="n">
-        <x:v>1.2303</x:v>
+        <x:v>1.2192</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:8">
       <x:c r="A792" s="2" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="B792" s="3" t="n">
-        <x:v>1.2358</x:v>
+        <x:v>1.2023</x:v>
       </x:c>
       <x:c r="C792" s="3" t="n">
-        <x:v>1.2351</x:v>
+        <x:v>1.2016</x:v>
       </x:c>
       <x:c r="D792" s="3" t="n">
-        <x:v>1.2364</x:v>
+        <x:v>1.2029</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:8">
       <x:c r="A793" s="2" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="B793" s="3" t="n">
-        <x:v>1.2345</x:v>
+        <x:v>1.2141</x:v>
       </x:c>
       <x:c r="C793" s="3" t="n">
-        <x:v>1.2338</x:v>
+        <x:v>1.2134</x:v>
       </x:c>
       <x:c r="D793" s="3" t="n">
-        <x:v>1.2351</x:v>
+        <x:v>1.2147</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:8">
       <x:c r="A794" s="2" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="B794" s="3" t="n">
-        <x:v>1.251</x:v>
+        <x:v>1.2083</x:v>
       </x:c>
       <x:c r="C794" s="3" t="n">
-        <x:v>1.2503</x:v>
+        <x:v>1.2076</x:v>
       </x:c>
       <x:c r="D794" s="3" t="n">
-        <x:v>1.2516</x:v>
+        <x:v>1.2089</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:8">
       <x:c r="A795" s="2" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="B795" s="3" t="n">
-        <x:v>1.2287</x:v>
+        <x:v>1.2038</x:v>
       </x:c>
       <x:c r="C795" s="3" t="n">
-        <x:v>1.228</x:v>
+        <x:v>1.2031</x:v>
       </x:c>
       <x:c r="D795" s="3" t="n">
-        <x:v>1.2293</x:v>
+        <x:v>1.2044</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:8">
       <x:c r="A796" s="2" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="B796" s="3" t="n">
-        <x:v>1.2399</x:v>
+        <x:v>1.2154</x:v>
       </x:c>
       <x:c r="C796" s="3" t="n">
-        <x:v>1.2392</x:v>
+        <x:v>1.2147</x:v>
       </x:c>
       <x:c r="D796" s="3" t="n">
-        <x:v>1.2405</x:v>
+        <x:v>1.216</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:8">
       <x:c r="A797" s="2" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="B797" s="3" t="n">
-        <x:v>1.2383</x:v>
+        <x:v>1.2067</x:v>
       </x:c>
       <x:c r="C797" s="3" t="n">
-        <x:v>1.2376</x:v>
+        <x:v>1.206</x:v>
       </x:c>
       <x:c r="D797" s="3" t="n">
-        <x:v>1.2389</x:v>
+        <x:v>1.2073</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:8">
       <x:c r="A798" s="2" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="B798" s="3" t="n">
-        <x:v>1.2455</x:v>
+        <x:v>1.2134</x:v>
       </x:c>
       <x:c r="C798" s="3" t="n">
-        <x:v>1.2448</x:v>
+        <x:v>1.2127</x:v>
       </x:c>
       <x:c r="D798" s="3" t="n">
-        <x:v>1.2461</x:v>
+        <x:v>1.214</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:8">
       <x:c r="A799" s="2" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="B799" s="3" t="n">
-        <x:v>1.2528</x:v>
+        <x:v>1.199</x:v>
       </x:c>
       <x:c r="C799" s="3" t="n">
-        <x:v>1.2521</x:v>
+        <x:v>1.1984</x:v>
       </x:c>
       <x:c r="D799" s="3" t="n">
-        <x:v>1.2534</x:v>
+        <x:v>1.1996</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:8">
       <x:c r="A800" s="2" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="B800" s="3" t="n">
-        <x:v>1.2629</x:v>
+        <x:v>1.2212</x:v>
       </x:c>
       <x:c r="C800" s="3" t="n">
-        <x:v>1.2622</x:v>
+        <x:v>1.2205</x:v>
       </x:c>
       <x:c r="D800" s="3" t="n">
-        <x:v>1.2635</x:v>
+        <x:v>1.2218</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:8">
       <x:c r="A801" s="2" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="B801" s="3" t="n">
-        <x:v>1.2573</x:v>
+        <x:v>1.2211</x:v>
       </x:c>
       <x:c r="C801" s="3" t="n">
-        <x:v>1.2566</x:v>
+        <x:v>1.2204</x:v>
       </x:c>
       <x:c r="D801" s="3" t="n">
-        <x:v>1.2579</x:v>
+        <x:v>1.2217</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:8">
       <x:c r="A802" s="2" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="B802" s="3" t="n">
-        <x:v>1.2766</x:v>
+        <x:v>1.2303</x:v>
       </x:c>
       <x:c r="C802" s="3" t="n">
-        <x:v>1.2759</x:v>
+        <x:v>1.2296</x:v>
       </x:c>
       <x:c r="D802" s="3" t="n">
-        <x:v>1.2772</x:v>
+        <x:v>1.2309</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:8">
       <x:c r="A803" s="2" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="B803" s="3" t="n">
-        <x:v>1.2381</x:v>
+        <x:v>1.2222</x:v>
       </x:c>
       <x:c r="C803" s="3" t="n">
-        <x:v>1.2374</x:v>
+        <x:v>1.2215</x:v>
       </x:c>
       <x:c r="D803" s="3" t="n">
-        <x:v>1.2387</x:v>
+        <x:v>1.2228</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:8">
       <x:c r="A804" s="2" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="B804" s="3" t="n">
-        <x:v>1.2449</x:v>
+        <x:v>1.2161</x:v>
       </x:c>
       <x:c r="C804" s="3" t="n">
-        <x:v>1.2442</x:v>
+        <x:v>1.2154</x:v>
       </x:c>
       <x:c r="D804" s="3" t="n">
-        <x:v>1.2455</x:v>
+        <x:v>1.2167</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:8">
       <x:c r="A805" s="2" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="B805" s="3" t="n">
-        <x:v>1.2496</x:v>
+        <x:v>1.2272</x:v>
       </x:c>
       <x:c r="C805" s="3" t="n">
-        <x:v>1.2489</x:v>
+        <x:v>1.2265</x:v>
       </x:c>
       <x:c r="D805" s="3" t="n">
-        <x:v>1.2502</x:v>
+        <x:v>1.2278</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:8">
       <x:c r="A806" s="2" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="B806" s="3" t="n">
-        <x:v>1.2446</x:v>
+        <x:v>1.2297</x:v>
       </x:c>
       <x:c r="C806" s="3" t="n">
-        <x:v>1.2439</x:v>
+        <x:v>1.229</x:v>
       </x:c>
       <x:c r="D806" s="3" t="n">
-        <x:v>1.2452</x:v>
+        <x:v>1.2303</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:8">
       <x:c r="A807" s="2" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="B807" s="3" t="n">
-        <x:v>1.2519</x:v>
+        <x:v>1.2358</x:v>
       </x:c>
       <x:c r="C807" s="3" t="n">
-        <x:v>1.2512</x:v>
+        <x:v>1.2351</x:v>
       </x:c>
       <x:c r="D807" s="3" t="n">
-        <x:v>1.2525</x:v>
+        <x:v>1.2364</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:8">
       <x:c r="A808" s="2" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="B808" s="3" t="n">
-        <x:v>1.2573</x:v>
+        <x:v>1.2345</x:v>
       </x:c>
       <x:c r="C808" s="3" t="n">
-        <x:v>1.2566</x:v>
+        <x:v>1.2338</x:v>
       </x:c>
       <x:c r="D808" s="3" t="n">
-        <x:v>1.2579</x:v>
+        <x:v>1.2351</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:8">
       <x:c r="A809" s="2" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="B809" s="3" t="n">
-        <x:v>1.2539</x:v>
+        <x:v>1.251</x:v>
       </x:c>
       <x:c r="C809" s="3" t="n">
-        <x:v>1.2532</x:v>
+        <x:v>1.2503</x:v>
       </x:c>
       <x:c r="D809" s="3" t="n">
-        <x:v>1.2545</x:v>
+        <x:v>1.2516</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:8">
       <x:c r="A810" s="2" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="B810" s="3" t="n">
-        <x:v>1.2419</x:v>
+        <x:v>1.2287</x:v>
       </x:c>
       <x:c r="C810" s="3" t="n">
-        <x:v>1.2412</x:v>
+        <x:v>1.228</x:v>
       </x:c>
       <x:c r="D810" s="3" t="n">
-        <x:v>1.2425</x:v>
+        <x:v>1.2293</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:8">
       <x:c r="A811" s="2" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="B811" s="3" t="n">
-        <x:v>1.2424</x:v>
+        <x:v>1.2399</x:v>
       </x:c>
       <x:c r="C811" s="3" t="n">
-        <x:v>1.2417</x:v>
+        <x:v>1.2392</x:v>
       </x:c>
       <x:c r="D811" s="3" t="n">
-        <x:v>1.243</x:v>
+        <x:v>1.2405</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:8">
       <x:c r="A812" s="2" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="B812" s="3" t="n">
-        <x:v>1.2268</x:v>
+        <x:v>1.2383</x:v>
       </x:c>
       <x:c r="C812" s="3" t="n">
-        <x:v>1.2261</x:v>
+        <x:v>1.2376</x:v>
       </x:c>
       <x:c r="D812" s="3" t="n">
-        <x:v>1.2274</x:v>
+        <x:v>1.2389</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:8">
       <x:c r="A813" s="2" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="B813" s="3" t="n">
-        <x:v>1.2278</x:v>
+        <x:v>1.2455</x:v>
       </x:c>
       <x:c r="C813" s="3" t="n">
-        <x:v>1.2271</x:v>
+        <x:v>1.2448</x:v>
       </x:c>
       <x:c r="D813" s="3" t="n">
-        <x:v>1.2284</x:v>
+        <x:v>1.2461</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:8">
       <x:c r="A814" s="2" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="B814" s="3" t="n">
-        <x:v>1.2287</x:v>
+        <x:v>1.2528</x:v>
       </x:c>
       <x:c r="C814" s="3" t="n">
-        <x:v>1.228</x:v>
+        <x:v>1.2521</x:v>
       </x:c>
       <x:c r="D814" s="3" t="n">
-        <x:v>1.2293</x:v>
+        <x:v>1.2534</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:8">
       <x:c r="A815" s="2" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="B815" s="3" t="n">
-        <x:v>1.238</x:v>
+        <x:v>1.2629</x:v>
       </x:c>
       <x:c r="C815" s="3" t="n">
-        <x:v>1.2373</x:v>
+        <x:v>1.2622</x:v>
       </x:c>
       <x:c r="D815" s="3" t="n">
-        <x:v>1.2386</x:v>
+        <x:v>1.2635</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:8">
       <x:c r="A816" s="2" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="B816" s="3" t="n">
-        <x:v>1.251</x:v>
+        <x:v>1.2573</x:v>
       </x:c>
       <x:c r="C816" s="3" t="n">
-        <x:v>1.2503</x:v>
+        <x:v>1.2566</x:v>
       </x:c>
       <x:c r="D816" s="3" t="n">
-        <x:v>1.2516</x:v>
+        <x:v>1.2579</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:8">
       <x:c r="A817" s="2" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="B817" s="3" t="n">
-        <x:v>1.2253</x:v>
+        <x:v>1.2766</x:v>
       </x:c>
       <x:c r="C817" s="3" t="n">
-        <x:v>1.2246</x:v>
+        <x:v>1.2759</x:v>
       </x:c>
       <x:c r="D817" s="3" t="n">
-        <x:v>1.2259</x:v>
+        <x:v>1.2772</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:8">
       <x:c r="A818" s="2" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="B818" s="3" t="n">
-        <x:v>1.2232</x:v>
+        <x:v>1.2381</x:v>
       </x:c>
       <x:c r="C818" s="3" t="n">
-        <x:v>1.2225</x:v>
+        <x:v>1.2374</x:v>
       </x:c>
       <x:c r="D818" s="3" t="n">
-        <x:v>1.2238</x:v>
+        <x:v>1.2387</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:8">
       <x:c r="A819" s="2" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="B819" s="3" t="n">
-        <x:v>1.2299</x:v>
+        <x:v>1.2449</x:v>
       </x:c>
       <x:c r="C819" s="3" t="n">
-        <x:v>1.2292</x:v>
+        <x:v>1.2442</x:v>
       </x:c>
       <x:c r="D819" s="3" t="n">
-        <x:v>1.2305</x:v>
+        <x:v>1.2455</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:8">
       <x:c r="A820" s="2" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="B820" s="3" t="n">
-        <x:v>1.2191</x:v>
+        <x:v>1.2496</x:v>
       </x:c>
       <x:c r="C820" s="3" t="n">
-        <x:v>1.2184</x:v>
+        <x:v>1.2489</x:v>
       </x:c>
       <x:c r="D820" s="3" t="n">
-        <x:v>1.2197</x:v>
+        <x:v>1.2502</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:8">
       <x:c r="A821" s="2" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="B821" s="3" t="n">
-        <x:v>1.2273</x:v>
+        <x:v>1.2446</x:v>
       </x:c>
       <x:c r="C821" s="3" t="n">
-        <x:v>1.2266</x:v>
+        <x:v>1.2439</x:v>
       </x:c>
       <x:c r="D821" s="3" t="n">
-        <x:v>1.2279</x:v>
+        <x:v>1.2452</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:8">
       <x:c r="A822" s="2" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="B822" s="3" t="n">
-        <x:v>1.2239</x:v>
+        <x:v>1.2519</x:v>
       </x:c>
       <x:c r="C822" s="3" t="n">
-        <x:v>1.2232</x:v>
+        <x:v>1.2512</x:v>
       </x:c>
       <x:c r="D822" s="3" t="n">
-        <x:v>1.2245</x:v>
+        <x:v>1.2525</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:8">
       <x:c r="A823" s="2" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="B823" s="3" t="n">
-        <x:v>1.2516</x:v>
+        <x:v>1.2573</x:v>
       </x:c>
       <x:c r="C823" s="3" t="n">
-        <x:v>1.2509</x:v>
+        <x:v>1.2566</x:v>
       </x:c>
       <x:c r="D823" s="3" t="n">
-        <x:v>1.2522</x:v>
+        <x:v>1.2579</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:8">
       <x:c r="A824" s="2" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="B824" s="3" t="n">
-        <x:v>1.2558</x:v>
+        <x:v>1.2539</x:v>
       </x:c>
       <x:c r="C824" s="3" t="n">
-        <x:v>1.2551</x:v>
+        <x:v>1.2532</x:v>
       </x:c>
       <x:c r="D824" s="3" t="n">
-        <x:v>1.2564</x:v>
+        <x:v>1.2545</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:8">
       <x:c r="A825" s="2" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="B825" s="3" t="n">
-        <x:v>1.2617</x:v>
+        <x:v>1.2419</x:v>
       </x:c>
       <x:c r="C825" s="3" t="n">
-        <x:v>1.261</x:v>
+        <x:v>1.2412</x:v>
       </x:c>
       <x:c r="D825" s="3" t="n">
-        <x:v>1.2623</x:v>
+        <x:v>1.2425</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:8">
       <x:c r="A826" s="2" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="B826" s="3" t="n">
-        <x:v>1.2248</x:v>
+        <x:v>1.2424</x:v>
       </x:c>
       <x:c r="C826" s="3" t="n">
-        <x:v>1.2241</x:v>
+        <x:v>1.2417</x:v>
       </x:c>
       <x:c r="D826" s="3" t="n">
-        <x:v>1.2254</x:v>
+        <x:v>1.243</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:8">
       <x:c r="A827" s="2" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="B827" s="3" t="n">
-        <x:v>1.2341</x:v>
+        <x:v>1.2268</x:v>
       </x:c>
       <x:c r="C827" s="3" t="n">
-        <x:v>1.2334</x:v>
+        <x:v>1.2261</x:v>
       </x:c>
       <x:c r="D827" s="3" t="n">
-        <x:v>1.2347</x:v>
+        <x:v>1.2274</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:8">
       <x:c r="A828" s="2" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="B828" s="3" t="n">
-        <x:v>1.2569</x:v>
+        <x:v>1.2278</x:v>
       </x:c>
       <x:c r="C828" s="3" t="n">
-        <x:v>1.2562</x:v>
+        <x:v>1.2271</x:v>
       </x:c>
       <x:c r="D828" s="3" t="n">
-        <x:v>1.2575</x:v>
+        <x:v>1.2284</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:8">
       <x:c r="A829" s="2" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="B829" s="3" t="n">
-        <x:v>1.2571</x:v>
+        <x:v>1.2287</x:v>
       </x:c>
       <x:c r="C829" s="3" t="n">
-        <x:v>1.2564</x:v>
+        <x:v>1.228</x:v>
       </x:c>
       <x:c r="D829" s="3" t="n">
-        <x:v>1.2577</x:v>
+        <x:v>1.2293</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:8">
       <x:c r="A830" s="2" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="B830" s="3" t="n">
-        <x:v>1.2378</x:v>
+        <x:v>1.238</x:v>
       </x:c>
       <x:c r="C830" s="3" t="n">
-        <x:v>1.2371</x:v>
+        <x:v>1.2373</x:v>
       </x:c>
       <x:c r="D830" s="3" t="n">
-        <x:v>1.2384</x:v>
+        <x:v>1.2386</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:8">
       <x:c r="A831" s="2" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="B831" s="3" t="n">
-        <x:v>1.2094</x:v>
+        <x:v>1.251</x:v>
       </x:c>
       <x:c r="C831" s="3" t="n">
-        <x:v>1.2087</x:v>
+        <x:v>1.2503</x:v>
       </x:c>
       <x:c r="D831" s="3" t="n">
-        <x:v>1.21</x:v>
+        <x:v>1.2516</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:8">
       <x:c r="A832" s="2" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="B832" s="3" t="n">
-        <x:v>1.218</x:v>
+        <x:v>1.2253</x:v>
       </x:c>
       <x:c r="C832" s="3" t="n">
-        <x:v>1.2173</x:v>
+        <x:v>1.2246</x:v>
       </x:c>
       <x:c r="D832" s="3" t="n">
-        <x:v>1.2186</x:v>
+        <x:v>1.2259</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:8">
       <x:c r="A833" s="2" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="B833" s="3" t="n">
-        <x:v>1.2254</x:v>
+        <x:v>1.2232</x:v>
       </x:c>
       <x:c r="C833" s="3" t="n">
-        <x:v>1.2247</x:v>
+        <x:v>1.2225</x:v>
       </x:c>
       <x:c r="D833" s="3" t="n">
-        <x:v>1.226</x:v>
+        <x:v>1.2238</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:8">
       <x:c r="A834" s="2" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="B834" s="3" t="n">
-        <x:v>1.2167</x:v>
+        <x:v>1.2299</x:v>
       </x:c>
       <x:c r="C834" s="3" t="n">
-        <x:v>1.216</x:v>
+        <x:v>1.2292</x:v>
       </x:c>
       <x:c r="D834" s="3" t="n">
-        <x:v>1.2173</x:v>
+        <x:v>1.2305</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:8">
       <x:c r="A835" s="2" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="B835" s="3" t="n">
-        <x:v>1.2003</x:v>
+        <x:v>1.2191</x:v>
       </x:c>
       <x:c r="C835" s="3" t="n">
-        <x:v>1.1996</x:v>
+        <x:v>1.2184</x:v>
       </x:c>
       <x:c r="D835" s="3" t="n">
-        <x:v>1.2009</x:v>
+        <x:v>1.2197</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:8">
       <x:c r="A836" s="2" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="B836" s="3" t="n">
-        <x:v>1.2056</x:v>
+        <x:v>1.2273</x:v>
       </x:c>
       <x:c r="C836" s="3" t="n">
-        <x:v>1.2049</x:v>
+        <x:v>1.2266</x:v>
       </x:c>
       <x:c r="D836" s="3" t="n">
-        <x:v>1.2062</x:v>
+        <x:v>1.2279</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:8">
       <x:c r="A837" s="2" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="B837" s="3" t="n">
-        <x:v>1.1708</x:v>
+        <x:v>1.2239</x:v>
       </x:c>
       <x:c r="C837" s="3" t="n">
-        <x:v>1.1702</x:v>
+        <x:v>1.2232</x:v>
       </x:c>
       <x:c r="D837" s="3" t="n">
-        <x:v>1.1714</x:v>
+        <x:v>1.2245</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:8">
       <x:c r="A838" s="2" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="B838" s="3" t="n">
-        <x:v>1.1717</x:v>
+        <x:v>1.2516</x:v>
       </x:c>
       <x:c r="C838" s="3" t="n">
-        <x:v>1.1711</x:v>
+        <x:v>1.2509</x:v>
       </x:c>
       <x:c r="D838" s="3" t="n">
-        <x:v>1.1723</x:v>
+        <x:v>1.2522</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:8">
       <x:c r="A839" s="2" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="B839" s="3" t="n">
-        <x:v>1.1843</x:v>
+        <x:v>1.2558</x:v>
       </x:c>
       <x:c r="C839" s="3" t="n">
-        <x:v>1.1837</x:v>
+        <x:v>1.2551</x:v>
       </x:c>
       <x:c r="D839" s="3" t="n">
-        <x:v>1.1849</x:v>
+        <x:v>1.2564</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:8">
       <x:c r="A840" s="2" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="B840" s="3" t="n">
-        <x:v>1.174</x:v>
+        <x:v>1.2617</x:v>
       </x:c>
       <x:c r="C840" s="3" t="n">
-        <x:v>1.1734</x:v>
+        <x:v>1.261</x:v>
       </x:c>
       <x:c r="D840" s="3" t="n">
-        <x:v>1.1746</x:v>
+        <x:v>1.2623</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:8">
       <x:c r="A841" s="2" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="B841" s="3" t="n">
-        <x:v>1.1995</x:v>
+        <x:v>1.2248</x:v>
       </x:c>
       <x:c r="C841" s="3" t="n">
-        <x:v>1.1989</x:v>
+        <x:v>1.2241</x:v>
       </x:c>
       <x:c r="D841" s="3" t="n">
-        <x:v>1.2001</x:v>
+        <x:v>1.2254</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:8">
       <x:c r="A842" s="2" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="B842" s="3" t="n">
-        <x:v>1.2074</x:v>
+        <x:v>1.2341</x:v>
       </x:c>
       <x:c r="C842" s="3" t="n">
-        <x:v>1.2067</x:v>
+        <x:v>1.2334</x:v>
       </x:c>
       <x:c r="D842" s="3" t="n">
-        <x:v>1.208</x:v>
+        <x:v>1.2347</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:8">
       <x:c r="A843" s="2" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="B843" s="3" t="n">
-        <x:v>1.197</x:v>
+        <x:v>1.2569</x:v>
       </x:c>
       <x:c r="C843" s="3" t="n">
-        <x:v>1.1964</x:v>
+        <x:v>1.2562</x:v>
       </x:c>
       <x:c r="D843" s="3" t="n">
-        <x:v>1.1976</x:v>
+        <x:v>1.2575</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:8">
       <x:c r="A844" s="2" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="B844" s="3" t="n">
-        <x:v>1.1519</x:v>
+        <x:v>1.2571</x:v>
       </x:c>
       <x:c r="C844" s="3" t="n">
-        <x:v>1.1513</x:v>
+        <x:v>1.2564</x:v>
       </x:c>
       <x:c r="D844" s="3" t="n">
-        <x:v>1.1525</x:v>
+        <x:v>1.2577</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:8">
       <x:c r="A845" s="2" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="B845" s="3" t="n">
-        <x:v>1.1536</x:v>
+        <x:v>1.2378</x:v>
       </x:c>
       <x:c r="C845" s="3" t="n">
-        <x:v>1.1536</x:v>
+        <x:v>1.2371</x:v>
       </x:c>
       <x:c r="D845" s="3" t="n">
-        <x:v>1.1536</x:v>
+        <x:v>1.2384</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:8">
       <x:c r="A846" s="2" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="B846" s="3" t="n">
-        <x:v>1.1664</x:v>
+        <x:v>1.2094</x:v>
       </x:c>
       <x:c r="C846" s="3" t="n">
-        <x:v>1.1664</x:v>
+        <x:v>1.2087</x:v>
       </x:c>
       <x:c r="D846" s="3" t="n">
-        <x:v>1.1664</x:v>
+        <x:v>1.21</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:8">
       <x:c r="A847" s="2" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="B847" s="3" t="n">
-        <x:v>1.1532</x:v>
+        <x:v>1.218</x:v>
       </x:c>
       <x:c r="C847" s="3" t="n">
-        <x:v>1.1532</x:v>
+        <x:v>1.2173</x:v>
       </x:c>
       <x:c r="D847" s="3" t="n">
-        <x:v>1.1532</x:v>
+        <x:v>1.2186</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:8">
       <x:c r="A848" s="2" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="B848" s="3" t="n">
-        <x:v>1.1506</x:v>
+        <x:v>1.2254</x:v>
       </x:c>
       <x:c r="C848" s="3" t="n">
-        <x:v>1.1506</x:v>
+        <x:v>1.2247</x:v>
       </x:c>
       <x:c r="D848" s="3" t="n">
-        <x:v>1.1506</x:v>
+        <x:v>1.226</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:8">
       <x:c r="A849" s="2" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="B849" s="3" t="n">
-        <x:v>1.1523</x:v>
+        <x:v>1.2167</x:v>
       </x:c>
       <x:c r="C849" s="3" t="n">
-        <x:v>1.1523</x:v>
+        <x:v>1.216</x:v>
       </x:c>
       <x:c r="D849" s="3" t="n">
-        <x:v>1.1523</x:v>
+        <x:v>1.2173</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:8">
       <x:c r="A850" s="2" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="B850" s="3" t="n">
-        <x:v>1.158</x:v>
+        <x:v>1.2003</x:v>
       </x:c>
       <x:c r="C850" s="3" t="n">
-        <x:v>1.158</x:v>
+        <x:v>1.1996</x:v>
       </x:c>
       <x:c r="D850" s="3" t="n">
-        <x:v>1.158</x:v>
+        <x:v>1.2009</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:8">
       <x:c r="A851" s="2" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="B851" s="3" t="n">
-        <x:v>1.1693</x:v>
+        <x:v>1.2056</x:v>
       </x:c>
       <x:c r="C851" s="3" t="n">
-        <x:v>1.1693</x:v>
+        <x:v>1.2049</x:v>
       </x:c>
       <x:c r="D851" s="3" t="n">
-        <x:v>1.1693</x:v>
+        <x:v>1.2062</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:8">
       <x:c r="A852" s="2" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="B852" s="3" t="n">
-        <x:v>1.1787</x:v>
+        <x:v>1.1708</x:v>
       </x:c>
       <x:c r="C852" s="3" t="n">
-        <x:v>1.1787</x:v>
+        <x:v>1.1702</x:v>
       </x:c>
       <x:c r="D852" s="3" t="n">
-        <x:v>1.1787</x:v>
+        <x:v>1.1714</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:8">
       <x:c r="A853" s="2" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="B853" s="3" t="n">
-        <x:v>1.1768</x:v>
+        <x:v>1.1717</x:v>
       </x:c>
       <x:c r="C853" s="3" t="n">
-        <x:v>1.1768</x:v>
+        <x:v>1.1711</x:v>
       </x:c>
       <x:c r="D853" s="3" t="n">
-        <x:v>1.1768</x:v>
+        <x:v>1.1723</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:8">
       <x:c r="A854" s="2" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="B854" s="3" t="n">
-        <x:v>1.1828</x:v>
+        <x:v>1.1843</x:v>
       </x:c>
       <x:c r="C854" s="3" t="n">
-        <x:v>1.1828</x:v>
+        <x:v>1.1837</x:v>
       </x:c>
       <x:c r="D854" s="3" t="n">
-        <x:v>1.1828</x:v>
+        <x:v>1.1849</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:8">
       <x:c r="A855" s="2" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="B855" s="3" t="n">
-        <x:v>1.1857</x:v>
+        <x:v>1.174</x:v>
       </x:c>
       <x:c r="C855" s="3" t="n">
-        <x:v>1.1857</x:v>
+        <x:v>1.1734</x:v>
       </x:c>
       <x:c r="D855" s="3" t="n">
-        <x:v>1.1857</x:v>
+        <x:v>1.1746</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:8">
       <x:c r="A856" s="2" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="B856" s="3" t="n">
-        <x:v>1.1851</x:v>
+        <x:v>1.1995</x:v>
       </x:c>
       <x:c r="C856" s="3" t="n">
-        <x:v>1.1851</x:v>
+        <x:v>1.1989</x:v>
       </x:c>
       <x:c r="D856" s="3" t="n">
-        <x:v>1.1851</x:v>
+        <x:v>1.2001</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:8">
       <x:c r="A857" s="2" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="B857" s="3" t="n">
-        <x:v>1.209</x:v>
+        <x:v>1.2074</x:v>
       </x:c>
       <x:c r="C857" s="3" t="n">
-        <x:v>1.209</x:v>
+        <x:v>1.2067</x:v>
       </x:c>
       <x:c r="D857" s="3" t="n">
-        <x:v>1.209</x:v>
+        <x:v>1.208</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:8">
       <x:c r="A858" s="2" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="B858" s="3" t="n">
-        <x:v>1.2048</x:v>
+        <x:v>1.197</x:v>
       </x:c>
       <x:c r="C858" s="3" t="n">
-        <x:v>1.2048</x:v>
+        <x:v>1.1964</x:v>
       </x:c>
       <x:c r="D858" s="3" t="n">
-        <x:v>1.2048</x:v>
+        <x:v>1.1976</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:8">
       <x:c r="A859" s="2" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="B859" s="3" t="n">
-        <x:v>1.206</x:v>
+        <x:v>1.1519</x:v>
       </x:c>
       <x:c r="C859" s="3" t="n">
-        <x:v>1.206</x:v>
+        <x:v>1.1513</x:v>
       </x:c>
       <x:c r="D859" s="3" t="n">
-        <x:v>1.206</x:v>
+        <x:v>1.1525</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:8">
       <x:c r="A860" s="2" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="B860" s="3" t="n">
-        <x:v>1.1993</x:v>
+        <x:v>1.1536</x:v>
       </x:c>
       <x:c r="C860" s="3" t="n">
-        <x:v>1.1993</x:v>
+        <x:v>1.1536</x:v>
       </x:c>
       <x:c r="D860" s="3" t="n">
-        <x:v>1.1993</x:v>
+        <x:v>1.1536</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:8">
       <x:c r="A861" s="2" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="B861" s="3" t="n">
-        <x:v>1.1805</x:v>
+        <x:v>1.1664</x:v>
       </x:c>
       <x:c r="C861" s="3" t="n">
-        <x:v>1.1805</x:v>
+        <x:v>1.1664</x:v>
       </x:c>
       <x:c r="D861" s="3" t="n">
-        <x:v>1.1805</x:v>
+        <x:v>1.1664</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:8">
       <x:c r="A862" s="2" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="B862" s="3" t="n">
-        <x:v>1.1754</x:v>
+        <x:v>1.1532</x:v>
       </x:c>
       <x:c r="C862" s="3" t="n">
-        <x:v>1.1754</x:v>
+        <x:v>1.1532</x:v>
       </x:c>
       <x:c r="D862" s="3" t="n">
-        <x:v>1.1754</x:v>
+        <x:v>1.1532</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:8">
       <x:c r="A863" s="2" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="B863" s="3" t="n">
-        <x:v>1.1697</x:v>
+        <x:v>1.1506</x:v>
       </x:c>
       <x:c r="C863" s="3" t="n">
-        <x:v>1.1697</x:v>
+        <x:v>1.1506</x:v>
       </x:c>
       <x:c r="D863" s="3" t="n">
-        <x:v>1.1697</x:v>
+        <x:v>1.1506</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:8">
       <x:c r="A864" s="2" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="B864" s="3" t="n">
-        <x:v>1.189</x:v>
+        <x:v>1.1523</x:v>
       </x:c>
       <x:c r="C864" s="3" t="n">
-        <x:v>1.189</x:v>
+        <x:v>1.1523</x:v>
       </x:c>
       <x:c r="D864" s="3" t="n">
-        <x:v>1.189</x:v>
+        <x:v>1.1523</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:8">
       <x:c r="A865" s="2" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="B865" s="3" t="n">
-        <x:v>1.1772</x:v>
+        <x:v>1.158</x:v>
       </x:c>
       <x:c r="C865" s="3" t="n">
-        <x:v>1.1772</x:v>
+        <x:v>1.158</x:v>
       </x:c>
       <x:c r="D865" s="3" t="n">
-        <x:v>1.1772</x:v>
+        <x:v>1.158</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:8">
       <x:c r="A866" s="2" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="B866" s="3" t="n">
-        <x:v>1.1811</x:v>
+        <x:v>1.1693</x:v>
       </x:c>
       <x:c r="C866" s="3" t="n">
-        <x:v>1.1811</x:v>
+        <x:v>1.1693</x:v>
       </x:c>
       <x:c r="D866" s="3" t="n">
-        <x:v>1.1811</x:v>
+        <x:v>1.1693</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:8">
       <x:c r="A867" s="2" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="B867" s="3" t="n">
-        <x:v>1.1855</x:v>
+        <x:v>1.1787</x:v>
       </x:c>
       <x:c r="C867" s="3" t="n">
-        <x:v>1.1855</x:v>
+        <x:v>1.1787</x:v>
       </x:c>
       <x:c r="D867" s="3" t="n">
-        <x:v>1.1855</x:v>
+        <x:v>1.1787</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:8">
       <x:c r="A868" s="2" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="B868" s="3" t="n">
-        <x:v>1.1876</x:v>
+        <x:v>1.1768</x:v>
       </x:c>
       <x:c r="C868" s="3" t="n">
-        <x:v>1.1876</x:v>
+        <x:v>1.1768</x:v>
       </x:c>
       <x:c r="D868" s="3" t="n">
-        <x:v>1.1876</x:v>
+        <x:v>1.1768</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:8">
       <x:c r="A869" s="2" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="B869" s="3" t="n">
-        <x:v>1.2166</x:v>
+        <x:v>1.1828</x:v>
       </x:c>
       <x:c r="C869" s="3" t="n">
-        <x:v>1.2166</x:v>
+        <x:v>1.1828</x:v>
       </x:c>
       <x:c r="D869" s="3" t="n">
-        <x:v>1.2166</x:v>
+        <x:v>1.1828</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:8">
       <x:c r="A870" s="2" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="B870" s="3" t="n">
-        <x:v>1.2121</x:v>
+        <x:v>1.1857</x:v>
       </x:c>
       <x:c r="C870" s="3" t="n">
-        <x:v>1.2121</x:v>
+        <x:v>1.1857</x:v>
       </x:c>
       <x:c r="D870" s="3" t="n">
-        <x:v>1.2121</x:v>
+        <x:v>1.1857</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:8">
       <x:c r="A871" s="2" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="B871" s="3" t="n">
-        <x:v>1.2053</x:v>
+        <x:v>1.1851</x:v>
       </x:c>
       <x:c r="C871" s="3" t="n">
-        <x:v>1.2053</x:v>
+        <x:v>1.1851</x:v>
       </x:c>
       <x:c r="D871" s="3" t="n">
-        <x:v>1.2053</x:v>
+        <x:v>1.1851</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:8">
       <x:c r="A872" s="2" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="B872" s="3" t="n">
-        <x:v>1.2266</x:v>
+        <x:v>1.209</x:v>
       </x:c>
       <x:c r="C872" s="3" t="n">
-        <x:v>1.2266</x:v>
+        <x:v>1.209</x:v>
       </x:c>
       <x:c r="D872" s="3" t="n">
-        <x:v>1.2266</x:v>
+        <x:v>1.209</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:8">
       <x:c r="A873" s="2" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="B873" s="3" t="n">
-        <x:v>1.2516</x:v>
+        <x:v>1.2048</x:v>
       </x:c>
       <x:c r="C873" s="3" t="n">
-        <x:v>1.2516</x:v>
+        <x:v>1.2048</x:v>
       </x:c>
       <x:c r="D873" s="3" t="n">
-        <x:v>1.2516</x:v>
+        <x:v>1.2048</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:8">
       <x:c r="A874" s="2" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="B874" s="3" t="n">
-        <x:v>1.2509</x:v>
+        <x:v>1.206</x:v>
       </x:c>
       <x:c r="C874" s="3" t="n">
-        <x:v>1.2509</x:v>
+        <x:v>1.206</x:v>
       </x:c>
       <x:c r="D874" s="3" t="n">
-        <x:v>1.2509</x:v>
+        <x:v>1.206</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:8">
       <x:c r="A875" s="2" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="B875" s="3" t="n">
-        <x:v>1.2549</x:v>
+        <x:v>1.1993</x:v>
       </x:c>
       <x:c r="C875" s="3" t="n">
-        <x:v>1.2549</x:v>
+        <x:v>1.1993</x:v>
       </x:c>
       <x:c r="D875" s="3" t="n">
-        <x:v>1.2549</x:v>
+        <x:v>1.1993</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:8">
       <x:c r="A876" s="2" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="B876" s="3" t="n">
-        <x:v>1.2444</x:v>
+        <x:v>1.1805</x:v>
       </x:c>
       <x:c r="C876" s="3" t="n">
-        <x:v>1.2444</x:v>
+        <x:v>1.1805</x:v>
       </x:c>
       <x:c r="D876" s="3" t="n">
-        <x:v>1.2444</x:v>
+        <x:v>1.1805</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:8">
       <x:c r="A877" s="2" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="B877" s="3" t="n">
-        <x:v>1.2415</x:v>
+        <x:v>1.1754</x:v>
       </x:c>
       <x:c r="C877" s="3" t="n">
-        <x:v>1.2415</x:v>
+        <x:v>1.1754</x:v>
       </x:c>
       <x:c r="D877" s="3" t="n">
-        <x:v>1.2415</x:v>
+        <x:v>1.1754</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:8">
       <x:c r="A878" s="2" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="B878" s="3" t="n">
-        <x:v>1.2257</x:v>
+        <x:v>1.1697</x:v>
       </x:c>
       <x:c r="C878" s="3" t="n">
-        <x:v>1.2257</x:v>
+        <x:v>1.1697</x:v>
       </x:c>
       <x:c r="D878" s="3" t="n">
-        <x:v>1.2257</x:v>
+        <x:v>1.1697</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:8">
       <x:c r="A879" s="2" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="B879" s="3" t="n">
-        <x:v>1.208</x:v>
+        <x:v>1.189</x:v>
       </x:c>
       <x:c r="C879" s="3" t="n">
-        <x:v>1.208</x:v>
+        <x:v>1.189</x:v>
       </x:c>
       <x:c r="D879" s="3" t="n">
-        <x:v>1.208</x:v>
+        <x:v>1.189</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:8">
       <x:c r="A880" s="2" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="B880" s="3" t="n">
-        <x:v>1.2142</x:v>
+        <x:v>1.1772</x:v>
       </x:c>
       <x:c r="C880" s="3" t="n">
-        <x:v>1.2142</x:v>
+        <x:v>1.1772</x:v>
       </x:c>
       <x:c r="D880" s="3" t="n">
-        <x:v>1.2142</x:v>
+        <x:v>1.1772</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:8">
       <x:c r="A881" s="2" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="B881" s="3" t="n">
-        <x:v>1.2151</x:v>
+        <x:v>1.1811</x:v>
       </x:c>
       <x:c r="C881" s="3" t="n">
-        <x:v>1.2151</x:v>
+        <x:v>1.1811</x:v>
       </x:c>
       <x:c r="D881" s="3" t="n">
-        <x:v>1.2151</x:v>
+        <x:v>1.1811</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:8">
       <x:c r="A882" s="2" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="B882" s="3" t="n">
-        <x:v>1.217</x:v>
+        <x:v>1.1855</x:v>
       </x:c>
       <x:c r="C882" s="3" t="n">
-        <x:v>1.217</x:v>
+        <x:v>1.1855</x:v>
       </x:c>
       <x:c r="D882" s="3" t="n">
-        <x:v>1.217</x:v>
+        <x:v>1.1855</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:8">
       <x:c r="A883" s="2" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="B883" s="3" t="n">
-        <x:v>1.235</x:v>
+        <x:v>1.1876</x:v>
       </x:c>
       <x:c r="C883" s="3" t="n">
-        <x:v>1.235</x:v>
+        <x:v>1.1876</x:v>
       </x:c>
       <x:c r="D883" s="3" t="n">
-        <x:v>1.235</x:v>
+        <x:v>1.1876</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:8">
       <x:c r="A884" s="2" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="B884" s="3" t="n">
-        <x:v>1.2302</x:v>
+        <x:v>1.2166</x:v>
       </x:c>
       <x:c r="C884" s="3" t="n">
-        <x:v>1.2302</x:v>
+        <x:v>1.2166</x:v>
       </x:c>
       <x:c r="D884" s="3" t="n">
-        <x:v>1.2302</x:v>
+        <x:v>1.2166</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:8">
       <x:c r="A885" s="2" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="B885" s="3" t="n">
-        <x:v>1.2367</x:v>
+        <x:v>1.2121</x:v>
       </x:c>
       <x:c r="C885" s="3" t="n">
-        <x:v>1.2367</x:v>
+        <x:v>1.2121</x:v>
       </x:c>
       <x:c r="D885" s="3" t="n">
-        <x:v>1.2367</x:v>
+        <x:v>1.2121</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:8">
       <x:c r="A886" s="2" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="B886" s="3" t="n">
-        <x:v>1.2087</x:v>
+        <x:v>1.2053</x:v>
       </x:c>
       <x:c r="C886" s="3" t="n">
-        <x:v>1.2087</x:v>
+        <x:v>1.2053</x:v>
       </x:c>
       <x:c r="D886" s="3" t="n">
-        <x:v>1.2087</x:v>
+        <x:v>1.2053</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:8">
       <x:c r="A887" s="2" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="B887" s="3" t="n">
-        <x:v>1.2146</x:v>
+        <x:v>1.2266</x:v>
       </x:c>
       <x:c r="C887" s="3" t="n">
-        <x:v>1.2146</x:v>
+        <x:v>1.2266</x:v>
       </x:c>
       <x:c r="D887" s="3" t="n">
-        <x:v>1.2146</x:v>
+        <x:v>1.2266</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:8">
       <x:c r="A888" s="2" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="B888" s="3" t="n">
-        <x:v>1.205</x:v>
+        <x:v>1.2516</x:v>
       </x:c>
       <x:c r="C888" s="3" t="n">
-        <x:v>1.205</x:v>
+        <x:v>1.2516</x:v>
       </x:c>
       <x:c r="D888" s="3" t="n">
-        <x:v>1.205</x:v>
+        <x:v>1.2516</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:8">
       <x:c r="A889" s="2" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="B889" s="3" t="n">
-        <x:v>1.2024</x:v>
+        <x:v>1.2509</x:v>
       </x:c>
       <x:c r="C889" s="3" t="n">
-        <x:v>1.2024</x:v>
+        <x:v>1.2509</x:v>
       </x:c>
       <x:c r="D889" s="3" t="n">
-        <x:v>1.2024</x:v>
+        <x:v>1.2509</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:8">
       <x:c r="A890" s="2" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="B890" s="3" t="n">
-        <x:v>1.1719</x:v>
+        <x:v>1.2549</x:v>
       </x:c>
       <x:c r="C890" s="3" t="n">
-        <x:v>1.1719</x:v>
+        <x:v>1.2549</x:v>
       </x:c>
       <x:c r="D890" s="3" t="n">
-        <x:v>1.1719</x:v>
+        <x:v>1.2549</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:8">
       <x:c r="A891" s="2" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="B891" s="3" t="n">
-        <x:v>1.1829</x:v>
+        <x:v>1.2444</x:v>
       </x:c>
       <x:c r="C891" s="3" t="n">
-        <x:v>1.1829</x:v>
+        <x:v>1.2444</x:v>
       </x:c>
       <x:c r="D891" s="3" t="n">
-        <x:v>1.1829</x:v>
+        <x:v>1.2444</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:8">
       <x:c r="A892" s="2" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="B892" s="3" t="n">
-        <x:v>1.1819</x:v>
+        <x:v>1.2415</x:v>
       </x:c>
       <x:c r="C892" s="3" t="n">
-        <x:v>1.1819</x:v>
+        <x:v>1.2415</x:v>
       </x:c>
       <x:c r="D892" s="3" t="n">
-        <x:v>1.1819</x:v>
+        <x:v>1.2415</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:8">
       <x:c r="A893" s="2" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="B893" s="3" t="n">
-        <x:v>1.1998</x:v>
+        <x:v>1.2257</x:v>
       </x:c>
       <x:c r="C893" s="3" t="n">
-        <x:v>1.1998</x:v>
+        <x:v>1.2257</x:v>
       </x:c>
       <x:c r="D893" s="3" t="n">
-        <x:v>1.1998</x:v>
+        <x:v>1.2257</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:8">
       <x:c r="A894" s="2" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="B894" s="3" t="n">
-        <x:v>1.1897</x:v>
+        <x:v>1.208</x:v>
       </x:c>
       <x:c r="C894" s="3" t="n">
-        <x:v>1.1897</x:v>
+        <x:v>1.208</x:v>
       </x:c>
       <x:c r="D894" s="3" t="n">
-        <x:v>1.1897</x:v>
+        <x:v>1.208</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:8">
       <x:c r="A895" s="2" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="B895" s="3" t="n">
-        <x:v>1.1895</x:v>
+        <x:v>1.2142</x:v>
       </x:c>
       <x:c r="C895" s="3" t="n">
-        <x:v>1.1895</x:v>
+        <x:v>1.2142</x:v>
       </x:c>
       <x:c r="D895" s="3" t="n">
-        <x:v>1.1895</x:v>
+        <x:v>1.2142</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:8">
       <x:c r="A896" s="2" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="B896" s="3" t="n">
-        <x:v>1.1711</x:v>
+        <x:v>1.2151</x:v>
       </x:c>
       <x:c r="C896" s="3" t="n">
-        <x:v>1.1711</x:v>
+        <x:v>1.2151</x:v>
       </x:c>
       <x:c r="D896" s="3" t="n">
-        <x:v>1.1711</x:v>
+        <x:v>1.2151</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:8">
       <x:c r="A897" s="2" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="B897" s="3" t="n">
-        <x:v>1.1883</x:v>
+        <x:v>1.217</x:v>
       </x:c>
       <x:c r="C897" s="3" t="n">
-        <x:v>1.1883</x:v>
+        <x:v>1.217</x:v>
       </x:c>
       <x:c r="D897" s="3" t="n">
-        <x:v>1.1883</x:v>
+        <x:v>1.217</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:8">
       <x:c r="A898" s="2" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="B898" s="3" t="n">
-        <x:v>1.1768</x:v>
+        <x:v>1.235</x:v>
       </x:c>
       <x:c r="C898" s="3" t="n">
-        <x:v>1.1768</x:v>
+        <x:v>1.235</x:v>
       </x:c>
       <x:c r="D898" s="3" t="n">
-        <x:v>1.1768</x:v>
+        <x:v>1.235</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:8">
       <x:c r="A899" s="2" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="B899" s="3" t="n">
-        <x:v>1.1641</x:v>
+        <x:v>1.2302</x:v>
       </x:c>
       <x:c r="C899" s="3" t="n">
-        <x:v>1.1641</x:v>
+        <x:v>1.2302</x:v>
       </x:c>
       <x:c r="D899" s="3" t="n">
-        <x:v>1.1641</x:v>
+        <x:v>1.2302</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:8">
       <x:c r="A900" s="2" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="B900" s="3" t="n">
-        <x:v>1.173</x:v>
+        <x:v>1.2367</x:v>
       </x:c>
       <x:c r="C900" s="3" t="n">
-        <x:v>1.173</x:v>
+        <x:v>1.2367</x:v>
       </x:c>
       <x:c r="D900" s="3" t="n">
-        <x:v>1.173</x:v>
+        <x:v>1.2367</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:8">
       <x:c r="A901" s="2" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="B901" s="3" t="n">
-        <x:v>1.1878</x:v>
+        <x:v>1.2087</x:v>
       </x:c>
       <x:c r="C901" s="3" t="n">
-        <x:v>1.1878</x:v>
+        <x:v>1.2087</x:v>
       </x:c>
       <x:c r="D901" s="3" t="n">
-        <x:v>1.1878</x:v>
+        <x:v>1.2087</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:8">
       <x:c r="A902" s="2" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="B902" s="3" t="n">
-        <x:v>1.1777</x:v>
+        <x:v>1.2146</x:v>
       </x:c>
       <x:c r="C902" s="3" t="n">
-        <x:v>1.1777</x:v>
+        <x:v>1.2146</x:v>
       </x:c>
       <x:c r="D902" s="3" t="n">
-        <x:v>1.1777</x:v>
+        <x:v>1.2146</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:8">
       <x:c r="A903" s="2" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="B903" s="3" t="n">
-        <x:v>1.1802</x:v>
+        <x:v>1.205</x:v>
       </x:c>
       <x:c r="C903" s="3" t="n">
-        <x:v>1.1802</x:v>
+        <x:v>1.205</x:v>
       </x:c>
       <x:c r="D903" s="3" t="n">
-        <x:v>1.1802</x:v>
+        <x:v>1.205</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:8">
       <x:c r="A904" s="2" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="B904" s="3" t="n">
-        <x:v>1.1761</x:v>
+        <x:v>1.2024</x:v>
       </x:c>
       <x:c r="C904" s="3" t="n">
-        <x:v>1.1761</x:v>
+        <x:v>1.2024</x:v>
       </x:c>
       <x:c r="D904" s="3" t="n">
-        <x:v>1.1761</x:v>
+        <x:v>1.2024</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:8">
       <x:c r="A905" s="2" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="B905" s="3" t="n">
-        <x:v>1.1668</x:v>
+        <x:v>1.1719</x:v>
       </x:c>
       <x:c r="C905" s="3" t="n">
-        <x:v>1.1668</x:v>
+        <x:v>1.1719</x:v>
       </x:c>
       <x:c r="D905" s="3" t="n">
-        <x:v>1.1668</x:v>
+        <x:v>1.1719</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:8">
       <x:c r="A906" s="2" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="B906" s="3" t="n">
-        <x:v>1.1555</x:v>
+        <x:v>1.1829</x:v>
       </x:c>
       <x:c r="C906" s="3" t="n">
-        <x:v>1.1555</x:v>
+        <x:v>1.1829</x:v>
       </x:c>
       <x:c r="D906" s="3" t="n">
-        <x:v>1.1555</x:v>
+        <x:v>1.1829</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:8">
       <x:c r="A907" s="2" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="B907" s="3" t="n">
-        <x:v>1.1695</x:v>
+        <x:v>1.1819</x:v>
       </x:c>
       <x:c r="C907" s="3" t="n">
-        <x:v>1.1695</x:v>
+        <x:v>1.1819</x:v>
       </x:c>
       <x:c r="D907" s="3" t="n">
-        <x:v>1.1695</x:v>
+        <x:v>1.1819</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:8">
       <x:c r="A908" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="B908" s="3" t="n">
-        <x:v>1.1481</x:v>
+        <x:v>1.1998</x:v>
       </x:c>
       <x:c r="C908" s="3" t="n">
-        <x:v>1.1481</x:v>
+        <x:v>1.1998</x:v>
       </x:c>
       <x:c r="D908" s="3" t="n">
-        <x:v>1.1481</x:v>
+        <x:v>1.1998</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:8">
       <x:c r="A909" s="2" t="s">
-        <x:v>913</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="B909" s="3" t="n">
-        <x:v>1.2183</x:v>
+        <x:v>1.1897</x:v>
       </x:c>
       <x:c r="C909" s="3" t="n">
-        <x:v>1.2183</x:v>
+        <x:v>1.1897</x:v>
       </x:c>
       <x:c r="D909" s="3" t="n">
-        <x:v>1.2183</x:v>
+        <x:v>1.1897</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:8">
       <x:c r="A910" s="2" t="s">
-        <x:v>914</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="B910" s="3" t="n">
-        <x:v>1.2112</x:v>
+        <x:v>1.1895</x:v>
       </x:c>
       <x:c r="C910" s="3" t="n">
-        <x:v>1.2112</x:v>
+        <x:v>1.1895</x:v>
       </x:c>
       <x:c r="D910" s="3" t="n">
-        <x:v>1.2112</x:v>
+        <x:v>1.1895</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:8">
       <x:c r="A911" s="2" t="s">
-        <x:v>915</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="B911" s="3" t="n">
-        <x:v>1.2304</x:v>
+        <x:v>1.1711</x:v>
       </x:c>
       <x:c r="C911" s="3" t="n">
-        <x:v>1.2304</x:v>
+        <x:v>1.1711</x:v>
       </x:c>
       <x:c r="D911" s="3" t="n">
-        <x:v>1.2304</x:v>
+        <x:v>1.1711</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:8">
       <x:c r="A912" s="2" t="s">
-        <x:v>916</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="B912" s="3" t="n">
-        <x:v>1.2317</x:v>
+        <x:v>1.1883</x:v>
       </x:c>
       <x:c r="C912" s="3" t="n">
-        <x:v>1.2317</x:v>
+        <x:v>1.1883</x:v>
       </x:c>
       <x:c r="D912" s="3" t="n">
-        <x:v>1.2317</x:v>
+        <x:v>1.1883</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:8">
       <x:c r="A913" s="2" t="s">
-        <x:v>917</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="B913" s="3" t="n">
-        <x:v>1.1976</x:v>
+        <x:v>1.1768</x:v>
       </x:c>
       <x:c r="C913" s="3" t="n">
-        <x:v>1.1976</x:v>
+        <x:v>1.1768</x:v>
       </x:c>
       <x:c r="D913" s="3" t="n">
-        <x:v>1.1976</x:v>
+        <x:v>1.1768</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:8">
       <x:c r="A914" s="2" t="s">
-        <x:v>918</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="B914" s="3" t="n">
-        <x:v>1.1844</x:v>
+        <x:v>1.1641</x:v>
       </x:c>
       <x:c r="C914" s="3" t="n">
-        <x:v>1.1844</x:v>
+        <x:v>1.1641</x:v>
       </x:c>
       <x:c r="D914" s="3" t="n">
-        <x:v>1.1844</x:v>
+        <x:v>1.1641</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:8">
       <x:c r="A915" s="2" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="B915" s="3" t="n">
-        <x:v>1.1756</x:v>
+        <x:v>1.173</x:v>
       </x:c>
       <x:c r="C915" s="3" t="n">
-        <x:v>1.1756</x:v>
+        <x:v>1.173</x:v>
       </x:c>
       <x:c r="D915" s="3" t="n">
-        <x:v>1.1756</x:v>
+        <x:v>1.173</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:8">
       <x:c r="A916" s="2" t="s">
-        <x:v>920</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="B916" s="3" t="n">
-        <x:v>1.1573</x:v>
+        <x:v>1.1878</x:v>
       </x:c>
       <x:c r="C916" s="3" t="n">
-        <x:v>1.1573</x:v>
+        <x:v>1.1878</x:v>
       </x:c>
       <x:c r="D916" s="3" t="n">
-        <x:v>1.1573</x:v>
+        <x:v>1.1878</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:8">
       <x:c r="A917" s="2" t="s">
-        <x:v>921</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="B917" s="3" t="n">
-        <x:v>1.1648</x:v>
+        <x:v>1.1777</x:v>
       </x:c>
       <x:c r="C917" s="3" t="n">
-        <x:v>1.1648</x:v>
+        <x:v>1.1777</x:v>
       </x:c>
       <x:c r="D917" s="3" t="n">
-        <x:v>1.1648</x:v>
+        <x:v>1.1777</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:8">
       <x:c r="A918" s="2" t="s">
-        <x:v>922</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="B918" s="3" t="n">
-        <x:v>1.1494</x:v>
+        <x:v>1.1802</x:v>
       </x:c>
       <x:c r="C918" s="3" t="n">
-        <x:v>1.1494</x:v>
+        <x:v>1.1802</x:v>
       </x:c>
       <x:c r="D918" s="3" t="n">
-        <x:v>1.1494</x:v>
+        <x:v>1.1802</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:8">
       <x:c r="A919" s="2" t="s">
-        <x:v>923</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="B919" s="3" t="n">
-        <x:v>1.1791</x:v>
+        <x:v>1.1761</x:v>
       </x:c>
       <x:c r="C919" s="3" t="n">
-        <x:v>1.1791</x:v>
+        <x:v>1.1761</x:v>
       </x:c>
       <x:c r="D919" s="3" t="n">
-        <x:v>1.1791</x:v>
+        <x:v>1.1761</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:8">
       <x:c r="A920" s="2" t="s">
-        <x:v>924</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="B920" s="3" t="n">
-        <x:v>1.1707</x:v>
+        <x:v>1.1668</x:v>
       </x:c>
       <x:c r="C920" s="3" t="n">
-        <x:v>1.1707</x:v>
+        <x:v>1.1668</x:v>
       </x:c>
       <x:c r="D920" s="3" t="n">
-        <x:v>1.1707</x:v>
+        <x:v>1.1668</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:8">
       <x:c r="A921" s="2" t="s">
-        <x:v>925</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="B921" s="3" t="n">
-        <x:v>1.1916</x:v>
+        <x:v>1.1555</x:v>
       </x:c>
       <x:c r="C921" s="3" t="n">
-        <x:v>1.1916</x:v>
+        <x:v>1.1555</x:v>
       </x:c>
       <x:c r="D921" s="3" t="n">
-        <x:v>1.1916</x:v>
+        <x:v>1.1555</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:8">
       <x:c r="A922" s="2" t="s">
-        <x:v>926</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="B922" s="3" t="n">
-        <x:v>1.2129</x:v>
+        <x:v>1.1695</x:v>
       </x:c>
       <x:c r="C922" s="3" t="n">
-        <x:v>1.2129</x:v>
+        <x:v>1.1695</x:v>
       </x:c>
       <x:c r="D922" s="3" t="n">
-        <x:v>1.2129</x:v>
+        <x:v>1.1695</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:8">
       <x:c r="A923" s="2" t="s">
-        <x:v>927</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B923" s="3" t="n">
-        <x:v>1.2245</x:v>
+        <x:v>1.1481</x:v>
       </x:c>
       <x:c r="C923" s="3" t="n">
-        <x:v>1.2245</x:v>
+        <x:v>1.1481</x:v>
       </x:c>
       <x:c r="D923" s="3" t="n">
-        <x:v>1.2245</x:v>
+        <x:v>1.1481</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:8">
       <x:c r="A924" s="2" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="B924" s="3" t="n">
-        <x:v>1.2291</x:v>
+        <x:v>1.2183</x:v>
       </x:c>
       <x:c r="C924" s="3" t="n">
-        <x:v>1.2291</x:v>
+        <x:v>1.2183</x:v>
       </x:c>
       <x:c r="D924" s="3" t="n">
-        <x:v>1.2291</x:v>
+        <x:v>1.2183</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:8">
       <x:c r="A925" s="2" t="s">
         <x:v>929</x:v>
       </x:c>
       <x:c r="B925" s="3" t="n">
-        <x:v>1.2219</x:v>
+        <x:v>1.2112</x:v>
       </x:c>
       <x:c r="C925" s="3" t="n">
-        <x:v>1.2219</x:v>
+        <x:v>1.2112</x:v>
       </x:c>
       <x:c r="D925" s="3" t="n">
-        <x:v>1.2219</x:v>
+        <x:v>1.2112</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:8">
       <x:c r="A926" s="2" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="B926" s="3" t="n">
-        <x:v>1.2154</x:v>
+        <x:v>1.2304</x:v>
       </x:c>
       <x:c r="C926" s="3" t="n">
-        <x:v>1.2154</x:v>
+        <x:v>1.2304</x:v>
       </x:c>
       <x:c r="D926" s="3" t="n">
-        <x:v>1.2154</x:v>
+        <x:v>1.2304</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:8">
       <x:c r="A927" s="2" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="B927" s="3" t="n">
-        <x:v>1.2313</x:v>
+        <x:v>1.2317</x:v>
       </x:c>
       <x:c r="C927" s="3" t="n">
-        <x:v>1.2313</x:v>
+        <x:v>1.2317</x:v>
       </x:c>
       <x:c r="D927" s="3" t="n">
-        <x:v>1.2313</x:v>
+        <x:v>1.2317</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:8">
       <x:c r="A928" s="2" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="B928" s="3" t="n">
-        <x:v>1.2251</x:v>
+        <x:v>1.1976</x:v>
       </x:c>
       <x:c r="C928" s="3" t="n">
-        <x:v>1.2251</x:v>
+        <x:v>1.1976</x:v>
       </x:c>
       <x:c r="D928" s="3" t="n">
-        <x:v>1.2251</x:v>
+        <x:v>1.1976</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:8">
       <x:c r="A929" s="2" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="B929" s="3" t="n">
-        <x:v>1.2392</x:v>
+        <x:v>1.1844</x:v>
       </x:c>
       <x:c r="C929" s="3" t="n">
-        <x:v>1.2392</x:v>
+        <x:v>1.1844</x:v>
       </x:c>
       <x:c r="D929" s="3" t="n">
-        <x:v>1.2392</x:v>
+        <x:v>1.1844</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:8">
       <x:c r="A930" s="2" t="s">
         <x:v>934</x:v>
       </x:c>
       <x:c r="B930" s="3" t="n">
-        <x:v>1.2448</x:v>
+        <x:v>1.1756</x:v>
       </x:c>
       <x:c r="C930" s="3" t="n">
-        <x:v>1.2448</x:v>
+        <x:v>1.1756</x:v>
       </x:c>
       <x:c r="D930" s="3" t="n">
-        <x:v>1.2448</x:v>
+        <x:v>1.1756</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:8">
       <x:c r="A931" s="2" t="s">
         <x:v>935</x:v>
       </x:c>
       <x:c r="B931" s="3" t="n">
-        <x:v>1.2484</x:v>
+        <x:v>1.1573</x:v>
       </x:c>
       <x:c r="C931" s="3" t="n">
-        <x:v>1.2484</x:v>
+        <x:v>1.1573</x:v>
       </x:c>
       <x:c r="D931" s="3" t="n">
-        <x:v>1.2484</x:v>
+        <x:v>1.1573</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:8">
       <x:c r="A932" s="2" t="s">
         <x:v>936</x:v>
       </x:c>
       <x:c r="B932" s="3" t="n">
-        <x:v>1.2356</x:v>
+        <x:v>1.1648</x:v>
       </x:c>
       <x:c r="C932" s="3" t="n">
-        <x:v>1.2356</x:v>
+        <x:v>1.1648</x:v>
       </x:c>
       <x:c r="D932" s="3" t="n">
-        <x:v>1.2356</x:v>
+        <x:v>1.1648</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:8">
       <x:c r="A933" s="2" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="B933" s="3" t="n">
-        <x:v>1.2174</x:v>
+        <x:v>1.1494</x:v>
       </x:c>
       <x:c r="C933" s="3" t="n">
-        <x:v>1.2174</x:v>
+        <x:v>1.1494</x:v>
       </x:c>
       <x:c r="D933" s="3" t="n">
-        <x:v>1.2174</x:v>
+        <x:v>1.1494</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:8">
       <x:c r="A934" s="2" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="B934" s="3" t="n">
-        <x:v>1.2115</x:v>
+        <x:v>1.1791</x:v>
       </x:c>
       <x:c r="C934" s="3" t="n">
-        <x:v>1.2115</x:v>
+        <x:v>1.1791</x:v>
       </x:c>
       <x:c r="D934" s="3" t="n">
-        <x:v>1.2115</x:v>
+        <x:v>1.1791</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:8">
       <x:c r="A935" s="2" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="B935" s="3" t="n">
-        <x:v>1.215</x:v>
+        <x:v>1.1707</x:v>
       </x:c>
       <x:c r="C935" s="3" t="n">
-        <x:v>1.215</x:v>
+        <x:v>1.1707</x:v>
       </x:c>
       <x:c r="D935" s="3" t="n">
-        <x:v>1.215</x:v>
+        <x:v>1.1707</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:8">
       <x:c r="A936" s="2" t="s">
         <x:v>940</x:v>
       </x:c>
       <x:c r="B936" s="3" t="n">
-        <x:v>1.2049</x:v>
+        <x:v>1.1916</x:v>
       </x:c>
       <x:c r="C936" s="3" t="n">
-        <x:v>1.2049</x:v>
+        <x:v>1.1916</x:v>
       </x:c>
       <x:c r="D936" s="3" t="n">
-        <x:v>1.2049</x:v>
+        <x:v>1.1916</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:8">
       <x:c r="A937" s="2" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="B937" s="3" t="n">
-        <x:v>1.1919</x:v>
+        <x:v>1.2129</x:v>
       </x:c>
       <x:c r="C937" s="3" t="n">
-        <x:v>1.1919</x:v>
+        <x:v>1.2129</x:v>
       </x:c>
       <x:c r="D937" s="3" t="n">
-        <x:v>1.1919</x:v>
+        <x:v>1.2129</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:8">
       <x:c r="A938" s="2" t="s">
         <x:v>942</x:v>
       </x:c>
       <x:c r="B938" s="3" t="n">
-        <x:v>1.2104</x:v>
+        <x:v>1.2245</x:v>
       </x:c>
       <x:c r="C938" s="3" t="n">
-        <x:v>1.2104</x:v>
+        <x:v>1.2245</x:v>
       </x:c>
       <x:c r="D938" s="3" t="n">
-        <x:v>1.2104</x:v>
+        <x:v>1.2245</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:8">
       <x:c r="A939" s="2" t="s">
         <x:v>943</x:v>
       </x:c>
       <x:c r="B939" s="3" t="n">
-        <x:v>1.2504</x:v>
+        <x:v>1.2291</x:v>
       </x:c>
       <x:c r="C939" s="3" t="n">
-        <x:v>1.2504</x:v>
+        <x:v>1.2291</x:v>
       </x:c>
       <x:c r="D939" s="3" t="n">
-        <x:v>1.2504</x:v>
+        <x:v>1.2291</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:8">
       <x:c r="A940" s="2" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B940" s="3" t="n">
-        <x:v>1.2376</x:v>
+        <x:v>1.2219</x:v>
       </x:c>
       <x:c r="C940" s="3" t="n">
-        <x:v>1.2376</x:v>
+        <x:v>1.2219</x:v>
       </x:c>
       <x:c r="D940" s="3" t="n">
-        <x:v>1.2376</x:v>
+        <x:v>1.2219</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:8">
       <x:c r="A941" s="2" t="s">
         <x:v>945</x:v>
       </x:c>
       <x:c r="B941" s="3" t="n">
-        <x:v>1.2433</x:v>
+        <x:v>1.2154</x:v>
       </x:c>
       <x:c r="C941" s="3" t="n">
-        <x:v>1.2433</x:v>
+        <x:v>1.2154</x:v>
       </x:c>
       <x:c r="D941" s="3" t="n">
-        <x:v>1.2433</x:v>
+        <x:v>1.2154</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:8">
       <x:c r="A942" s="2" t="s">
         <x:v>946</x:v>
       </x:c>
       <x:c r="B942" s="3" t="n">
-        <x:v>1.2254</x:v>
+        <x:v>1.2313</x:v>
       </x:c>
       <x:c r="C942" s="3" t="n">
-        <x:v>1.2254</x:v>
+        <x:v>1.2313</x:v>
       </x:c>
       <x:c r="D942" s="3" t="n">
-        <x:v>1.2254</x:v>
+        <x:v>1.2313</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:8">
       <x:c r="A943" s="2" t="s">
         <x:v>947</x:v>
       </x:c>
       <x:c r="B943" s="3" t="n">
-        <x:v>1.2114</x:v>
+        <x:v>1.2251</x:v>
       </x:c>
       <x:c r="C943" s="3" t="n">
-        <x:v>1.2114</x:v>
+        <x:v>1.2251</x:v>
       </x:c>
       <x:c r="D943" s="3" t="n">
-        <x:v>1.2114</x:v>
+        <x:v>1.2251</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:8">
       <x:c r="A944" s="2" t="s">
         <x:v>948</x:v>
       </x:c>
       <x:c r="B944" s="3" t="n">
-        <x:v>1.2321</x:v>
+        <x:v>1.2392</x:v>
       </x:c>
       <x:c r="C944" s="3" t="n">
-        <x:v>1.2321</x:v>
+        <x:v>1.2392</x:v>
       </x:c>
       <x:c r="D944" s="3" t="n">
-        <x:v>1.2321</x:v>
+        <x:v>1.2392</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:8">
       <x:c r="A945" s="2" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="B945" s="3" t="n">
-        <x:v>1.2211</x:v>
+        <x:v>1.2448</x:v>
       </x:c>
       <x:c r="C945" s="3" t="n">
-        <x:v>1.2211</x:v>
+        <x:v>1.2448</x:v>
       </x:c>
       <x:c r="D945" s="3" t="n">
-        <x:v>1.2211</x:v>
+        <x:v>1.2448</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:8">
       <x:c r="A946" s="2" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="B946" s="3" t="n">
-        <x:v>1.2288</x:v>
+        <x:v>1.2484</x:v>
       </x:c>
       <x:c r="C946" s="3" t="n">
-        <x:v>1.2288</x:v>
+        <x:v>1.2484</x:v>
       </x:c>
       <x:c r="D946" s="3" t="n">
-        <x:v>1.2288</x:v>
+        <x:v>1.2484</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:8">
       <x:c r="A947" s="2" t="s">
         <x:v>951</x:v>
       </x:c>
       <x:c r="B947" s="3" t="n">
-        <x:v>1.2328</x:v>
+        <x:v>1.2356</x:v>
       </x:c>
       <x:c r="C947" s="3" t="n">
-        <x:v>1.2328</x:v>
+        <x:v>1.2356</x:v>
       </x:c>
       <x:c r="D947" s="3" t="n">
-        <x:v>1.2328</x:v>
+        <x:v>1.2356</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:8">
       <x:c r="A948" s="2" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="B948" s="3" t="n">
-        <x:v>1.2652</x:v>
+        <x:v>1.2174</x:v>
       </x:c>
       <x:c r="C948" s="3" t="n">
-        <x:v>1.2652</x:v>
+        <x:v>1.2174</x:v>
       </x:c>
       <x:c r="D948" s="3" t="n">
-        <x:v>1.2652</x:v>
+        <x:v>1.2174</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:8">
       <x:c r="A949" s="2" t="s">
         <x:v>953</x:v>
       </x:c>
       <x:c r="B949" s="3" t="n">
-        <x:v>1.2485</x:v>
+        <x:v>1.2115</x:v>
       </x:c>
       <x:c r="C949" s="3" t="n">
-        <x:v>1.2485</x:v>
+        <x:v>1.2115</x:v>
       </x:c>
       <x:c r="D949" s="3" t="n">
-        <x:v>1.2485</x:v>
+        <x:v>1.2115</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:8">
       <x:c r="A950" s="2" t="s">
         <x:v>954</x:v>
       </x:c>
       <x:c r="B950" s="3" t="n">
-        <x:v>1.2579</x:v>
+        <x:v>1.215</x:v>
       </x:c>
       <x:c r="C950" s="3" t="n">
-        <x:v>1.2579</x:v>
+        <x:v>1.215</x:v>
       </x:c>
       <x:c r="D950" s="3" t="n">
-        <x:v>1.2579</x:v>
+        <x:v>1.215</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:8">
       <x:c r="A951" s="2" t="s">
         <x:v>955</x:v>
       </x:c>
       <x:c r="B951" s="3" t="n">
-        <x:v>1.2481</x:v>
+        <x:v>1.2049</x:v>
       </x:c>
       <x:c r="C951" s="3" t="n">
-        <x:v>1.2481</x:v>
+        <x:v>1.2049</x:v>
       </x:c>
       <x:c r="D951" s="3" t="n">
-        <x:v>1.2481</x:v>
+        <x:v>1.2049</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:8">
       <x:c r="A952" s="2" t="s">
         <x:v>956</x:v>
       </x:c>
       <x:c r="B952" s="3" t="n">
-        <x:v>1.2818</x:v>
+        <x:v>1.1919</x:v>
       </x:c>
       <x:c r="C952" s="3" t="n">
-        <x:v>1.2818</x:v>
+        <x:v>1.1919</x:v>
       </x:c>
       <x:c r="D952" s="3" t="n">
-        <x:v>1.2818</x:v>
+        <x:v>1.1919</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:8">
       <x:c r="A953" s="2" t="s">
         <x:v>957</x:v>
       </x:c>
       <x:c r="B953" s="3" t="n">
-        <x:v>1.2457</x:v>
+        <x:v>1.2104</x:v>
       </x:c>
       <x:c r="C953" s="3" t="n">
-        <x:v>1.2457</x:v>
+        <x:v>1.2104</x:v>
       </x:c>
       <x:c r="D953" s="3" t="n">
-        <x:v>1.2457</x:v>
+        <x:v>1.2104</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:8">
       <x:c r="A954" s="2" t="s">
         <x:v>958</x:v>
       </x:c>
       <x:c r="B954" s="3" t="n">
-        <x:v>1.2372</x:v>
+        <x:v>1.2504</x:v>
       </x:c>
       <x:c r="C954" s="3" t="n">
-        <x:v>1.2372</x:v>
+        <x:v>1.2504</x:v>
       </x:c>
       <x:c r="D954" s="3" t="n">
-        <x:v>1.2372</x:v>
+        <x:v>1.2504</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:8">
       <x:c r="A955" s="2" t="s">
         <x:v>959</x:v>
       </x:c>
       <x:c r="B955" s="3" t="n">
-        <x:v>1.2406</x:v>
+        <x:v>1.2376</x:v>
       </x:c>
       <x:c r="C955" s="3" t="n">
-        <x:v>1.2406</x:v>
+        <x:v>1.2376</x:v>
       </x:c>
       <x:c r="D955" s="3" t="n">
-        <x:v>1.2406</x:v>
+        <x:v>1.2376</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:8">
       <x:c r="A956" s="2" t="s">
         <x:v>960</x:v>
       </x:c>
       <x:c r="B956" s="3" t="n">
-        <x:v>1.2494</x:v>
+        <x:v>1.2433</x:v>
       </x:c>
       <x:c r="C956" s="3" t="n">
-        <x:v>1.2494</x:v>
+        <x:v>1.2433</x:v>
       </x:c>
       <x:c r="D956" s="3" t="n">
-        <x:v>1.2494</x:v>
+        <x:v>1.2433</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:8">
       <x:c r="A957" s="2" t="s">
         <x:v>961</x:v>
       </x:c>
       <x:c r="B957" s="3" t="n">
-        <x:v>1.2507</x:v>
+        <x:v>1.2254</x:v>
       </x:c>
       <x:c r="C957" s="3" t="n">
-        <x:v>1.2507</x:v>
+        <x:v>1.2254</x:v>
       </x:c>
       <x:c r="D957" s="3" t="n">
-        <x:v>1.2507</x:v>
+        <x:v>1.2254</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:8">
       <x:c r="A958" s="2" t="s">
         <x:v>962</x:v>
       </x:c>
       <x:c r="B958" s="3" t="n">
-        <x:v>1.2559</x:v>
+        <x:v>1.2114</x:v>
       </x:c>
       <x:c r="C958" s="3" t="n">
-        <x:v>1.2559</x:v>
+        <x:v>1.2114</x:v>
       </x:c>
       <x:c r="D958" s="3" t="n">
-        <x:v>1.2559</x:v>
+        <x:v>1.2114</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:8">
       <x:c r="A959" s="2" t="s">
         <x:v>963</x:v>
       </x:c>
       <x:c r="B959" s="3" t="n">
-        <x:v>1.2386</x:v>
+        <x:v>1.2321</x:v>
       </x:c>
       <x:c r="C959" s="3" t="n">
-        <x:v>1.2386</x:v>
+        <x:v>1.2321</x:v>
       </x:c>
       <x:c r="D959" s="3" t="n">
-        <x:v>1.2386</x:v>
+        <x:v>1.2321</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:8">
       <x:c r="A960" s="2" t="s">
         <x:v>964</x:v>
       </x:c>
       <x:c r="B960" s="3" t="n">
-        <x:v>1.2492</x:v>
+        <x:v>1.2211</x:v>
       </x:c>
       <x:c r="C960" s="3" t="n">
-        <x:v>1.2492</x:v>
+        <x:v>1.2211</x:v>
       </x:c>
       <x:c r="D960" s="3" t="n">
-        <x:v>1.2492</x:v>
+        <x:v>1.2211</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:8">
       <x:c r="A961" s="2" t="s">
         <x:v>965</x:v>
       </x:c>
       <x:c r="B961" s="3" t="n">
-        <x:v>1.2289</x:v>
+        <x:v>1.2288</x:v>
       </x:c>
       <x:c r="C961" s="3" t="n">
-        <x:v>1.2289</x:v>
+        <x:v>1.2288</x:v>
       </x:c>
       <x:c r="D961" s="3" t="n">
-        <x:v>1.2289</x:v>
+        <x:v>1.2288</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:8">
       <x:c r="A962" s="2" t="s">
         <x:v>966</x:v>
       </x:c>
       <x:c r="B962" s="3" t="n">
-        <x:v>1.2446</x:v>
+        <x:v>1.2328</x:v>
       </x:c>
       <x:c r="C962" s="3" t="n">
-        <x:v>1.2446</x:v>
+        <x:v>1.2328</x:v>
       </x:c>
       <x:c r="D962" s="3" t="n">
-        <x:v>1.2446</x:v>
+        <x:v>1.2328</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:8">
       <x:c r="A963" s="2" t="s">
         <x:v>967</x:v>
       </x:c>
       <x:c r="B963" s="3" t="n">
-        <x:v>1.2587</x:v>
+        <x:v>1.2652</x:v>
       </x:c>
       <x:c r="C963" s="3" t="n">
-        <x:v>1.2587</x:v>
+        <x:v>1.2652</x:v>
       </x:c>
       <x:c r="D963" s="3" t="n">
-        <x:v>1.2587</x:v>
+        <x:v>1.2652</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:8">
       <x:c r="A964" s="2" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="B964" s="3" t="n">
-        <x:v>1.2564</x:v>
+        <x:v>1.2485</x:v>
       </x:c>
       <x:c r="C964" s="3" t="n">
-        <x:v>1.2564</x:v>
+        <x:v>1.2485</x:v>
       </x:c>
       <x:c r="D964" s="3" t="n">
-        <x:v>1.2564</x:v>
+        <x:v>1.2485</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:8">
       <x:c r="A965" s="2" t="s">
         <x:v>969</x:v>
       </x:c>
       <x:c r="B965" s="3" t="n">
-        <x:v>1.243</x:v>
+        <x:v>1.2579</x:v>
       </x:c>
       <x:c r="C965" s="3" t="n">
-        <x:v>1.243</x:v>
+        <x:v>1.2579</x:v>
       </x:c>
       <x:c r="D965" s="3" t="n">
-        <x:v>1.243</x:v>
+        <x:v>1.2579</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:8">
       <x:c r="A966" s="2" t="s">
         <x:v>970</x:v>
       </x:c>
       <x:c r="B966" s="3" t="n">
-        <x:v>1.2372</x:v>
+        <x:v>1.2481</x:v>
       </x:c>
       <x:c r="C966" s="3" t="n">
-        <x:v>1.2372</x:v>
+        <x:v>1.2481</x:v>
       </x:c>
       <x:c r="D966" s="3" t="n">
-        <x:v>1.2372</x:v>
+        <x:v>1.2481</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:8">
       <x:c r="A967" s="2" t="s">
         <x:v>971</x:v>
       </x:c>
       <x:c r="B967" s="3" t="n">
-        <x:v>1.2599</x:v>
+        <x:v>1.2818</x:v>
       </x:c>
       <x:c r="C967" s="3" t="n">
-        <x:v>1.2599</x:v>
+        <x:v>1.2818</x:v>
       </x:c>
       <x:c r="D967" s="3" t="n">
-        <x:v>1.2599</x:v>
+        <x:v>1.2818</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:8">
       <x:c r="A968" s="2" t="s">
         <x:v>972</x:v>
       </x:c>
       <x:c r="B968" s="3" t="n">
-        <x:v>1.26</x:v>
+        <x:v>1.2457</x:v>
       </x:c>
       <x:c r="C968" s="3" t="n">
-        <x:v>1.26</x:v>
+        <x:v>1.2457</x:v>
       </x:c>
       <x:c r="D968" s="3" t="n">
-        <x:v>1.26</x:v>
+        <x:v>1.2457</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:8">
       <x:c r="A969" s="2" t="s">
         <x:v>973</x:v>
       </x:c>
       <x:c r="B969" s="3" t="n">
-        <x:v>1.2559</x:v>
+        <x:v>1.2372</x:v>
       </x:c>
       <x:c r="C969" s="3" t="n">
-        <x:v>1.2559</x:v>
+        <x:v>1.2372</x:v>
       </x:c>
       <x:c r="D969" s="3" t="n">
-        <x:v>1.2559</x:v>
+        <x:v>1.2372</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:8">
       <x:c r="A970" s="2" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="B970" s="3" t="n">
-        <x:v>1.2725</x:v>
+        <x:v>1.2406</x:v>
       </x:c>
       <x:c r="C970" s="3" t="n">
-        <x:v>1.2725</x:v>
+        <x:v>1.2406</x:v>
       </x:c>
       <x:c r="D970" s="3" t="n">
-        <x:v>1.2725</x:v>
+        <x:v>1.2406</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:8">
       <x:c r="A971" s="2" t="s">
         <x:v>975</x:v>
       </x:c>
       <x:c r="B971" s="3" t="n">
-        <x:v>1.2832</x:v>
+        <x:v>1.2494</x:v>
       </x:c>
       <x:c r="C971" s="3" t="n">
-        <x:v>1.2832</x:v>
+        <x:v>1.2494</x:v>
       </x:c>
       <x:c r="D971" s="3" t="n">
-        <x:v>1.2832</x:v>
+        <x:v>1.2494</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:8">
       <x:c r="A972" s="2" t="s">
         <x:v>976</x:v>
       </x:c>
       <x:c r="B972" s="3" t="n">
-        <x:v>1.268</x:v>
+        <x:v>1.2507</x:v>
       </x:c>
       <x:c r="C972" s="3" t="n">
-        <x:v>1.268</x:v>
+        <x:v>1.2507</x:v>
       </x:c>
       <x:c r="D972" s="3" t="n">
-        <x:v>1.268</x:v>
+        <x:v>1.2507</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:8">
       <x:c r="A973" s="2" t="s">
         <x:v>977</x:v>
       </x:c>
       <x:c r="B973" s="3" t="n">
-        <x:v>1.2585</x:v>
+        <x:v>1.2559</x:v>
       </x:c>
       <x:c r="C973" s="3" t="n">
-        <x:v>1.2585</x:v>
+        <x:v>1.2559</x:v>
       </x:c>
       <x:c r="D973" s="3" t="n">
-        <x:v>1.2585</x:v>
+        <x:v>1.2559</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:8">
       <x:c r="A974" s="2" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="B974" s="3" t="n">
-        <x:v>1.2527</x:v>
+        <x:v>1.2386</x:v>
       </x:c>
       <x:c r="C974" s="3" t="n">
-        <x:v>1.2527</x:v>
+        <x:v>1.2386</x:v>
       </x:c>
       <x:c r="D974" s="3" t="n">
-        <x:v>1.2527</x:v>
+        <x:v>1.2386</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:8">
       <x:c r="A975" s="2" t="s">
         <x:v>979</x:v>
       </x:c>
       <x:c r="B975" s="3" t="n">
-        <x:v>1.239</x:v>
+        <x:v>1.2492</x:v>
       </x:c>
       <x:c r="C975" s="3" t="n">
-        <x:v>1.239</x:v>
+        <x:v>1.2492</x:v>
       </x:c>
       <x:c r="D975" s="3" t="n">
-        <x:v>1.239</x:v>
+        <x:v>1.2492</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:8">
       <x:c r="A976" s="2" t="s">
         <x:v>980</x:v>
       </x:c>
       <x:c r="B976" s="3" t="n">
-        <x:v>1.2672</x:v>
+        <x:v>1.2289</x:v>
       </x:c>
       <x:c r="C976" s="3" t="n">
-        <x:v>1.2672</x:v>
+        <x:v>1.2289</x:v>
       </x:c>
       <x:c r="D976" s="3" t="n">
-        <x:v>1.2672</x:v>
+        <x:v>1.2289</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:8">
       <x:c r="A977" s="2" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="B977" s="3" t="n">
-        <x:v>1.257</x:v>
+        <x:v>1.2446</x:v>
       </x:c>
       <x:c r="C977" s="3" t="n">
-        <x:v>1.257</x:v>
+        <x:v>1.2446</x:v>
       </x:c>
       <x:c r="D977" s="3" t="n">
-        <x:v>1.257</x:v>
+        <x:v>1.2446</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:8">
       <x:c r="A978" s="2" t="s">
         <x:v>982</x:v>
       </x:c>
       <x:c r="B978" s="3" t="n">
-        <x:v>1.265</x:v>
+        <x:v>1.2587</x:v>
       </x:c>
       <x:c r="C978" s="3" t="n">
-        <x:v>1.265</x:v>
+        <x:v>1.2587</x:v>
       </x:c>
       <x:c r="D978" s="3" t="n">
-        <x:v>1.265</x:v>
+        <x:v>1.2587</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:8">
       <x:c r="A979" s="2" t="s">
         <x:v>983</x:v>
       </x:c>
       <x:c r="B979" s="3" t="n">
-        <x:v>1.257</x:v>
+        <x:v>1.2564</x:v>
       </x:c>
       <x:c r="C979" s="3" t="n">
-        <x:v>1.257</x:v>
+        <x:v>1.2564</x:v>
       </x:c>
       <x:c r="D979" s="3" t="n">
-        <x:v>1.257</x:v>
+        <x:v>1.2564</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:8">
       <x:c r="A980" s="2" t="s">
         <x:v>984</x:v>
       </x:c>
       <x:c r="B980" s="3" t="n">
-        <x:v>1.2636</x:v>
+        <x:v>1.243</x:v>
       </x:c>
       <x:c r="C980" s="3" t="n">
-        <x:v>1.2636</x:v>
+        <x:v>1.243</x:v>
       </x:c>
       <x:c r="D980" s="3" t="n">
-        <x:v>1.2636</x:v>
+        <x:v>1.243</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:8">
       <x:c r="A981" s="2" t="s">
         <x:v>985</x:v>
       </x:c>
       <x:c r="B981" s="3" t="n">
-        <x:v>1.2452</x:v>
+        <x:v>1.2372</x:v>
       </x:c>
       <x:c r="C981" s="3" t="n">
-        <x:v>1.2452</x:v>
+        <x:v>1.2372</x:v>
       </x:c>
       <x:c r="D981" s="3" t="n">
-        <x:v>1.2452</x:v>
+        <x:v>1.2372</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:8">
       <x:c r="A982" s="2" t="s">
         <x:v>986</x:v>
       </x:c>
       <x:c r="B982" s="3" t="n">
-        <x:v>1.2218</x:v>
+        <x:v>1.2599</x:v>
       </x:c>
       <x:c r="C982" s="3" t="n">
-        <x:v>1.2218</x:v>
+        <x:v>1.2599</x:v>
       </x:c>
       <x:c r="D982" s="3" t="n">
-        <x:v>1.2218</x:v>
+        <x:v>1.2599</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:8">
       <x:c r="A983" s="2" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="B983" s="3" t="n">
-        <x:v>1.2086</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C983" s="3" t="n">
-        <x:v>1.2086</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D983" s="3" t="n">
-        <x:v>1.2086</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:8">
       <x:c r="A984" s="2" t="s">
         <x:v>988</x:v>
       </x:c>
       <x:c r="B984" s="3" t="n">
-        <x:v>1.2131</x:v>
+        <x:v>1.2559</x:v>
       </x:c>
       <x:c r="C984" s="3" t="n">
-        <x:v>1.2131</x:v>
+        <x:v>1.2559</x:v>
       </x:c>
       <x:c r="D984" s="3" t="n">
-        <x:v>1.2131</x:v>
+        <x:v>1.2559</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:8">
       <x:c r="A985" s="2" t="s">
         <x:v>989</x:v>
       </x:c>
       <x:c r="B985" s="3" t="n">
-        <x:v>1.2284</x:v>
+        <x:v>1.2725</x:v>
       </x:c>
       <x:c r="C985" s="3" t="n">
-        <x:v>1.2284</x:v>
+        <x:v>1.2725</x:v>
       </x:c>
       <x:c r="D985" s="3" t="n">
-        <x:v>1.2284</x:v>
+        <x:v>1.2725</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:8">
       <x:c r="A986" s="2" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="B986" s="3" t="n">
-        <x:v>1.1979</x:v>
+        <x:v>1.2832</x:v>
       </x:c>
       <x:c r="C986" s="3" t="n">
-        <x:v>1.1979</x:v>
+        <x:v>1.2832</x:v>
       </x:c>
       <x:c r="D986" s="3" t="n">
-        <x:v>1.1979</x:v>
+        <x:v>1.2832</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:8">
       <x:c r="A987" s="2" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="B987" s="3" t="n">
-        <x:v>1.1963</x:v>
+        <x:v>1.268</x:v>
       </x:c>
       <x:c r="C987" s="3" t="n">
-        <x:v>1.1963</x:v>
+        <x:v>1.268</x:v>
       </x:c>
       <x:c r="D987" s="3" t="n">
-        <x:v>1.1963</x:v>
+        <x:v>1.268</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:8">
       <x:c r="A988" s="2" t="s">
         <x:v>992</x:v>
       </x:c>
       <x:c r="B988" s="3" t="n">
-        <x:v>1.2303</x:v>
+        <x:v>1.2585</x:v>
       </x:c>
       <x:c r="C988" s="3" t="n">
-        <x:v>1.2303</x:v>
+        <x:v>1.2585</x:v>
       </x:c>
       <x:c r="D988" s="3" t="n">
-        <x:v>1.2303</x:v>
+        <x:v>1.2585</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:8">
       <x:c r="A989" s="2" t="s">
         <x:v>993</x:v>
       </x:c>
       <x:c r="B989" s="3" t="n">
-        <x:v>1.2562</x:v>
+        <x:v>1.2527</x:v>
       </x:c>
       <x:c r="C989" s="3" t="n">
-        <x:v>1.2562</x:v>
+        <x:v>1.2527</x:v>
       </x:c>
       <x:c r="D989" s="3" t="n">
-        <x:v>1.2562</x:v>
+        <x:v>1.2527</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:8">
       <x:c r="A990" s="2" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="B990" s="3" t="n">
-        <x:v>1.2768</x:v>
+        <x:v>1.239</x:v>
       </x:c>
       <x:c r="C990" s="3" t="n">
-        <x:v>1.2768</x:v>
+        <x:v>1.239</x:v>
       </x:c>
       <x:c r="D990" s="3" t="n">
-        <x:v>1.2768</x:v>
+        <x:v>1.239</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:8">
       <x:c r="A991" s="2" t="s">
         <x:v>995</x:v>
       </x:c>
       <x:c r="B991" s="3" t="n">
-        <x:v>1.2538</x:v>
+        <x:v>1.2672</x:v>
       </x:c>
       <x:c r="C991" s="3" t="n">
-        <x:v>1.2538</x:v>
+        <x:v>1.2672</x:v>
       </x:c>
       <x:c r="D991" s="3" t="n">
-        <x:v>1.2538</x:v>
+        <x:v>1.2672</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:8">
       <x:c r="A992" s="2" t="s">
         <x:v>996</x:v>
       </x:c>
       <x:c r="B992" s="3" t="n">
-        <x:v>1.2801</x:v>
+        <x:v>1.257</x:v>
       </x:c>
       <x:c r="C992" s="3" t="n">
-        <x:v>1.2801</x:v>
+        <x:v>1.257</x:v>
       </x:c>
       <x:c r="D992" s="3" t="n">
-        <x:v>1.2801</x:v>
+        <x:v>1.257</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:8">
       <x:c r="A993" s="2" t="s">
         <x:v>997</x:v>
       </x:c>
       <x:c r="B993" s="3" t="n">
-        <x:v>1.2907</x:v>
+        <x:v>1.265</x:v>
       </x:c>
       <x:c r="C993" s="3" t="n">
-        <x:v>1.2907</x:v>
+        <x:v>1.265</x:v>
       </x:c>
       <x:c r="D993" s="3" t="n">
-        <x:v>1.2907</x:v>
+        <x:v>1.265</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:8">
       <x:c r="A994" s="2" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="B994" s="3" t="n">
-        <x:v>1.2813</x:v>
+        <x:v>1.257</x:v>
       </x:c>
       <x:c r="C994" s="3" t="n">
-        <x:v>1.2813</x:v>
+        <x:v>1.257</x:v>
       </x:c>
       <x:c r="D994" s="3" t="n">
-        <x:v>1.2813</x:v>
+        <x:v>1.257</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:8">
       <x:c r="A995" s="2" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="B995" s="3" t="n">
-        <x:v>1.2576</x:v>
+        <x:v>1.2636</x:v>
       </x:c>
       <x:c r="C995" s="3" t="n">
-        <x:v>1.2576</x:v>
+        <x:v>1.2636</x:v>
       </x:c>
       <x:c r="D995" s="3" t="n">
-        <x:v>1.2576</x:v>
+        <x:v>1.2636</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:8">
       <x:c r="A996" s="2" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="B996" s="3" t="n">
-        <x:v>1.2787</x:v>
+        <x:v>1.2452</x:v>
       </x:c>
       <x:c r="C996" s="3" t="n">
-        <x:v>1.2787</x:v>
+        <x:v>1.2452</x:v>
       </x:c>
       <x:c r="D996" s="3" t="n">
-        <x:v>1.2787</x:v>
+        <x:v>1.2452</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:8">
       <x:c r="A997" s="2" t="s">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="B997" s="3" t="n">
-        <x:v>1.2876</x:v>
+        <x:v>1.2218</x:v>
       </x:c>
       <x:c r="C997" s="3" t="n">
-        <x:v>1.2876</x:v>
+        <x:v>1.2218</x:v>
       </x:c>
       <x:c r="D997" s="3" t="n">
-        <x:v>1.2876</x:v>
+        <x:v>1.2218</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:8">
       <x:c r="A998" s="2" t="s">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="B998" s="3" t="n">
-        <x:v>1.298</x:v>
+        <x:v>1.2086</x:v>
       </x:c>
       <x:c r="C998" s="3" t="n">
-        <x:v>1.298</x:v>
+        <x:v>1.2086</x:v>
       </x:c>
       <x:c r="D998" s="3" t="n">
-        <x:v>1.298</x:v>
+        <x:v>1.2086</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:8">
       <x:c r="A999" s="2" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="B999" s="3" t="n">
-        <x:v>1.303</x:v>
+        <x:v>1.2131</x:v>
       </x:c>
       <x:c r="C999" s="3" t="n">
-        <x:v>1.303</x:v>
+        <x:v>1.2131</x:v>
       </x:c>
       <x:c r="D999" s="3" t="n">
-        <x:v>1.303</x:v>
+        <x:v>1.2131</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:8">
       <x:c r="A1000" s="2" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="B1000" s="3" t="n">
-        <x:v>1.3321</x:v>
+        <x:v>1.2284</x:v>
       </x:c>
       <x:c r="C1000" s="3" t="n">
-        <x:v>1.3321</x:v>
+        <x:v>1.2284</x:v>
       </x:c>
       <x:c r="D1000" s="3" t="n">
-        <x:v>1.3321</x:v>
+        <x:v>1.2284</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:8">
       <x:c r="A1001" s="2" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="B1001" s="3" t="n">
-        <x:v>1.3359</x:v>
+        <x:v>1.1979</x:v>
       </x:c>
       <x:c r="C1001" s="3" t="n">
-        <x:v>1.3359</x:v>
+        <x:v>1.1979</x:v>
       </x:c>
       <x:c r="D1001" s="3" t="n">
-        <x:v>1.3359</x:v>
+        <x:v>1.1979</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:8">
       <x:c r="A1002" s="2" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="B1002" s="3" t="n">
-        <x:v>1.3214</x:v>
+        <x:v>1.1963</x:v>
       </x:c>
       <x:c r="C1002" s="3" t="n">
-        <x:v>1.3214</x:v>
+        <x:v>1.1963</x:v>
       </x:c>
       <x:c r="D1002" s="3" t="n">
-        <x:v>1.3214</x:v>
+        <x:v>1.1963</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:8">
       <x:c r="A1003" s="2" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="B1003" s="3" t="n">
-        <x:v>1.3226</x:v>
+        <x:v>1.2303</x:v>
       </x:c>
       <x:c r="C1003" s="3" t="n">
-        <x:v>1.3226</x:v>
+        <x:v>1.2303</x:v>
       </x:c>
       <x:c r="D1003" s="3" t="n">
-        <x:v>1.3226</x:v>
+        <x:v>1.2303</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:8">
       <x:c r="A1004" s="2" t="s">
         <x:v>1008</x:v>
       </x:c>
       <x:c r="B1004" s="3" t="n">
-        <x:v>1.3364</x:v>
+        <x:v>1.2562</x:v>
       </x:c>
       <x:c r="C1004" s="3" t="n">
-        <x:v>1.3364</x:v>
+        <x:v>1.2562</x:v>
       </x:c>
       <x:c r="D1004" s="3" t="n">
-        <x:v>1.3364</x:v>
+        <x:v>1.2562</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:8">
       <x:c r="A1005" s="2" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="B1005" s="3" t="n">
-        <x:v>1.3632</x:v>
+        <x:v>1.2768</x:v>
       </x:c>
       <x:c r="C1005" s="3" t="n">
-        <x:v>1.3632</x:v>
+        <x:v>1.2768</x:v>
       </x:c>
       <x:c r="D1005" s="3" t="n">
-        <x:v>1.3632</x:v>
+        <x:v>1.2768</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:8">
       <x:c r="A1006" s="2" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="B1006" s="3" t="n">
-        <x:v>1.3525</x:v>
+        <x:v>1.2538</x:v>
       </x:c>
       <x:c r="C1006" s="3" t="n">
-        <x:v>1.3525</x:v>
+        <x:v>1.2538</x:v>
       </x:c>
       <x:c r="D1006" s="3" t="n">
-        <x:v>1.3525</x:v>
+        <x:v>1.2538</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:8">
       <x:c r="A1007" s="2" t="s">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="B1007" s="3" t="n">
-        <x:v>1.3441</x:v>
+        <x:v>1.2801</x:v>
       </x:c>
       <x:c r="C1007" s="3" t="n">
-        <x:v>1.3441</x:v>
+        <x:v>1.2801</x:v>
       </x:c>
       <x:c r="D1007" s="3" t="n">
-        <x:v>1.3441</x:v>
+        <x:v>1.2801</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:8">
       <x:c r="A1008" s="2" t="s">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="B1008" s="3" t="n">
-        <x:v>1.3602</x:v>
+        <x:v>1.2907</x:v>
       </x:c>
       <x:c r="C1008" s="3" t="n">
-        <x:v>1.3602</x:v>
+        <x:v>1.2907</x:v>
       </x:c>
       <x:c r="D1008" s="3" t="n">
-        <x:v>1.3602</x:v>
+        <x:v>1.2907</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:8">
       <x:c r="A1009" s="2" t="s">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="B1009" s="3" t="n">
-        <x:v>1.3411</x:v>
+        <x:v>1.2813</x:v>
       </x:c>
       <x:c r="C1009" s="3" t="n">
-        <x:v>1.3411</x:v>
+        <x:v>1.2813</x:v>
       </x:c>
       <x:c r="D1009" s="3" t="n">
-        <x:v>1.3411</x:v>
+        <x:v>1.2813</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:8">
       <x:c r="A1010" s="2" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="B1010" s="3" t="n">
-        <x:v>1.3762</x:v>
+        <x:v>1.2576</x:v>
       </x:c>
       <x:c r="C1010" s="3" t="n">
-        <x:v>1.3762</x:v>
+        <x:v>1.2576</x:v>
       </x:c>
       <x:c r="D1010" s="3" t="n">
-        <x:v>1.3762</x:v>
+        <x:v>1.2576</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:8">
       <x:c r="A1011" s="2" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="B1011" s="3" t="n">
-        <x:v>1.3635</x:v>
+        <x:v>1.2787</x:v>
       </x:c>
       <x:c r="C1011" s="3" t="n">
-        <x:v>1.3635</x:v>
+        <x:v>1.2787</x:v>
       </x:c>
       <x:c r="D1011" s="3" t="n">
-        <x:v>1.3635</x:v>
+        <x:v>1.2787</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:8">
       <x:c r="A1012" s="2" t="s">
         <x:v>1016</x:v>
       </x:c>
       <x:c r="B1012" s="3" t="n">
-        <x:v>1.3695</x:v>
+        <x:v>1.2876</x:v>
       </x:c>
       <x:c r="C1012" s="3" t="n">
-        <x:v>1.3695</x:v>
+        <x:v>1.2876</x:v>
       </x:c>
       <x:c r="D1012" s="3" t="n">
-        <x:v>1.3695</x:v>
+        <x:v>1.2876</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:8">
       <x:c r="A1013" s="2" t="s">
         <x:v>1017</x:v>
       </x:c>
       <x:c r="B1013" s="3" t="n">
-        <x:v>1.3613</x:v>
+        <x:v>1.298</x:v>
       </x:c>
       <x:c r="C1013" s="3" t="n">
-        <x:v>1.3613</x:v>
+        <x:v>1.298</x:v>
       </x:c>
       <x:c r="D1013" s="3" t="n">
-        <x:v>1.3613</x:v>
+        <x:v>1.298</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:8">
       <x:c r="A1014" s="2" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="B1014" s="3" t="n">
-        <x:v>1.3284</x:v>
+        <x:v>1.303</x:v>
       </x:c>
       <x:c r="C1014" s="3" t="n">
-        <x:v>1.3284</x:v>
+        <x:v>1.303</x:v>
       </x:c>
       <x:c r="D1014" s="3" t="n">
-        <x:v>1.3284</x:v>
+        <x:v>1.303</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:8">
       <x:c r="A1015" s="2" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="B1015" s="3" t="n">
-        <x:v>1.3176</x:v>
+        <x:v>1.3321</x:v>
       </x:c>
       <x:c r="C1015" s="3" t="n">
-        <x:v>1.3176</x:v>
+        <x:v>1.3321</x:v>
       </x:c>
       <x:c r="D1015" s="3" t="n">
-        <x:v>1.3176</x:v>
+        <x:v>1.3321</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:8">
       <x:c r="A1016" s="2" t="s">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="B1016" s="3" t="n">
-        <x:v>1.3354</x:v>
+        <x:v>1.3359</x:v>
       </x:c>
       <x:c r="C1016" s="3" t="n">
-        <x:v>1.3354</x:v>
+        <x:v>1.3359</x:v>
       </x:c>
       <x:c r="D1016" s="3" t="n">
-        <x:v>1.3354</x:v>
+        <x:v>1.3359</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:8">
       <x:c r="A1017" s="2" t="s">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="B1017" s="3" t="n">
-        <x:v>1.321</x:v>
+        <x:v>1.3214</x:v>
       </x:c>
       <x:c r="C1017" s="3" t="n">
-        <x:v>1.321</x:v>
+        <x:v>1.3214</x:v>
       </x:c>
       <x:c r="D1017" s="3" t="n">
-        <x:v>1.321</x:v>
+        <x:v>1.3214</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:8">
       <x:c r="A1018" s="2" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="B1018" s="3" t="n">
-        <x:v>1.3259</x:v>
+        <x:v>1.3226</x:v>
       </x:c>
       <x:c r="C1018" s="3" t="n">
-        <x:v>1.3259</x:v>
+        <x:v>1.3226</x:v>
       </x:c>
       <x:c r="D1018" s="3" t="n">
-        <x:v>1.3259</x:v>
+        <x:v>1.3226</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:8">
       <x:c r="A1019" s="2" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="B1019" s="3" t="n">
-        <x:v>1.343</x:v>
+        <x:v>1.3364</x:v>
       </x:c>
       <x:c r="C1019" s="3" t="n">
-        <x:v>1.343</x:v>
+        <x:v>1.3364</x:v>
       </x:c>
       <x:c r="D1019" s="3" t="n">
-        <x:v>1.343</x:v>
+        <x:v>1.3364</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:8">
       <x:c r="A1020" s="2" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="B1020" s="3" t="n">
-        <x:v>1.3627</x:v>
+        <x:v>1.3632</x:v>
       </x:c>
       <x:c r="C1020" s="3" t="n">
-        <x:v>1.3627</x:v>
+        <x:v>1.3632</x:v>
       </x:c>
       <x:c r="D1020" s="3" t="n">
-        <x:v>1.3627</x:v>
+        <x:v>1.3632</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:8">
       <x:c r="A1021" s="2" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="B1021" s="3" t="n">
-        <x:v>1.3859</x:v>
+        <x:v>1.3525</x:v>
       </x:c>
       <x:c r="C1021" s="3" t="n">
-        <x:v>1.3859</x:v>
+        <x:v>1.3525</x:v>
       </x:c>
       <x:c r="D1021" s="3" t="n">
-        <x:v>1.3859</x:v>
+        <x:v>1.3525</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:8">
       <x:c r="A1022" s="2" t="s">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="B1022" s="3" t="n">
-        <x:v>1.3818</x:v>
+        <x:v>1.3441</x:v>
       </x:c>
       <x:c r="C1022" s="3" t="n">
-        <x:v>1.3818</x:v>
+        <x:v>1.3441</x:v>
       </x:c>
       <x:c r="D1022" s="3" t="n">
-        <x:v>1.3818</x:v>
+        <x:v>1.3441</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:8">
       <x:c r="A1023" s="2" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="B1023" s="3" t="n">
-        <x:v>1.3624</x:v>
+        <x:v>1.3602</x:v>
       </x:c>
       <x:c r="C1023" s="3" t="n">
-        <x:v>1.3624</x:v>
+        <x:v>1.3602</x:v>
       </x:c>
       <x:c r="D1023" s="3" t="n">
-        <x:v>1.3624</x:v>
+        <x:v>1.3602</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:8">
       <x:c r="A1024" s="2" t="s">
         <x:v>1028</x:v>
       </x:c>
       <x:c r="B1024" s="3" t="n">
-        <x:v>1.3818</x:v>
+        <x:v>1.3411</x:v>
       </x:c>
       <x:c r="C1024" s="3" t="n">
-        <x:v>1.3818</x:v>
+        <x:v>1.3411</x:v>
       </x:c>
       <x:c r="D1024" s="3" t="n">
-        <x:v>1.3818</x:v>
+        <x:v>1.3411</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:8">
       <x:c r="A1025" s="2" t="s">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="B1025" s="3" t="n">
-        <x:v>1.3951</x:v>
+        <x:v>1.3762</x:v>
       </x:c>
       <x:c r="C1025" s="3" t="n">
-        <x:v>1.3951</x:v>
+        <x:v>1.3762</x:v>
       </x:c>
       <x:c r="D1025" s="3" t="n">
-        <x:v>1.3951</x:v>
+        <x:v>1.3762</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:8">
       <x:c r="A1026" s="2" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="B1026" s="3" t="n">
-        <x:v>1.3874</x:v>
+        <x:v>1.3635</x:v>
       </x:c>
       <x:c r="C1026" s="3" t="n">
-        <x:v>1.3874</x:v>
+        <x:v>1.3635</x:v>
       </x:c>
       <x:c r="D1026" s="3" t="n">
-        <x:v>1.3874</x:v>
+        <x:v>1.3635</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:8">
       <x:c r="A1027" s="2" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="B1027" s="3" t="n">
-        <x:v>1.3835</x:v>
+        <x:v>1.3695</x:v>
       </x:c>
       <x:c r="C1027" s="3" t="n">
-        <x:v>1.3835</x:v>
+        <x:v>1.3695</x:v>
       </x:c>
       <x:c r="D1027" s="3" t="n">
-        <x:v>1.3835</x:v>
+        <x:v>1.3695</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:8">
       <x:c r="A1028" s="2" t="s">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="B1028" s="3" t="n">
-        <x:v>1.3878</x:v>
+        <x:v>1.3613</x:v>
       </x:c>
       <x:c r="C1028" s="3" t="n">
-        <x:v>1.3878</x:v>
+        <x:v>1.3613</x:v>
       </x:c>
       <x:c r="D1028" s="3" t="n">
-        <x:v>1.3878</x:v>
+        <x:v>1.3613</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:8">
       <x:c r="A1029" s="2" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="B1029" s="3" t="n">
-        <x:v>1.3731</x:v>
+        <x:v>1.3284</x:v>
       </x:c>
       <x:c r="C1029" s="3" t="n">
-        <x:v>1.3731</x:v>
+        <x:v>1.3284</x:v>
       </x:c>
       <x:c r="D1029" s="3" t="n">
-        <x:v>1.3731</x:v>
+        <x:v>1.3284</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:8">
       <x:c r="A1030" s="2" t="s">
         <x:v>1034</x:v>
       </x:c>
       <x:c r="B1030" s="3" t="n">
-        <x:v>1.3972</x:v>
+        <x:v>1.3176</x:v>
       </x:c>
       <x:c r="C1030" s="3" t="n">
-        <x:v>1.3972</x:v>
+        <x:v>1.3176</x:v>
       </x:c>
       <x:c r="D1030" s="3" t="n">
-        <x:v>1.3972</x:v>
+        <x:v>1.3176</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:8">
       <x:c r="A1031" s="2" t="s">
         <x:v>1035</x:v>
       </x:c>
       <x:c r="B1031" s="3" t="n">
-        <x:v>1.384</x:v>
+        <x:v>1.3354</x:v>
       </x:c>
       <x:c r="C1031" s="3" t="n">
-        <x:v>1.384</x:v>
+        <x:v>1.3354</x:v>
       </x:c>
       <x:c r="D1031" s="3" t="n">
-        <x:v>1.384</x:v>
+        <x:v>1.3354</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:8">
       <x:c r="A1032" s="2" t="s">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="B1032" s="3" t="n">
-        <x:v>1.3887</x:v>
+        <x:v>1.321</x:v>
       </x:c>
       <x:c r="C1032" s="3" t="n">
-        <x:v>1.3887</x:v>
+        <x:v>1.321</x:v>
       </x:c>
       <x:c r="D1032" s="3" t="n">
-        <x:v>1.3887</x:v>
+        <x:v>1.321</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:8">
       <x:c r="A1033" s="2" t="s">
         <x:v>1037</x:v>
       </x:c>
       <x:c r="B1033" s="3" t="n">
-        <x:v>1.3899</x:v>
+        <x:v>1.3259</x:v>
       </x:c>
       <x:c r="C1033" s="3" t="n">
-        <x:v>1.3899</x:v>
+        <x:v>1.3259</x:v>
       </x:c>
       <x:c r="D1033" s="3" t="n">
-        <x:v>1.3899</x:v>
+        <x:v>1.3259</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:8">
       <x:c r="A1034" s="2" t="s">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="B1034" s="3" t="n">
-        <x:v>1.3767</x:v>
+        <x:v>1.343</x:v>
       </x:c>
       <x:c r="C1034" s="3" t="n">
-        <x:v>1.3767</x:v>
+        <x:v>1.343</x:v>
       </x:c>
       <x:c r="D1034" s="3" t="n">
-        <x:v>1.3767</x:v>
+        <x:v>1.343</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:8">
       <x:c r="A1035" s="2" t="s">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="B1035" s="3" t="n">
-        <x:v>1.3757</x:v>
+        <x:v>1.3627</x:v>
       </x:c>
       <x:c r="C1035" s="3" t="n">
-        <x:v>1.3757</x:v>
+        <x:v>1.3627</x:v>
       </x:c>
       <x:c r="D1035" s="3" t="n">
-        <x:v>1.3757</x:v>
+        <x:v>1.3627</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:8">
       <x:c r="A1036" s="2" t="s">
         <x:v>1040</x:v>
       </x:c>
       <x:c r="B1036" s="3" t="n">
-        <x:v>1.3758</x:v>
+        <x:v>1.3859</x:v>
       </x:c>
       <x:c r="C1036" s="3" t="n">
-        <x:v>1.3758</x:v>
+        <x:v>1.3859</x:v>
       </x:c>
       <x:c r="D1036" s="3" t="n">
-        <x:v>1.3758</x:v>
+        <x:v>1.3859</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:8">
       <x:c r="A1037" s="2" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="B1037" s="3" t="n">
-        <x:v>1.3757</x:v>
+        <x:v>1.3818</x:v>
       </x:c>
       <x:c r="C1037" s="3" t="n">
-        <x:v>1.3757</x:v>
+        <x:v>1.3818</x:v>
       </x:c>
       <x:c r="D1037" s="3" t="n">
-        <x:v>1.3757</x:v>
+        <x:v>1.3818</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:8">
       <x:c r="A1038" s="2" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="B1038" s="3" t="n">
-        <x:v>1.3623</x:v>
+        <x:v>1.3624</x:v>
       </x:c>
       <x:c r="C1038" s="3" t="n">
-        <x:v>1.3623</x:v>
+        <x:v>1.3624</x:v>
       </x:c>
       <x:c r="D1038" s="3" t="n">
-        <x:v>1.3623</x:v>
+        <x:v>1.3624</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:8">
       <x:c r="A1039" s="2" t="s">
         <x:v>1043</x:v>
       </x:c>
       <x:c r="B1039" s="3" t="n">
-        <x:v>1.3729</x:v>
+        <x:v>1.3818</x:v>
       </x:c>
       <x:c r="C1039" s="3" t="n">
-        <x:v>1.3729</x:v>
+        <x:v>1.3818</x:v>
       </x:c>
       <x:c r="D1039" s="3" t="n">
-        <x:v>1.3729</x:v>
+        <x:v>1.3818</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:8">
       <x:c r="A1040" s="2" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="B1040" s="3" t="n">
-        <x:v>1.3814</x:v>
+        <x:v>1.3951</x:v>
       </x:c>
       <x:c r="C1040" s="3" t="n">
-        <x:v>1.3814</x:v>
+        <x:v>1.3951</x:v>
       </x:c>
       <x:c r="D1040" s="3" t="n">
-        <x:v>1.3814</x:v>
+        <x:v>1.3951</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:8">
       <x:c r="A1041" s="2" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="B1041" s="3" t="n">
-        <x:v>1.3955</x:v>
+        <x:v>1.3874</x:v>
       </x:c>
       <x:c r="C1041" s="3" t="n">
-        <x:v>1.3955</x:v>
+        <x:v>1.3874</x:v>
       </x:c>
       <x:c r="D1041" s="3" t="n">
-        <x:v>1.3955</x:v>
+        <x:v>1.3874</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:8">
       <x:c r="A1042" s="2" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="B1042" s="3" t="n">
-        <x:v>1.3793</x:v>
+        <x:v>1.3835</x:v>
       </x:c>
       <x:c r="C1042" s="3" t="n">
-        <x:v>1.3793</x:v>
+        <x:v>1.3835</x:v>
       </x:c>
       <x:c r="D1042" s="3" t="n">
-        <x:v>1.3793</x:v>
+        <x:v>1.3835</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:8">
       <x:c r="A1043" s="2" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="B1043" s="3" t="n">
-        <x:v>1.3904</x:v>
+        <x:v>1.3878</x:v>
       </x:c>
       <x:c r="C1043" s="3" t="n">
-        <x:v>1.3904</x:v>
+        <x:v>1.3878</x:v>
       </x:c>
       <x:c r="D1043" s="3" t="n">
-        <x:v>1.3904</x:v>
+        <x:v>1.3878</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:8">
       <x:c r="A1044" s="2" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="B1044" s="3" t="n">
-        <x:v>1.3883</x:v>
+        <x:v>1.3731</x:v>
       </x:c>
       <x:c r="C1044" s="3" t="n">
-        <x:v>1.3883</x:v>
+        <x:v>1.3731</x:v>
       </x:c>
       <x:c r="D1044" s="3" t="n">
-        <x:v>1.3883</x:v>
+        <x:v>1.3731</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:8">
       <x:c r="A1045" s="2" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="B1045" s="3" t="n">
-        <x:v>1.3734</x:v>
+        <x:v>1.3972</x:v>
       </x:c>
       <x:c r="C1045" s="3" t="n">
-        <x:v>1.3734</x:v>
+        <x:v>1.3972</x:v>
       </x:c>
       <x:c r="D1045" s="3" t="n">
-        <x:v>1.3734</x:v>
+        <x:v>1.3972</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:8">
       <x:c r="A1046" s="2" t="s">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="B1046" s="3" t="n">
-        <x:v>1.373</x:v>
+        <x:v>1.384</x:v>
       </x:c>
       <x:c r="C1046" s="3" t="n">
-        <x:v>1.373</x:v>
+        <x:v>1.384</x:v>
       </x:c>
       <x:c r="D1046" s="3" t="n">
-        <x:v>1.373</x:v>
+        <x:v>1.384</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:8">
       <x:c r="A1047" s="2" t="s">
         <x:v>1051</x:v>
       </x:c>
       <x:c r="B1047" s="3" t="n">
-        <x:v>1.3794</x:v>
+        <x:v>1.3887</x:v>
       </x:c>
       <x:c r="C1047" s="3" t="n">
-        <x:v>1.3794</x:v>
+        <x:v>1.3887</x:v>
       </x:c>
       <x:c r="D1047" s="3" t="n">
-        <x:v>1.3794</x:v>
+        <x:v>1.3887</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:8">
       <x:c r="A1048" s="2" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="B1048" s="3" t="n">
-        <x:v>1.3652</x:v>
+        <x:v>1.3899</x:v>
       </x:c>
       <x:c r="C1048" s="3" t="n">
-        <x:v>1.3652</x:v>
+        <x:v>1.3899</x:v>
       </x:c>
       <x:c r="D1048" s="3" t="n">
-        <x:v>1.3652</x:v>
+        <x:v>1.3899</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:8">
       <x:c r="A1049" s="2" t="s">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="B1049" s="3" t="n">
-        <x:v>1.3505</x:v>
+        <x:v>1.3767</x:v>
       </x:c>
       <x:c r="C1049" s="3" t="n">
-        <x:v>1.3505</x:v>
+        <x:v>1.3767</x:v>
       </x:c>
       <x:c r="D1049" s="3" t="n">
-        <x:v>1.3505</x:v>
+        <x:v>1.3767</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:8">
       <x:c r="A1050" s="2" t="s">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="B1050" s="3" t="n">
-        <x:v>1.3458</x:v>
+        <x:v>1.3757</x:v>
       </x:c>
       <x:c r="C1050" s="3" t="n">
-        <x:v>1.3458</x:v>
+        <x:v>1.3757</x:v>
       </x:c>
       <x:c r="D1050" s="3" t="n">
-        <x:v>1.3458</x:v>
+        <x:v>1.3757</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:8">
       <x:c r="A1051" s="2" t="s">
         <x:v>1055</x:v>
       </x:c>
       <x:c r="B1051" s="3" t="n">
-        <x:v>1.3276</x:v>
+        <x:v>1.3758</x:v>
       </x:c>
       <x:c r="C1051" s="3" t="n">
-        <x:v>1.3276</x:v>
+        <x:v>1.3758</x:v>
       </x:c>
       <x:c r="D1051" s="3" t="n">
-        <x:v>1.3276</x:v>
+        <x:v>1.3758</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:8">
       <x:c r="A1052" s="2" t="s">
         <x:v>1056</x:v>
       </x:c>
       <x:c r="B1052" s="3" t="n">
-        <x:v>1.3395</x:v>
+        <x:v>1.3757</x:v>
       </x:c>
       <x:c r="C1052" s="3" t="n">
-        <x:v>1.3395</x:v>
+        <x:v>1.3757</x:v>
       </x:c>
       <x:c r="D1052" s="3" t="n">
-        <x:v>1.3395</x:v>
+        <x:v>1.3757</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:8">
       <x:c r="A1053" s="2" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="B1053" s="3" t="n">
-        <x:v>1.3615</x:v>
+        <x:v>1.3623</x:v>
       </x:c>
       <x:c r="C1053" s="3" t="n">
-        <x:v>1.3615</x:v>
+        <x:v>1.3623</x:v>
       </x:c>
       <x:c r="D1053" s="3" t="n">
-        <x:v>1.3615</x:v>
+        <x:v>1.3623</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:8">
       <x:c r="A1054" s="2" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="B1054" s="3" t="n">
-        <x:v>1.3432</x:v>
+        <x:v>1.3729</x:v>
       </x:c>
       <x:c r="C1054" s="3" t="n">
-        <x:v>1.3432</x:v>
+        <x:v>1.3729</x:v>
       </x:c>
       <x:c r="D1054" s="3" t="n">
-        <x:v>1.3432</x:v>
+        <x:v>1.3729</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:8">
       <x:c r="A1055" s="2" t="s">
         <x:v>1059</x:v>
       </x:c>
       <x:c r="B1055" s="3" t="n">
-        <x:v>1.3677</x:v>
+        <x:v>1.3814</x:v>
       </x:c>
       <x:c r="C1055" s="3" t="n">
-        <x:v>1.3677</x:v>
+        <x:v>1.3814</x:v>
       </x:c>
       <x:c r="D1055" s="3" t="n">
-        <x:v>1.3677</x:v>
+        <x:v>1.3814</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:8">
       <x:c r="A1056" s="2" t="s">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="B1056" s="3" t="n">
-        <x:v>1.3645</x:v>
+        <x:v>1.3955</x:v>
       </x:c>
       <x:c r="C1056" s="3" t="n">
-        <x:v>1.3645</x:v>
+        <x:v>1.3955</x:v>
       </x:c>
       <x:c r="D1056" s="3" t="n">
-        <x:v>1.3645</x:v>
+        <x:v>1.3955</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:8">
       <x:c r="A1057" s="2" t="s">
         <x:v>1061</x:v>
       </x:c>
       <x:c r="B1057" s="3" t="n">
-        <x:v>1.3598</x:v>
+        <x:v>1.3793</x:v>
       </x:c>
       <x:c r="C1057" s="3" t="n">
-        <x:v>1.3598</x:v>
+        <x:v>1.3793</x:v>
       </x:c>
       <x:c r="D1057" s="3" t="n">
-        <x:v>1.3598</x:v>
+        <x:v>1.3793</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:8">
       <x:c r="A1058" s="2" t="s">
         <x:v>1062</x:v>
       </x:c>
       <x:c r="B1058" s="3" t="n">
-        <x:v>1.3515</x:v>
+        <x:v>1.3904</x:v>
       </x:c>
       <x:c r="C1058" s="3" t="n">
-        <x:v>1.3515</x:v>
+        <x:v>1.3904</x:v>
       </x:c>
       <x:c r="D1058" s="3" t="n">
-        <x:v>1.3515</x:v>
+        <x:v>1.3904</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:8">
       <x:c r="A1059" s="2" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="B1059" s="3" t="n">
-        <x:v>1.3574</x:v>
+        <x:v>1.3883</x:v>
       </x:c>
       <x:c r="C1059" s="3" t="n">
-        <x:v>1.3574</x:v>
+        <x:v>1.3883</x:v>
       </x:c>
       <x:c r="D1059" s="3" t="n">
-        <x:v>1.3574</x:v>
+        <x:v>1.3883</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:8">
       <x:c r="A1060" s="2" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="B1060" s="3" t="n">
-        <x:v>1.3659</x:v>
+        <x:v>1.3734</x:v>
       </x:c>
       <x:c r="C1060" s="3" t="n">
-        <x:v>1.3659</x:v>
+        <x:v>1.3734</x:v>
       </x:c>
       <x:c r="D1060" s="3" t="n">
-        <x:v>1.3659</x:v>
+        <x:v>1.3734</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:8">
       <x:c r="A1061" s="2" t="s">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="B1061" s="3" t="n">
-        <x:v>1.3641</x:v>
+        <x:v>1.373</x:v>
       </x:c>
       <x:c r="C1061" s="3" t="n">
-        <x:v>1.3641</x:v>
+        <x:v>1.373</x:v>
       </x:c>
       <x:c r="D1061" s="3" t="n">
-        <x:v>1.3641</x:v>
+        <x:v>1.373</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:8">
       <x:c r="A1062" s="2" t="s">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="B1062" s="3" t="n">
-        <x:v>1.3586</x:v>
+        <x:v>1.3794</x:v>
       </x:c>
       <x:c r="C1062" s="3" t="n">
-        <x:v>1.3586</x:v>
+        <x:v>1.3794</x:v>
       </x:c>
       <x:c r="D1062" s="3" t="n">
-        <x:v>1.3586</x:v>
+        <x:v>1.3794</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:8">
       <x:c r="A1063" s="2" t="s">
         <x:v>1067</x:v>
       </x:c>
       <x:c r="B1063" s="3" t="n">
-        <x:v>1.3497</x:v>
+        <x:v>1.3652</x:v>
       </x:c>
       <x:c r="C1063" s="3" t="n">
-        <x:v>1.3497</x:v>
+        <x:v>1.3652</x:v>
       </x:c>
       <x:c r="D1063" s="3" t="n">
-        <x:v>1.3497</x:v>
+        <x:v>1.3652</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:8">
       <x:c r="A1064" s="2" t="s">
         <x:v>1068</x:v>
       </x:c>
       <x:c r="B1064" s="3" t="n">
-        <x:v>1.3592</x:v>
+        <x:v>1.3505</x:v>
       </x:c>
       <x:c r="C1064" s="3" t="n">
-        <x:v>1.3592</x:v>
+        <x:v>1.3505</x:v>
       </x:c>
       <x:c r="D1064" s="3" t="n">
-        <x:v>1.3592</x:v>
+        <x:v>1.3505</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:8">
       <x:c r="A1065" s="2" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="B1065" s="3" t="n">
-        <x:v>1.354</x:v>
+        <x:v>1.3458</x:v>
       </x:c>
       <x:c r="C1065" s="3" t="n">
-        <x:v>1.354</x:v>
+        <x:v>1.3458</x:v>
       </x:c>
       <x:c r="D1065" s="3" t="n">
-        <x:v>1.354</x:v>
+        <x:v>1.3458</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:8">
       <x:c r="A1066" s="2" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="B1066" s="3" t="n">
-        <x:v>1.3472</x:v>
+        <x:v>1.3276</x:v>
       </x:c>
       <x:c r="C1066" s="3" t="n">
-        <x:v>1.3472</x:v>
+        <x:v>1.3276</x:v>
       </x:c>
       <x:c r="D1066" s="3" t="n">
-        <x:v>1.3472</x:v>
+        <x:v>1.3276</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:8">
       <x:c r="A1067" s="2" t="s">
         <x:v>1071</x:v>
       </x:c>
       <x:c r="B1067" s="3" t="n">
-        <x:v>1.351</x:v>
+        <x:v>1.3395</x:v>
       </x:c>
       <x:c r="C1067" s="3" t="n">
-        <x:v>1.351</x:v>
+        <x:v>1.3395</x:v>
       </x:c>
       <x:c r="D1067" s="3" t="n">
-        <x:v>1.351</x:v>
+        <x:v>1.3395</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:8">
       <x:c r="A1068" s="2" t="s">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="B1068" s="3" t="n">
-        <x:v>1.3425</x:v>
+        <x:v>1.3615</x:v>
       </x:c>
       <x:c r="C1068" s="3" t="n">
-        <x:v>1.3425</x:v>
+        <x:v>1.3615</x:v>
       </x:c>
       <x:c r="D1068" s="3" t="n">
-        <x:v>1.3425</x:v>
+        <x:v>1.3615</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:8">
       <x:c r="A1069" s="2" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="B1069" s="3" t="n">
-        <x:v>1.3427</x:v>
+        <x:v>1.3432</x:v>
       </x:c>
       <x:c r="C1069" s="3" t="n">
-        <x:v>1.3427</x:v>
+        <x:v>1.3432</x:v>
       </x:c>
       <x:c r="D1069" s="3" t="n">
-        <x:v>1.3427</x:v>
+        <x:v>1.3432</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:8">
       <x:c r="A1070" s="2" t="s">
         <x:v>1074</x:v>
       </x:c>
       <x:c r="B1070" s="3" t="n">
-        <x:v>1.3398</x:v>
+        <x:v>1.3677</x:v>
       </x:c>
       <x:c r="C1070" s="3" t="n">
-        <x:v>1.3398</x:v>
+        <x:v>1.3677</x:v>
       </x:c>
       <x:c r="D1070" s="3" t="n">
-        <x:v>1.3398</x:v>
+        <x:v>1.3677</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:8">
       <x:c r="A1071" s="2" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="B1071" s="3" t="n">
-        <x:v>1.3321</x:v>
+        <x:v>1.3645</x:v>
       </x:c>
       <x:c r="C1071" s="3" t="n">
-        <x:v>1.3321</x:v>
+        <x:v>1.3645</x:v>
       </x:c>
       <x:c r="D1071" s="3" t="n">
-        <x:v>1.3321</x:v>
+        <x:v>1.3645</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:8">
       <x:c r="A1072" s="2" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="B1072" s="3" t="n">
-        <x:v>1.3244</x:v>
+        <x:v>1.3598</x:v>
       </x:c>
       <x:c r="C1072" s="3" t="n">
-        <x:v>1.3244</x:v>
+        <x:v>1.3598</x:v>
       </x:c>
       <x:c r="D1072" s="3" t="n">
-        <x:v>1.3244</x:v>
+        <x:v>1.3598</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:8">
       <x:c r="A1073" s="2" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="B1073" s="3" t="n">
-        <x:v>1.3013</x:v>
+        <x:v>1.3515</x:v>
       </x:c>
       <x:c r="C1073" s="3" t="n">
-        <x:v>1.3013</x:v>
+        <x:v>1.3515</x:v>
       </x:c>
       <x:c r="D1073" s="3" t="n">
-        <x:v>1.3013</x:v>
+        <x:v>1.3515</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:8">
       <x:c r="A1074" s="2" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="B1074" s="3" t="n">
-        <x:v>1.3063</x:v>
+        <x:v>1.3574</x:v>
       </x:c>
       <x:c r="C1074" s="3" t="n">
-        <x:v>1.3063</x:v>
+        <x:v>1.3574</x:v>
       </x:c>
       <x:c r="D1074" s="3" t="n">
-        <x:v>1.3063</x:v>
+        <x:v>1.3574</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:8">
       <x:c r="A1075" s="2" t="s">
         <x:v>1079</x:v>
       </x:c>
       <x:c r="B1075" s="3" t="n">
-        <x:v>1.2966</x:v>
+        <x:v>1.3659</x:v>
       </x:c>
       <x:c r="C1075" s="3" t="n">
-        <x:v>1.2966</x:v>
+        <x:v>1.3659</x:v>
       </x:c>
       <x:c r="D1075" s="3" t="n">
-        <x:v>1.2966</x:v>
+        <x:v>1.3659</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:8">
       <x:c r="A1076" s="2" t="s">
         <x:v>1080</x:v>
       </x:c>
       <x:c r="B1076" s="3" t="n">
-        <x:v>1.2937</x:v>
+        <x:v>1.3641</x:v>
       </x:c>
       <x:c r="C1076" s="3" t="n">
-        <x:v>1.2937</x:v>
+        <x:v>1.3641</x:v>
       </x:c>
       <x:c r="D1076" s="3" t="n">
-        <x:v>1.2937</x:v>
+        <x:v>1.3641</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:8">
       <x:c r="A1077" s="2" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="B1077" s="3" t="n">
-        <x:v>1.2968</x:v>
+        <x:v>1.3586</x:v>
       </x:c>
       <x:c r="C1077" s="3" t="n">
-        <x:v>1.2968</x:v>
+        <x:v>1.3586</x:v>
       </x:c>
       <x:c r="D1077" s="3" t="n">
-        <x:v>1.2968</x:v>
+        <x:v>1.3586</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:8">
       <x:c r="A1078" s="2" t="s">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="B1078" s="3" t="n">
-        <x:v>1.2962</x:v>
+        <x:v>1.3497</x:v>
       </x:c>
       <x:c r="C1078" s="3" t="n">
-        <x:v>1.2962</x:v>
+        <x:v>1.3497</x:v>
       </x:c>
       <x:c r="D1078" s="3" t="n">
-        <x:v>1.2962</x:v>
+        <x:v>1.3497</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:8">
       <x:c r="A1079" s="2" t="s">
         <x:v>1083</x:v>
       </x:c>
       <x:c r="B1079" s="3" t="n">
-        <x:v>1.2983</x:v>
+        <x:v>1.3592</x:v>
       </x:c>
       <x:c r="C1079" s="3" t="n">
-        <x:v>1.2983</x:v>
+        <x:v>1.3592</x:v>
       </x:c>
       <x:c r="D1079" s="3" t="n">
-        <x:v>1.2983</x:v>
+        <x:v>1.3592</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:8">
       <x:c r="A1080" s="2" t="s">
         <x:v>1084</x:v>
       </x:c>
       <x:c r="B1080" s="3" t="n">
-        <x:v>1.295</x:v>
+        <x:v>1.354</x:v>
       </x:c>
       <x:c r="C1080" s="3" t="n">
-        <x:v>1.295</x:v>
+        <x:v>1.354</x:v>
       </x:c>
       <x:c r="D1080" s="3" t="n">
-        <x:v>1.295</x:v>
+        <x:v>1.354</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:8">
       <x:c r="A1081" s="2" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="B1081" s="3" t="n">
-        <x:v>1.2912</x:v>
+        <x:v>1.3472</x:v>
       </x:c>
       <x:c r="C1081" s="3" t="n">
-        <x:v>1.2912</x:v>
+        <x:v>1.3472</x:v>
       </x:c>
       <x:c r="D1081" s="3" t="n">
-        <x:v>1.2912</x:v>
+        <x:v>1.3472</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:8">
       <x:c r="A1082" s="2" t="s">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="B1082" s="3" t="n">
-        <x:v>1.2918</x:v>
+        <x:v>1.351</x:v>
       </x:c>
       <x:c r="C1082" s="3" t="n">
-        <x:v>1.2918</x:v>
+        <x:v>1.351</x:v>
       </x:c>
       <x:c r="D1082" s="3" t="n">
-        <x:v>1.2918</x:v>
+        <x:v>1.351</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:8">
       <x:c r="A1083" s="2" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B1083" s="3" t="n">
-        <x:v>1.2936</x:v>
+        <x:v>1.3425</x:v>
       </x:c>
       <x:c r="C1083" s="3" t="n">
-        <x:v>1.2936</x:v>
+        <x:v>1.3425</x:v>
       </x:c>
       <x:c r="D1083" s="3" t="n">
-        <x:v>1.2936</x:v>
+        <x:v>1.3425</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:8">
       <x:c r="A1084" s="2" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="B1084" s="3" t="n">
-        <x:v>1.2917</x:v>
+        <x:v>1.3427</x:v>
       </x:c>
       <x:c r="C1084" s="3" t="n">
-        <x:v>1.2917</x:v>
+        <x:v>1.3427</x:v>
       </x:c>
       <x:c r="D1084" s="3" t="n">
-        <x:v>1.2917</x:v>
+        <x:v>1.3427</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:8">
       <x:c r="A1085" s="2" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="B1085" s="3" t="n">
-        <x:v>1.2811</x:v>
+        <x:v>1.3398</x:v>
       </x:c>
       <x:c r="C1085" s="3" t="n">
-        <x:v>1.2811</x:v>
+        <x:v>1.3398</x:v>
       </x:c>
       <x:c r="D1085" s="3" t="n">
-        <x:v>1.2811</x:v>
+        <x:v>1.3398</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:8">
       <x:c r="A1086" s="2" t="s">
         <x:v>1090</x:v>
       </x:c>
       <x:c r="B1086" s="3" t="n">
-        <x:v>1.2721</x:v>
+        <x:v>1.3321</x:v>
       </x:c>
       <x:c r="C1086" s="3" t="n">
-        <x:v>1.2721</x:v>
+        <x:v>1.3321</x:v>
       </x:c>
       <x:c r="D1086" s="3" t="n">
-        <x:v>1.2721</x:v>
+        <x:v>1.3321</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:8">
       <x:c r="A1087" s="2" t="s">
         <x:v>1091</x:v>
       </x:c>
       <x:c r="B1087" s="3" t="n">
-        <x:v>1.2705</x:v>
+        <x:v>1.3244</x:v>
       </x:c>
       <x:c r="C1087" s="3" t="n">
-        <x:v>1.2705</x:v>
+        <x:v>1.3244</x:v>
       </x:c>
       <x:c r="D1087" s="3" t="n">
-        <x:v>1.2705</x:v>
+        <x:v>1.3244</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:8">
       <x:c r="A1088" s="2" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="B1088" s="3" t="n">
-        <x:v>1.2766</x:v>
+        <x:v>1.3013</x:v>
       </x:c>
       <x:c r="C1088" s="3" t="n">
-        <x:v>1.2766</x:v>
+        <x:v>1.3013</x:v>
       </x:c>
       <x:c r="D1088" s="3" t="n">
-        <x:v>1.2766</x:v>
+        <x:v>1.3013</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:8">
       <x:c r="A1089" s="2" t="s">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="B1089" s="3" t="n">
-        <x:v>1.2921</x:v>
+        <x:v>1.3063</x:v>
       </x:c>
       <x:c r="C1089" s="3" t="n">
-        <x:v>1.2921</x:v>
+        <x:v>1.3063</x:v>
       </x:c>
       <x:c r="D1089" s="3" t="n">
-        <x:v>1.2921</x:v>
+        <x:v>1.3063</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:8">
       <x:c r="A1090" s="2" t="s">
         <x:v>1094</x:v>
       </x:c>
       <x:c r="B1090" s="3" t="n">
-        <x:v>1.2914</x:v>
+        <x:v>1.2966</x:v>
       </x:c>
       <x:c r="C1090" s="3" t="n">
-        <x:v>1.2914</x:v>
+        <x:v>1.2966</x:v>
       </x:c>
       <x:c r="D1090" s="3" t="n">
-        <x:v>1.2914</x:v>
+        <x:v>1.2966</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:8">
       <x:c r="A1091" s="2" t="s">
         <x:v>1095</x:v>
       </x:c>
       <x:c r="B1091" s="3" t="n">
-        <x:v>1.2874</x:v>
+        <x:v>1.2937</x:v>
       </x:c>
       <x:c r="C1091" s="3" t="n">
-        <x:v>1.2874</x:v>
+        <x:v>1.2937</x:v>
       </x:c>
       <x:c r="D1091" s="3" t="n">
-        <x:v>1.2874</x:v>
+        <x:v>1.2937</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:8">
       <x:c r="A1092" s="2" t="s">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="B1092" s="3" t="n">
-        <x:v>1.2825</x:v>
+        <x:v>1.2968</x:v>
       </x:c>
       <x:c r="C1092" s="3" t="n">
-        <x:v>1.2825</x:v>
+        <x:v>1.2968</x:v>
       </x:c>
       <x:c r="D1092" s="3" t="n">
-        <x:v>1.2825</x:v>
+        <x:v>1.2968</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:8">
       <x:c r="A1093" s="2" t="s">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="B1093" s="3" t="n">
-        <x:v>1.292</x:v>
+        <x:v>1.2962</x:v>
       </x:c>
       <x:c r="C1093" s="3" t="n">
-        <x:v>1.292</x:v>
+        <x:v>1.2962</x:v>
       </x:c>
       <x:c r="D1093" s="3" t="n">
-        <x:v>1.292</x:v>
+        <x:v>1.2962</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:8">
       <x:c r="A1094" s="2" t="s">
         <x:v>1098</x:v>
       </x:c>
       <x:c r="B1094" s="3" t="n">
-        <x:v>1.2824</x:v>
+        <x:v>1.2983</x:v>
       </x:c>
       <x:c r="C1094" s="3" t="n">
-        <x:v>1.2824</x:v>
+        <x:v>1.2983</x:v>
       </x:c>
       <x:c r="D1094" s="3" t="n">
-        <x:v>1.2824</x:v>
+        <x:v>1.2983</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:8">
       <x:c r="A1095" s="2" t="s">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="B1095" s="3" t="n">
-        <x:v>1.305</x:v>
+        <x:v>1.295</x:v>
       </x:c>
       <x:c r="C1095" s="3" t="n">
-        <x:v>1.305</x:v>
+        <x:v>1.295</x:v>
       </x:c>
       <x:c r="D1095" s="3" t="n">
-        <x:v>1.305</x:v>
+        <x:v>1.295</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:8">
       <x:c r="A1096" s="2" t="s">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="B1096" s="3" t="n">
-        <x:v>1.2934</x:v>
+        <x:v>1.2912</x:v>
       </x:c>
       <x:c r="C1096" s="3" t="n">
-        <x:v>1.2934</x:v>
+        <x:v>1.2912</x:v>
       </x:c>
       <x:c r="D1096" s="3" t="n">
-        <x:v>1.2934</x:v>
+        <x:v>1.2912</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:8">
       <x:c r="A1097" s="2" t="s">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="B1097" s="3" t="n">
-        <x:v>1.3152</x:v>
+        <x:v>1.2918</x:v>
       </x:c>
       <x:c r="C1097" s="3" t="n">
-        <x:v>1.3152</x:v>
+        <x:v>1.2918</x:v>
       </x:c>
       <x:c r="D1097" s="3" t="n">
-        <x:v>1.3152</x:v>
+        <x:v>1.2918</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:8">
       <x:c r="A1098" s="2" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="B1098" s="3" t="n">
-        <x:v>1.325</x:v>
+        <x:v>1.2936</x:v>
       </x:c>
       <x:c r="C1098" s="3" t="n">
-        <x:v>1.325</x:v>
+        <x:v>1.2936</x:v>
       </x:c>
       <x:c r="D1098" s="3" t="n">
-        <x:v>1.325</x:v>
+        <x:v>1.2936</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:8">
       <x:c r="A1099" s="2" t="s">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="B1099" s="3" t="n">
-        <x:v>1.3139</x:v>
+        <x:v>1.2917</x:v>
       </x:c>
       <x:c r="C1099" s="3" t="n">
-        <x:v>1.3139</x:v>
+        <x:v>1.2917</x:v>
       </x:c>
       <x:c r="D1099" s="3" t="n">
-        <x:v>1.3139</x:v>
+        <x:v>1.2917</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:8">
       <x:c r="A1100" s="2" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="B1100" s="3" t="n">
-        <x:v>1.3077</x:v>
+        <x:v>1.2811</x:v>
       </x:c>
       <x:c r="C1100" s="3" t="n">
-        <x:v>1.3077</x:v>
+        <x:v>1.2811</x:v>
       </x:c>
       <x:c r="D1100" s="3" t="n">
-        <x:v>1.3077</x:v>
+        <x:v>1.2811</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:8">
       <x:c r="A1101" s="2" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="B1101" s="3" t="n">
-        <x:v>1.3057</x:v>
+        <x:v>1.2721</x:v>
       </x:c>
       <x:c r="C1101" s="3" t="n">
-        <x:v>1.3057</x:v>
+        <x:v>1.2721</x:v>
       </x:c>
       <x:c r="D1101" s="3" t="n">
-        <x:v>1.3057</x:v>
+        <x:v>1.2721</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:8">
       <x:c r="A1102" s="2" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="B1102" s="3" t="n">
-        <x:v>1.2976</x:v>
+        <x:v>1.2705</x:v>
       </x:c>
       <x:c r="C1102" s="3" t="n">
-        <x:v>1.2976</x:v>
+        <x:v>1.2705</x:v>
       </x:c>
       <x:c r="D1102" s="3" t="n">
-        <x:v>1.2976</x:v>
+        <x:v>1.2705</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:8">
       <x:c r="A1103" s="2" t="s">
         <x:v>1107</x:v>
       </x:c>
       <x:c r="B1103" s="3" t="n">
-        <x:v>1.3105</x:v>
+        <x:v>1.2766</x:v>
       </x:c>
       <x:c r="C1103" s="3" t="n">
-        <x:v>1.3105</x:v>
+        <x:v>1.2766</x:v>
       </x:c>
       <x:c r="D1103" s="3" t="n">
-        <x:v>1.3105</x:v>
+        <x:v>1.2766</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:8">
       <x:c r="A1104" s="2" t="s">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="B1104" s="3" t="n">
-        <x:v>1.3209</x:v>
+        <x:v>1.2921</x:v>
       </x:c>
       <x:c r="C1104" s="3" t="n">
-        <x:v>1.3209</x:v>
+        <x:v>1.2921</x:v>
       </x:c>
       <x:c r="D1104" s="3" t="n">
-        <x:v>1.3209</x:v>
+        <x:v>1.2921</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:8">
       <x:c r="A1105" s="2" t="s">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="B1105" s="3" t="n">
-        <x:v>1.3138</x:v>
+        <x:v>1.2914</x:v>
       </x:c>
       <x:c r="C1105" s="3" t="n">
-        <x:v>1.3138</x:v>
+        <x:v>1.2914</x:v>
       </x:c>
       <x:c r="D1105" s="3" t="n">
-        <x:v>1.3138</x:v>
+        <x:v>1.2914</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:8">
       <x:c r="A1106" s="2" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="B1106" s="3" t="n">
-        <x:v>1.3042</x:v>
+        <x:v>1.2874</x:v>
       </x:c>
       <x:c r="C1106" s="3" t="n">
-        <x:v>1.3042</x:v>
+        <x:v>1.2874</x:v>
       </x:c>
       <x:c r="D1106" s="3" t="n">
-        <x:v>1.3042</x:v>
+        <x:v>1.2874</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:8">
       <x:c r="A1107" s="2" t="s">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="B1107" s="3" t="n">
-        <x:v>1.3014</x:v>
+        <x:v>1.2825</x:v>
       </x:c>
       <x:c r="C1107" s="3" t="n">
-        <x:v>1.3014</x:v>
+        <x:v>1.2825</x:v>
       </x:c>
       <x:c r="D1107" s="3" t="n">
-        <x:v>1.3014</x:v>
+        <x:v>1.2825</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:8">
       <x:c r="A1108" s="2" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="B1108" s="3" t="n">
-        <x:v>1.2945</x:v>
+        <x:v>1.292</x:v>
       </x:c>
       <x:c r="C1108" s="3" t="n">
-        <x:v>1.2945</x:v>
+        <x:v>1.292</x:v>
       </x:c>
       <x:c r="D1108" s="3" t="n">
-        <x:v>1.2945</x:v>
+        <x:v>1.292</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:8">
       <x:c r="A1109" s="2" t="s">
         <x:v>1113</x:v>
       </x:c>
       <x:c r="B1109" s="3" t="n">
-        <x:v>1.3032</x:v>
+        <x:v>1.2824</x:v>
       </x:c>
       <x:c r="C1109" s="3" t="n">
-        <x:v>1.3032</x:v>
+        <x:v>1.2824</x:v>
       </x:c>
       <x:c r="D1109" s="3" t="n">
-        <x:v>1.3032</x:v>
+        <x:v>1.2824</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:8">
       <x:c r="A1110" s="2" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="B1110" s="3" t="n">
-        <x:v>1.3099</x:v>
+        <x:v>1.305</x:v>
       </x:c>
       <x:c r="C1110" s="3" t="n">
-        <x:v>1.3099</x:v>
+        <x:v>1.305</x:v>
       </x:c>
       <x:c r="D1110" s="3" t="n">
-        <x:v>1.3099</x:v>
+        <x:v>1.305</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:8">
       <x:c r="A1111" s="2" t="s">
         <x:v>1115</x:v>
       </x:c>
       <x:c r="B1111" s="3" t="n">
-        <x:v>1.3107</x:v>
+        <x:v>1.2934</x:v>
       </x:c>
       <x:c r="C1111" s="3" t="n">
-        <x:v>1.3107</x:v>
+        <x:v>1.2934</x:v>
       </x:c>
       <x:c r="D1111" s="3" t="n">
-        <x:v>1.3107</x:v>
+        <x:v>1.2934</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:8">
       <x:c r="A1112" s="2" t="s">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="B1112" s="3" t="n">
-        <x:v>1.3089</x:v>
+        <x:v>1.3152</x:v>
       </x:c>
       <x:c r="C1112" s="3" t="n">
-        <x:v>1.3089</x:v>
+        <x:v>1.3152</x:v>
       </x:c>
       <x:c r="D1112" s="3" t="n">
-        <x:v>1.3089</x:v>
+        <x:v>1.3152</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:8">
       <x:c r="A1113" s="2" t="s">
         <x:v>1117</x:v>
       </x:c>
       <x:c r="B1113" s="3" t="n">
-        <x:v>1.3065</x:v>
+        <x:v>1.325</x:v>
       </x:c>
       <x:c r="C1113" s="3" t="n">
-        <x:v>1.3065</x:v>
+        <x:v>1.325</x:v>
       </x:c>
       <x:c r="D1113" s="3" t="n">
-        <x:v>1.3065</x:v>
+        <x:v>1.325</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:8">
       <x:c r="A1114" s="2" t="s">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="B1114" s="3" t="n">
-        <x:v>1.313</x:v>
+        <x:v>1.3139</x:v>
       </x:c>
       <x:c r="C1114" s="3" t="n">
-        <x:v>1.313</x:v>
+        <x:v>1.3139</x:v>
       </x:c>
       <x:c r="D1114" s="3" t="n">
-        <x:v>1.313</x:v>
+        <x:v>1.3139</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:8">
       <x:c r="A1115" s="2" t="s">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="B1115" s="3" t="n">
-        <x:v>1.3169</x:v>
+        <x:v>1.3077</x:v>
       </x:c>
       <x:c r="C1115" s="3" t="n">
-        <x:v>1.3169</x:v>
+        <x:v>1.3077</x:v>
       </x:c>
       <x:c r="D1115" s="3" t="n">
-        <x:v>1.3169</x:v>
+        <x:v>1.3077</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:8">
       <x:c r="A1116" s="2" t="s">
         <x:v>1120</x:v>
       </x:c>
       <x:c r="B1116" s="3" t="n">
-        <x:v>1.328</x:v>
+        <x:v>1.3057</x:v>
       </x:c>
       <x:c r="C1116" s="3" t="n">
-        <x:v>1.328</x:v>
+        <x:v>1.3057</x:v>
       </x:c>
       <x:c r="D1116" s="3" t="n">
-        <x:v>1.328</x:v>
+        <x:v>1.3057</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:8">
       <x:c r="A1117" s="2" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="B1117" s="3" t="n">
-        <x:v>1.3334</x:v>
+        <x:v>1.2976</x:v>
       </x:c>
       <x:c r="C1117" s="3" t="n">
-        <x:v>1.3334</x:v>
+        <x:v>1.2976</x:v>
       </x:c>
       <x:c r="D1117" s="3" t="n">
-        <x:v>1.3334</x:v>
+        <x:v>1.2976</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:8">
       <x:c r="A1118" s="2" t="s">
         <x:v>1122</x:v>
       </x:c>
       <x:c r="B1118" s="3" t="n">
-        <x:v>1.3319</x:v>
+        <x:v>1.3105</x:v>
       </x:c>
       <x:c r="C1118" s="3" t="n">
-        <x:v>1.3319</x:v>
+        <x:v>1.3105</x:v>
       </x:c>
       <x:c r="D1118" s="3" t="n">
-        <x:v>1.3319</x:v>
+        <x:v>1.3105</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:8">
       <x:c r="A1119" s="2" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="B1119" s="3" t="n">
-        <x:v>1.3316</x:v>
+        <x:v>1.3209</x:v>
       </x:c>
       <x:c r="C1119" s="3" t="n">
-        <x:v>1.3316</x:v>
+        <x:v>1.3209</x:v>
       </x:c>
       <x:c r="D1119" s="3" t="n">
-        <x:v>1.3316</x:v>
+        <x:v>1.3209</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:8">
       <x:c r="A1120" s="2" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="B1120" s="3" t="n">
-        <x:v>1.3335</x:v>
+        <x:v>1.3138</x:v>
       </x:c>
       <x:c r="C1120" s="3" t="n">
-        <x:v>1.3335</x:v>
+        <x:v>1.3138</x:v>
       </x:c>
       <x:c r="D1120" s="3" t="n">
-        <x:v>1.3335</x:v>
+        <x:v>1.3138</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:8">
       <x:c r="A1121" s="2" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="B1121" s="3" t="n">
-        <x:v>1.3289</x:v>
+        <x:v>1.3042</x:v>
       </x:c>
       <x:c r="C1121" s="3" t="n">
-        <x:v>1.3289</x:v>
+        <x:v>1.3042</x:v>
       </x:c>
       <x:c r="D1121" s="3" t="n">
-        <x:v>1.3289</x:v>
+        <x:v>1.3042</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:8">
       <x:c r="A1122" s="2" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="B1122" s="3" t="n">
-        <x:v>1.3398</x:v>
+        <x:v>1.3014</x:v>
       </x:c>
       <x:c r="C1122" s="3" t="n">
-        <x:v>1.3398</x:v>
+        <x:v>1.3014</x:v>
       </x:c>
       <x:c r="D1122" s="3" t="n">
-        <x:v>1.3398</x:v>
+        <x:v>1.3014</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:8">
       <x:c r="A1123" s="2" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="B1123" s="3" t="n">
-        <x:v>1.3465</x:v>
+        <x:v>1.2945</x:v>
       </x:c>
       <x:c r="C1123" s="3" t="n">
-        <x:v>1.3465</x:v>
+        <x:v>1.2945</x:v>
       </x:c>
       <x:c r="D1123" s="3" t="n">
-        <x:v>1.3465</x:v>
+        <x:v>1.2945</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:8">
       <x:c r="A1124" s="2" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="B1124" s="3" t="n">
-        <x:v>1.3347</x:v>
+        <x:v>1.3032</x:v>
       </x:c>
       <x:c r="C1124" s="3" t="n">
-        <x:v>1.3347</x:v>
+        <x:v>1.3032</x:v>
       </x:c>
       <x:c r="D1124" s="3" t="n">
-        <x:v>1.3347</x:v>
+        <x:v>1.3032</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:8">
       <x:c r="A1125" s="2" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="B1125" s="3" t="n">
-        <x:v>1.3165</x:v>
+        <x:v>1.3099</x:v>
       </x:c>
       <x:c r="C1125" s="3" t="n">
-        <x:v>1.3165</x:v>
+        <x:v>1.3099</x:v>
       </x:c>
       <x:c r="D1125" s="3" t="n">
-        <x:v>1.3165</x:v>
+        <x:v>1.3099</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:8">
       <x:c r="A1126" s="2" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="B1126" s="3" t="n">
-        <x:v>1.3255</x:v>
+        <x:v>1.3107</x:v>
       </x:c>
       <x:c r="C1126" s="3" t="n">
-        <x:v>1.3255</x:v>
+        <x:v>1.3107</x:v>
       </x:c>
       <x:c r="D1126" s="3" t="n">
-        <x:v>1.3255</x:v>
+        <x:v>1.3107</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:8">
       <x:c r="A1127" s="2" t="s">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="B1127" s="3" t="n">
-        <x:v>1.3177</x:v>
+        <x:v>1.3089</x:v>
       </x:c>
       <x:c r="C1127" s="3" t="n">
-        <x:v>1.3177</x:v>
+        <x:v>1.3089</x:v>
       </x:c>
       <x:c r="D1127" s="3" t="n">
-        <x:v>1.3177</x:v>
+        <x:v>1.3089</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:8">
       <x:c r="A1128" s="2" t="s">
         <x:v>1132</x:v>
       </x:c>
       <x:c r="B1128" s="3" t="n">
-        <x:v>1.3055</x:v>
+        <x:v>1.3065</x:v>
       </x:c>
       <x:c r="C1128" s="3" t="n">
-        <x:v>1.3055</x:v>
+        <x:v>1.3065</x:v>
       </x:c>
       <x:c r="D1128" s="3" t="n">
-        <x:v>1.3055</x:v>
+        <x:v>1.3065</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:8">
       <x:c r="A1129" s="2" t="s">
         <x:v>1133</x:v>
       </x:c>
       <x:c r="B1129" s="3" t="n">
-        <x:v>1.3083</x:v>
+        <x:v>1.313</x:v>
       </x:c>
       <x:c r="C1129" s="3" t="n">
-        <x:v>1.3083</x:v>
+        <x:v>1.313</x:v>
       </x:c>
       <x:c r="D1129" s="3" t="n">
-        <x:v>1.3083</x:v>
+        <x:v>1.313</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:8">
       <x:c r="A1130" s="2" t="s">
         <x:v>1134</x:v>
       </x:c>
       <x:c r="B1130" s="3" t="n">
-        <x:v>1.3002</x:v>
+        <x:v>1.3169</x:v>
       </x:c>
       <x:c r="C1130" s="3" t="n">
-        <x:v>1.3002</x:v>
+        <x:v>1.3169</x:v>
       </x:c>
       <x:c r="D1130" s="3" t="n">
-        <x:v>1.3002</x:v>
+        <x:v>1.3169</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:8">
       <x:c r="A1131" s="2" t="s">
         <x:v>1135</x:v>
       </x:c>
       <x:c r="B1131" s="3" t="n">
-        <x:v>1.3053</x:v>
+        <x:v>1.328</x:v>
       </x:c>
       <x:c r="C1131" s="3" t="n">
-        <x:v>1.3053</x:v>
+        <x:v>1.328</x:v>
       </x:c>
       <x:c r="D1131" s="3" t="n">
-        <x:v>1.3053</x:v>
+        <x:v>1.328</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:8">
       <x:c r="A1132" s="2" t="s">
         <x:v>1136</x:v>
       </x:c>
       <x:c r="B1132" s="3" t="n">
-        <x:v>1.3091</x:v>
+        <x:v>1.3334</x:v>
       </x:c>
       <x:c r="C1132" s="3" t="n">
-        <x:v>1.3091</x:v>
+        <x:v>1.3334</x:v>
       </x:c>
       <x:c r="D1132" s="3" t="n">
-        <x:v>1.3091</x:v>
+        <x:v>1.3334</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:8">
       <x:c r="A1133" s="2" t="s">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="B1133" s="3" t="n">
-        <x:v>1.3084</x:v>
+        <x:v>1.3319</x:v>
       </x:c>
       <x:c r="C1133" s="3" t="n">
-        <x:v>1.3084</x:v>
+        <x:v>1.3319</x:v>
       </x:c>
       <x:c r="D1133" s="3" t="n">
-        <x:v>1.3084</x:v>
+        <x:v>1.3319</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:8">
       <x:c r="A1134" s="2" t="s">
         <x:v>1138</x:v>
       </x:c>
       <x:c r="B1134" s="3" t="n">
-        <x:v>1.2956</x:v>
+        <x:v>1.3316</x:v>
       </x:c>
       <x:c r="C1134" s="3" t="n">
-        <x:v>1.2956</x:v>
+        <x:v>1.3316</x:v>
       </x:c>
       <x:c r="D1134" s="3" t="n">
-        <x:v>1.2956</x:v>
+        <x:v>1.3316</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:8">
       <x:c r="A1135" s="2" t="s">
         <x:v>1139</x:v>
       </x:c>
       <x:c r="B1135" s="3" t="n">
-        <x:v>1.297</x:v>
+        <x:v>1.3335</x:v>
       </x:c>
       <x:c r="C1135" s="3" t="n">
-        <x:v>1.297</x:v>
+        <x:v>1.3335</x:v>
       </x:c>
       <x:c r="D1135" s="3" t="n">
-        <x:v>1.297</x:v>
+        <x:v>1.3335</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:8">
       <x:c r="A1136" s="2" t="s">
         <x:v>1140</x:v>
       </x:c>
       <x:c r="B1136" s="3" t="n">
-        <x:v>1.3017</x:v>
+        <x:v>1.3289</x:v>
       </x:c>
       <x:c r="C1136" s="3" t="n">
-        <x:v>1.3017</x:v>
+        <x:v>1.3289</x:v>
       </x:c>
       <x:c r="D1136" s="3" t="n">
-        <x:v>1.3017</x:v>
+        <x:v>1.3289</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:8">
       <x:c r="A1137" s="2" t="s">
         <x:v>1141</x:v>
       </x:c>
       <x:c r="B1137" s="3" t="n">
-        <x:v>1.2979</x:v>
+        <x:v>1.3398</x:v>
       </x:c>
       <x:c r="C1137" s="3" t="n">
-        <x:v>1.2979</x:v>
+        <x:v>1.3398</x:v>
       </x:c>
       <x:c r="D1137" s="3" t="n">
-        <x:v>1.2979</x:v>
+        <x:v>1.3398</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:8">
       <x:c r="A1138" s="2" t="s">
         <x:v>1142</x:v>
       </x:c>
       <x:c r="B1138" s="3" t="n">
-        <x:v>1.2915</x:v>
+        <x:v>1.3465</x:v>
       </x:c>
       <x:c r="C1138" s="3" t="n">
-        <x:v>1.2915</x:v>
+        <x:v>1.3465</x:v>
       </x:c>
       <x:c r="D1138" s="3" t="n">
-        <x:v>1.2915</x:v>
+        <x:v>1.3465</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:8">
       <x:c r="A1139" s="2" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="B1139" s="3" t="n">
-        <x:v>1.2983</x:v>
+        <x:v>1.3347</x:v>
       </x:c>
       <x:c r="C1139" s="3" t="n">
-        <x:v>1.2983</x:v>
+        <x:v>1.3347</x:v>
       </x:c>
       <x:c r="D1139" s="3" t="n">
-        <x:v>1.2983</x:v>
+        <x:v>1.3347</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:8">
       <x:c r="A1140" s="2" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="B1140" s="3" t="n">
-        <x:v>1.289</x:v>
+        <x:v>1.3165</x:v>
       </x:c>
       <x:c r="C1140" s="3" t="n">
-        <x:v>1.289</x:v>
+        <x:v>1.3165</x:v>
       </x:c>
       <x:c r="D1140" s="3" t="n">
-        <x:v>1.289</x:v>
+        <x:v>1.3165</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:8">
       <x:c r="A1141" s="2" t="s">
         <x:v>1145</x:v>
       </x:c>
       <x:c r="B1141" s="3" t="n">
-        <x:v>1.2915</x:v>
+        <x:v>1.3255</x:v>
       </x:c>
       <x:c r="C1141" s="3" t="n">
-        <x:v>1.2915</x:v>
+        <x:v>1.3255</x:v>
       </x:c>
       <x:c r="D1141" s="3" t="n">
-        <x:v>1.2915</x:v>
+        <x:v>1.3255</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:8">
       <x:c r="A1142" s="2" t="s">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="B1142" s="3" t="n">
-        <x:v>1.2971</x:v>
+        <x:v>1.3177</x:v>
       </x:c>
       <x:c r="C1142" s="3" t="n">
-        <x:v>1.2971</x:v>
+        <x:v>1.3177</x:v>
       </x:c>
       <x:c r="D1142" s="3" t="n">
-        <x:v>1.2971</x:v>
+        <x:v>1.3177</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:8">
       <x:c r="A1143" s="2" t="s">
         <x:v>1147</x:v>
       </x:c>
       <x:c r="B1143" s="3" t="n">
-        <x:v>1.2811</x:v>
+        <x:v>1.3055</x:v>
       </x:c>
       <x:c r="C1143" s="3" t="n">
-        <x:v>1.2811</x:v>
+        <x:v>1.3055</x:v>
       </x:c>
       <x:c r="D1143" s="3" t="n">
-        <x:v>1.2811</x:v>
+        <x:v>1.3055</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:8">
       <x:c r="A1144" s="2" t="s">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="B1144" s="3" t="n">
-        <x:v>1.2912</x:v>
+        <x:v>1.3083</x:v>
       </x:c>
       <x:c r="C1144" s="3" t="n">
-        <x:v>1.2912</x:v>
+        <x:v>1.3083</x:v>
       </x:c>
       <x:c r="D1144" s="3" t="n">
-        <x:v>1.2912</x:v>
+        <x:v>1.3083</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:8">
       <x:c r="A1145" s="2" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="B1145" s="3" t="n">
-        <x:v>1.281</x:v>
+        <x:v>1.3002</x:v>
       </x:c>
       <x:c r="C1145" s="3" t="n">
-        <x:v>1.281</x:v>
+        <x:v>1.3002</x:v>
       </x:c>
       <x:c r="D1145" s="3" t="n">
-        <x:v>1.281</x:v>
+        <x:v>1.3002</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:8">
       <x:c r="A1146" s="2" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="B1146" s="3" t="n">
-        <x:v>1.263</x:v>
+        <x:v>1.3053</x:v>
       </x:c>
       <x:c r="C1146" s="3" t="n">
-        <x:v>1.263</x:v>
+        <x:v>1.3053</x:v>
       </x:c>
       <x:c r="D1146" s="3" t="n">
-        <x:v>1.263</x:v>
+        <x:v>1.3053</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:8">
       <x:c r="A1147" s="2" t="s">
         <x:v>1151</x:v>
       </x:c>
       <x:c r="B1147" s="3" t="n">
-        <x:v>1.2709</x:v>
+        <x:v>1.3091</x:v>
       </x:c>
       <x:c r="C1147" s="3" t="n">
-        <x:v>1.2709</x:v>
+        <x:v>1.3091</x:v>
       </x:c>
       <x:c r="D1147" s="3" t="n">
-        <x:v>1.2709</x:v>
+        <x:v>1.3091</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:8">
       <x:c r="A1148" s="2" t="s">
         <x:v>1152</x:v>
       </x:c>
       <x:c r="B1148" s="3" t="n">
-        <x:v>1.2719</x:v>
+        <x:v>1.3084</x:v>
       </x:c>
       <x:c r="C1148" s="3" t="n">
-        <x:v>1.2719</x:v>
+        <x:v>1.3084</x:v>
       </x:c>
       <x:c r="D1148" s="3" t="n">
-        <x:v>1.2719</x:v>
+        <x:v>1.3084</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:8">
       <x:c r="A1149" s="2" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="B1149" s="3" t="n">
-        <x:v>1.2732</x:v>
+        <x:v>1.2956</x:v>
       </x:c>
       <x:c r="C1149" s="3" t="n">
-        <x:v>1.2732</x:v>
+        <x:v>1.2956</x:v>
       </x:c>
       <x:c r="D1149" s="3" t="n">
-        <x:v>1.2732</x:v>
+        <x:v>1.2956</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:8">
       <x:c r="A1150" s="2" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="B1150" s="3" t="n">
-        <x:v>1.2692</x:v>
+        <x:v>1.297</x:v>
       </x:c>
       <x:c r="C1150" s="3" t="n">
-        <x:v>1.2692</x:v>
+        <x:v>1.297</x:v>
       </x:c>
       <x:c r="D1150" s="3" t="n">
-        <x:v>1.2692</x:v>
+        <x:v>1.297</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:8">
       <x:c r="A1151" s="2" t="s">
         <x:v>1155</x:v>
       </x:c>
       <x:c r="B1151" s="3" t="n">
-        <x:v>1.2645</x:v>
+        <x:v>1.3017</x:v>
       </x:c>
       <x:c r="C1151" s="3" t="n">
-        <x:v>1.2645</x:v>
+        <x:v>1.3017</x:v>
       </x:c>
       <x:c r="D1151" s="3" t="n">
-        <x:v>1.2645</x:v>
+        <x:v>1.3017</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:8">
       <x:c r="A1152" s="2" t="s">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="B1152" s="3" t="n">
-        <x:v>1.264</x:v>
+        <x:v>1.2979</x:v>
       </x:c>
       <x:c r="C1152" s="3" t="n">
-        <x:v>1.264</x:v>
+        <x:v>1.2979</x:v>
       </x:c>
       <x:c r="D1152" s="3" t="n">
-        <x:v>1.264</x:v>
+        <x:v>1.2979</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:8">
       <x:c r="A1153" s="2" t="s">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="B1153" s="3" t="n">
-        <x:v>1.2594</x:v>
+        <x:v>1.2915</x:v>
       </x:c>
       <x:c r="C1153" s="3" t="n">
-        <x:v>1.2594</x:v>
+        <x:v>1.2915</x:v>
       </x:c>
       <x:c r="D1153" s="3" t="n">
-        <x:v>1.2594</x:v>
+        <x:v>1.2915</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:8">
       <x:c r="A1154" s="2" t="s">
         <x:v>1158</x:v>
       </x:c>
       <x:c r="B1154" s="3" t="n">
-        <x:v>1.2599</x:v>
+        <x:v>1.2983</x:v>
       </x:c>
       <x:c r="C1154" s="3" t="n">
-        <x:v>1.2599</x:v>
+        <x:v>1.2983</x:v>
       </x:c>
       <x:c r="D1154" s="3" t="n">
-        <x:v>1.2599</x:v>
+        <x:v>1.2983</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:8">
       <x:c r="A1155" s="2" t="s">
         <x:v>1159</x:v>
       </x:c>
       <x:c r="B1155" s="3" t="n">
-        <x:v>1.2511</x:v>
+        <x:v>1.289</x:v>
       </x:c>
       <x:c r="C1155" s="3" t="n">
-        <x:v>1.2511</x:v>
+        <x:v>1.289</x:v>
       </x:c>
       <x:c r="D1155" s="3" t="n">
-        <x:v>1.2511</x:v>
+        <x:v>1.289</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:8">
       <x:c r="A1156" s="2" t="s">
         <x:v>1160</x:v>
       </x:c>
       <x:c r="B1156" s="3" t="n">
-        <x:v>1.2493</x:v>
+        <x:v>1.2915</x:v>
       </x:c>
       <x:c r="C1156" s="3" t="n">
-        <x:v>1.2493</x:v>
+        <x:v>1.2915</x:v>
       </x:c>
       <x:c r="D1156" s="3" t="n">
-        <x:v>1.2493</x:v>
+        <x:v>1.2915</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:8">
       <x:c r="A1157" s="2" t="s">
         <x:v>1161</x:v>
       </x:c>
       <x:c r="B1157" s="3" t="n">
-        <x:v>1.2555</x:v>
+        <x:v>1.2971</x:v>
       </x:c>
       <x:c r="C1157" s="3" t="n">
-        <x:v>1.2555</x:v>
+        <x:v>1.2971</x:v>
       </x:c>
       <x:c r="D1157" s="3" t="n">
-        <x:v>1.2555</x:v>
+        <x:v>1.2971</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:8">
       <x:c r="A1158" s="2" t="s">
         <x:v>1162</x:v>
       </x:c>
       <x:c r="B1158" s="3" t="n">
-        <x:v>1.2468</x:v>
+        <x:v>1.2811</x:v>
       </x:c>
       <x:c r="C1158" s="3" t="n">
-        <x:v>1.2468</x:v>
+        <x:v>1.2811</x:v>
       </x:c>
       <x:c r="D1158" s="3" t="n">
-        <x:v>1.2468</x:v>
+        <x:v>1.2811</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:8">
       <x:c r="A1159" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="B1159" s="3" t="n">
-        <x:v>1.2358</x:v>
+        <x:v>1.2912</x:v>
       </x:c>
       <x:c r="C1159" s="3" t="n">
-        <x:v>1.2358</x:v>
+        <x:v>1.2912</x:v>
       </x:c>
       <x:c r="D1159" s="3" t="n">
-        <x:v>1.2358</x:v>
+        <x:v>1.2912</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:8">
       <x:c r="A1160" s="2" t="s">
-        <x:v>1163</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="B1160" s="3" t="n">
-        <x:v>1.2474</x:v>
+        <x:v>1.281</x:v>
       </x:c>
       <x:c r="C1160" s="3" t="n">
-        <x:v>1.2474</x:v>
+        <x:v>1.281</x:v>
       </x:c>
       <x:c r="D1160" s="3" t="n">
-        <x:v>1.2474</x:v>
+        <x:v>1.281</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:8">
       <x:c r="A1161" s="2" t="s">
-        <x:v>1164</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="B1161" s="3" t="n">
-        <x:v>1.239</x:v>
+        <x:v>1.263</x:v>
       </x:c>
       <x:c r="C1161" s="3" t="n">
-        <x:v>1.239</x:v>
+        <x:v>1.263</x:v>
       </x:c>
       <x:c r="D1161" s="3" t="n">
-        <x:v>1.239</x:v>
+        <x:v>1.263</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:8">
       <x:c r="A1162" s="2" t="s">
-        <x:v>1165</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="B1162" s="3" t="n">
-        <x:v>1.2322</x:v>
+        <x:v>1.2709</x:v>
       </x:c>
       <x:c r="C1162" s="3" t="n">
-        <x:v>1.2322</x:v>
+        <x:v>1.2709</x:v>
       </x:c>
       <x:c r="D1162" s="3" t="n">
-        <x:v>1.2322</x:v>
+        <x:v>1.2709</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:8">
       <x:c r="A1163" s="2" t="s">
-        <x:v>1166</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="B1163" s="3" t="n">
-        <x:v>1.2333</x:v>
+        <x:v>1.2719</x:v>
       </x:c>
       <x:c r="C1163" s="3" t="n">
-        <x:v>1.2333</x:v>
+        <x:v>1.2719</x:v>
       </x:c>
       <x:c r="D1163" s="3" t="n">
-        <x:v>1.2333</x:v>
+        <x:v>1.2719</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:8">
       <x:c r="A1164" s="2" t="s">
-        <x:v>1167</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="B1164" s="3" t="n">
-        <x:v>1.2209</x:v>
+        <x:v>1.2732</x:v>
       </x:c>
       <x:c r="C1164" s="3" t="n">
-        <x:v>1.2209</x:v>
+        <x:v>1.2732</x:v>
       </x:c>
       <x:c r="D1164" s="3" t="n">
-        <x:v>1.2209</x:v>
+        <x:v>1.2732</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:8">
       <x:c r="A1165" s="2" t="s">
-        <x:v>1168</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="B1165" s="3" t="n">
-        <x:v>1.2359</x:v>
+        <x:v>1.2692</x:v>
       </x:c>
       <x:c r="C1165" s="3" t="n">
-        <x:v>1.2359</x:v>
+        <x:v>1.2692</x:v>
       </x:c>
       <x:c r="D1165" s="3" t="n">
-        <x:v>1.2359</x:v>
+        <x:v>1.2692</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:8">
       <x:c r="A1166" s="2" t="s">
-        <x:v>1169</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="B1166" s="3" t="n">
-        <x:v>1.2305</x:v>
+        <x:v>1.2645</x:v>
       </x:c>
       <x:c r="C1166" s="3" t="n">
-        <x:v>1.2305</x:v>
+        <x:v>1.2645</x:v>
       </x:c>
       <x:c r="D1166" s="3" t="n">
-        <x:v>1.2305</x:v>
+        <x:v>1.2645</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:8">
       <x:c r="A1167" s="2" t="s">
-        <x:v>1170</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="B1167" s="3" t="n">
-        <x:v>1.2202</x:v>
+        <x:v>1.264</x:v>
       </x:c>
       <x:c r="C1167" s="3" t="n">
-        <x:v>1.2202</x:v>
+        <x:v>1.264</x:v>
       </x:c>
       <x:c r="D1167" s="3" t="n">
-        <x:v>1.2202</x:v>
+        <x:v>1.264</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:8">
       <x:c r="A1168" s="2" t="s">
-        <x:v>1171</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="B1168" s="3" t="n">
-        <x:v>1.2265</x:v>
+        <x:v>1.2594</x:v>
       </x:c>
       <x:c r="C1168" s="3" t="n">
-        <x:v>1.2265</x:v>
+        <x:v>1.2594</x:v>
       </x:c>
       <x:c r="D1168" s="3" t="n">
-        <x:v>1.2265</x:v>
+        <x:v>1.2594</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:8">
       <x:c r="A1169" s="2" t="s">
-        <x:v>1172</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="B1169" s="3" t="n">
-        <x:v>1.2069</x:v>
+        <x:v>1.2599</x:v>
       </x:c>
       <x:c r="C1169" s="3" t="n">
-        <x:v>1.2069</x:v>
+        <x:v>1.2599</x:v>
       </x:c>
       <x:c r="D1169" s="3" t="n">
-        <x:v>1.2069</x:v>
+        <x:v>1.2599</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:8">
       <x:c r="A1170" s="2" t="s">
-        <x:v>1173</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="B1170" s="3" t="n">
-        <x:v>1.2186</x:v>
+        <x:v>1.2511</x:v>
       </x:c>
       <x:c r="C1170" s="3" t="n">
-        <x:v>1.2186</x:v>
+        <x:v>1.2511</x:v>
       </x:c>
       <x:c r="D1170" s="3" t="n">
-        <x:v>1.2186</x:v>
+        <x:v>1.2511</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:8">
       <x:c r="A1171" s="2" t="s">
-        <x:v>1174</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="B1171" s="3" t="n">
-        <x:v>1.2131</x:v>
+        <x:v>1.2493</x:v>
       </x:c>
       <x:c r="C1171" s="3" t="n">
-        <x:v>1.2131</x:v>
+        <x:v>1.2493</x:v>
       </x:c>
       <x:c r="D1171" s="3" t="n">
-        <x:v>1.2131</x:v>
+        <x:v>1.2493</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:8">
       <x:c r="A1172" s="2" t="s">
-        <x:v>1175</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="B1172" s="3" t="n">
-        <x:v>1.2041</x:v>
+        <x:v>1.2555</x:v>
       </x:c>
       <x:c r="C1172" s="3" t="n">
-        <x:v>1.2041</x:v>
+        <x:v>1.2555</x:v>
       </x:c>
       <x:c r="D1172" s="3" t="n">
-        <x:v>1.2041</x:v>
+        <x:v>1.2555</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:8">
       <x:c r="A1173" s="2" t="s">
-        <x:v>1176</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="B1173" s="3" t="n">
-        <x:v>1.2027</x:v>
+        <x:v>1.2468</x:v>
       </x:c>
       <x:c r="C1173" s="3" t="n">
-        <x:v>1.2027</x:v>
+        <x:v>1.2468</x:v>
       </x:c>
       <x:c r="D1173" s="3" t="n">
-        <x:v>1.2027</x:v>
+        <x:v>1.2468</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:8">
       <x:c r="A1174" s="2" t="s">
-        <x:v>1177</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B1174" s="3" t="n">
-        <x:v>1.2003</x:v>
+        <x:v>1.2358</x:v>
       </x:c>
       <x:c r="C1174" s="3" t="n">
-        <x:v>1.2003</x:v>
+        <x:v>1.2358</x:v>
       </x:c>
       <x:c r="D1174" s="3" t="n">
-        <x:v>1.2003</x:v>
+        <x:v>1.2358</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:8">
       <x:c r="A1175" s="2" t="s">
         <x:v>1178</x:v>
       </x:c>
       <x:c r="B1175" s="3" t="n">
-        <x:v>1.2021</x:v>
+        <x:v>1.2474</x:v>
       </x:c>
       <x:c r="C1175" s="3" t="n">
-        <x:v>1.2021</x:v>
+        <x:v>1.2474</x:v>
       </x:c>
       <x:c r="D1175" s="3" t="n">
-        <x:v>1.2021</x:v>
+        <x:v>1.2474</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:8">
       <x:c r="A1176" s="2" t="s">
         <x:v>1179</x:v>
       </x:c>
       <x:c r="B1176" s="3" t="n">
-        <x:v>1.2034</x:v>
+        <x:v>1.239</x:v>
       </x:c>
       <x:c r="C1176" s="3" t="n">
-        <x:v>1.2034</x:v>
+        <x:v>1.239</x:v>
       </x:c>
       <x:c r="D1176" s="3" t="n">
-        <x:v>1.2034</x:v>
+        <x:v>1.239</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:8">
       <x:c r="A1177" s="2" t="s">
         <x:v>1180</x:v>
       </x:c>
       <x:c r="B1177" s="3" t="n">
-        <x:v>1.201</x:v>
+        <x:v>1.2322</x:v>
       </x:c>
       <x:c r="C1177" s="3" t="n">
-        <x:v>1.201</x:v>
+        <x:v>1.2322</x:v>
       </x:c>
       <x:c r="D1177" s="3" t="n">
-        <x:v>1.201</x:v>
+        <x:v>1.2322</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:8">
       <x:c r="A1178" s="2" t="s">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="B1178" s="3" t="n">
-        <x:v>1.1936</x:v>
+        <x:v>1.2333</x:v>
       </x:c>
       <x:c r="C1178" s="3" t="n">
-        <x:v>1.1936</x:v>
+        <x:v>1.2333</x:v>
       </x:c>
       <x:c r="D1178" s="3" t="n">
-        <x:v>1.1936</x:v>
+        <x:v>1.2333</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:8">
       <x:c r="A1179" s="2" t="s">
         <x:v>1182</x:v>
       </x:c>
       <x:c r="B1179" s="3" t="n">
-        <x:v>1.1917</x:v>
+        <x:v>1.2209</x:v>
       </x:c>
       <x:c r="C1179" s="3" t="n">
-        <x:v>1.1917</x:v>
+        <x:v>1.2209</x:v>
       </x:c>
       <x:c r="D1179" s="3" t="n">
-        <x:v>1.1917</x:v>
+        <x:v>1.2209</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:8">
       <x:c r="A1180" s="2" t="s">
         <x:v>1183</x:v>
       </x:c>
       <x:c r="B1180" s="3" t="n">
-        <x:v>1.1972</x:v>
+        <x:v>1.2359</x:v>
       </x:c>
       <x:c r="C1180" s="3" t="n">
-        <x:v>1.1972</x:v>
+        <x:v>1.2359</x:v>
       </x:c>
       <x:c r="D1180" s="3" t="n">
-        <x:v>1.1972</x:v>
+        <x:v>1.2359</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:8">
       <x:c r="A1181" s="2" t="s">
         <x:v>1184</x:v>
       </x:c>
       <x:c r="B1181" s="3" t="n">
-        <x:v>1.2027</x:v>
+        <x:v>1.2305</x:v>
       </x:c>
       <x:c r="C1181" s="3" t="n">
-        <x:v>1.2027</x:v>
+        <x:v>1.2305</x:v>
       </x:c>
       <x:c r="D1181" s="3" t="n">
-        <x:v>1.2027</x:v>
+        <x:v>1.2305</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:8">
       <x:c r="A1182" s="2" t="s">
         <x:v>1185</x:v>
       </x:c>
       <x:c r="B1182" s="3" t="n">
-        <x:v>1.1932</x:v>
+        <x:v>1.2202</x:v>
       </x:c>
       <x:c r="C1182" s="3" t="n">
-        <x:v>1.1932</x:v>
+        <x:v>1.2202</x:v>
       </x:c>
       <x:c r="D1182" s="3" t="n">
-        <x:v>1.1932</x:v>
+        <x:v>1.2202</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:8">
       <x:c r="A1183" s="2" t="s">
         <x:v>1186</x:v>
       </x:c>
       <x:c r="B1183" s="3" t="n">
-        <x:v>1.1956</x:v>
+        <x:v>1.2265</x:v>
       </x:c>
       <x:c r="C1183" s="3" t="n">
-        <x:v>1.1956</x:v>
+        <x:v>1.2265</x:v>
       </x:c>
       <x:c r="D1183" s="3" t="n">
-        <x:v>1.1956</x:v>
+        <x:v>1.2265</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:8">
       <x:c r="A1184" s="2" t="s">
         <x:v>1187</x:v>
       </x:c>
       <x:c r="B1184" s="3" t="n">
-        <x:v>1.1922</x:v>
+        <x:v>1.2069</x:v>
       </x:c>
       <x:c r="C1184" s="3" t="n">
-        <x:v>1.1922</x:v>
+        <x:v>1.2069</x:v>
       </x:c>
       <x:c r="D1184" s="3" t="n">
-        <x:v>1.1922</x:v>
+        <x:v>1.2069</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:8">
       <x:c r="A1185" s="2" t="s">
         <x:v>1188</x:v>
       </x:c>
       <x:c r="B1185" s="3" t="n">
-        <x:v>1.1927</x:v>
+        <x:v>1.2186</x:v>
       </x:c>
       <x:c r="C1185" s="3" t="n">
-        <x:v>1.1927</x:v>
+        <x:v>1.2186</x:v>
       </x:c>
       <x:c r="D1185" s="3" t="n">
-        <x:v>1.1927</x:v>
+        <x:v>1.2186</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:8">
       <x:c r="A1186" s="2" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="B1186" s="3" t="n">
-        <x:v>1.1831</x:v>
+        <x:v>1.2131</x:v>
       </x:c>
       <x:c r="C1186" s="3" t="n">
-        <x:v>1.1831</x:v>
+        <x:v>1.2131</x:v>
       </x:c>
       <x:c r="D1186" s="3" t="n">
-        <x:v>1.1831</x:v>
+        <x:v>1.2131</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:8">
       <x:c r="A1187" s="2" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="B1187" s="3" t="n">
-        <x:v>1.1789</x:v>
+        <x:v>1.2041</x:v>
       </x:c>
       <x:c r="C1187" s="3" t="n">
-        <x:v>1.1789</x:v>
+        <x:v>1.2041</x:v>
       </x:c>
       <x:c r="D1187" s="3" t="n">
-        <x:v>1.1789</x:v>
+        <x:v>1.2041</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:8">
       <x:c r="A1188" s="2" t="s">
         <x:v>1191</x:v>
       </x:c>
       <x:c r="B1188" s="3" t="n">
-        <x:v>1.1718</x:v>
+        <x:v>1.2027</x:v>
       </x:c>
       <x:c r="C1188" s="3" t="n">
-        <x:v>1.1718</x:v>
+        <x:v>1.2027</x:v>
       </x:c>
       <x:c r="D1188" s="3" t="n">
-        <x:v>1.1718</x:v>
+        <x:v>1.2027</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:8">
       <x:c r="A1189" s="2" t="s">
         <x:v>1192</x:v>
       </x:c>
       <x:c r="B1189" s="3" t="n">
-        <x:v>1.1678</x:v>
+        <x:v>1.2003</x:v>
       </x:c>
       <x:c r="C1189" s="3" t="n">
-        <x:v>1.1678</x:v>
+        <x:v>1.2003</x:v>
       </x:c>
       <x:c r="D1189" s="3" t="n">
-        <x:v>1.1678</x:v>
+        <x:v>1.2003</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:8">
       <x:c r="A1190" s="2" t="s">
         <x:v>1193</x:v>
       </x:c>
       <x:c r="B1190" s="3" t="n">
-        <x:v>1.178</x:v>
+        <x:v>1.2021</x:v>
       </x:c>
       <x:c r="C1190" s="3" t="n">
-        <x:v>1.178</x:v>
+        <x:v>1.2021</x:v>
       </x:c>
       <x:c r="D1190" s="3" t="n">
-        <x:v>1.178</x:v>
+        <x:v>1.2021</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:8">
       <x:c r="A1191" s="2" t="s">
         <x:v>1194</x:v>
       </x:c>
       <x:c r="B1191" s="3" t="n">
-        <x:v>1.1818</x:v>
+        <x:v>1.2034</x:v>
       </x:c>
       <x:c r="C1191" s="3" t="n">
-        <x:v>1.1818</x:v>
+        <x:v>1.2034</x:v>
       </x:c>
       <x:c r="D1191" s="3" t="n">
-        <x:v>1.1818</x:v>
+        <x:v>1.2034</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:8">
       <x:c r="A1192" s="2" t="s">
         <x:v>1195</x:v>
       </x:c>
       <x:c r="B1192" s="3" t="n">
-        <x:v>1.1702</x:v>
+        <x:v>1.201</x:v>
       </x:c>
       <x:c r="C1192" s="3" t="n">
-        <x:v>1.1702</x:v>
+        <x:v>1.201</x:v>
       </x:c>
       <x:c r="D1192" s="3" t="n">
-        <x:v>1.1702</x:v>
+        <x:v>1.201</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:8">
       <x:c r="A1193" s="2" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="B1193" s="3" t="n">
-        <x:v>1.1529</x:v>
+        <x:v>1.1936</x:v>
       </x:c>
       <x:c r="C1193" s="3" t="n">
-        <x:v>1.1529</x:v>
+        <x:v>1.1936</x:v>
       </x:c>
       <x:c r="D1193" s="3" t="n">
-        <x:v>1.1529</x:v>
+        <x:v>1.1936</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:8">
       <x:c r="A1194" s="2" t="s">
         <x:v>1197</x:v>
       </x:c>
       <x:c r="B1194" s="3" t="n">
-        <x:v>1.1615</x:v>
+        <x:v>1.1917</x:v>
       </x:c>
       <x:c r="C1194" s="3" t="n">
-        <x:v>1.1615</x:v>
+        <x:v>1.1917</x:v>
       </x:c>
       <x:c r="D1194" s="3" t="n">
-        <x:v>1.1615</x:v>
+        <x:v>1.1917</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:8">
       <x:c r="A1195" s="2" t="s">
         <x:v>1198</x:v>
       </x:c>
       <x:c r="B1195" s="3" t="n">
-        <x:v>1.1694</x:v>
+        <x:v>1.1972</x:v>
       </x:c>
       <x:c r="C1195" s="3" t="n">
-        <x:v>1.1694</x:v>
+        <x:v>1.1972</x:v>
       </x:c>
       <x:c r="D1195" s="3" t="n">
-        <x:v>1.1694</x:v>
+        <x:v>1.1972</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:8">
       <x:c r="A1196" s="2" t="s">
         <x:v>1199</x:v>
       </x:c>
       <x:c r="B1196" s="3" t="n">
-        <x:v>1.1839</x:v>
+        <x:v>1.2027</x:v>
       </x:c>
       <x:c r="C1196" s="3" t="n">
-        <x:v>1.1839</x:v>
+        <x:v>1.2027</x:v>
       </x:c>
       <x:c r="D1196" s="3" t="n">
-        <x:v>1.1839</x:v>
+        <x:v>1.2027</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:8">
       <x:c r="A1197" s="2" t="s">
         <x:v>1200</x:v>
       </x:c>
       <x:c r="B1197" s="3" t="n">
-        <x:v>1.1881</x:v>
+        <x:v>1.1932</x:v>
       </x:c>
       <x:c r="C1197" s="3" t="n">
-        <x:v>1.1881</x:v>
+        <x:v>1.1932</x:v>
       </x:c>
       <x:c r="D1197" s="3" t="n">
-        <x:v>1.1881</x:v>
+        <x:v>1.1932</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:8">
       <x:c r="A1198" s="2" t="s">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="B1198" s="3" t="n">
-        <x:v>1.1805</x:v>
+        <x:v>1.1956</x:v>
       </x:c>
       <x:c r="C1198" s="3" t="n">
-        <x:v>1.1805</x:v>
+        <x:v>1.1956</x:v>
       </x:c>
       <x:c r="D1198" s="3" t="n">
-        <x:v>1.1805</x:v>
+        <x:v>1.1956</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:8">
       <x:c r="A1199" s="2" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="B1199" s="3" t="n">
-        <x:v>1.186</x:v>
+        <x:v>1.1922</x:v>
       </x:c>
       <x:c r="C1199" s="3" t="n">
-        <x:v>1.186</x:v>
+        <x:v>1.1922</x:v>
       </x:c>
       <x:c r="D1199" s="3" t="n">
-        <x:v>1.186</x:v>
+        <x:v>1.1922</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:8">
       <x:c r="A1200" s="2" t="s">
         <x:v>1203</x:v>
       </x:c>
       <x:c r="B1200" s="3" t="n">
-        <x:v>1.1843</x:v>
+        <x:v>1.1927</x:v>
       </x:c>
       <x:c r="C1200" s="3" t="n">
-        <x:v>1.1843</x:v>
+        <x:v>1.1927</x:v>
       </x:c>
       <x:c r="D1200" s="3" t="n">
-        <x:v>1.1843</x:v>
+        <x:v>1.1927</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:8">
       <x:c r="A1201" s="2" t="s">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="B1201" s="3" t="n">
-        <x:v>1.1842</x:v>
+        <x:v>1.1831</x:v>
       </x:c>
       <x:c r="C1201" s="3" t="n">
-        <x:v>1.1842</x:v>
+        <x:v>1.1831</x:v>
       </x:c>
       <x:c r="D1201" s="3" t="n">
-        <x:v>1.1842</x:v>
+        <x:v>1.1831</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:8">
       <x:c r="A1202" s="2" t="s">
         <x:v>1205</x:v>
       </x:c>
       <x:c r="B1202" s="3" t="n">
-        <x:v>1.1891</x:v>
+        <x:v>1.1789</x:v>
       </x:c>
       <x:c r="C1202" s="3" t="n">
-        <x:v>1.1891</x:v>
+        <x:v>1.1789</x:v>
       </x:c>
       <x:c r="D1202" s="3" t="n">
-        <x:v>1.1891</x:v>
+        <x:v>1.1789</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:8">
       <x:c r="A1203" s="2" t="s">
         <x:v>1206</x:v>
       </x:c>
       <x:c r="B1203" s="3" t="n">
-        <x:v>1.1795</x:v>
+        <x:v>1.1718</x:v>
       </x:c>
       <x:c r="C1203" s="3" t="n">
-        <x:v>1.1795</x:v>
+        <x:v>1.1718</x:v>
       </x:c>
       <x:c r="D1203" s="3" t="n">
-        <x:v>1.1795</x:v>
+        <x:v>1.1718</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:8">
       <x:c r="A1204" s="2" t="s">
         <x:v>1207</x:v>
       </x:c>
       <x:c r="B1204" s="3" t="n">
-        <x:v>1.1807</x:v>
+        <x:v>1.1678</x:v>
       </x:c>
       <x:c r="C1204" s="3" t="n">
-        <x:v>1.1807</x:v>
+        <x:v>1.1678</x:v>
       </x:c>
       <x:c r="D1204" s="3" t="n">
-        <x:v>1.1807</x:v>
+        <x:v>1.1678</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:8">
       <x:c r="A1205" s="2" t="s">
         <x:v>1208</x:v>
       </x:c>
       <x:c r="B1205" s="3" t="n">
-        <x:v>1.1761</x:v>
+        <x:v>1.178</x:v>
       </x:c>
       <x:c r="C1205" s="3" t="n">
-        <x:v>1.1761</x:v>
+        <x:v>1.178</x:v>
       </x:c>
       <x:c r="D1205" s="3" t="n">
-        <x:v>1.1761</x:v>
+        <x:v>1.178</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:8">
       <x:c r="A1206" s="2" t="s">
         <x:v>1209</x:v>
       </x:c>
       <x:c r="B1206" s="3" t="n">
-        <x:v>1.1862</x:v>
+        <x:v>1.1818</x:v>
       </x:c>
       <x:c r="C1206" s="3" t="n">
-        <x:v>1.1862</x:v>
+        <x:v>1.1818</x:v>
       </x:c>
       <x:c r="D1206" s="3" t="n">
-        <x:v>1.1862</x:v>
+        <x:v>1.1818</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:8">
       <x:c r="A1207" s="2" t="s">
         <x:v>1210</x:v>
       </x:c>
       <x:c r="B1207" s="3" t="n">
-        <x:v>1.1753</x:v>
+        <x:v>1.1702</x:v>
       </x:c>
       <x:c r="C1207" s="3" t="n">
-        <x:v>1.1753</x:v>
+        <x:v>1.1702</x:v>
       </x:c>
       <x:c r="D1207" s="3" t="n">
-        <x:v>1.1753</x:v>
+        <x:v>1.1702</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:8">
       <x:c r="A1208" s="2" t="s">
         <x:v>1211</x:v>
       </x:c>
       <x:c r="B1208" s="3" t="n">
-        <x:v>1.1795</x:v>
+        <x:v>1.1529</x:v>
       </x:c>
       <x:c r="C1208" s="3" t="n">
-        <x:v>1.1795</x:v>
+        <x:v>1.1529</x:v>
       </x:c>
       <x:c r="D1208" s="3" t="n">
-        <x:v>1.1795</x:v>
+        <x:v>1.1529</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:8">
       <x:c r="A1209" s="2" t="s">
         <x:v>1212</x:v>
       </x:c>
       <x:c r="B1209" s="3" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.1615</x:v>
       </x:c>
       <x:c r="C1209" s="3" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.1615</x:v>
       </x:c>
       <x:c r="D1209" s="3" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.1615</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:8">
       <x:c r="A1210" s="2" t="s">
         <x:v>1213</x:v>
       </x:c>
       <x:c r="B1210" s="3" t="n">
-        <x:v>1.174</x:v>
+        <x:v>1.1694</x:v>
       </x:c>
       <x:c r="C1210" s="3" t="n">
-        <x:v>1.174</x:v>
+        <x:v>1.1694</x:v>
       </x:c>
       <x:c r="D1210" s="3" t="n">
-        <x:v>1.174</x:v>
+        <x:v>1.1694</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:8">
       <x:c r="A1211" s="2" t="s">
         <x:v>1214</x:v>
       </x:c>
       <x:c r="B1211" s="3" t="n">
-        <x:v>1.1832</x:v>
+        <x:v>1.1839</x:v>
       </x:c>
       <x:c r="C1211" s="3" t="n">
-        <x:v>1.1832</x:v>
+        <x:v>1.1839</x:v>
       </x:c>
       <x:c r="D1211" s="3" t="n">
-        <x:v>1.1832</x:v>
+        <x:v>1.1839</x:v>
       </x:c>
     </x:row>
     <x:row r="1212" spans="1:8">
       <x:c r="A1212" s="2" t="s">
         <x:v>1215</x:v>
       </x:c>
       <x:c r="B1212" s="3" t="n">
-        <x:v>1.1732</x:v>
+        <x:v>1.1881</x:v>
       </x:c>
       <x:c r="C1212" s="3" t="n">
-        <x:v>1.1732</x:v>
+        <x:v>1.1881</x:v>
       </x:c>
       <x:c r="D1212" s="3" t="n">
-        <x:v>1.1732</x:v>
+        <x:v>1.1881</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:8">
       <x:c r="A1213" s="2" t="s">
         <x:v>1216</x:v>
       </x:c>
       <x:c r="B1213" s="3" t="n">
-        <x:v>1.1664</x:v>
+        <x:v>1.1805</x:v>
       </x:c>
       <x:c r="C1213" s="3" t="n">
-        <x:v>1.1664</x:v>
+        <x:v>1.1805</x:v>
       </x:c>
       <x:c r="D1213" s="3" t="n">
-        <x:v>1.1664</x:v>
+        <x:v>1.1805</x:v>
       </x:c>
     </x:row>
     <x:row r="1214" spans="1:8">
       <x:c r="A1214" s="2" t="s">
         <x:v>1217</x:v>
       </x:c>
       <x:c r="B1214" s="3" t="n">
-        <x:v>1.1788</x:v>
+        <x:v>1.186</x:v>
       </x:c>
       <x:c r="C1214" s="3" t="n">
-        <x:v>1.1788</x:v>
+        <x:v>1.186</x:v>
       </x:c>
       <x:c r="D1214" s="3" t="n">
-        <x:v>1.1788</x:v>
+        <x:v>1.186</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:8">
       <x:c r="A1215" s="2" t="s">
         <x:v>1218</x:v>
       </x:c>
       <x:c r="B1215" s="3" t="n">
-        <x:v>1.1802</x:v>
+        <x:v>1.1843</x:v>
       </x:c>
       <x:c r="C1215" s="3" t="n">
-        <x:v>1.1802</x:v>
+        <x:v>1.1843</x:v>
       </x:c>
       <x:c r="D1215" s="3" t="n">
-        <x:v>1.1802</x:v>
+        <x:v>1.1843</x:v>
       </x:c>
     </x:row>
     <x:row r="1216" spans="1:8">
       <x:c r="A1216" s="2" t="s">
         <x:v>1219</x:v>
       </x:c>
       <x:c r="B1216" s="3" t="n">
-        <x:v>1.1829</x:v>
+        <x:v>1.1842</x:v>
       </x:c>
       <x:c r="C1216" s="3" t="n">
-        <x:v>1.1829</x:v>
+        <x:v>1.1842</x:v>
       </x:c>
       <x:c r="D1216" s="3" t="n">
-        <x:v>1.1829</x:v>
+        <x:v>1.1842</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:8">
       <x:c r="A1217" s="2" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="B1217" s="3" t="n">
-        <x:v>1.1738</x:v>
+        <x:v>1.1891</x:v>
       </x:c>
       <x:c r="C1217" s="3" t="n">
-        <x:v>1.1738</x:v>
+        <x:v>1.1891</x:v>
       </x:c>
       <x:c r="D1217" s="3" t="n">
-        <x:v>1.1738</x:v>
+        <x:v>1.1891</x:v>
       </x:c>
     </x:row>
     <x:row r="1218" spans="1:8">
       <x:c r="A1218" s="2" t="s">
         <x:v>1221</x:v>
       </x:c>
       <x:c r="B1218" s="3" t="n">
-        <x:v>1.1649</x:v>
+        <x:v>1.1795</x:v>
       </x:c>
       <x:c r="C1218" s="3" t="n">
-        <x:v>1.1649</x:v>
+        <x:v>1.1795</x:v>
       </x:c>
       <x:c r="D1218" s="3" t="n">
-        <x:v>1.1649</x:v>
+        <x:v>1.1795</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:8">
       <x:c r="A1219" s="2" t="s">
         <x:v>1222</x:v>
       </x:c>
       <x:c r="B1219" s="3" t="n">
-        <x:v>1.1596</x:v>
+        <x:v>1.1807</x:v>
       </x:c>
       <x:c r="C1219" s="3" t="n">
-        <x:v>1.1596</x:v>
+        <x:v>1.1807</x:v>
       </x:c>
       <x:c r="D1219" s="3" t="n">
-        <x:v>1.1596</x:v>
+        <x:v>1.1807</x:v>
       </x:c>
     </x:row>
     <x:row r="1220" spans="1:8">
       <x:c r="A1220" s="2" t="s">
         <x:v>1223</x:v>
       </x:c>
       <x:c r="B1220" s="3" t="n">
-        <x:v>1.1547</x:v>
+        <x:v>1.1761</x:v>
       </x:c>
       <x:c r="C1220" s="3" t="n">
-        <x:v>1.1547</x:v>
+        <x:v>1.1761</x:v>
       </x:c>
       <x:c r="D1220" s="3" t="n">
-        <x:v>1.1547</x:v>
+        <x:v>1.1761</x:v>
       </x:c>
     </x:row>
     <x:row r="1221" spans="1:8">
       <x:c r="A1221" s="2" t="s">
         <x:v>1224</x:v>
       </x:c>
       <x:c r="B1221" s="3" t="n">
-        <x:v>1.1371</x:v>
+        <x:v>1.1862</x:v>
       </x:c>
       <x:c r="C1221" s="3" t="n">
-        <x:v>1.1371</x:v>
+        <x:v>1.1862</x:v>
       </x:c>
       <x:c r="D1221" s="3" t="n">
-        <x:v>1.1371</x:v>
+        <x:v>1.1862</x:v>
       </x:c>
     </x:row>
     <x:row r="1222" spans="1:8">
       <x:c r="A1222" s="2" t="s">
         <x:v>1225</x:v>
       </x:c>
       <x:c r="B1222" s="3" t="n">
-        <x:v>1.1363</x:v>
+        <x:v>1.1753</x:v>
       </x:c>
       <x:c r="C1222" s="3" t="n">
-        <x:v>1.1363</x:v>
+        <x:v>1.1753</x:v>
       </x:c>
       <x:c r="D1222" s="3" t="n">
-        <x:v>1.1363</x:v>
+        <x:v>1.1753</x:v>
       </x:c>
     </x:row>
     <x:row r="1223" spans="1:8">
       <x:c r="A1223" s="2" t="s">
         <x:v>1226</x:v>
       </x:c>
       <x:c r="B1223" s="3" t="n">
-        <x:v>1.1354</x:v>
+        <x:v>1.1795</x:v>
       </x:c>
       <x:c r="C1223" s="3" t="n">
-        <x:v>1.1354</x:v>
+        <x:v>1.1795</x:v>
       </x:c>
       <x:c r="D1223" s="3" t="n">
-        <x:v>1.1354</x:v>
+        <x:v>1.1795</x:v>
       </x:c>
     </x:row>
     <x:row r="1224" spans="1:8">
       <x:c r="A1224" s="2" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="B1224" s="3" t="n">
-        <x:v>1.1376</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="C1224" s="3" t="n">
-        <x:v>1.1376</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D1224" s="3" t="n">
-        <x:v>1.1376</x:v>
+        <x:v>1.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1225" spans="1:8">
       <x:c r="A1225" s="2" t="s">
         <x:v>1228</x:v>
       </x:c>
       <x:c r="B1225" s="3" t="n">
-        <x:v>1.1246</x:v>
+        <x:v>1.174</x:v>
       </x:c>
       <x:c r="C1225" s="3" t="n">
-        <x:v>1.1246</x:v>
+        <x:v>1.174</x:v>
       </x:c>
       <x:c r="D1225" s="3" t="n">
-        <x:v>1.1246</x:v>
+        <x:v>1.174</x:v>
       </x:c>
     </x:row>
     <x:row r="1226" spans="1:8">
       <x:c r="A1226" s="2" t="s">
         <x:v>1229</x:v>
       </x:c>
       <x:c r="B1226" s="3" t="n">
-        <x:v>1.1096</x:v>
+        <x:v>1.1832</x:v>
       </x:c>
       <x:c r="C1226" s="3" t="n">
-        <x:v>1.1096</x:v>
+        <x:v>1.1832</x:v>
       </x:c>
       <x:c r="D1226" s="3" t="n">
-        <x:v>1.1096</x:v>
+        <x:v>1.1832</x:v>
       </x:c>
     </x:row>
     <x:row r="1227" spans="1:8">
       <x:c r="A1227" s="2" t="s">
         <x:v>1230</x:v>
       </x:c>
       <x:c r="B1227" s="3" t="n">
-        <x:v>1.1052</x:v>
+        <x:v>1.1732</x:v>
       </x:c>
       <x:c r="C1227" s="3" t="n">
-        <x:v>1.1052</x:v>
+        <x:v>1.1732</x:v>
       </x:c>
       <x:c r="D1227" s="3" t="n">
-        <x:v>1.1052</x:v>
+        <x:v>1.1732</x:v>
       </x:c>
     </x:row>
     <x:row r="1228" spans="1:8">
       <x:c r="A1228" s="2" t="s">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="B1228" s="3" t="n">
-        <x:v>1.1036</x:v>
+        <x:v>1.1664</x:v>
       </x:c>
       <x:c r="C1228" s="3" t="n">
-        <x:v>1.1036</x:v>
+        <x:v>1.1664</x:v>
       </x:c>
       <x:c r="D1228" s="3" t="n">
-        <x:v>1.1036</x:v>
+        <x:v>1.1664</x:v>
       </x:c>
     </x:row>
     <x:row r="1229" spans="1:8">
       <x:c r="A1229" s="2" t="s">
         <x:v>1232</x:v>
       </x:c>
       <x:c r="B1229" s="3" t="n">
-        <x:v>1.0974</x:v>
+        <x:v>1.1788</x:v>
       </x:c>
       <x:c r="C1229" s="3" t="n">
-        <x:v>1.0974</x:v>
+        <x:v>1.1788</x:v>
       </x:c>
       <x:c r="D1229" s="3" t="n">
-        <x:v>1.0974</x:v>
+        <x:v>1.1788</x:v>
       </x:c>
     </x:row>
     <x:row r="1230" spans="1:8">
       <x:c r="A1230" s="2" t="s">
         <x:v>1233</x:v>
       </x:c>
       <x:c r="B1230" s="3" t="n">
-        <x:v>1.0945</x:v>
+        <x:v>1.1802</x:v>
       </x:c>
       <x:c r="C1230" s="3" t="n">
-        <x:v>1.0945</x:v>
+        <x:v>1.1802</x:v>
       </x:c>
       <x:c r="D1230" s="3" t="n">
-        <x:v>1.0945</x:v>
+        <x:v>1.1802</x:v>
       </x:c>
     </x:row>
     <x:row r="1231" spans="1:8">
       <x:c r="A1231" s="2" t="s">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="B1231" s="3" t="n">
-        <x:v>1.1124</x:v>
+        <x:v>1.1829</x:v>
       </x:c>
       <x:c r="C1231" s="3" t="n">
-        <x:v>1.1124</x:v>
+        <x:v>1.1829</x:v>
       </x:c>
       <x:c r="D1231" s="3" t="n">
-        <x:v>1.1124</x:v>
+        <x:v>1.1829</x:v>
       </x:c>
     </x:row>
     <x:row r="1232" spans="1:8">
       <x:c r="A1232" s="2" t="s">
         <x:v>1235</x:v>
       </x:c>
       <x:c r="B1232" s="3" t="n">
-        <x:v>1.1064</x:v>
+        <x:v>1.1738</x:v>
       </x:c>
       <x:c r="C1232" s="3" t="n">
-        <x:v>1.1064</x:v>
+        <x:v>1.1738</x:v>
       </x:c>
       <x:c r="D1232" s="3" t="n">
-        <x:v>1.1064</x:v>
+        <x:v>1.1738</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:8">
       <x:c r="A1233" s="2" t="s">
         <x:v>1236</x:v>
       </x:c>
       <x:c r="B1233" s="3" t="n">
-        <x:v>1.1067</x:v>
+        <x:v>1.1649</x:v>
       </x:c>
       <x:c r="C1233" s="3" t="n">
-        <x:v>1.1067</x:v>
+        <x:v>1.1649</x:v>
       </x:c>
       <x:c r="D1233" s="3" t="n">
-        <x:v>1.1067</x:v>
+        <x:v>1.1649</x:v>
       </x:c>
     </x:row>
     <x:row r="1234" spans="1:8">
       <x:c r="A1234" s="2" t="s">
         <x:v>1237</x:v>
       </x:c>
       <x:c r="B1234" s="3" t="n">
-        <x:v>1.0997</x:v>
+        <x:v>1.1596</x:v>
       </x:c>
       <x:c r="C1234" s="3" t="n">
-        <x:v>1.0997</x:v>
+        <x:v>1.1596</x:v>
       </x:c>
       <x:c r="D1234" s="3" t="n">
-        <x:v>1.0997</x:v>
+        <x:v>1.1596</x:v>
       </x:c>
     </x:row>
     <x:row r="1235" spans="1:8">
       <x:c r="A1235" s="2" t="s">
         <x:v>1238</x:v>
       </x:c>
       <x:c r="B1235" s="3" t="n">
-        <x:v>1.0981</x:v>
+        <x:v>1.1547</x:v>
       </x:c>
       <x:c r="C1235" s="3" t="n">
-        <x:v>1.0981</x:v>
+        <x:v>1.1547</x:v>
       </x:c>
       <x:c r="D1235" s="3" t="n">
-        <x:v>1.0981</x:v>
+        <x:v>1.1547</x:v>
       </x:c>
     </x:row>
     <x:row r="1236" spans="1:8">
       <x:c r="A1236" s="2" t="s">
         <x:v>1239</x:v>
       </x:c>
       <x:c r="B1236" s="3" t="n">
-        <x:v>1.0945</x:v>
+        <x:v>1.1371</x:v>
       </x:c>
       <x:c r="C1236" s="3" t="n">
-        <x:v>1.0945</x:v>
+        <x:v>1.1371</x:v>
       </x:c>
       <x:c r="D1236" s="3" t="n">
-        <x:v>1.0945</x:v>
+        <x:v>1.1371</x:v>
       </x:c>
     </x:row>
     <x:row r="1237" spans="1:8">
       <x:c r="A1237" s="2" t="s">
         <x:v>1240</x:v>
       </x:c>
       <x:c r="B1237" s="3" t="n">
-        <x:v>1.0969</x:v>
+        <x:v>1.1363</x:v>
       </x:c>
       <x:c r="C1237" s="3" t="n">
-        <x:v>1.0969</x:v>
+        <x:v>1.1363</x:v>
       </x:c>
       <x:c r="D1237" s="3" t="n">
-        <x:v>1.0969</x:v>
+        <x:v>1.1363</x:v>
       </x:c>
     </x:row>
     <x:row r="1238" spans="1:8">
       <x:c r="A1238" s="2" t="s">
         <x:v>1241</x:v>
       </x:c>
       <x:c r="B1238" s="3" t="n">
-        <x:v>1.091</x:v>
+        <x:v>1.1354</x:v>
       </x:c>
       <x:c r="C1238" s="3" t="n">
-        <x:v>1.091</x:v>
+        <x:v>1.1354</x:v>
       </x:c>
       <x:c r="D1238" s="3" t="n">
-        <x:v>1.091</x:v>
+        <x:v>1.1354</x:v>
       </x:c>
     </x:row>
     <x:row r="1239" spans="1:8">
       <x:c r="A1239" s="2" t="s">
         <x:v>1242</x:v>
       </x:c>
       <x:c r="B1239" s="3" t="n">
-        <x:v>1.0937</x:v>
+        <x:v>1.1376</x:v>
       </x:c>
       <x:c r="C1239" s="3" t="n">
-        <x:v>1.0937</x:v>
+        <x:v>1.1376</x:v>
       </x:c>
       <x:c r="D1239" s="3" t="n">
-        <x:v>1.0937</x:v>
+        <x:v>1.1376</x:v>
       </x:c>
     </x:row>
     <x:row r="1240" spans="1:8">
       <x:c r="A1240" s="2" t="s">
         <x:v>1243</x:v>
       </x:c>
       <x:c r="B1240" s="3" t="n">
-        <x:v>1.0558</x:v>
+        <x:v>1.1246</x:v>
       </x:c>
       <x:c r="C1240" s="3" t="n">
-        <x:v>1.0558</x:v>
+        <x:v>1.1246</x:v>
       </x:c>
       <x:c r="D1240" s="3" t="n">
-        <x:v>1.0558</x:v>
+        <x:v>1.1246</x:v>
       </x:c>
     </x:row>
     <x:row r="1241" spans="1:8">
       <x:c r="A1241" s="2" t="s">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="B1241" s="3" t="n">
-        <x:v>1.0665</x:v>
+        <x:v>1.1096</x:v>
       </x:c>
       <x:c r="C1241" s="3" t="n">
-        <x:v>1.0665</x:v>
+        <x:v>1.1096</x:v>
       </x:c>
       <x:c r="D1241" s="3" t="n">
-        <x:v>1.0665</x:v>
+        <x:v>1.1096</x:v>
       </x:c>
     </x:row>
     <x:row r="1242" spans="1:8">
       <x:c r="A1242" s="2" t="s">
         <x:v>1245</x:v>
       </x:c>
       <x:c r="B1242" s="3" t="n">
-        <x:v>1.0726</x:v>
+        <x:v>1.1052</x:v>
       </x:c>
       <x:c r="C1242" s="3" t="n">
-        <x:v>1.0726</x:v>
+        <x:v>1.1052</x:v>
       </x:c>
       <x:c r="D1242" s="3" t="n">
-        <x:v>1.0726</x:v>
+        <x:v>1.1052</x:v>
       </x:c>
     </x:row>
     <x:row r="1243" spans="1:8">
       <x:c r="A1243" s="2" t="s">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="B1243" s="3" t="n">
-        <x:v>1.0822</x:v>
+        <x:v>1.1036</x:v>
       </x:c>
       <x:c r="C1243" s="3" t="n">
-        <x:v>1.0822</x:v>
+        <x:v>1.1036</x:v>
       </x:c>
       <x:c r="D1243" s="3" t="n">
-        <x:v>1.0822</x:v>
+        <x:v>1.1036</x:v>
       </x:c>
     </x:row>
     <x:row r="1244" spans="1:8">
       <x:c r="A1244" s="2" t="s">
         <x:v>1247</x:v>
       </x:c>
       <x:c r="B1244" s="3" t="n">
-        <x:v>1.0658</x:v>
+        <x:v>1.0974</x:v>
       </x:c>
       <x:c r="C1244" s="3" t="n">
-        <x:v>1.0658</x:v>
+        <x:v>1.0974</x:v>
       </x:c>
       <x:c r="D1244" s="3" t="n">
-        <x:v>1.0658</x:v>
+        <x:v>1.0974</x:v>
       </x:c>
     </x:row>
     <x:row r="1245" spans="1:8">
       <x:c r="A1245" s="2" t="s">
         <x:v>1248</x:v>
       </x:c>
       <x:c r="B1245" s="3" t="n">
-        <x:v>1.0456</x:v>
+        <x:v>1.0945</x:v>
       </x:c>
       <x:c r="C1245" s="3" t="n">
-        <x:v>1.0456</x:v>
+        <x:v>1.0945</x:v>
       </x:c>
       <x:c r="D1245" s="3" t="n">
-        <x:v>1.0456</x:v>
+        <x:v>1.0945</x:v>
       </x:c>
     </x:row>
     <x:row r="1246" spans="1:8">
       <x:c r="A1246" s="2" t="s">
         <x:v>1249</x:v>
       </x:c>
       <x:c r="B1246" s="3" t="n">
-        <x:v>1.0724</x:v>
+        <x:v>1.1124</x:v>
       </x:c>
       <x:c r="C1246" s="3" t="n">
-        <x:v>1.0724</x:v>
+        <x:v>1.1124</x:v>
       </x:c>
       <x:c r="D1246" s="3" t="n">
-        <x:v>1.0724</x:v>
+        <x:v>1.1124</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:8">
       <x:c r="A1247" s="2" t="s">
         <x:v>1250</x:v>
       </x:c>
       <x:c r="B1247" s="3" t="n">
-        <x:v>1.0627</x:v>
+        <x:v>1.1064</x:v>
       </x:c>
       <x:c r="C1247" s="3" t="n">
-        <x:v>1.0627</x:v>
+        <x:v>1.1064</x:v>
       </x:c>
       <x:c r="D1247" s="3" t="n">
-        <x:v>1.0627</x:v>
+        <x:v>1.1064</x:v>
       </x:c>
     </x:row>
     <x:row r="1248" spans="1:8">
       <x:c r="A1248" s="2" t="s">
         <x:v>1251</x:v>
       </x:c>
       <x:c r="B1248" s="3" t="n">
-        <x:v>1.0606</x:v>
+        <x:v>1.1067</x:v>
       </x:c>
       <x:c r="C1248" s="3" t="n">
-        <x:v>1.0606</x:v>
+        <x:v>1.1067</x:v>
       </x:c>
       <x:c r="D1248" s="3" t="n">
-        <x:v>1.0606</x:v>
+        <x:v>1.1067</x:v>
       </x:c>
     </x:row>
     <x:row r="1249" spans="1:8">
       <x:c r="A1249" s="2" t="s">
         <x:v>1252</x:v>
       </x:c>
       <x:c r="B1249" s="3" t="n">
-        <x:v>1.0701</x:v>
+        <x:v>1.0997</x:v>
       </x:c>
       <x:c r="C1249" s="3" t="n">
-        <x:v>1.0701</x:v>
+        <x:v>1.0997</x:v>
       </x:c>
       <x:c r="D1249" s="3" t="n">
-        <x:v>1.0701</x:v>
+        <x:v>1.0997</x:v>
       </x:c>
     </x:row>
     <x:row r="1250" spans="1:8">
       <x:c r="A1250" s="2" t="s">
         <x:v>1253</x:v>
       </x:c>
       <x:c r="B1250" s="3" t="n">
-        <x:v>1.0892</x:v>
+        <x:v>1.0981</x:v>
       </x:c>
       <x:c r="C1250" s="3" t="n">
-        <x:v>1.0892</x:v>
+        <x:v>1.0981</x:v>
       </x:c>
       <x:c r="D1250" s="3" t="n">
-        <x:v>1.0892</x:v>
+        <x:v>1.0981</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:8">
       <x:c r="A1251" s="2" t="s">
         <x:v>1254</x:v>
       </x:c>
       <x:c r="B1251" s="3" t="n">
-        <x:v>1.0922</x:v>
+        <x:v>1.0945</x:v>
       </x:c>
       <x:c r="C1251" s="3" t="n">
-        <x:v>1.0922</x:v>
+        <x:v>1.0945</x:v>
       </x:c>
       <x:c r="D1251" s="3" t="n">
-        <x:v>1.0922</x:v>
+        <x:v>1.0945</x:v>
       </x:c>
     </x:row>
     <x:row r="1252" spans="1:8">
       <x:c r="A1252" s="2" t="s">
         <x:v>1255</x:v>
       </x:c>
       <x:c r="B1252" s="3" t="n">
-        <x:v>1.0905</x:v>
+        <x:v>1.0969</x:v>
       </x:c>
       <x:c r="C1252" s="3" t="n">
-        <x:v>1.0905</x:v>
+        <x:v>1.0969</x:v>
       </x:c>
       <x:c r="D1252" s="3" t="n">
-        <x:v>1.0905</x:v>
+        <x:v>1.0969</x:v>
       </x:c>
     </x:row>
     <x:row r="1253" spans="1:8">
       <x:c r="A1253" s="2" t="s">
         <x:v>1256</x:v>
       </x:c>
       <x:c r="B1253" s="3" t="n">
-        <x:v>1.0895</x:v>
+        <x:v>1.091</x:v>
       </x:c>
       <x:c r="C1253" s="3" t="n">
-        <x:v>1.0895</x:v>
+        <x:v>1.091</x:v>
       </x:c>
       <x:c r="D1253" s="3" t="n">
-        <x:v>1.0895</x:v>
+        <x:v>1.091</x:v>
       </x:c>
     </x:row>
     <x:row r="1254" spans="1:8">
       <x:c r="A1254" s="2" t="s">
         <x:v>1257</x:v>
       </x:c>
       <x:c r="B1254" s="3" t="n">
-        <x:v>1.0917</x:v>
+        <x:v>1.0937</x:v>
       </x:c>
       <x:c r="C1254" s="3" t="n">
-        <x:v>1.0917</x:v>
+        <x:v>1.0937</x:v>
       </x:c>
       <x:c r="D1254" s="3" t="n">
-        <x:v>1.0917</x:v>
+        <x:v>1.0937</x:v>
       </x:c>
     </x:row>
     <x:row r="1255" spans="1:8">
       <x:c r="A1255" s="2" t="s">
         <x:v>1258</x:v>
       </x:c>
       <x:c r="B1255" s="3" t="n">
-        <x:v>1.0865</x:v>
+        <x:v>1.0558</x:v>
       </x:c>
       <x:c r="C1255" s="3" t="n">
-        <x:v>1.0865</x:v>
+        <x:v>1.0558</x:v>
       </x:c>
       <x:c r="D1255" s="3" t="n">
-        <x:v>1.0865</x:v>
+        <x:v>1.0558</x:v>
       </x:c>
     </x:row>
     <x:row r="1256" spans="1:8">
       <x:c r="A1256" s="2" t="s">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="B1256" s="3" t="n">
-        <x:v>1.0835</x:v>
+        <x:v>1.0665</x:v>
       </x:c>
       <x:c r="C1256" s="3" t="n">
-        <x:v>1.0835</x:v>
+        <x:v>1.0665</x:v>
       </x:c>
       <x:c r="D1256" s="3" t="n">
-        <x:v>1.0835</x:v>
+        <x:v>1.0665</x:v>
       </x:c>
     </x:row>
     <x:row r="1257" spans="1:8">
       <x:c r="A1257" s="2" t="s">
         <x:v>1260</x:v>
       </x:c>
       <x:c r="B1257" s="3" t="n">
-        <x:v>1.085</x:v>
+        <x:v>1.0726</x:v>
       </x:c>
       <x:c r="C1257" s="3" t="n">
-        <x:v>1.085</x:v>
+        <x:v>1.0726</x:v>
       </x:c>
       <x:c r="D1257" s="3" t="n">
-        <x:v>1.085</x:v>
+        <x:v>1.0726</x:v>
       </x:c>
     </x:row>
     <x:row r="1258" spans="1:8">
       <x:c r="A1258" s="2" t="s">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="B1258" s="3" t="n">
-        <x:v>1.0853</x:v>
+        <x:v>1.0822</x:v>
       </x:c>
       <x:c r="C1258" s="3" t="n">
-        <x:v>1.0853</x:v>
+        <x:v>1.0822</x:v>
       </x:c>
       <x:c r="D1258" s="3" t="n">
-        <x:v>1.0853</x:v>
+        <x:v>1.0822</x:v>
       </x:c>
     </x:row>
     <x:row r="1259" spans="1:8">
       <x:c r="A1259" s="2" t="s">
         <x:v>1262</x:v>
       </x:c>
       <x:c r="B1259" s="3" t="n">
-        <x:v>1.0844</x:v>
+        <x:v>1.0658</x:v>
       </x:c>
       <x:c r="C1259" s="3" t="n">
-        <x:v>1.0844</x:v>
+        <x:v>1.0658</x:v>
       </x:c>
       <x:c r="D1259" s="3" t="n">
-        <x:v>1.0844</x:v>
+        <x:v>1.0658</x:v>
       </x:c>
     </x:row>
     <x:row r="1260" spans="1:8">
       <x:c r="A1260" s="2" t="s">
         <x:v>1263</x:v>
       </x:c>
       <x:c r="B1260" s="3" t="n">
-        <x:v>1.0911</x:v>
+        <x:v>1.0456</x:v>
       </x:c>
       <x:c r="C1260" s="3" t="n">
-        <x:v>1.0911</x:v>
+        <x:v>1.0456</x:v>
       </x:c>
       <x:c r="D1260" s="3" t="n">
-        <x:v>1.0911</x:v>
+        <x:v>1.0456</x:v>
       </x:c>
     </x:row>
     <x:row r="1261" spans="1:8">
       <x:c r="A1261" s="2" t="s">
         <x:v>1264</x:v>
       </x:c>
       <x:c r="B1261" s="3" t="n">
-        <x:v>1.0774</x:v>
+        <x:v>1.0724</x:v>
       </x:c>
       <x:c r="C1261" s="3" t="n">
-        <x:v>1.0774</x:v>
+        <x:v>1.0724</x:v>
       </x:c>
       <x:c r="D1261" s="3" t="n">
-        <x:v>1.0774</x:v>
+        <x:v>1.0724</x:v>
       </x:c>
     </x:row>
     <x:row r="1262" spans="1:8">
       <x:c r="A1262" s="2" t="s">
         <x:v>1265</x:v>
       </x:c>
       <x:c r="B1262" s="3" t="n">
-        <x:v>1.0809</x:v>
+        <x:v>1.0627</x:v>
       </x:c>
       <x:c r="C1262" s="3" t="n">
-        <x:v>1.0809</x:v>
+        <x:v>1.0627</x:v>
       </x:c>
       <x:c r="D1262" s="3" t="n">
-        <x:v>1.0809</x:v>
+        <x:v>1.0627</x:v>
       </x:c>
     </x:row>
     <x:row r="1263" spans="1:8">
       <x:c r="A1263" s="2" t="s">
         <x:v>1266</x:v>
       </x:c>
       <x:c r="B1263" s="3" t="n">
-        <x:v>1.0633</x:v>
+        <x:v>1.0606</x:v>
       </x:c>
       <x:c r="C1263" s="3" t="n">
-        <x:v>1.0633</x:v>
+        <x:v>1.0606</x:v>
       </x:c>
       <x:c r="D1263" s="3" t="n">
-        <x:v>1.0633</x:v>
+        <x:v>1.0606</x:v>
       </x:c>
     </x:row>
     <x:row r="1264" spans="1:8">
       <x:c r="A1264" s="2" t="s">
         <x:v>1267</x:v>
       </x:c>
       <x:c r="B1264" s="3" t="n">
-        <x:v>1.0419</x:v>
+        <x:v>1.0701</x:v>
       </x:c>
       <x:c r="C1264" s="3" t="n">
-        <x:v>1.0419</x:v>
+        <x:v>1.0701</x:v>
       </x:c>
       <x:c r="D1264" s="3" t="n">
-        <x:v>1.0419</x:v>
+        <x:v>1.0701</x:v>
       </x:c>
     </x:row>
     <x:row r="1265" spans="1:8">
       <x:c r="A1265" s="2" t="s">
         <x:v>1268</x:v>
       </x:c>
       <x:c r="B1265" s="3" t="n">
-        <x:v>1.0655</x:v>
+        <x:v>1.0892</x:v>
       </x:c>
       <x:c r="C1265" s="3" t="n">
-        <x:v>1.0655</x:v>
+        <x:v>1.0892</x:v>
       </x:c>
       <x:c r="D1265" s="3" t="n">
-        <x:v>1.0655</x:v>
+        <x:v>1.0892</x:v>
       </x:c>
     </x:row>
     <x:row r="1266" spans="1:8">
       <x:c r="A1266" s="2" t="s">
         <x:v>1269</x:v>
       </x:c>
       <x:c r="B1266" s="3" t="n">
-        <x:v>1.0537</x:v>
+        <x:v>1.0922</x:v>
       </x:c>
       <x:c r="C1266" s="3" t="n">
-        <x:v>1.0537</x:v>
+        <x:v>1.0922</x:v>
       </x:c>
       <x:c r="D1266" s="3" t="n">
-        <x:v>1.0537</x:v>
+        <x:v>1.0922</x:v>
       </x:c>
     </x:row>
     <x:row r="1267" spans="1:8">
       <x:c r="A1267" s="2" t="s">
         <x:v>1270</x:v>
       </x:c>
       <x:c r="B1267" s="3" t="n">
-        <x:v>1.0746</x:v>
+        <x:v>1.0905</x:v>
       </x:c>
       <x:c r="C1267" s="3" t="n">
-        <x:v>1.0746</x:v>
+        <x:v>1.0905</x:v>
       </x:c>
       <x:c r="D1267" s="3" t="n">
-        <x:v>1.0746</x:v>
+        <x:v>1.0905</x:v>
       </x:c>
     </x:row>
     <x:row r="1268" spans="1:8">
       <x:c r="A1268" s="2" t="s">
         <x:v>1271</x:v>
       </x:c>
       <x:c r="B1268" s="3" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.0895</x:v>
       </x:c>
       <x:c r="C1268" s="3" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.0895</x:v>
       </x:c>
       <x:c r="D1268" s="3" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.0895</x:v>
       </x:c>
     </x:row>
     <x:row r="1269" spans="1:8">
       <x:c r="A1269" s="2" t="s">
         <x:v>1272</x:v>
       </x:c>
       <x:c r="B1269" s="3" t="n">
-        <x:v>1.0684</x:v>
+        <x:v>1.0917</x:v>
       </x:c>
       <x:c r="C1269" s="3" t="n">
-        <x:v>1.0684</x:v>
+        <x:v>1.0917</x:v>
       </x:c>
       <x:c r="D1269" s="3" t="n">
-        <x:v>1.0684</x:v>
+        <x:v>1.0917</x:v>
       </x:c>
     </x:row>
     <x:row r="1270" spans="1:8">
       <x:c r="A1270" s="2" t="s">
         <x:v>1273</x:v>
       </x:c>
       <x:c r="B1270" s="3" t="n">
-        <x:v>1.0695</x:v>
+        <x:v>1.0865</x:v>
       </x:c>
       <x:c r="C1270" s="3" t="n">
-        <x:v>1.0695</x:v>
+        <x:v>1.0865</x:v>
       </x:c>
       <x:c r="D1270" s="3" t="n">
-        <x:v>1.0695</x:v>
+        <x:v>1.0865</x:v>
       </x:c>
     </x:row>
     <x:row r="1271" spans="1:8">
       <x:c r="A1271" s="2" t="s">
         <x:v>1274</x:v>
       </x:c>
       <x:c r="B1271" s="3" t="n">
-        <x:v>1.0677</x:v>
+        <x:v>1.0835</x:v>
       </x:c>
       <x:c r="C1271" s="3" t="n">
-        <x:v>1.0677</x:v>
+        <x:v>1.0835</x:v>
       </x:c>
       <x:c r="D1271" s="3" t="n">
-        <x:v>1.0677</x:v>
+        <x:v>1.0835</x:v>
       </x:c>
     </x:row>
     <x:row r="1272" spans="1:8">
       <x:c r="A1272" s="2" t="s">
         <x:v>1275</x:v>
       </x:c>
       <x:c r="B1272" s="3" t="n">
-        <x:v>1.0574</x:v>
+        <x:v>1.085</x:v>
       </x:c>
       <x:c r="C1272" s="3" t="n">
-        <x:v>1.0574</x:v>
+        <x:v>1.085</x:v>
       </x:c>
       <x:c r="D1272" s="3" t="n">
-        <x:v>1.0574</x:v>
+        <x:v>1.085</x:v>
       </x:c>
     </x:row>
     <x:row r="1273" spans="1:8">
       <x:c r="A1273" s="2" t="s">
         <x:v>1276</x:v>
       </x:c>
       <x:c r="B1273" s="3" t="n">
-        <x:v>1.0556</x:v>
+        <x:v>1.0853</x:v>
       </x:c>
       <x:c r="C1273" s="3" t="n">
-        <x:v>1.0556</x:v>
+        <x:v>1.0853</x:v>
       </x:c>
       <x:c r="D1273" s="3" t="n">
-        <x:v>1.0556</x:v>
+        <x:v>1.0853</x:v>
       </x:c>
     </x:row>
     <x:row r="1274" spans="1:8">
       <x:c r="A1274" s="2" t="s">
         <x:v>1277</x:v>
       </x:c>
       <x:c r="B1274" s="3" t="n">
-        <x:v>1.0529</x:v>
+        <x:v>1.0844</x:v>
       </x:c>
       <x:c r="C1274" s="3" t="n">
-        <x:v>1.0529</x:v>
+        <x:v>1.0844</x:v>
       </x:c>
       <x:c r="D1274" s="3" t="n">
-        <x:v>1.0529</x:v>
+        <x:v>1.0844</x:v>
       </x:c>
     </x:row>
     <x:row r="1275" spans="1:8">
       <x:c r="A1275" s="2" t="s">
         <x:v>1278</x:v>
       </x:c>
       <x:c r="B1275" s="3" t="n">
-        <x:v>1.0581</x:v>
+        <x:v>1.0911</x:v>
       </x:c>
       <x:c r="C1275" s="3" t="n">
-        <x:v>1.0581</x:v>
+        <x:v>1.0911</x:v>
       </x:c>
       <x:c r="D1275" s="3" t="n">
-        <x:v>1.0581</x:v>
+        <x:v>1.0911</x:v>
       </x:c>
     </x:row>
     <x:row r="1276" spans="1:8">
       <x:c r="A1276" s="2" t="s">
         <x:v>1279</x:v>
       </x:c>
       <x:c r="B1276" s="3" t="n">
-        <x:v>1.0615</x:v>
+        <x:v>1.0774</x:v>
       </x:c>
       <x:c r="C1276" s="3" t="n">
-        <x:v>1.0615</x:v>
+        <x:v>1.0774</x:v>
       </x:c>
       <x:c r="D1276" s="3" t="n">
-        <x:v>1.0615</x:v>
+        <x:v>1.0774</x:v>
       </x:c>
     </x:row>
     <x:row r="1277" spans="1:8">
       <x:c r="A1277" s="2" t="s">
         <x:v>1280</x:v>
       </x:c>
       <x:c r="B1277" s="3" t="n">
-        <x:v>1.0683</x:v>
+        <x:v>1.0809</x:v>
       </x:c>
       <x:c r="C1277" s="3" t="n">
-        <x:v>1.0683</x:v>
+        <x:v>1.0809</x:v>
       </x:c>
       <x:c r="D1277" s="3" t="n">
-        <x:v>1.0683</x:v>
+        <x:v>1.0809</x:v>
       </x:c>
     </x:row>
     <x:row r="1278" spans="1:8">
       <x:c r="A1278" s="2" t="s">
         <x:v>1281</x:v>
       </x:c>
       <x:c r="B1278" s="3" t="n">
-        <x:v>1.0605</x:v>
+        <x:v>1.0633</x:v>
       </x:c>
       <x:c r="C1278" s="3" t="n">
-        <x:v>1.0605</x:v>
+        <x:v>1.0633</x:v>
       </x:c>
       <x:c r="D1278" s="3" t="n">
-        <x:v>1.0605</x:v>
+        <x:v>1.0633</x:v>
       </x:c>
     </x:row>
     <x:row r="1279" spans="1:8">
       <x:c r="A1279" s="2" t="s">
         <x:v>1282</x:v>
       </x:c>
       <x:c r="B1279" s="3" t="n">
-        <x:v>1.0627</x:v>
+        <x:v>1.0419</x:v>
       </x:c>
       <x:c r="C1279" s="3" t="n">
-        <x:v>1.0627</x:v>
+        <x:v>1.0419</x:v>
       </x:c>
       <x:c r="D1279" s="3" t="n">
-        <x:v>1.0627</x:v>
+        <x:v>1.0419</x:v>
       </x:c>
     </x:row>
     <x:row r="1280" spans="1:8">
       <x:c r="A1280" s="2" t="s">
         <x:v>1283</x:v>
       </x:c>
       <x:c r="B1280" s="3" t="n">
-        <x:v>1.0465</x:v>
+        <x:v>1.0655</x:v>
       </x:c>
       <x:c r="C1280" s="3" t="n">
-        <x:v>1.0465</x:v>
+        <x:v>1.0655</x:v>
       </x:c>
       <x:c r="D1280" s="3" t="n">
-        <x:v>1.0465</x:v>
+        <x:v>1.0655</x:v>
       </x:c>
     </x:row>
     <x:row r="1281" spans="1:8">
       <x:c r="A1281" s="2" t="s">
         <x:v>1284</x:v>
       </x:c>
       <x:c r="B1281" s="3" t="n">
-        <x:v>1.0442</x:v>
+        <x:v>1.0537</x:v>
       </x:c>
       <x:c r="C1281" s="3" t="n">
-        <x:v>1.0442</x:v>
+        <x:v>1.0537</x:v>
       </x:c>
       <x:c r="D1281" s="3" t="n">
-        <x:v>1.0442</x:v>
+        <x:v>1.0537</x:v>
       </x:c>
     </x:row>
     <x:row r="1282" spans="1:8">
       <x:c r="A1282" s="2" t="s">
         <x:v>1285</x:v>
       </x:c>
       <x:c r="B1282" s="3" t="n">
-        <x:v>1.0473</x:v>
+        <x:v>1.0746</x:v>
       </x:c>
       <x:c r="C1282" s="3" t="n">
-        <x:v>1.0473</x:v>
+        <x:v>1.0746</x:v>
       </x:c>
       <x:c r="D1282" s="3" t="n">
-        <x:v>1.0473</x:v>
+        <x:v>1.0746</x:v>
       </x:c>
     </x:row>
     <x:row r="1283" spans="1:8">
       <x:c r="A1283" s="2" t="s">
         <x:v>1286</x:v>
       </x:c>
       <x:c r="B1283" s="3" t="n">
-        <x:v>1.0542</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C1283" s="3" t="n">
-        <x:v>1.0542</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D1283" s="3" t="n">
-        <x:v>1.0542</x:v>
+        <x:v>1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1284" spans="1:8">
       <x:c r="A1284" s="2" t="s">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="B1284" s="3" t="n">
-        <x:v>1.0544</x:v>
+        <x:v>1.0684</x:v>
       </x:c>
       <x:c r="C1284" s="3" t="n">
-        <x:v>1.0544</x:v>
+        <x:v>1.0684</x:v>
       </x:c>
       <x:c r="D1284" s="3" t="n">
-        <x:v>1.0544</x:v>
+        <x:v>1.0684</x:v>
       </x:c>
     </x:row>
     <x:row r="1285" spans="1:8">
       <x:c r="A1285" s="2" t="s">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="B1285" s="3" t="n">
-        <x:v>1.0617</x:v>
+        <x:v>1.0695</x:v>
       </x:c>
       <x:c r="C1285" s="3" t="n">
-        <x:v>1.0617</x:v>
+        <x:v>1.0695</x:v>
       </x:c>
       <x:c r="D1285" s="3" t="n">
-        <x:v>1.0617</x:v>
+        <x:v>1.0695</x:v>
       </x:c>
     </x:row>
     <x:row r="1286" spans="1:8">
       <x:c r="A1286" s="2" t="s">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="B1286" s="3" t="n">
-        <x:v>1.0548</x:v>
+        <x:v>1.0677</x:v>
       </x:c>
       <x:c r="C1286" s="3" t="n">
-        <x:v>1.0548</x:v>
+        <x:v>1.0677</x:v>
       </x:c>
       <x:c r="D1286" s="3" t="n">
-        <x:v>1.0548</x:v>
+        <x:v>1.0677</x:v>
       </x:c>
     </x:row>
     <x:row r="1287" spans="1:8">
       <x:c r="A1287" s="2" t="s">
         <x:v>1290</x:v>
       </x:c>
       <x:c r="B1287" s="3" t="n">
-        <x:v>1.0541</x:v>
+        <x:v>1.0574</x:v>
       </x:c>
       <x:c r="C1287" s="3" t="n">
-        <x:v>1.0541</x:v>
+        <x:v>1.0574</x:v>
       </x:c>
       <x:c r="D1287" s="3" t="n">
-        <x:v>1.0541</x:v>
+        <x:v>1.0574</x:v>
       </x:c>
     </x:row>
     <x:row r="1288" spans="1:8">
       <x:c r="A1288" s="2" t="s">
         <x:v>1291</x:v>
       </x:c>
       <x:c r="B1288" s="3" t="n">
-        <x:v>1.0609</x:v>
+        <x:v>1.0556</x:v>
       </x:c>
       <x:c r="C1288" s="3" t="n">
-        <x:v>1.0609</x:v>
+        <x:v>1.0556</x:v>
       </x:c>
       <x:c r="D1288" s="3" t="n">
-        <x:v>1.0609</x:v>
+        <x:v>1.0556</x:v>
       </x:c>
     </x:row>
     <x:row r="1289" spans="1:8">
       <x:c r="A1289" s="2" t="s">
         <x:v>1292</x:v>
       </x:c>
       <x:c r="B1289" s="3" t="n">
-        <x:v>1.0559</x:v>
+        <x:v>1.0529</x:v>
       </x:c>
       <x:c r="C1289" s="3" t="n">
-        <x:v>1.0559</x:v>
+        <x:v>1.0529</x:v>
       </x:c>
       <x:c r="D1289" s="3" t="n">
-        <x:v>1.0559</x:v>
+        <x:v>1.0529</x:v>
       </x:c>
     </x:row>
     <x:row r="1290" spans="1:8">
       <x:c r="A1290" s="2" t="s">
         <x:v>1293</x:v>
       </x:c>
       <x:c r="B1290" s="3" t="n">
-        <x:v>1.0543</x:v>
+        <x:v>1.0581</x:v>
       </x:c>
       <x:c r="C1290" s="3" t="n">
-        <x:v>1.0543</x:v>
+        <x:v>1.0581</x:v>
       </x:c>
       <x:c r="D1290" s="3" t="n">
-        <x:v>1.0543</x:v>
+        <x:v>1.0581</x:v>
       </x:c>
     </x:row>
     <x:row r="1291" spans="1:8">
       <x:c r="A1291" s="2" t="s">
         <x:v>1294</x:v>
       </x:c>
       <x:c r="B1291" s="3" t="n">
-        <x:v>1.0544</x:v>
+        <x:v>1.0615</x:v>
       </x:c>
       <x:c r="C1291" s="3" t="n">
-        <x:v>1.0544</x:v>
+        <x:v>1.0615</x:v>
       </x:c>
       <x:c r="D1291" s="3" t="n">
-        <x:v>1.0544</x:v>
+        <x:v>1.0615</x:v>
       </x:c>
     </x:row>
     <x:row r="1292" spans="1:8">
       <x:c r="A1292" s="2" t="s">
         <x:v>1295</x:v>
       </x:c>
       <x:c r="B1292" s="3" t="n">
-        <x:v>1.0554</x:v>
+        <x:v>1.0683</x:v>
       </x:c>
       <x:c r="C1292" s="3" t="n">
-        <x:v>1.0554</x:v>
+        <x:v>1.0683</x:v>
       </x:c>
       <x:c r="D1292" s="3" t="n">
-        <x:v>1.0554</x:v>
+        <x:v>1.0683</x:v>
       </x:c>
     </x:row>
     <x:row r="1293" spans="1:8">
       <x:c r="A1293" s="2" t="s">
         <x:v>1296</x:v>
       </x:c>
       <x:c r="B1293" s="3" t="n">
-        <x:v>1.0561</x:v>
+        <x:v>1.0605</x:v>
       </x:c>
       <x:c r="C1293" s="3" t="n">
-        <x:v>1.0561</x:v>
+        <x:v>1.0605</x:v>
       </x:c>
       <x:c r="D1293" s="3" t="n">
-        <x:v>1.0561</x:v>
+        <x:v>1.0605</x:v>
       </x:c>
     </x:row>
     <x:row r="1294" spans="1:8">
       <x:c r="A1294" s="2" t="s">
         <x:v>1297</x:v>
       </x:c>
       <x:c r="B1294" s="3" t="n">
-        <x:v>1.0432</x:v>
+        <x:v>1.0627</x:v>
       </x:c>
       <x:c r="C1294" s="3" t="n">
-        <x:v>1.0432</x:v>
+        <x:v>1.0627</x:v>
       </x:c>
       <x:c r="D1294" s="3" t="n">
-        <x:v>1.0432</x:v>
+        <x:v>1.0627</x:v>
       </x:c>
     </x:row>
     <x:row r="1295" spans="1:8">
       <x:c r="A1295" s="2" t="s">
         <x:v>1298</x:v>
       </x:c>
       <x:c r="B1295" s="3" t="n">
-        <x:v>1.0487</x:v>
+        <x:v>1.0465</x:v>
       </x:c>
       <x:c r="C1295" s="3" t="n">
-        <x:v>1.0487</x:v>
+        <x:v>1.0465</x:v>
       </x:c>
       <x:c r="D1295" s="3" t="n">
-        <x:v>1.0487</x:v>
+        <x:v>1.0465</x:v>
       </x:c>
     </x:row>
     <x:row r="1296" spans="1:8">
       <x:c r="A1296" s="2" t="s">
         <x:v>1299</x:v>
       </x:c>
       <x:c r="B1296" s="3" t="n">
-        <x:v>1.0545</x:v>
+        <x:v>1.0442</x:v>
       </x:c>
       <x:c r="C1296" s="3" t="n">
-        <x:v>1.0545</x:v>
+        <x:v>1.0442</x:v>
       </x:c>
       <x:c r="D1296" s="3" t="n">
-        <x:v>1.0545</x:v>
+        <x:v>1.0442</x:v>
       </x:c>
     </x:row>
     <x:row r="1297" spans="1:8">
       <x:c r="A1297" s="2" t="s">
         <x:v>1300</x:v>
       </x:c>
       <x:c r="B1297" s="3" t="n">
-        <x:v>1.0649</x:v>
+        <x:v>1.0473</x:v>
       </x:c>
       <x:c r="C1297" s="3" t="n">
-        <x:v>1.0649</x:v>
+        <x:v>1.0473</x:v>
       </x:c>
       <x:c r="D1297" s="3" t="n">
-        <x:v>1.0649</x:v>
+        <x:v>1.0473</x:v>
       </x:c>
     </x:row>
     <x:row r="1298" spans="1:8">
       <x:c r="A1298" s="2" t="s">
         <x:v>1301</x:v>
       </x:c>
       <x:c r="B1298" s="3" t="n">
-        <x:v>1.0759</x:v>
+        <x:v>1.0542</x:v>
       </x:c>
       <x:c r="C1298" s="3" t="n">
-        <x:v>1.0759</x:v>
+        <x:v>1.0542</x:v>
       </x:c>
       <x:c r="D1298" s="3" t="n">
-        <x:v>1.0759</x:v>
+        <x:v>1.0542</x:v>
       </x:c>
     </x:row>
     <x:row r="1299" spans="1:8">
       <x:c r="A1299" s="2" t="s">
         <x:v>1302</x:v>
       </x:c>
       <x:c r="B1299" s="3" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.0544</x:v>
       </x:c>
       <x:c r="C1299" s="3" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.0544</x:v>
       </x:c>
       <x:c r="D1299" s="3" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.0544</x:v>
       </x:c>
     </x:row>
     <x:row r="1300" spans="1:8">
       <x:c r="A1300" s="2" t="s">
         <x:v>1303</x:v>
       </x:c>
       <x:c r="B1300" s="3" t="n">
-        <x:v>1.0738</x:v>
+        <x:v>1.0617</x:v>
       </x:c>
       <x:c r="C1300" s="3" t="n">
-        <x:v>1.0738</x:v>
+        <x:v>1.0617</x:v>
       </x:c>
       <x:c r="D1300" s="3" t="n">
-        <x:v>1.0738</x:v>
+        <x:v>1.0617</x:v>
       </x:c>
     </x:row>
     <x:row r="1301" spans="1:8">
       <x:c r="A1301" s="2" t="s">
         <x:v>1304</x:v>
       </x:c>
       <x:c r="B1301" s="3" t="n">
-        <x:v>1.0609</x:v>
+        <x:v>1.0548</x:v>
       </x:c>
       <x:c r="C1301" s="3" t="n">
-        <x:v>1.0609</x:v>
+        <x:v>1.0548</x:v>
       </x:c>
       <x:c r="D1301" s="3" t="n">
-        <x:v>1.0609</x:v>
+        <x:v>1.0548</x:v>
       </x:c>
     </x:row>
     <x:row r="1302" spans="1:8">
       <x:c r="A1302" s="2" t="s">
         <x:v>1305</x:v>
       </x:c>
       <x:c r="B1302" s="3" t="n">
-        <x:v>1.0685</x:v>
+        <x:v>1.0541</x:v>
       </x:c>
       <x:c r="C1302" s="3" t="n">
-        <x:v>1.0685</x:v>
+        <x:v>1.0541</x:v>
       </x:c>
       <x:c r="D1302" s="3" t="n">
-        <x:v>1.0685</x:v>
+        <x:v>1.0541</x:v>
       </x:c>
     </x:row>
     <x:row r="1303" spans="1:8">
       <x:c r="A1303" s="2" t="s">
         <x:v>1306</x:v>
       </x:c>
       <x:c r="B1303" s="3" t="n">
-        <x:v>1.0664</x:v>
+        <x:v>1.0609</x:v>
       </x:c>
       <x:c r="C1303" s="3" t="n">
-        <x:v>1.0664</x:v>
+        <x:v>1.0609</x:v>
       </x:c>
       <x:c r="D1303" s="3" t="n">
-        <x:v>1.0664</x:v>
+        <x:v>1.0609</x:v>
       </x:c>
     </x:row>
     <x:row r="1304" spans="1:8">
       <x:c r="A1304" s="2" t="s">
         <x:v>1307</x:v>
       </x:c>
       <x:c r="B1304" s="3" t="n">
-        <x:v>1.0501</x:v>
+        <x:v>1.0559</x:v>
       </x:c>
       <x:c r="C1304" s="3" t="n">
-        <x:v>1.0501</x:v>
+        <x:v>1.0559</x:v>
       </x:c>
       <x:c r="D1304" s="3" t="n">
-        <x:v>1.0501</x:v>
+        <x:v>1.0559</x:v>
       </x:c>
     </x:row>
     <x:row r="1305" spans="1:8">
       <x:c r="A1305" s="2" t="s">
         <x:v>1308</x:v>
       </x:c>
       <x:c r="B1305" s="3" t="n">
-        <x:v>1.0539</x:v>
+        <x:v>1.0543</x:v>
       </x:c>
       <x:c r="C1305" s="3" t="n">
-        <x:v>1.0539</x:v>
+        <x:v>1.0543</x:v>
       </x:c>
       <x:c r="D1305" s="3" t="n">
-        <x:v>1.0539</x:v>
+        <x:v>1.0543</x:v>
       </x:c>
     </x:row>
     <x:row r="1306" spans="1:8">
       <x:c r="A1306" s="2" t="s">
         <x:v>1309</x:v>
       </x:c>
       <x:c r="B1306" s="3" t="n">
-        <x:v>1.0532</x:v>
+        <x:v>1.0544</x:v>
       </x:c>
       <x:c r="C1306" s="3" t="n">
-        <x:v>1.0532</x:v>
+        <x:v>1.0544</x:v>
       </x:c>
       <x:c r="D1306" s="3" t="n">
-        <x:v>1.0532</x:v>
+        <x:v>1.0544</x:v>
       </x:c>
     </x:row>
     <x:row r="1307" spans="1:8">
       <x:c r="A1307" s="2" t="s">
         <x:v>1310</x:v>
       </x:c>
       <x:c r="B1307" s="3" t="n">
-        <x:v>1.0545</x:v>
+        <x:v>1.0554</x:v>
       </x:c>
       <x:c r="C1307" s="3" t="n">
-        <x:v>1.0545</x:v>
+        <x:v>1.0554</x:v>
       </x:c>
       <x:c r="D1307" s="3" t="n">
-        <x:v>1.0545</x:v>
+        <x:v>1.0554</x:v>
       </x:c>
     </x:row>
     <x:row r="1308" spans="1:8">
       <x:c r="A1308" s="2" t="s">
         <x:v>1311</x:v>
       </x:c>
       <x:c r="B1308" s="3" t="n">
-        <x:v>1.0569</x:v>
+        <x:v>1.0561</x:v>
       </x:c>
       <x:c r="C1308" s="3" t="n">
-        <x:v>1.0569</x:v>
+        <x:v>1.0561</x:v>
       </x:c>
       <x:c r="D1308" s="3" t="n">
-        <x:v>1.0569</x:v>
+        <x:v>1.0561</x:v>
       </x:c>
     </x:row>
     <x:row r="1309" spans="1:8">
       <x:c r="A1309" s="2" t="s">
         <x:v>1312</x:v>
       </x:c>
       <x:c r="B1309" s="3" t="n">
-        <x:v>1.0501</x:v>
+        <x:v>1.0432</x:v>
       </x:c>
       <x:c r="C1309" s="3" t="n">
-        <x:v>1.0501</x:v>
+        <x:v>1.0432</x:v>
       </x:c>
       <x:c r="D1309" s="3" t="n">
-        <x:v>1.0501</x:v>
+        <x:v>1.0432</x:v>
       </x:c>
     </x:row>
     <x:row r="1310" spans="1:8">
       <x:c r="A1310" s="2" t="s">
         <x:v>1313</x:v>
       </x:c>
       <x:c r="B1310" s="3" t="n">
-        <x:v>1.0413</x:v>
+        <x:v>1.0487</x:v>
       </x:c>
       <x:c r="C1310" s="3" t="n">
-        <x:v>1.0413</x:v>
+        <x:v>1.0487</x:v>
       </x:c>
       <x:c r="D1310" s="3" t="n">
-        <x:v>1.0413</x:v>
+        <x:v>1.0487</x:v>
       </x:c>
     </x:row>
     <x:row r="1311" spans="1:8">
       <x:c r="A1311" s="2" t="s">
         <x:v>1314</x:v>
       </x:c>
       <x:c r="B1311" s="3" t="n">
-        <x:v>1.0549</x:v>
+        <x:v>1.0545</x:v>
       </x:c>
       <x:c r="C1311" s="3" t="n">
-        <x:v>1.0549</x:v>
+        <x:v>1.0545</x:v>
       </x:c>
       <x:c r="D1311" s="3" t="n">
-        <x:v>1.0549</x:v>
+        <x:v>1.0545</x:v>
       </x:c>
     </x:row>
     <x:row r="1312" spans="1:8">
       <x:c r="A1312" s="2" t="s">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="B1312" s="3" t="n">
-        <x:v>1.0442</x:v>
+        <x:v>1.0649</x:v>
       </x:c>
       <x:c r="C1312" s="3" t="n">
-        <x:v>1.0442</x:v>
+        <x:v>1.0649</x:v>
       </x:c>
       <x:c r="D1312" s="3" t="n">
-        <x:v>1.0442</x:v>
+        <x:v>1.0649</x:v>
       </x:c>
     </x:row>
     <x:row r="1313" spans="1:8">
       <x:c r="A1313" s="2" t="s">
         <x:v>1316</x:v>
       </x:c>
       <x:c r="B1313" s="3" t="n">
-        <x:v>1.0583</x:v>
+        <x:v>1.0759</x:v>
       </x:c>
       <x:c r="C1313" s="3" t="n">
-        <x:v>1.0583</x:v>
+        <x:v>1.0759</x:v>
       </x:c>
       <x:c r="D1313" s="3" t="n">
-        <x:v>1.0583</x:v>
+        <x:v>1.0759</x:v>
       </x:c>
     </x:row>
     <x:row r="1314" spans="1:8">
       <x:c r="A1314" s="2" t="s">
         <x:v>1317</x:v>
       </x:c>
       <x:c r="B1314" s="3" t="n">
-        <x:v>1.0623</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C1314" s="3" t="n">
-        <x:v>1.0623</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D1314" s="3" t="n">
-        <x:v>1.0623</x:v>
+        <x:v>1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1315" spans="1:8">
       <x:c r="A1315" s="2" t="s">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="B1315" s="3" t="n">
-        <x:v>1.0616</x:v>
+        <x:v>1.0738</x:v>
       </x:c>
       <x:c r="C1315" s="3" t="n">
-        <x:v>1.0616</x:v>
+        <x:v>1.0738</x:v>
       </x:c>
       <x:c r="D1315" s="3" t="n">
-        <x:v>1.0616</x:v>
+        <x:v>1.0738</x:v>
       </x:c>
     </x:row>
     <x:row r="1316" spans="1:8">
       <x:c r="A1316" s="2" t="s">
         <x:v>1319</x:v>
       </x:c>
       <x:c r="B1316" s="3" t="n">
-        <x:v>1.0475</x:v>
+        <x:v>1.0609</x:v>
       </x:c>
       <x:c r="C1316" s="3" t="n">
-        <x:v>1.0475</x:v>
+        <x:v>1.0609</x:v>
       </x:c>
       <x:c r="D1316" s="3" t="n">
-        <x:v>1.0475</x:v>
+        <x:v>1.0609</x:v>
       </x:c>
     </x:row>
     <x:row r="1317" spans="1:8">
       <x:c r="A1317" s="2" t="s">
         <x:v>1320</x:v>
       </x:c>
       <x:c r="B1317" s="3" t="n">
-        <x:v>1.0554</x:v>
+        <x:v>1.0685</x:v>
       </x:c>
       <x:c r="C1317" s="3" t="n">
-        <x:v>1.0554</x:v>
+        <x:v>1.0685</x:v>
       </x:c>
       <x:c r="D1317" s="3" t="n">
-        <x:v>1.0554</x:v>
+        <x:v>1.0685</x:v>
       </x:c>
     </x:row>
     <x:row r="1318" spans="1:8">
       <x:c r="A1318" s="2" t="s">
         <x:v>1321</x:v>
       </x:c>
       <x:c r="B1318" s="3" t="n">
-        <x:v>1.0482</x:v>
+        <x:v>1.0664</x:v>
       </x:c>
       <x:c r="C1318" s="3" t="n">
-        <x:v>1.0482</x:v>
+        <x:v>1.0664</x:v>
       </x:c>
       <x:c r="D1318" s="3" t="n">
-        <x:v>1.0482</x:v>
+        <x:v>1.0664</x:v>
       </x:c>
     </x:row>
     <x:row r="1319" spans="1:8">
       <x:c r="A1319" s="2" t="s">
         <x:v>1322</x:v>
       </x:c>
       <x:c r="B1319" s="3" t="n">
-        <x:v>1.0454</x:v>
+        <x:v>1.0501</x:v>
       </x:c>
       <x:c r="C1319" s="3" t="n">
-        <x:v>1.0454</x:v>
+        <x:v>1.0501</x:v>
       </x:c>
       <x:c r="D1319" s="3" t="n">
-        <x:v>1.0454</x:v>
+        <x:v>1.0501</x:v>
       </x:c>
     </x:row>
     <x:row r="1320" spans="1:8">
       <x:c r="A1320" s="2" t="s">
         <x:v>1323</x:v>
       </x:c>
       <x:c r="B1320" s="3" t="n">
-        <x:v>1.0222</x:v>
+        <x:v>1.0539</x:v>
       </x:c>
       <x:c r="C1320" s="3" t="n">
-        <x:v>1.0222</x:v>
+        <x:v>1.0539</x:v>
       </x:c>
       <x:c r="D1320" s="3" t="n">
-        <x:v>1.0222</x:v>
+        <x:v>1.0539</x:v>
       </x:c>
     </x:row>
     <x:row r="1321" spans="1:8">
       <x:c r="A1321" s="2" t="s">
         <x:v>1324</x:v>
       </x:c>
       <x:c r="B1321" s="3" t="n">
-        <x:v>1.023</x:v>
+        <x:v>1.0532</x:v>
       </x:c>
       <x:c r="C1321" s="3" t="n">
-        <x:v>1.023</x:v>
+        <x:v>1.0532</x:v>
       </x:c>
       <x:c r="D1321" s="3" t="n">
-        <x:v>1.023</x:v>
+        <x:v>1.0532</x:v>
       </x:c>
     </x:row>
     <x:row r="1322" spans="1:8">
       <x:c r="A1322" s="2" t="s">
         <x:v>1325</x:v>
       </x:c>
       <x:c r="B1322" s="3" t="n">
-        <x:v>1.0235</x:v>
+        <x:v>1.0545</x:v>
       </x:c>
       <x:c r="C1322" s="3" t="n">
-        <x:v>1.0235</x:v>
+        <x:v>1.0545</x:v>
       </x:c>
       <x:c r="D1322" s="3" t="n">
-        <x:v>1.0235</x:v>
+        <x:v>1.0545</x:v>
       </x:c>
     </x:row>
     <x:row r="1323" spans="1:8">
       <x:c r="A1323" s="2" t="s">
         <x:v>1326</x:v>
       </x:c>
       <x:c r="B1323" s="3" t="n">
-        <x:v>0.9953</x:v>
+        <x:v>1.0569</x:v>
       </x:c>
       <x:c r="C1323" s="3" t="n">
-        <x:v>0.9953</x:v>
+        <x:v>1.0569</x:v>
       </x:c>
       <x:c r="D1323" s="3" t="n">
-        <x:v>0.9953</x:v>
+        <x:v>1.0569</x:v>
       </x:c>
     </x:row>
     <x:row r="1324" spans="1:8">
       <x:c r="A1324" s="2" t="s">
         <x:v>1327</x:v>
       </x:c>
       <x:c r="B1324" s="3" t="n">
-        <x:v>0.9939</x:v>
+        <x:v>1.0501</x:v>
       </x:c>
       <x:c r="C1324" s="3" t="n">
-        <x:v>0.9939</x:v>
+        <x:v>1.0501</x:v>
       </x:c>
       <x:c r="D1324" s="3" t="n">
-        <x:v>0.9939</x:v>
+        <x:v>1.0501</x:v>
       </x:c>
     </x:row>
     <x:row r="1325" spans="1:8">
       <x:c r="A1325" s="2" t="s">
         <x:v>1328</x:v>
       </x:c>
       <x:c r="B1325" s="3" t="n">
-        <x:v>0.9847</x:v>
+        <x:v>1.0413</x:v>
       </x:c>
       <x:c r="C1325" s="3" t="n">
-        <x:v>0.9847</x:v>
+        <x:v>1.0413</x:v>
       </x:c>
       <x:c r="D1325" s="3" t="n">
-        <x:v>0.9847</x:v>
+        <x:v>1.0413</x:v>
       </x:c>
     </x:row>
     <x:row r="1326" spans="1:8">
       <x:c r="A1326" s="2" t="s">
         <x:v>1329</x:v>
       </x:c>
       <x:c r="B1326" s="3" t="n">
-        <x:v>0.9932</x:v>
+        <x:v>1.0549</x:v>
       </x:c>
       <x:c r="C1326" s="3" t="n">
-        <x:v>0.9932</x:v>
+        <x:v>1.0549</x:v>
       </x:c>
       <x:c r="D1326" s="3" t="n">
-        <x:v>0.9932</x:v>
+        <x:v>1.0549</x:v>
       </x:c>
     </x:row>
     <x:row r="1327" spans="1:8">
       <x:c r="A1327" s="2" t="s">
         <x:v>1330</x:v>
       </x:c>
       <x:c r="B1327" s="3" t="n">
-        <x:v>0.9775</x:v>
+        <x:v>1.0442</x:v>
       </x:c>
       <x:c r="C1327" s="3" t="n">
-        <x:v>0.9775</x:v>
+        <x:v>1.0442</x:v>
       </x:c>
       <x:c r="D1327" s="3" t="n">
-        <x:v>0.9775</x:v>
+        <x:v>1.0442</x:v>
       </x:c>
     </x:row>
     <x:row r="1328" spans="1:8">
       <x:c r="A1328" s="2" t="s">
         <x:v>1331</x:v>
       </x:c>
       <x:c r="B1328" s="3" t="n">
-        <x:v>1.0026</x:v>
+        <x:v>1.0583</x:v>
       </x:c>
       <x:c r="C1328" s="3" t="n">
-        <x:v>1.0026</x:v>
+        <x:v>1.0583</x:v>
       </x:c>
       <x:c r="D1328" s="3" t="n">
-        <x:v>1.0026</x:v>
+        <x:v>1.0583</x:v>
       </x:c>
     </x:row>
     <x:row r="1329" spans="1:8">
       <x:c r="A1329" s="2" t="s">
         <x:v>1332</x:v>
       </x:c>
       <x:c r="B1329" s="3" t="n">
-        <x:v>1.0114</x:v>
+        <x:v>1.0623</x:v>
       </x:c>
       <x:c r="C1329" s="3" t="n">
-        <x:v>1.0114</x:v>
+        <x:v>1.0623</x:v>
       </x:c>
       <x:c r="D1329" s="3" t="n">
-        <x:v>1.0114</x:v>
+        <x:v>1.0623</x:v>
       </x:c>
     </x:row>
     <x:row r="1330" spans="1:8">
       <x:c r="A1330" s="2" t="s">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="B1330" s="3" t="n">
-        <x:v>1.0418</x:v>
+        <x:v>1.0616</x:v>
       </x:c>
       <x:c r="C1330" s="3" t="n">
-        <x:v>1.0418</x:v>
+        <x:v>1.0616</x:v>
       </x:c>
       <x:c r="D1330" s="3" t="n">
-        <x:v>1.0418</x:v>
+        <x:v>1.0616</x:v>
       </x:c>
     </x:row>
     <x:row r="1331" spans="1:8">
       <x:c r="A1331" s="2" t="s">
         <x:v>1334</x:v>
       </x:c>
       <x:c r="B1331" s="3" t="n">
-        <x:v>1.0372</x:v>
+        <x:v>1.0475</x:v>
       </x:c>
       <x:c r="C1331" s="3" t="n">
-        <x:v>1.0372</x:v>
+        <x:v>1.0475</x:v>
       </x:c>
       <x:c r="D1331" s="3" t="n">
-        <x:v>1.0372</x:v>
+        <x:v>1.0475</x:v>
       </x:c>
     </x:row>
     <x:row r="1332" spans="1:8">
       <x:c r="A1332" s="2" t="s">
         <x:v>1335</x:v>
       </x:c>
       <x:c r="B1332" s="3" t="n">
-        <x:v>1.0279</x:v>
+        <x:v>1.0554</x:v>
       </x:c>
       <x:c r="C1332" s="3" t="n">
-        <x:v>1.0279</x:v>
+        <x:v>1.0554</x:v>
       </x:c>
       <x:c r="D1332" s="3" t="n">
-        <x:v>1.0279</x:v>
+        <x:v>1.0554</x:v>
       </x:c>
     </x:row>
     <x:row r="1333" spans="1:8">
       <x:c r="A1333" s="2" t="s">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="B1333" s="3" t="n">
-        <x:v>1.0412</x:v>
+        <x:v>1.0482</x:v>
       </x:c>
       <x:c r="C1333" s="3" t="n">
-        <x:v>1.0412</x:v>
+        <x:v>1.0482</x:v>
       </x:c>
       <x:c r="D1333" s="3" t="n">
-        <x:v>1.0412</x:v>
+        <x:v>1.0482</x:v>
       </x:c>
     </x:row>
     <x:row r="1334" spans="1:8">
       <x:c r="A1334" s="2" t="s">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="B1334" s="3" t="n">
-        <x:v>1.0312</x:v>
+        <x:v>1.0454</x:v>
       </x:c>
       <x:c r="C1334" s="3" t="n">
-        <x:v>1.0312</x:v>
+        <x:v>1.0454</x:v>
       </x:c>
       <x:c r="D1334" s="3" t="n">
-        <x:v>1.0312</x:v>
+        <x:v>1.0454</x:v>
       </x:c>
     </x:row>
     <x:row r="1335" spans="1:8">
       <x:c r="A1335" s="2" t="s">
         <x:v>1338</x:v>
       </x:c>
       <x:c r="B1335" s="3" t="n">
-        <x:v>1.0464</x:v>
+        <x:v>1.0222</x:v>
       </x:c>
       <x:c r="C1335" s="3" t="n">
-        <x:v>1.0464</x:v>
+        <x:v>1.0222</x:v>
       </x:c>
       <x:c r="D1335" s="3" t="n">
-        <x:v>1.0464</x:v>
+        <x:v>1.0222</x:v>
       </x:c>
     </x:row>
     <x:row r="1336" spans="1:8">
       <x:c r="A1336" s="2" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="B1336" s="3" t="n">
-        <x:v>1.0428</x:v>
+        <x:v>1.023</x:v>
       </x:c>
       <x:c r="C1336" s="3" t="n">
-        <x:v>1.0428</x:v>
+        <x:v>1.023</x:v>
       </x:c>
       <x:c r="D1336" s="3" t="n">
-        <x:v>1.0428</x:v>
+        <x:v>1.023</x:v>
       </x:c>
     </x:row>
     <x:row r="1337" spans="1:8">
       <x:c r="A1337" s="2" t="s">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="B1337" s="3" t="n">
-        <x:v>1.033</x:v>
+        <x:v>1.0235</x:v>
       </x:c>
       <x:c r="C1337" s="3" t="n">
-        <x:v>1.033</x:v>
+        <x:v>1.0235</x:v>
       </x:c>
       <x:c r="D1337" s="3" t="n">
-        <x:v>1.033</x:v>
+        <x:v>1.0235</x:v>
       </x:c>
     </x:row>
     <x:row r="1338" spans="1:8">
       <x:c r="A1338" s="2" t="s">
         <x:v>1341</x:v>
       </x:c>
       <x:c r="B1338" s="3" t="n">
-        <x:v>1.0411</x:v>
+        <x:v>0.9953</x:v>
       </x:c>
       <x:c r="C1338" s="3" t="n">
-        <x:v>1.0411</x:v>
+        <x:v>0.9953</x:v>
       </x:c>
       <x:c r="D1338" s="3" t="n">
-        <x:v>1.0411</x:v>
+        <x:v>0.9953</x:v>
       </x:c>
     </x:row>
     <x:row r="1339" spans="1:8">
       <x:c r="A1339" s="2" t="s">
         <x:v>1342</x:v>
       </x:c>
       <x:c r="B1339" s="3" t="n">
-        <x:v>1.0445</x:v>
+        <x:v>0.9939</x:v>
       </x:c>
       <x:c r="C1339" s="3" t="n">
-        <x:v>1.0445</x:v>
+        <x:v>0.9939</x:v>
       </x:c>
       <x:c r="D1339" s="3" t="n">
-        <x:v>1.0445</x:v>
+        <x:v>0.9939</x:v>
       </x:c>
     </x:row>
     <x:row r="1340" spans="1:8">
       <x:c r="A1340" s="2" t="s">
         <x:v>1343</x:v>
       </x:c>
       <x:c r="B1340" s="3" t="n">
-        <x:v>1.0289</x:v>
+        <x:v>0.9847</x:v>
       </x:c>
       <x:c r="C1340" s="3" t="n">
-        <x:v>1.0289</x:v>
+        <x:v>0.9847</x:v>
       </x:c>
       <x:c r="D1340" s="3" t="n">
-        <x:v>1.0289</x:v>
+        <x:v>0.9847</x:v>
       </x:c>
     </x:row>
     <x:row r="1341" spans="1:8">
       <x:c r="A1341" s="2" t="s">
         <x:v>1344</x:v>
       </x:c>
       <x:c r="B1341" s="3" t="n">
-        <x:v>1.0272</x:v>
+        <x:v>0.9932</x:v>
       </x:c>
       <x:c r="C1341" s="3" t="n">
-        <x:v>1.0272</x:v>
+        <x:v>0.9932</x:v>
       </x:c>
       <x:c r="D1341" s="3" t="n">
-        <x:v>1.0272</x:v>
+        <x:v>0.9932</x:v>
       </x:c>
     </x:row>
     <x:row r="1342" spans="1:8">
       <x:c r="A1342" s="2" t="s">
         <x:v>1345</x:v>
       </x:c>
       <x:c r="B1342" s="3" t="n">
-        <x:v>1.0207</x:v>
+        <x:v>0.9775</x:v>
       </x:c>
       <x:c r="C1342" s="3" t="n">
-        <x:v>1.0207</x:v>
+        <x:v>0.9775</x:v>
       </x:c>
       <x:c r="D1342" s="3" t="n">
-        <x:v>1.0207</x:v>
+        <x:v>0.9775</x:v>
       </x:c>
     </x:row>
     <x:row r="1343" spans="1:8">
       <x:c r="A1343" s="2" t="s">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="B1343" s="3" t="n">
-        <x:v>1.0012</x:v>
+        <x:v>1.0026</x:v>
       </x:c>
       <x:c r="C1343" s="3" t="n">
-        <x:v>1.0012</x:v>
+        <x:v>1.0026</x:v>
       </x:c>
       <x:c r="D1343" s="3" t="n">
-        <x:v>1.0012</x:v>
+        <x:v>1.0026</x:v>
       </x:c>
     </x:row>
     <x:row r="1344" spans="1:8">
       <x:c r="A1344" s="2" t="s">
         <x:v>1347</x:v>
       </x:c>
       <x:c r="B1344" s="3" t="n">
-        <x:v>0.9974</x:v>
+        <x:v>1.0114</x:v>
       </x:c>
       <x:c r="C1344" s="3" t="n">
-        <x:v>0.9974</x:v>
+        <x:v>1.0114</x:v>
       </x:c>
       <x:c r="D1344" s="3" t="n">
-        <x:v>0.9974</x:v>
+        <x:v>1.0114</x:v>
       </x:c>
     </x:row>
     <x:row r="1345" spans="1:8">
       <x:c r="A1345" s="2" t="s">
         <x:v>1348</x:v>
       </x:c>
       <x:c r="B1345" s="3" t="n">
-        <x:v>1.0021</x:v>
+        <x:v>1.0418</x:v>
       </x:c>
       <x:c r="C1345" s="3" t="n">
-        <x:v>1.0021</x:v>
+        <x:v>1.0418</x:v>
       </x:c>
       <x:c r="D1345" s="3" t="n">
-        <x:v>1.0021</x:v>
+        <x:v>1.0418</x:v>
       </x:c>
     </x:row>
     <x:row r="1346" spans="1:8">
       <x:c r="A1346" s="2" t="s">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="B1346" s="3" t="n">
-        <x:v>0.9997</x:v>
+        <x:v>1.0372</x:v>
       </x:c>
       <x:c r="C1346" s="3" t="n">
-        <x:v>0.9997</x:v>
+        <x:v>1.0372</x:v>
       </x:c>
       <x:c r="D1346" s="3" t="n">
-        <x:v>0.9997</x:v>
+        <x:v>1.0372</x:v>
       </x:c>
     </x:row>
     <x:row r="1347" spans="1:8">
       <x:c r="A1347" s="2" t="s">
         <x:v>1350</x:v>
       </x:c>
       <x:c r="B1347" s="3" t="n">
-        <x:v>0.9982</x:v>
+        <x:v>1.0279</x:v>
       </x:c>
       <x:c r="C1347" s="3" t="n">
-        <x:v>0.9982</x:v>
+        <x:v>1.0279</x:v>
       </x:c>
       <x:c r="D1347" s="3" t="n">
-        <x:v>0.9982</x:v>
+        <x:v>1.0279</x:v>
       </x:c>
     </x:row>
     <x:row r="1348" spans="1:8">
       <x:c r="A1348" s="2" t="s">
         <x:v>1351</x:v>
       </x:c>
       <x:c r="B1348" s="3" t="n">
-        <x:v>1.0118</x:v>
+        <x:v>1.0412</x:v>
       </x:c>
       <x:c r="C1348" s="3" t="n">
-        <x:v>1.0118</x:v>
+        <x:v>1.0412</x:v>
       </x:c>
       <x:c r="D1348" s="3" t="n">
-        <x:v>1.0118</x:v>
+        <x:v>1.0412</x:v>
       </x:c>
     </x:row>
     <x:row r="1349" spans="1:8">
       <x:c r="A1349" s="2" t="s">
         <x:v>1352</x:v>
       </x:c>
       <x:c r="B1349" s="3" t="n">
-        <x:v>1.0017</x:v>
+        <x:v>1.0312</x:v>
       </x:c>
       <x:c r="C1349" s="3" t="n">
-        <x:v>1.0017</x:v>
+        <x:v>1.0312</x:v>
       </x:c>
       <x:c r="D1349" s="3" t="n">
-        <x:v>1.0017</x:v>
+        <x:v>1.0312</x:v>
       </x:c>
     </x:row>
     <x:row r="1350" spans="1:8">
       <x:c r="A1350" s="2" t="s">
         <x:v>1353</x:v>
       </x:c>
       <x:c r="B1350" s="3" t="n">
-        <x:v>0.9892</x:v>
+        <x:v>1.0464</x:v>
       </x:c>
       <x:c r="C1350" s="3" t="n">
-        <x:v>0.9892</x:v>
+        <x:v>1.0464</x:v>
       </x:c>
       <x:c r="D1350" s="3" t="n">
-        <x:v>0.9892</x:v>
+        <x:v>1.0464</x:v>
       </x:c>
     </x:row>
     <x:row r="1351" spans="1:8">
       <x:c r="A1351" s="2" t="s">
         <x:v>1354</x:v>
       </x:c>
       <x:c r="B1351" s="3" t="n">
+        <x:v>1.0428</x:v>
+      </x:c>
+      <x:c r="C1351" s="3" t="n">
+        <x:v>1.0428</x:v>
+      </x:c>
+      <x:c r="D1351" s="3" t="n">
+        <x:v>1.0428</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1352" spans="1:8">
+      <x:c r="A1352" s="2" t="s">
+        <x:v>1355</x:v>
+      </x:c>
+      <x:c r="B1352" s="3" t="n">
+        <x:v>1.033</x:v>
+      </x:c>
+      <x:c r="C1352" s="3" t="n">
+        <x:v>1.033</x:v>
+      </x:c>
+      <x:c r="D1352" s="3" t="n">
+        <x:v>1.033</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1353" spans="1:8">
+      <x:c r="A1353" s="2" t="s">
+        <x:v>1356</x:v>
+      </x:c>
+      <x:c r="B1353" s="3" t="n">
+        <x:v>1.0411</x:v>
+      </x:c>
+      <x:c r="C1353" s="3" t="n">
+        <x:v>1.0411</x:v>
+      </x:c>
+      <x:c r="D1353" s="3" t="n">
+        <x:v>1.0411</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1354" spans="1:8">
+      <x:c r="A1354" s="2" t="s">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="B1354" s="3" t="n">
+        <x:v>1.0445</x:v>
+      </x:c>
+      <x:c r="C1354" s="3" t="n">
+        <x:v>1.0445</x:v>
+      </x:c>
+      <x:c r="D1354" s="3" t="n">
+        <x:v>1.0445</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1355" spans="1:8">
+      <x:c r="A1355" s="2" t="s">
+        <x:v>1358</x:v>
+      </x:c>
+      <x:c r="B1355" s="3" t="n">
+        <x:v>1.0289</x:v>
+      </x:c>
+      <x:c r="C1355" s="3" t="n">
+        <x:v>1.0289</x:v>
+      </x:c>
+      <x:c r="D1355" s="3" t="n">
+        <x:v>1.0289</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1356" spans="1:8">
+      <x:c r="A1356" s="2" t="s">
+        <x:v>1359</x:v>
+      </x:c>
+      <x:c r="B1356" s="3" t="n">
+        <x:v>1.0272</x:v>
+      </x:c>
+      <x:c r="C1356" s="3" t="n">
+        <x:v>1.0272</x:v>
+      </x:c>
+      <x:c r="D1356" s="3" t="n">
+        <x:v>1.0272</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1357" spans="1:8">
+      <x:c r="A1357" s="2" t="s">
+        <x:v>1360</x:v>
+      </x:c>
+      <x:c r="B1357" s="3" t="n">
+        <x:v>1.0207</x:v>
+      </x:c>
+      <x:c r="C1357" s="3" t="n">
+        <x:v>1.0207</x:v>
+      </x:c>
+      <x:c r="D1357" s="3" t="n">
+        <x:v>1.0207</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1358" spans="1:8">
+      <x:c r="A1358" s="2" t="s">
+        <x:v>1361</x:v>
+      </x:c>
+      <x:c r="B1358" s="3" t="n">
+        <x:v>1.0012</x:v>
+      </x:c>
+      <x:c r="C1358" s="3" t="n">
+        <x:v>1.0012</x:v>
+      </x:c>
+      <x:c r="D1358" s="3" t="n">
+        <x:v>1.0012</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1359" spans="1:8">
+      <x:c r="A1359" s="2" t="s">
+        <x:v>1362</x:v>
+      </x:c>
+      <x:c r="B1359" s="3" t="n">
+        <x:v>0.9974</x:v>
+      </x:c>
+      <x:c r="C1359" s="3" t="n">
+        <x:v>0.9974</x:v>
+      </x:c>
+      <x:c r="D1359" s="3" t="n">
+        <x:v>0.9974</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1360" spans="1:8">
+      <x:c r="A1360" s="2" t="s">
+        <x:v>1363</x:v>
+      </x:c>
+      <x:c r="B1360" s="3" t="n">
+        <x:v>1.0021</x:v>
+      </x:c>
+      <x:c r="C1360" s="3" t="n">
+        <x:v>1.0021</x:v>
+      </x:c>
+      <x:c r="D1360" s="3" t="n">
+        <x:v>1.0021</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1361" spans="1:8">
+      <x:c r="A1361" s="2" t="s">
+        <x:v>1364</x:v>
+      </x:c>
+      <x:c r="B1361" s="3" t="n">
+        <x:v>0.9997</x:v>
+      </x:c>
+      <x:c r="C1361" s="3" t="n">
+        <x:v>0.9997</x:v>
+      </x:c>
+      <x:c r="D1361" s="3" t="n">
+        <x:v>0.9997</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1362" spans="1:8">
+      <x:c r="A1362" s="2" t="s">
+        <x:v>1365</x:v>
+      </x:c>
+      <x:c r="B1362" s="3" t="n">
+        <x:v>0.9982</x:v>
+      </x:c>
+      <x:c r="C1362" s="3" t="n">
+        <x:v>0.9982</x:v>
+      </x:c>
+      <x:c r="D1362" s="3" t="n">
+        <x:v>0.9982</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1363" spans="1:8">
+      <x:c r="A1363" s="2" t="s">
+        <x:v>1366</x:v>
+      </x:c>
+      <x:c r="B1363" s="3" t="n">
+        <x:v>1.0118</x:v>
+      </x:c>
+      <x:c r="C1363" s="3" t="n">
+        <x:v>1.0118</x:v>
+      </x:c>
+      <x:c r="D1363" s="3" t="n">
+        <x:v>1.0118</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1364" spans="1:8">
+      <x:c r="A1364" s="2" t="s">
+        <x:v>1367</x:v>
+      </x:c>
+      <x:c r="B1364" s="3" t="n">
+        <x:v>1.0017</x:v>
+      </x:c>
+      <x:c r="C1364" s="3" t="n">
+        <x:v>1.0017</x:v>
+      </x:c>
+      <x:c r="D1364" s="3" t="n">
+        <x:v>1.0017</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1365" spans="1:8">
+      <x:c r="A1365" s="2" t="s">
+        <x:v>1368</x:v>
+      </x:c>
+      <x:c r="B1365" s="3" t="n">
+        <x:v>0.9892</x:v>
+      </x:c>
+      <x:c r="C1365" s="3" t="n">
+        <x:v>0.9892</x:v>
+      </x:c>
+      <x:c r="D1365" s="3" t="n">
+        <x:v>0.9892</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1366" spans="1:8">
+      <x:c r="A1366" s="2" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="B1366" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C1351" s="2" t="s">
-[...8 lines deleted...]
-        <x:v>1356</x:v>
+      <x:c r="C1366" s="2" t="s">
+        <x:v>1370</x:v>
+      </x:c>
+      <x:c r="D1366" s="2" t="s">
+        <x:v>1370</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1368" spans="1:8">
+      <x:c r="A1368" s="1" t="s">
+        <x:v>1371</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>