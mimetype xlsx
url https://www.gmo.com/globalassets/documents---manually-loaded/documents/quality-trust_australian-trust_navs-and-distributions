--- v4 (2026-02-27)
+++ v5 (2026-03-23)
@@ -1,111 +1,156 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49c88b500568411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/653630dd806a48eab278ddf019ea79f3.psmdcp" Id="R7a2f624e38fd4957" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17aef863f0724242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c11d332722fb47ed872e1034a737a855.psmdcp" Id="R07352945871f4149" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Class A" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1372" uniqueCount="1372">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1387" uniqueCount="1387">
   <x:si>
     <x:t>Quality Trust in AUD | Class A</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Distributions Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Redemption Price</x:t>
   </x:si>
   <x:si>
     <x:t>Application Price</x:t>
   </x:si>
   <x:si>
     <x:t>Distribution</x:t>
   </x:si>
   <x:si>
+    <x:t>03/19/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/26/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2025</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/25/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>06/28/2024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/24/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/23/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2022</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/20/2026</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026</x:t>
   </x:si>
@@ -4520,51 +4565,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H1368"/>
+  <x:dimension ref="A1:H1383"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.680625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="17.350625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.570625" style="0" customWidth="1"/>
     <x:col min="5" max="6" width="9.140625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.950625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="12.240625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G3" s="1" t="s">
         <x:v>2</x:v>
@@ -4573,19146 +4618,19356 @@
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>1.9347</x:v>
+        <x:v>1.8343</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>1.9337</x:v>
+        <x:v>1.8333</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1.9357</x:v>
+        <x:v>1.8352</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
         <x:v>0.0964</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>1.9293</x:v>
+        <x:v>1.8321</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>1.9283</x:v>
+        <x:v>1.8311</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1.9303</x:v>
+        <x:v>1.833</x:v>
       </x:c>
       <x:c r="G6" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>0.051641</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>1.9311</x:v>
+        <x:v>1.8506</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>1.9301</x:v>
+        <x:v>1.8496</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1.9321</x:v>
+        <x:v>1.8515</x:v>
       </x:c>
       <x:c r="G7" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H7" s="5" t="n">
         <x:v>0.01654</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>1.9244</x:v>
+        <x:v>1.856</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>1.9234</x:v>
+        <x:v>1.855</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>1.9254</x:v>
+        <x:v>1.8569</x:v>
       </x:c>
       <x:c r="G8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>0.057015</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>1.9399</x:v>
+        <x:v>1.8493</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>1.9389</x:v>
+        <x:v>1.8483</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>1.9409</x:v>
+        <x:v>1.8502</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H9" s="5" t="n">
         <x:v>0.01194</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>1.9308</x:v>
+        <x:v>1.8434</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>1.9298</x:v>
+        <x:v>1.8424</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>1.9318</x:v>
+        <x:v>1.8443</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>1.9361</x:v>
+        <x:v>1.8566</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>1.9351</x:v>
+        <x:v>1.8556</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>1.9371</x:v>
+        <x:v>1.8575</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>1.9285</x:v>
+        <x:v>1.8585</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>1.9275</x:v>
+        <x:v>1.8575</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>1.9295</x:v>
+        <x:v>1.8594</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>1.9195</x:v>
+        <x:v>1.8876</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>1.9185</x:v>
+        <x:v>1.8866</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>1.9205</x:v>
+        <x:v>1.8885</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>1.9241</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>1.9231</x:v>
+        <x:v>1.889</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>1.9251</x:v>
+        <x:v>1.8909</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>1.9048</x:v>
+        <x:v>1.9103</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>1.9038</x:v>
+        <x:v>1.9093</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1.9058</x:v>
+        <x:v>1.9113</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>1.9292</x:v>
+        <x:v>1.9007</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>1.9282</x:v>
+        <x:v>1.8997</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>1.9302</x:v>
+        <x:v>1.9017</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>1.9467</x:v>
+        <x:v>1.9148</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>1.9457</x:v>
+        <x:v>1.9138</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1.9477</x:v>
+        <x:v>1.9158</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>1.9447</x:v>
+        <x:v>1.9223</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
-        <x:v>1.9437</x:v>
+        <x:v>1.9213</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
-        <x:v>1.9457</x:v>
+        <x:v>1.9233</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>1.9619</x:v>
+        <x:v>1.9256</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>1.9609</x:v>
+        <x:v>1.9246</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
-        <x:v>1.9629</x:v>
+        <x:v>1.9266</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>1.957</x:v>
+        <x:v>1.9347</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
-        <x:v>1.956</x:v>
+        <x:v>1.9337</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
-        <x:v>1.958</x:v>
+        <x:v>1.9357</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>1.9598</x:v>
+        <x:v>1.9293</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>1.9588</x:v>
+        <x:v>1.9283</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
-        <x:v>1.9608</x:v>
+        <x:v>1.9303</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>1.9634</x:v>
+        <x:v>1.9311</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
-        <x:v>1.9624</x:v>
+        <x:v>1.9301</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
-        <x:v>1.9644</x:v>
+        <x:v>1.9321</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>2.0087</x:v>
+        <x:v>1.9244</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>2.0076</x:v>
+        <x:v>1.9234</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
-        <x:v>2.0097</x:v>
+        <x:v>1.9254</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>1.9795</x:v>
+        <x:v>1.9399</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
-        <x:v>1.9785</x:v>
+        <x:v>1.9389</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
-        <x:v>1.9805</x:v>
+        <x:v>1.9409</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>2.0006</x:v>
+        <x:v>1.9308</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>1.9995</x:v>
+        <x:v>1.9298</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
-        <x:v>2.0016</x:v>
+        <x:v>1.9318</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>2.0073</x:v>
+        <x:v>1.9361</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
-        <x:v>2.0062</x:v>
+        <x:v>1.9351</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
-        <x:v>2.0083</x:v>
+        <x:v>1.9371</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>2.0166</x:v>
+        <x:v>1.9285</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>2.0155</x:v>
+        <x:v>1.9275</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
-        <x:v>2.0176</x:v>
+        <x:v>1.9295</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>2.0312</x:v>
+        <x:v>1.9195</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
-        <x:v>2.0301</x:v>
+        <x:v>1.9185</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
-        <x:v>2.0322</x:v>
+        <x:v>1.9205</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>2.0411</x:v>
+        <x:v>1.9241</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>2.04</x:v>
+        <x:v>1.9231</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
-        <x:v>2.0421</x:v>
+        <x:v>1.9251</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>2.0491</x:v>
+        <x:v>1.9048</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
-        <x:v>2.048</x:v>
+        <x:v>1.9038</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
-        <x:v>2.0501</x:v>
+        <x:v>1.9058</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>2.0475</x:v>
+        <x:v>1.9292</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>2.0464</x:v>
+        <x:v>1.9282</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
-        <x:v>2.0485</x:v>
+        <x:v>1.9302</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>2.0774</x:v>
+        <x:v>1.9467</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
-        <x:v>2.0763</x:v>
+        <x:v>1.9457</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
-        <x:v>2.0784</x:v>
+        <x:v>1.9477</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>2.092</x:v>
+        <x:v>1.9447</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>2.0909</x:v>
+        <x:v>1.9437</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
-        <x:v>2.093</x:v>
+        <x:v>1.9457</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>2.0875</x:v>
+        <x:v>1.9619</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
-        <x:v>2.0864</x:v>
+        <x:v>1.9609</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
-        <x:v>2.0885</x:v>
+        <x:v>1.9629</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>2.0928</x:v>
+        <x:v>1.957</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>2.0917</x:v>
+        <x:v>1.956</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
-        <x:v>2.0938</x:v>
+        <x:v>1.958</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>2.0996</x:v>
+        <x:v>1.9598</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
-        <x:v>2.0985</x:v>
+        <x:v>1.9588</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
-        <x:v>2.1006</x:v>
+        <x:v>1.9608</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>2.1033</x:v>
+        <x:v>1.9634</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>2.1022</x:v>
+        <x:v>1.9624</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
-        <x:v>2.1044</x:v>
+        <x:v>1.9644</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>2.1136</x:v>
+        <x:v>2.0087</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
-        <x:v>2.1125</x:v>
+        <x:v>2.0076</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
-        <x:v>2.1147</x:v>
+        <x:v>2.0097</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>2.0934</x:v>
+        <x:v>1.9795</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>2.0923</x:v>
+        <x:v>1.9785</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
-        <x:v>2.0944</x:v>
+        <x:v>1.9805</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>2.0833</x:v>
+        <x:v>2.0006</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
-        <x:v>2.0822</x:v>
+        <x:v>1.9995</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
-        <x:v>2.0843</x:v>
+        <x:v>2.0016</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>2.0907</x:v>
+        <x:v>2.0073</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>2.0896</x:v>
+        <x:v>2.0062</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
-        <x:v>2.0917</x:v>
+        <x:v>2.0083</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>2.0678</x:v>
+        <x:v>2.0166</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
-        <x:v>2.0667</x:v>
+        <x:v>2.0155</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
-        <x:v>2.0688</x:v>
+        <x:v>2.0176</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>2.052</x:v>
+        <x:v>2.0312</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>2.0509</x:v>
+        <x:v>2.0301</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
-        <x:v>2.053</x:v>
+        <x:v>2.0322</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>2.0491</x:v>
+        <x:v>2.0411</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
-        <x:v>2.048</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
-        <x:v>2.0501</x:v>
+        <x:v>2.0421</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>2.0489</x:v>
+        <x:v>2.0491</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>2.0478</x:v>
+        <x:v>2.048</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
-        <x:v>2.0499</x:v>
+        <x:v>2.0501</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>2.0504</x:v>
+        <x:v>2.0475</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
-        <x:v>2.0493</x:v>
+        <x:v>2.0464</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
-        <x:v>2.0514</x:v>
+        <x:v>2.0485</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>2.046</x:v>
+        <x:v>2.0774</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>2.0449</x:v>
+        <x:v>2.0763</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
-        <x:v>2.047</x:v>
+        <x:v>2.0784</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>2.0454</x:v>
+        <x:v>2.092</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
-        <x:v>2.0443</x:v>
+        <x:v>2.0909</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
-        <x:v>2.0464</x:v>
+        <x:v>2.093</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>2.051</x:v>
+        <x:v>2.0875</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>2.0499</x:v>
+        <x:v>2.0864</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
-        <x:v>2.052</x:v>
+        <x:v>2.0885</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>2.0531</x:v>
+        <x:v>2.0928</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
-        <x:v>2.052</x:v>
+        <x:v>2.0917</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
-        <x:v>2.0541</x:v>
+        <x:v>2.0938</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>2.0406</x:v>
+        <x:v>2.0996</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>2.0395</x:v>
+        <x:v>2.0985</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
-        <x:v>2.0416</x:v>
+        <x:v>2.1006</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>2.0268</x:v>
+        <x:v>2.1033</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
-        <x:v>2.0257</x:v>
+        <x:v>2.1022</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
-        <x:v>2.0278</x:v>
+        <x:v>2.1044</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>2.033</x:v>
+        <x:v>2.1136</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>2.0319</x:v>
+        <x:v>2.1125</x:v>
       </x:c>
       <x:c r="D53" s="3" t="n">
-        <x:v>2.034</x:v>
+        <x:v>2.1147</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>2.0413</x:v>
+        <x:v>2.0934</x:v>
       </x:c>
       <x:c r="C54" s="3" t="n">
-        <x:v>2.0402</x:v>
+        <x:v>2.0923</x:v>
       </x:c>
       <x:c r="D54" s="3" t="n">
-        <x:v>2.0423</x:v>
+        <x:v>2.0944</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>2.0429</x:v>
+        <x:v>2.0833</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>2.0418</x:v>
+        <x:v>2.0822</x:v>
       </x:c>
       <x:c r="D55" s="3" t="n">
-        <x:v>2.0439</x:v>
+        <x:v>2.0843</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>2.0496</x:v>
+        <x:v>2.0907</x:v>
       </x:c>
       <x:c r="C56" s="3" t="n">
-        <x:v>2.0485</x:v>
+        <x:v>2.0896</x:v>
       </x:c>
       <x:c r="D56" s="3" t="n">
-        <x:v>2.0506</x:v>
+        <x:v>2.0917</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>2.0487</x:v>
+        <x:v>2.0678</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>2.0476</x:v>
+        <x:v>2.0667</x:v>
       </x:c>
       <x:c r="D57" s="3" t="n">
-        <x:v>2.0497</x:v>
+        <x:v>2.0688</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>2.0327</x:v>
+        <x:v>2.052</x:v>
       </x:c>
       <x:c r="C58" s="3" t="n">
-        <x:v>2.0316</x:v>
+        <x:v>2.0509</x:v>
       </x:c>
       <x:c r="D58" s="3" t="n">
-        <x:v>2.0337</x:v>
+        <x:v>2.053</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>2.0449</x:v>
+        <x:v>2.0491</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>2.0438</x:v>
+        <x:v>2.048</x:v>
       </x:c>
       <x:c r="D59" s="3" t="n">
-        <x:v>2.0459</x:v>
+        <x:v>2.0501</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>2.0425</x:v>
+        <x:v>2.0489</x:v>
       </x:c>
       <x:c r="C60" s="3" t="n">
-        <x:v>2.0414</x:v>
+        <x:v>2.0478</x:v>
       </x:c>
       <x:c r="D60" s="3" t="n">
-        <x:v>2.0435</x:v>
+        <x:v>2.0499</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>2.0404</x:v>
+        <x:v>2.0504</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>2.0393</x:v>
+        <x:v>2.0493</x:v>
       </x:c>
       <x:c r="D61" s="3" t="n">
-        <x:v>2.0414</x:v>
+        <x:v>2.0514</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>2.0502</x:v>
+        <x:v>2.046</x:v>
       </x:c>
       <x:c r="C62" s="3" t="n">
-        <x:v>2.0491</x:v>
+        <x:v>2.0449</x:v>
       </x:c>
       <x:c r="D62" s="3" t="n">
-        <x:v>2.0512</x:v>
+        <x:v>2.047</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>2.049</x:v>
+        <x:v>2.0454</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>2.0479</x:v>
+        <x:v>2.0443</x:v>
       </x:c>
       <x:c r="D63" s="3" t="n">
-        <x:v>2.05</x:v>
+        <x:v>2.0464</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>2.0496</x:v>
+        <x:v>2.051</x:v>
       </x:c>
       <x:c r="C64" s="3" t="n">
-        <x:v>2.0485</x:v>
+        <x:v>2.0499</x:v>
       </x:c>
       <x:c r="D64" s="3" t="n">
-        <x:v>2.0506</x:v>
+        <x:v>2.052</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>2.0624</x:v>
+        <x:v>2.0531</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>2.0613</x:v>
+        <x:v>2.052</x:v>
       </x:c>
       <x:c r="D65" s="3" t="n">
-        <x:v>2.0634</x:v>
+        <x:v>2.0541</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>2.0599</x:v>
+        <x:v>2.0406</x:v>
       </x:c>
       <x:c r="C66" s="3" t="n">
-        <x:v>2.0588</x:v>
+        <x:v>2.0395</x:v>
       </x:c>
       <x:c r="D66" s="3" t="n">
-        <x:v>2.0609</x:v>
+        <x:v>2.0416</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>2.0674</x:v>
+        <x:v>2.0268</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>2.0663</x:v>
+        <x:v>2.0257</x:v>
       </x:c>
       <x:c r="D67" s="3" t="n">
-        <x:v>2.0684</x:v>
+        <x:v>2.0278</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>2.0773</x:v>
+        <x:v>2.033</x:v>
       </x:c>
       <x:c r="C68" s="3" t="n">
-        <x:v>2.0762</x:v>
+        <x:v>2.0319</x:v>
       </x:c>
       <x:c r="D68" s="3" t="n">
-        <x:v>2.0783</x:v>
+        <x:v>2.034</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>2.0435</x:v>
+        <x:v>2.0413</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>2.0424</x:v>
+        <x:v>2.0402</x:v>
       </x:c>
       <x:c r="D69" s="3" t="n">
-        <x:v>2.0445</x:v>
+        <x:v>2.0423</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>2.0283</x:v>
+        <x:v>2.0429</x:v>
       </x:c>
       <x:c r="C70" s="3" t="n">
-        <x:v>2.0272</x:v>
+        <x:v>2.0418</x:v>
       </x:c>
       <x:c r="D70" s="3" t="n">
-        <x:v>2.0293</x:v>
+        <x:v>2.0439</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>1.9956</x:v>
+        <x:v>2.0496</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>1.9946</x:v>
+        <x:v>2.0485</x:v>
       </x:c>
       <x:c r="D71" s="3" t="n">
-        <x:v>1.9966</x:v>
+        <x:v>2.0506</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>2.0139</x:v>
+        <x:v>2.0487</x:v>
       </x:c>
       <x:c r="C72" s="3" t="n">
-        <x:v>2.0128</x:v>
+        <x:v>2.0476</x:v>
       </x:c>
       <x:c r="D72" s="3" t="n">
-        <x:v>2.0149</x:v>
+        <x:v>2.0497</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>2.0039</x:v>
+        <x:v>2.0327</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>2.0028</x:v>
+        <x:v>2.0316</x:v>
       </x:c>
       <x:c r="D73" s="3" t="n">
-        <x:v>2.0049</x:v>
+        <x:v>2.0337</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>2.0141</x:v>
+        <x:v>2.0449</x:v>
       </x:c>
       <x:c r="C74" s="3" t="n">
-        <x:v>2.013</x:v>
+        <x:v>2.0438</x:v>
       </x:c>
       <x:c r="D74" s="3" t="n">
-        <x:v>2.0151</x:v>
+        <x:v>2.0459</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>2.0104</x:v>
+        <x:v>2.0425</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>2.0093</x:v>
+        <x:v>2.0414</x:v>
       </x:c>
       <x:c r="D75" s="3" t="n">
-        <x:v>2.0114</x:v>
+        <x:v>2.0435</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>2.0239</x:v>
+        <x:v>2.0404</x:v>
       </x:c>
       <x:c r="C76" s="3" t="n">
-        <x:v>2.0228</x:v>
+        <x:v>2.0393</x:v>
       </x:c>
       <x:c r="D76" s="3" t="n">
-        <x:v>2.0249</x:v>
+        <x:v>2.0414</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>2.0506</x:v>
+        <x:v>2.0502</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>2.0495</x:v>
+        <x:v>2.0491</x:v>
       </x:c>
       <x:c r="D77" s="3" t="n">
-        <x:v>2.0516</x:v>
+        <x:v>2.0512</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>2.0488</x:v>
+        <x:v>2.049</x:v>
       </x:c>
       <x:c r="C78" s="3" t="n">
-        <x:v>2.0477</x:v>
+        <x:v>2.0479</x:v>
       </x:c>
       <x:c r="D78" s="3" t="n">
-        <x:v>2.0498</x:v>
+        <x:v>2.05</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>2.036</x:v>
+        <x:v>2.0496</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>2.0349</x:v>
+        <x:v>2.0485</x:v>
       </x:c>
       <x:c r="D79" s="3" t="n">
-        <x:v>2.037</x:v>
+        <x:v>2.0506</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>2.027</x:v>
+        <x:v>2.0624</x:v>
       </x:c>
       <x:c r="C80" s="3" t="n">
-        <x:v>2.0259</x:v>
+        <x:v>2.0613</x:v>
       </x:c>
       <x:c r="D80" s="3" t="n">
-        <x:v>2.028</x:v>
+        <x:v>2.0634</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>2.0259</x:v>
+        <x:v>2.0599</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>2.0248</x:v>
+        <x:v>2.0588</x:v>
       </x:c>
       <x:c r="D81" s="3" t="n">
-        <x:v>2.0269</x:v>
+        <x:v>2.0609</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>2.0362</x:v>
+        <x:v>2.0674</x:v>
       </x:c>
       <x:c r="C82" s="3" t="n">
-        <x:v>2.0351</x:v>
+        <x:v>2.0663</x:v>
       </x:c>
       <x:c r="D82" s="3" t="n">
-        <x:v>2.0372</x:v>
+        <x:v>2.0684</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>2.0275</x:v>
+        <x:v>2.0773</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>2.0264</x:v>
+        <x:v>2.0762</x:v>
       </x:c>
       <x:c r="D83" s="3" t="n">
-        <x:v>2.0285</x:v>
+        <x:v>2.0783</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>2.0346</x:v>
+        <x:v>2.0435</x:v>
       </x:c>
       <x:c r="C84" s="3" t="n">
-        <x:v>2.0335</x:v>
+        <x:v>2.0424</x:v>
       </x:c>
       <x:c r="D84" s="3" t="n">
-        <x:v>2.0356</x:v>
+        <x:v>2.0445</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>2.0245</x:v>
+        <x:v>2.0283</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>2.0234</x:v>
+        <x:v>2.0272</x:v>
       </x:c>
       <x:c r="D85" s="3" t="n">
-        <x:v>2.0255</x:v>
+        <x:v>2.0293</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>2.0261</x:v>
+        <x:v>1.9956</x:v>
       </x:c>
       <x:c r="C86" s="3" t="n">
-        <x:v>2.025</x:v>
+        <x:v>1.9946</x:v>
       </x:c>
       <x:c r="D86" s="3" t="n">
-        <x:v>2.0271</x:v>
+        <x:v>1.9966</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>2.0308</x:v>
+        <x:v>2.0139</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>2.0297</x:v>
+        <x:v>2.0128</x:v>
       </x:c>
       <x:c r="D87" s="3" t="n">
-        <x:v>2.0318</x:v>
+        <x:v>2.0149</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>2.0455</x:v>
+        <x:v>2.0039</x:v>
       </x:c>
       <x:c r="C88" s="3" t="n">
-        <x:v>2.0444</x:v>
+        <x:v>2.0028</x:v>
       </x:c>
       <x:c r="D88" s="3" t="n">
-        <x:v>2.0465</x:v>
+        <x:v>2.0049</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>2.0596</x:v>
+        <x:v>2.0141</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>2.0585</x:v>
+        <x:v>2.013</x:v>
       </x:c>
       <x:c r="D89" s="3" t="n">
-        <x:v>2.0606</x:v>
+        <x:v>2.0151</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>2.0583</x:v>
+        <x:v>2.0104</x:v>
       </x:c>
       <x:c r="C90" s="3" t="n">
-        <x:v>2.0572</x:v>
+        <x:v>2.0093</x:v>
       </x:c>
       <x:c r="D90" s="3" t="n">
-        <x:v>2.0593</x:v>
+        <x:v>2.0114</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>2.0462</x:v>
+        <x:v>2.0239</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>2.0451</x:v>
+        <x:v>2.0228</x:v>
       </x:c>
       <x:c r="D91" s="3" t="n">
-        <x:v>2.0472</x:v>
+        <x:v>2.0249</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>2.0483</x:v>
+        <x:v>2.0506</x:v>
       </x:c>
       <x:c r="C92" s="3" t="n">
-        <x:v>2.0472</x:v>
+        <x:v>2.0495</x:v>
       </x:c>
       <x:c r="D92" s="3" t="n">
-        <x:v>2.0493</x:v>
+        <x:v>2.0516</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>2.0553</x:v>
+        <x:v>2.0488</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>2.0542</x:v>
+        <x:v>2.0477</x:v>
       </x:c>
       <x:c r="D93" s="3" t="n">
-        <x:v>2.0563</x:v>
+        <x:v>2.0498</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>2.0465</x:v>
+        <x:v>2.036</x:v>
       </x:c>
       <x:c r="C94" s="3" t="n">
-        <x:v>2.0454</x:v>
+        <x:v>2.0349</x:v>
       </x:c>
       <x:c r="D94" s="3" t="n">
-        <x:v>2.0475</x:v>
+        <x:v>2.037</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>2.0256</x:v>
+        <x:v>2.027</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>2.0245</x:v>
+        <x:v>2.0259</x:v>
       </x:c>
       <x:c r="D95" s="3" t="n">
-        <x:v>2.0266</x:v>
+        <x:v>2.028</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>2.0177</x:v>
+        <x:v>2.0259</x:v>
       </x:c>
       <x:c r="C96" s="3" t="n">
-        <x:v>2.0166</x:v>
+        <x:v>2.0248</x:v>
       </x:c>
       <x:c r="D96" s="3" t="n">
-        <x:v>2.0187</x:v>
+        <x:v>2.0269</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>2.0113</x:v>
+        <x:v>2.0362</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>2.0102</x:v>
+        <x:v>2.0351</x:v>
       </x:c>
       <x:c r="D97" s="3" t="n">
-        <x:v>2.0123</x:v>
+        <x:v>2.0372</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>2.006</x:v>
+        <x:v>2.0275</x:v>
       </x:c>
       <x:c r="C98" s="3" t="n">
-        <x:v>2.0049</x:v>
+        <x:v>2.0264</x:v>
       </x:c>
       <x:c r="D98" s="3" t="n">
-        <x:v>2.007</x:v>
+        <x:v>2.0285</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>1.9967</x:v>
+        <x:v>2.0346</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>1.9957</x:v>
+        <x:v>2.0335</x:v>
       </x:c>
       <x:c r="D99" s="3" t="n">
-        <x:v>1.9977</x:v>
+        <x:v>2.0356</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>1.9675</x:v>
+        <x:v>2.0245</x:v>
       </x:c>
       <x:c r="C100" s="3" t="n">
-        <x:v>1.9665</x:v>
+        <x:v>2.0234</x:v>
       </x:c>
       <x:c r="D100" s="3" t="n">
-        <x:v>1.9685</x:v>
+        <x:v>2.0255</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>2.0027</x:v>
+        <x:v>2.0261</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>2.0016</x:v>
+        <x:v>2.025</x:v>
       </x:c>
       <x:c r="D101" s="3" t="n">
-        <x:v>2.0037</x:v>
+        <x:v>2.0271</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>2.0004</x:v>
+        <x:v>2.0308</x:v>
       </x:c>
       <x:c r="C102" s="3" t="n">
-        <x:v>1.9993</x:v>
+        <x:v>2.0297</x:v>
       </x:c>
       <x:c r="D102" s="3" t="n">
-        <x:v>2.0014</x:v>
+        <x:v>2.0318</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>1.9895</x:v>
+        <x:v>2.0455</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>1.9885</x:v>
+        <x:v>2.0444</x:v>
       </x:c>
       <x:c r="D103" s="3" t="n">
-        <x:v>1.9905</x:v>
+        <x:v>2.0465</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>1.9886</x:v>
+        <x:v>2.0596</x:v>
       </x:c>
       <x:c r="C104" s="3" t="n">
-        <x:v>1.9876</x:v>
+        <x:v>2.0585</x:v>
       </x:c>
       <x:c r="D104" s="3" t="n">
-        <x:v>1.9896</x:v>
+        <x:v>2.0606</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>1.9838</x:v>
+        <x:v>2.0583</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>1.9828</x:v>
+        <x:v>2.0572</x:v>
       </x:c>
       <x:c r="D105" s="3" t="n">
-        <x:v>1.9848</x:v>
+        <x:v>2.0593</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>1.9646</x:v>
+        <x:v>2.0462</x:v>
       </x:c>
       <x:c r="C106" s="3" t="n">
-        <x:v>1.9636</x:v>
+        <x:v>2.0451</x:v>
       </x:c>
       <x:c r="D106" s="3" t="n">
-        <x:v>1.9656</x:v>
+        <x:v>2.0472</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>1.9409</x:v>
+        <x:v>2.0483</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>1.9399</x:v>
+        <x:v>2.0472</x:v>
       </x:c>
       <x:c r="D107" s="3" t="n">
-        <x:v>1.9419</x:v>
+        <x:v>2.0493</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>1.9457</x:v>
+        <x:v>2.0553</x:v>
       </x:c>
       <x:c r="C108" s="3" t="n">
-        <x:v>1.9447</x:v>
+        <x:v>2.0542</x:v>
       </x:c>
       <x:c r="D108" s="3" t="n">
-        <x:v>1.9467</x:v>
+        <x:v>2.0563</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>1.95</x:v>
+        <x:v>2.0465</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>1.949</x:v>
+        <x:v>2.0454</x:v>
       </x:c>
       <x:c r="D109" s="3" t="n">
-        <x:v>1.951</x:v>
+        <x:v>2.0475</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>1.9422</x:v>
+        <x:v>2.0256</x:v>
       </x:c>
       <x:c r="C110" s="3" t="n">
-        <x:v>1.9412</x:v>
+        <x:v>2.0245</x:v>
       </x:c>
       <x:c r="D110" s="3" t="n">
-        <x:v>1.9432</x:v>
+        <x:v>2.0266</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>1.9508</x:v>
+        <x:v>2.0177</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>1.9498</x:v>
+        <x:v>2.0166</x:v>
       </x:c>
       <x:c r="D111" s="3" t="n">
-        <x:v>1.9518</x:v>
+        <x:v>2.0187</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>1.9533</x:v>
+        <x:v>2.0113</x:v>
       </x:c>
       <x:c r="C112" s="3" t="n">
-        <x:v>1.9523</x:v>
+        <x:v>2.0102</x:v>
       </x:c>
       <x:c r="D112" s="3" t="n">
-        <x:v>1.9543</x:v>
+        <x:v>2.0123</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>1.9647</x:v>
+        <x:v>2.006</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>1.9637</x:v>
+        <x:v>2.0049</x:v>
       </x:c>
       <x:c r="D113" s="3" t="n">
-        <x:v>1.9657</x:v>
+        <x:v>2.007</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>1.9555</x:v>
+        <x:v>1.9967</x:v>
       </x:c>
       <x:c r="C114" s="3" t="n">
-        <x:v>1.9545</x:v>
+        <x:v>1.9957</x:v>
       </x:c>
       <x:c r="D114" s="3" t="n">
-        <x:v>1.9565</x:v>
+        <x:v>1.9977</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>1.9418</x:v>
+        <x:v>1.9675</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>1.9408</x:v>
+        <x:v>1.9665</x:v>
       </x:c>
       <x:c r="D115" s="3" t="n">
-        <x:v>1.9428</x:v>
+        <x:v>1.9685</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>1.9174</x:v>
+        <x:v>2.0027</x:v>
       </x:c>
       <x:c r="C116" s="3" t="n">
-        <x:v>1.9164</x:v>
+        <x:v>2.0016</x:v>
       </x:c>
       <x:c r="D116" s="3" t="n">
-        <x:v>1.9184</x:v>
+        <x:v>2.0037</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>1.9161</x:v>
+        <x:v>2.0004</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>1.9151</x:v>
+        <x:v>1.9993</x:v>
       </x:c>
       <x:c r="D117" s="3" t="n">
-        <x:v>1.9171</x:v>
+        <x:v>2.0014</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>1.9195</x:v>
+        <x:v>1.9895</x:v>
       </x:c>
       <x:c r="C118" s="3" t="n">
-        <x:v>1.9185</x:v>
+        <x:v>1.9885</x:v>
       </x:c>
       <x:c r="D118" s="3" t="n">
-        <x:v>1.9205</x:v>
+        <x:v>1.9905</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>1.918</x:v>
+        <x:v>1.9886</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>1.917</x:v>
+        <x:v>1.9876</x:v>
       </x:c>
       <x:c r="D119" s="3" t="n">
-        <x:v>1.919</x:v>
+        <x:v>1.9896</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>1.9224</x:v>
+        <x:v>1.9838</x:v>
       </x:c>
       <x:c r="C120" s="3" t="n">
-        <x:v>1.9214</x:v>
+        <x:v>1.9828</x:v>
       </x:c>
       <x:c r="D120" s="3" t="n">
-        <x:v>1.9234</x:v>
+        <x:v>1.9848</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>1.9167</x:v>
+        <x:v>1.9646</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>1.9157</x:v>
+        <x:v>1.9636</x:v>
       </x:c>
       <x:c r="D121" s="3" t="n">
-        <x:v>1.9177</x:v>
+        <x:v>1.9656</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>1.9133</x:v>
+        <x:v>1.9409</x:v>
       </x:c>
       <x:c r="C122" s="3" t="n">
-        <x:v>1.9123</x:v>
+        <x:v>1.9399</x:v>
       </x:c>
       <x:c r="D122" s="3" t="n">
-        <x:v>1.9143</x:v>
+        <x:v>1.9419</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>1.9077</x:v>
+        <x:v>1.9457</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>1.9067</x:v>
+        <x:v>1.9447</x:v>
       </x:c>
       <x:c r="D123" s="3" t="n">
-        <x:v>1.9087</x:v>
+        <x:v>1.9467</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>1.9115</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C124" s="3" t="n">
-        <x:v>1.9105</x:v>
+        <x:v>1.949</x:v>
       </x:c>
       <x:c r="D124" s="3" t="n">
-        <x:v>1.9125</x:v>
+        <x:v>1.951</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>1.9167</x:v>
+        <x:v>1.9422</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>1.9157</x:v>
+        <x:v>1.9412</x:v>
       </x:c>
       <x:c r="D125" s="3" t="n">
-        <x:v>1.9177</x:v>
+        <x:v>1.9432</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>1.9014</x:v>
+        <x:v>1.9508</x:v>
       </x:c>
       <x:c r="C126" s="3" t="n">
-        <x:v>1.9004</x:v>
+        <x:v>1.9498</x:v>
       </x:c>
       <x:c r="D126" s="3" t="n">
-        <x:v>1.9024</x:v>
+        <x:v>1.9518</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>1.8973</x:v>
+        <x:v>1.9533</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>1.8963</x:v>
+        <x:v>1.9523</x:v>
       </x:c>
       <x:c r="D127" s="3" t="n">
-        <x:v>1.8982</x:v>
+        <x:v>1.9543</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>1.903</x:v>
+        <x:v>1.9647</x:v>
       </x:c>
       <x:c r="C128" s="3" t="n">
-        <x:v>1.902</x:v>
+        <x:v>1.9637</x:v>
       </x:c>
       <x:c r="D128" s="3" t="n">
-        <x:v>1.904</x:v>
+        <x:v>1.9657</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>1.9059</x:v>
+        <x:v>1.9555</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>1.9049</x:v>
+        <x:v>1.9545</x:v>
       </x:c>
       <x:c r="D129" s="3" t="n">
-        <x:v>1.9069</x:v>
+        <x:v>1.9565</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>1.9185</x:v>
+        <x:v>1.9418</x:v>
       </x:c>
       <x:c r="C130" s="3" t="n">
-        <x:v>1.9175</x:v>
+        <x:v>1.9408</x:v>
       </x:c>
       <x:c r="D130" s="3" t="n">
-        <x:v>1.9195</x:v>
+        <x:v>1.9428</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>1.9242</x:v>
+        <x:v>1.9174</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>1.9232</x:v>
+        <x:v>1.9164</x:v>
       </x:c>
       <x:c r="D131" s="3" t="n">
-        <x:v>1.9252</x:v>
+        <x:v>1.9184</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
+        <x:v>1.9161</x:v>
+      </x:c>
+      <x:c r="C132" s="3" t="n">
         <x:v>1.9151</x:v>
       </x:c>
-      <x:c r="C132" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D132" s="3" t="n">
-        <x:v>1.9161</x:v>
+        <x:v>1.9171</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>1.9174</x:v>
+        <x:v>1.9195</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>1.9164</x:v>
+        <x:v>1.9185</x:v>
       </x:c>
       <x:c r="D133" s="3" t="n">
-        <x:v>1.9184</x:v>
+        <x:v>1.9205</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>1.9262</x:v>
+        <x:v>1.918</x:v>
       </x:c>
       <x:c r="C134" s="3" t="n">
-        <x:v>1.9252</x:v>
+        <x:v>1.917</x:v>
       </x:c>
       <x:c r="D134" s="3" t="n">
-        <x:v>1.9272</x:v>
+        <x:v>1.919</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>1.9206</x:v>
+        <x:v>1.9224</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>1.9196</x:v>
+        <x:v>1.9214</x:v>
       </x:c>
       <x:c r="D135" s="3" t="n">
-        <x:v>1.9216</x:v>
+        <x:v>1.9234</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>1.9272</x:v>
+        <x:v>1.9167</x:v>
       </x:c>
       <x:c r="C136" s="3" t="n">
-        <x:v>1.9262</x:v>
+        <x:v>1.9157</x:v>
       </x:c>
       <x:c r="D136" s="3" t="n">
-        <x:v>1.9282</x:v>
+        <x:v>1.9177</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>1.9212</x:v>
+        <x:v>1.9133</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>1.9202</x:v>
+        <x:v>1.9123</x:v>
       </x:c>
       <x:c r="D137" s="3" t="n">
-        <x:v>1.9222</x:v>
+        <x:v>1.9143</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>1.9161</x:v>
+        <x:v>1.9077</x:v>
       </x:c>
       <x:c r="C138" s="3" t="n">
-        <x:v>1.9151</x:v>
+        <x:v>1.9067</x:v>
       </x:c>
       <x:c r="D138" s="3" t="n">
-        <x:v>1.9171</x:v>
+        <x:v>1.9087</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>1.9098</x:v>
+        <x:v>1.9115</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>1.9088</x:v>
+        <x:v>1.9105</x:v>
       </x:c>
       <x:c r="D139" s="3" t="n">
-        <x:v>1.9108</x:v>
+        <x:v>1.9125</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>1.909</x:v>
+        <x:v>1.9167</x:v>
       </x:c>
       <x:c r="C140" s="3" t="n">
-        <x:v>1.908</x:v>
+        <x:v>1.9157</x:v>
       </x:c>
       <x:c r="D140" s="3" t="n">
-        <x:v>1.91</x:v>
+        <x:v>1.9177</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>1.8922</x:v>
+        <x:v>1.9014</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>1.8912</x:v>
+        <x:v>1.9004</x:v>
       </x:c>
       <x:c r="D141" s="3" t="n">
-        <x:v>1.8931</x:v>
+        <x:v>1.9024</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>1.8924</x:v>
+        <x:v>1.8973</x:v>
       </x:c>
       <x:c r="C142" s="3" t="n">
-        <x:v>1.8914</x:v>
+        <x:v>1.8963</x:v>
       </x:c>
       <x:c r="D142" s="3" t="n">
-        <x:v>1.8933</x:v>
+        <x:v>1.8982</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>1.8777</x:v>
+        <x:v>1.903</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>1.8767</x:v>
+        <x:v>1.902</x:v>
       </x:c>
       <x:c r="D143" s="3" t="n">
-        <x:v>1.8786</x:v>
+        <x:v>1.904</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>1.8789</x:v>
+        <x:v>1.9059</x:v>
       </x:c>
       <x:c r="C144" s="3" t="n">
-        <x:v>1.8779</x:v>
+        <x:v>1.9049</x:v>
       </x:c>
       <x:c r="D144" s="3" t="n">
-        <x:v>1.8798</x:v>
+        <x:v>1.9069</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>1.8755</x:v>
+        <x:v>1.9185</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>1.8745</x:v>
+        <x:v>1.9175</x:v>
       </x:c>
       <x:c r="D145" s="3" t="n">
-        <x:v>1.8764</x:v>
+        <x:v>1.9195</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>1.8693</x:v>
+        <x:v>1.9242</x:v>
       </x:c>
       <x:c r="C146" s="3" t="n">
-        <x:v>1.8683</x:v>
+        <x:v>1.9232</x:v>
       </x:c>
       <x:c r="D146" s="3" t="n">
-        <x:v>1.8702</x:v>
+        <x:v>1.9252</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>1.8738</x:v>
+        <x:v>1.9151</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>1.8728</x:v>
+        <x:v>1.9141</x:v>
       </x:c>
       <x:c r="D147" s="3" t="n">
-        <x:v>1.8747</x:v>
+        <x:v>1.9161</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>1.8537</x:v>
+        <x:v>1.9174</x:v>
       </x:c>
       <x:c r="C148" s="3" t="n">
-        <x:v>1.8527</x:v>
+        <x:v>1.9164</x:v>
       </x:c>
       <x:c r="D148" s="3" t="n">
-        <x:v>1.8546</x:v>
+        <x:v>1.9184</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>1.8866</x:v>
+        <x:v>1.9262</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>1.8856</x:v>
+        <x:v>1.9252</x:v>
       </x:c>
       <x:c r="D149" s="3" t="n">
-        <x:v>1.8875</x:v>
+        <x:v>1.9272</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>1.8957</x:v>
+        <x:v>1.9206</x:v>
       </x:c>
       <x:c r="C150" s="3" t="n">
-        <x:v>1.8947</x:v>
+        <x:v>1.9196</x:v>
       </x:c>
       <x:c r="D150" s="3" t="n">
-        <x:v>1.8966</x:v>
+        <x:v>1.9216</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>1.883</x:v>
+        <x:v>1.9272</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>1.882</x:v>
+        <x:v>1.9262</x:v>
       </x:c>
       <x:c r="D151" s="3" t="n">
-        <x:v>1.8839</x:v>
+        <x:v>1.9282</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>1.8867</x:v>
+        <x:v>1.9212</x:v>
       </x:c>
       <x:c r="C152" s="3" t="n">
-        <x:v>1.8857</x:v>
+        <x:v>1.9202</x:v>
       </x:c>
       <x:c r="D152" s="3" t="n">
-        <x:v>1.8876</x:v>
+        <x:v>1.9222</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>1.8817</x:v>
+        <x:v>1.9161</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>1.8807</x:v>
+        <x:v>1.9151</x:v>
       </x:c>
       <x:c r="D153" s="3" t="n">
-        <x:v>1.8826</x:v>
+        <x:v>1.9171</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>1.8644</x:v>
+        <x:v>1.9098</x:v>
       </x:c>
       <x:c r="C154" s="3" t="n">
-        <x:v>1.8634</x:v>
+        <x:v>1.9088</x:v>
       </x:c>
       <x:c r="D154" s="3" t="n">
-        <x:v>1.8653</x:v>
+        <x:v>1.9108</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>1.8723</x:v>
+        <x:v>1.909</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>1.8713</x:v>
+        <x:v>1.908</x:v>
       </x:c>
       <x:c r="D155" s="3" t="n">
-        <x:v>1.8732</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>1.8783</x:v>
+        <x:v>1.8922</x:v>
       </x:c>
       <x:c r="C156" s="3" t="n">
-        <x:v>1.8773</x:v>
+        <x:v>1.8912</x:v>
       </x:c>
       <x:c r="D156" s="3" t="n">
-        <x:v>1.8792</x:v>
+        <x:v>1.8931</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>1.8804</x:v>
+        <x:v>1.8924</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>1.8794</x:v>
+        <x:v>1.8914</x:v>
       </x:c>
       <x:c r="D157" s="3" t="n">
-        <x:v>1.8813</x:v>
+        <x:v>1.8933</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>1.8785</x:v>
+        <x:v>1.8777</x:v>
       </x:c>
       <x:c r="C158" s="3" t="n">
-        <x:v>1.8775</x:v>
+        <x:v>1.8767</x:v>
       </x:c>
       <x:c r="D158" s="3" t="n">
-        <x:v>1.8794</x:v>
+        <x:v>1.8786</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>1.8921</x:v>
+        <x:v>1.8789</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>1.8911</x:v>
+        <x:v>1.8779</x:v>
       </x:c>
       <x:c r="D159" s="3" t="n">
-        <x:v>1.893</x:v>
+        <x:v>1.8798</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>1.8851</x:v>
+        <x:v>1.8755</x:v>
       </x:c>
       <x:c r="C160" s="3" t="n">
-        <x:v>1.8841</x:v>
+        <x:v>1.8745</x:v>
       </x:c>
       <x:c r="D160" s="3" t="n">
-        <x:v>1.886</x:v>
+        <x:v>1.8764</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>1.8768</x:v>
+        <x:v>1.8693</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>1.8758</x:v>
+        <x:v>1.8683</x:v>
       </x:c>
       <x:c r="D161" s="3" t="n">
-        <x:v>1.8777</x:v>
+        <x:v>1.8702</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>1.8762</x:v>
+        <x:v>1.8738</x:v>
       </x:c>
       <x:c r="C162" s="3" t="n">
-        <x:v>1.8752</x:v>
+        <x:v>1.8728</x:v>
       </x:c>
       <x:c r="D162" s="3" t="n">
-        <x:v>1.8771</x:v>
+        <x:v>1.8747</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>1.8759</x:v>
+        <x:v>1.8537</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>1.8749</x:v>
+        <x:v>1.8527</x:v>
       </x:c>
       <x:c r="D163" s="3" t="n">
-        <x:v>1.8768</x:v>
+        <x:v>1.8546</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>1.8916</x:v>
+        <x:v>1.8866</x:v>
       </x:c>
       <x:c r="C164" s="3" t="n">
-        <x:v>1.8906</x:v>
+        <x:v>1.8856</x:v>
       </x:c>
       <x:c r="D164" s="3" t="n">
-        <x:v>1.8925</x:v>
+        <x:v>1.8875</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>1.8961</x:v>
+        <x:v>1.8957</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>1.8951</x:v>
+        <x:v>1.8947</x:v>
       </x:c>
       <x:c r="D165" s="3" t="n">
-        <x:v>1.897</x:v>
+        <x:v>1.8966</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>1.8943</x:v>
+        <x:v>1.883</x:v>
       </x:c>
       <x:c r="C166" s="3" t="n">
-        <x:v>1.8933</x:v>
+        <x:v>1.882</x:v>
       </x:c>
       <x:c r="D166" s="3" t="n">
-        <x:v>1.8952</x:v>
+        <x:v>1.8839</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>1.8933</x:v>
+        <x:v>1.8867</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>1.8923</x:v>
+        <x:v>1.8857</x:v>
       </x:c>
       <x:c r="D167" s="3" t="n">
-        <x:v>1.8942</x:v>
+        <x:v>1.8876</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>1.8956</x:v>
+        <x:v>1.8817</x:v>
       </x:c>
       <x:c r="C168" s="3" t="n">
-        <x:v>1.8946</x:v>
+        <x:v>1.8807</x:v>
       </x:c>
       <x:c r="D168" s="3" t="n">
-        <x:v>1.8965</x:v>
+        <x:v>1.8826</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>1.8926</x:v>
+        <x:v>1.8644</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>1.8916</x:v>
+        <x:v>1.8634</x:v>
       </x:c>
       <x:c r="D169" s="3" t="n">
-        <x:v>1.8935</x:v>
+        <x:v>1.8653</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>1.8787</x:v>
+        <x:v>1.8723</x:v>
       </x:c>
       <x:c r="C170" s="3" t="n">
-        <x:v>1.8777</x:v>
+        <x:v>1.8713</x:v>
       </x:c>
       <x:c r="D170" s="3" t="n">
-        <x:v>1.8796</x:v>
+        <x:v>1.8732</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>1.8732</x:v>
+        <x:v>1.8783</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>1.8722</x:v>
+        <x:v>1.8773</x:v>
       </x:c>
       <x:c r="D171" s="3" t="n">
-        <x:v>1.8741</x:v>
+        <x:v>1.8792</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>1.87</x:v>
+        <x:v>1.8804</x:v>
       </x:c>
       <x:c r="C172" s="3" t="n">
-        <x:v>1.869</x:v>
+        <x:v>1.8794</x:v>
       </x:c>
       <x:c r="D172" s="3" t="n">
-        <x:v>1.8709</x:v>
+        <x:v>1.8813</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>1.9659</x:v>
+        <x:v>1.8785</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>1.9649</x:v>
+        <x:v>1.8775</x:v>
       </x:c>
       <x:c r="D173" s="3" t="n">
-        <x:v>1.9669</x:v>
+        <x:v>1.8794</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>1.9476</x:v>
+        <x:v>1.8921</x:v>
       </x:c>
       <x:c r="C174" s="3" t="n">
-        <x:v>1.9466</x:v>
+        <x:v>1.8911</x:v>
       </x:c>
       <x:c r="D174" s="3" t="n">
-        <x:v>1.9486</x:v>
+        <x:v>1.893</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>1.9517</x:v>
+        <x:v>1.8851</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>1.9507</x:v>
+        <x:v>1.8841</x:v>
       </x:c>
       <x:c r="D175" s="3" t="n">
-        <x:v>1.9527</x:v>
+        <x:v>1.886</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>1.9523</x:v>
+        <x:v>1.8768</x:v>
       </x:c>
       <x:c r="C176" s="3" t="n">
-        <x:v>1.9513</x:v>
+        <x:v>1.8758</x:v>
       </x:c>
       <x:c r="D176" s="3" t="n">
-        <x:v>1.9533</x:v>
+        <x:v>1.8777</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>1.9411</x:v>
+        <x:v>1.8762</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>1.9401</x:v>
+        <x:v>1.8752</x:v>
       </x:c>
       <x:c r="D177" s="3" t="n">
-        <x:v>1.9421</x:v>
+        <x:v>1.8771</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>1.9188</x:v>
+        <x:v>1.8759</x:v>
       </x:c>
       <x:c r="C178" s="3" t="n">
-        <x:v>1.9178</x:v>
+        <x:v>1.8749</x:v>
       </x:c>
       <x:c r="D178" s="3" t="n">
-        <x:v>1.9198</x:v>
+        <x:v>1.8768</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>1.9308</x:v>
+        <x:v>1.8916</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>1.9298</x:v>
+        <x:v>1.8906</x:v>
       </x:c>
       <x:c r="D179" s="3" t="n">
-        <x:v>1.9318</x:v>
+        <x:v>1.8925</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>1.9196</x:v>
+        <x:v>1.8961</x:v>
       </x:c>
       <x:c r="C180" s="3" t="n">
-        <x:v>1.9186</x:v>
+        <x:v>1.8951</x:v>
       </x:c>
       <x:c r="D180" s="3" t="n">
-        <x:v>1.9206</x:v>
+        <x:v>1.897</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>1.9271</x:v>
+        <x:v>1.8943</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>1.9261</x:v>
+        <x:v>1.8933</x:v>
       </x:c>
       <x:c r="D181" s="3" t="n">
-        <x:v>1.9281</x:v>
+        <x:v>1.8952</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>1.9343</x:v>
+        <x:v>1.8933</x:v>
       </x:c>
       <x:c r="C182" s="3" t="n">
-        <x:v>1.9333</x:v>
+        <x:v>1.8923</x:v>
       </x:c>
       <x:c r="D182" s="3" t="n">
-        <x:v>1.9353</x:v>
+        <x:v>1.8942</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>1.9354</x:v>
+        <x:v>1.8956</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>1.9344</x:v>
+        <x:v>1.8946</x:v>
       </x:c>
       <x:c r="D183" s="3" t="n">
-        <x:v>1.9364</x:v>
+        <x:v>1.8965</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>1.9495</x:v>
+        <x:v>1.8926</x:v>
       </x:c>
       <x:c r="C184" s="3" t="n">
-        <x:v>1.9485</x:v>
+        <x:v>1.8916</x:v>
       </x:c>
       <x:c r="D184" s="3" t="n">
-        <x:v>1.9505</x:v>
+        <x:v>1.8935</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>1.9385</x:v>
+        <x:v>1.8787</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>1.9375</x:v>
+        <x:v>1.8777</x:v>
       </x:c>
       <x:c r="D185" s="3" t="n">
-        <x:v>1.9395</x:v>
+        <x:v>1.8796</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>1.9416</x:v>
+        <x:v>1.8732</x:v>
       </x:c>
       <x:c r="C186" s="3" t="n">
-        <x:v>1.9406</x:v>
+        <x:v>1.8722</x:v>
       </x:c>
       <x:c r="D186" s="3" t="n">
-        <x:v>1.9426</x:v>
+        <x:v>1.8741</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>1.9378</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>1.9368</x:v>
+        <x:v>1.869</x:v>
       </x:c>
       <x:c r="D187" s="3" t="n">
-        <x:v>1.9388</x:v>
+        <x:v>1.8709</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>1.9117</x:v>
+        <x:v>1.9659</x:v>
       </x:c>
       <x:c r="C188" s="3" t="n">
-        <x:v>1.9107</x:v>
+        <x:v>1.9649</x:v>
       </x:c>
       <x:c r="D188" s="3" t="n">
-        <x:v>1.9127</x:v>
+        <x:v>1.9669</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>1.9184</x:v>
+        <x:v>1.9476</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>1.9174</x:v>
+        <x:v>1.9466</x:v>
       </x:c>
       <x:c r="D189" s="3" t="n">
-        <x:v>1.9194</x:v>
+        <x:v>1.9486</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>1.9155</x:v>
+        <x:v>1.9517</x:v>
       </x:c>
       <x:c r="C190" s="3" t="n">
-        <x:v>1.9145</x:v>
+        <x:v>1.9507</x:v>
       </x:c>
       <x:c r="D190" s="3" t="n">
-        <x:v>1.9165</x:v>
+        <x:v>1.9527</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>1.9033</x:v>
+        <x:v>1.9523</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>1.9023</x:v>
+        <x:v>1.9513</x:v>
       </x:c>
       <x:c r="D191" s="3" t="n">
-        <x:v>1.9043</x:v>
+        <x:v>1.9533</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>1.9194</x:v>
+        <x:v>1.9411</x:v>
       </x:c>
       <x:c r="C192" s="3" t="n">
-        <x:v>1.9184</x:v>
+        <x:v>1.9401</x:v>
       </x:c>
       <x:c r="D192" s="3" t="n">
-        <x:v>1.9204</x:v>
+        <x:v>1.9421</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>1.9156</x:v>
+        <x:v>1.9188</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>1.9146</x:v>
+        <x:v>1.9178</x:v>
       </x:c>
       <x:c r="D193" s="3" t="n">
-        <x:v>1.9166</x:v>
+        <x:v>1.9198</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>1.9194</x:v>
+        <x:v>1.9308</x:v>
       </x:c>
       <x:c r="C194" s="3" t="n">
-        <x:v>1.9184</x:v>
+        <x:v>1.9298</x:v>
       </x:c>
       <x:c r="D194" s="3" t="n">
-        <x:v>1.9204</x:v>
+        <x:v>1.9318</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>1.9228</x:v>
+        <x:v>1.9196</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>1.9218</x:v>
+        <x:v>1.9186</x:v>
       </x:c>
       <x:c r="D195" s="3" t="n">
-        <x:v>1.9238</x:v>
+        <x:v>1.9206</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>1.8778</x:v>
+        <x:v>1.9271</x:v>
       </x:c>
       <x:c r="C196" s="3" t="n">
-        <x:v>1.8768</x:v>
+        <x:v>1.9261</x:v>
       </x:c>
       <x:c r="D196" s="3" t="n">
-        <x:v>1.8787</x:v>
+        <x:v>1.9281</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>1.8816</x:v>
+        <x:v>1.9343</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>1.8806</x:v>
+        <x:v>1.9333</x:v>
       </x:c>
       <x:c r="D197" s="3" t="n">
-        <x:v>1.8825</x:v>
+        <x:v>1.9353</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>1.9168</x:v>
+        <x:v>1.9354</x:v>
       </x:c>
       <x:c r="C198" s="3" t="n">
-        <x:v>1.9158</x:v>
+        <x:v>1.9344</x:v>
       </x:c>
       <x:c r="D198" s="3" t="n">
-        <x:v>1.9178</x:v>
+        <x:v>1.9364</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>1.9126</x:v>
+        <x:v>1.9495</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>1.9116</x:v>
+        <x:v>1.9485</x:v>
       </x:c>
       <x:c r="D199" s="3" t="n">
-        <x:v>1.9136</x:v>
+        <x:v>1.9505</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>1.9495</x:v>
+        <x:v>1.9385</x:v>
       </x:c>
       <x:c r="C200" s="3" t="n">
-        <x:v>1.9485</x:v>
+        <x:v>1.9375</x:v>
       </x:c>
       <x:c r="D200" s="3" t="n">
-        <x:v>1.9505</x:v>
+        <x:v>1.9395</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>1.9318</x:v>
+        <x:v>1.9416</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>1.9308</x:v>
+        <x:v>1.9406</x:v>
       </x:c>
       <x:c r="D201" s="3" t="n">
-        <x:v>1.9328</x:v>
+        <x:v>1.9426</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>1.9425</x:v>
+        <x:v>1.9378</x:v>
       </x:c>
       <x:c r="C202" s="3" t="n">
-        <x:v>1.9415</x:v>
+        <x:v>1.9368</x:v>
       </x:c>
       <x:c r="D202" s="3" t="n">
-        <x:v>1.9435</x:v>
+        <x:v>1.9388</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>1.9292</x:v>
+        <x:v>1.9117</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>1.9282</x:v>
+        <x:v>1.9107</x:v>
       </x:c>
       <x:c r="D203" s="3" t="n">
-        <x:v>1.9302</x:v>
+        <x:v>1.9127</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>1.9076</x:v>
+        <x:v>1.9184</x:v>
       </x:c>
       <x:c r="C204" s="3" t="n">
-        <x:v>1.9066</x:v>
+        <x:v>1.9174</x:v>
       </x:c>
       <x:c r="D204" s="3" t="n">
-        <x:v>1.9086</x:v>
+        <x:v>1.9194</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>1.9089</x:v>
+        <x:v>1.9155</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>1.9079</x:v>
+        <x:v>1.9145</x:v>
       </x:c>
       <x:c r="D205" s="3" t="n">
-        <x:v>1.9099</x:v>
+        <x:v>1.9165</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>1.9415</x:v>
+        <x:v>1.9033</x:v>
       </x:c>
       <x:c r="C206" s="3" t="n">
-        <x:v>1.9405</x:v>
+        <x:v>1.9023</x:v>
       </x:c>
       <x:c r="D206" s="3" t="n">
-        <x:v>1.9425</x:v>
+        <x:v>1.9043</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>1.8771</x:v>
+        <x:v>1.9194</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>1.8761</x:v>
+        <x:v>1.9184</x:v>
       </x:c>
       <x:c r="D207" s="3" t="n">
-        <x:v>1.878</x:v>
+        <x:v>1.9204</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>1.881</x:v>
+        <x:v>1.9156</x:v>
       </x:c>
       <x:c r="C208" s="3" t="n">
-        <x:v>1.88</x:v>
+        <x:v>1.9146</x:v>
       </x:c>
       <x:c r="D208" s="3" t="n">
-        <x:v>1.8819</x:v>
+        <x:v>1.9166</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>1.8641</x:v>
+        <x:v>1.9194</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>1.8631</x:v>
+        <x:v>1.9184</x:v>
       </x:c>
       <x:c r="D209" s="3" t="n">
-        <x:v>1.865</x:v>
+        <x:v>1.9204</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>1.8558</x:v>
+        <x:v>1.9228</x:v>
       </x:c>
       <x:c r="C210" s="3" t="n">
-        <x:v>1.8548</x:v>
+        <x:v>1.9218</x:v>
       </x:c>
       <x:c r="D210" s="3" t="n">
-        <x:v>1.8567</x:v>
+        <x:v>1.9238</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>1.8683</x:v>
+        <x:v>1.8778</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>1.8673</x:v>
+        <x:v>1.8768</x:v>
       </x:c>
       <x:c r="D211" s="3" t="n">
-        <x:v>1.8692</x:v>
+        <x:v>1.8787</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>1.8754</x:v>
+        <x:v>1.8816</x:v>
       </x:c>
       <x:c r="C212" s="3" t="n">
-        <x:v>1.8744</x:v>
+        <x:v>1.8806</x:v>
       </x:c>
       <x:c r="D212" s="3" t="n">
-        <x:v>1.8763</x:v>
+        <x:v>1.8825</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>1.8618</x:v>
+        <x:v>1.9168</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>1.8608</x:v>
+        <x:v>1.9158</x:v>
       </x:c>
       <x:c r="D213" s="3" t="n">
-        <x:v>1.8627</x:v>
+        <x:v>1.9178</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>1.8514</x:v>
+        <x:v>1.9126</x:v>
       </x:c>
       <x:c r="C214" s="3" t="n">
-        <x:v>1.8504</x:v>
+        <x:v>1.9116</x:v>
       </x:c>
       <x:c r="D214" s="3" t="n">
-        <x:v>1.8523</x:v>
+        <x:v>1.9136</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>1.8488</x:v>
+        <x:v>1.9495</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>1.8478</x:v>
+        <x:v>1.9485</x:v>
       </x:c>
       <x:c r="D215" s="3" t="n">
-        <x:v>1.8497</x:v>
+        <x:v>1.9505</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>1.8279</x:v>
+        <x:v>1.9318</x:v>
       </x:c>
       <x:c r="C216" s="3" t="n">
-        <x:v>1.8269</x:v>
+        <x:v>1.9308</x:v>
       </x:c>
       <x:c r="D216" s="3" t="n">
-        <x:v>1.8288</x:v>
+        <x:v>1.9328</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>1.8228</x:v>
+        <x:v>1.9425</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>1.8218</x:v>
+        <x:v>1.9415</x:v>
       </x:c>
       <x:c r="D217" s="3" t="n">
-        <x:v>1.8237</x:v>
+        <x:v>1.9435</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>1.7917</x:v>
+        <x:v>1.9292</x:v>
       </x:c>
       <x:c r="C218" s="3" t="n">
-        <x:v>1.7908</x:v>
+        <x:v>1.9282</x:v>
       </x:c>
       <x:c r="D218" s="3" t="n">
-        <x:v>1.7926</x:v>
+        <x:v>1.9302</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>1.7724</x:v>
+        <x:v>1.9076</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>1.7715</x:v>
+        <x:v>1.9066</x:v>
       </x:c>
       <x:c r="D219" s="3" t="n">
-        <x:v>1.7733</x:v>
+        <x:v>1.9086</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>1.7777</x:v>
+        <x:v>1.9089</x:v>
       </x:c>
       <x:c r="C220" s="3" t="n">
-        <x:v>1.7768</x:v>
+        <x:v>1.9079</x:v>
       </x:c>
       <x:c r="D220" s="3" t="n">
-        <x:v>1.7786</x:v>
+        <x:v>1.9099</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>1.791</x:v>
+        <x:v>1.9415</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>1.7901</x:v>
+        <x:v>1.9405</x:v>
       </x:c>
       <x:c r="D221" s="3" t="n">
-        <x:v>1.7919</x:v>
+        <x:v>1.9425</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>1.8184</x:v>
+        <x:v>1.8771</x:v>
       </x:c>
       <x:c r="C222" s="3" t="n">
-        <x:v>1.8174</x:v>
+        <x:v>1.8761</x:v>
       </x:c>
       <x:c r="D222" s="3" t="n">
-        <x:v>1.8193</x:v>
+        <x:v>1.878</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>1.8359</x:v>
+        <x:v>1.881</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>1.8349</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D223" s="3" t="n">
-        <x:v>1.8368</x:v>
+        <x:v>1.8819</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>1.8492</x:v>
+        <x:v>1.8641</x:v>
       </x:c>
       <x:c r="C224" s="3" t="n">
-        <x:v>1.8482</x:v>
+        <x:v>1.8631</x:v>
       </x:c>
       <x:c r="D224" s="3" t="n">
-        <x:v>1.8501</x:v>
+        <x:v>1.865</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>1.8236</x:v>
+        <x:v>1.8558</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>1.8226</x:v>
+        <x:v>1.8548</x:v>
       </x:c>
       <x:c r="D225" s="3" t="n">
-        <x:v>1.8245</x:v>
+        <x:v>1.8567</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>1.9224</x:v>
+        <x:v>1.8683</x:v>
       </x:c>
       <x:c r="C226" s="3" t="n">
-        <x:v>1.9214</x:v>
+        <x:v>1.8673</x:v>
       </x:c>
       <x:c r="D226" s="3" t="n">
-        <x:v>1.9234</x:v>
+        <x:v>1.8692</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>1.808</x:v>
+        <x:v>1.8754</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>1.807</x:v>
+        <x:v>1.8744</x:v>
       </x:c>
       <x:c r="D227" s="3" t="n">
-        <x:v>1.8089</x:v>
+        <x:v>1.8763</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>1.8177</x:v>
+        <x:v>1.8618</x:v>
       </x:c>
       <x:c r="C228" s="3" t="n">
-        <x:v>1.8167</x:v>
+        <x:v>1.8608</x:v>
       </x:c>
       <x:c r="D228" s="3" t="n">
-        <x:v>1.8186</x:v>
+        <x:v>1.8627</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>1.83</x:v>
+        <x:v>1.8514</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>1.829</x:v>
+        <x:v>1.8504</x:v>
       </x:c>
       <x:c r="D229" s="3" t="n">
-        <x:v>1.8309</x:v>
+        <x:v>1.8523</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>1.8332</x:v>
+        <x:v>1.8488</x:v>
       </x:c>
       <x:c r="C230" s="3" t="n">
-        <x:v>1.8322</x:v>
+        <x:v>1.8478</x:v>
       </x:c>
       <x:c r="D230" s="3" t="n">
-        <x:v>1.8341</x:v>
+        <x:v>1.8497</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>1.9021</x:v>
+        <x:v>1.8279</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>1.9011</x:v>
+        <x:v>1.8269</x:v>
       </x:c>
       <x:c r="D231" s="3" t="n">
-        <x:v>1.9031</x:v>
+        <x:v>1.8288</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>1.9008</x:v>
+        <x:v>1.8228</x:v>
       </x:c>
       <x:c r="C232" s="3" t="n">
-        <x:v>1.8998</x:v>
+        <x:v>1.8218</x:v>
       </x:c>
       <x:c r="D232" s="3" t="n">
-        <x:v>1.9018</x:v>
+        <x:v>1.8237</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>1.9108</x:v>
+        <x:v>1.7917</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>1.9098</x:v>
+        <x:v>1.7908</x:v>
       </x:c>
       <x:c r="D233" s="3" t="n">
-        <x:v>1.9118</x:v>
+        <x:v>1.7926</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>1.8873</x:v>
+        <x:v>1.7724</x:v>
       </x:c>
       <x:c r="C234" s="3" t="n">
-        <x:v>1.8863</x:v>
+        <x:v>1.7715</x:v>
       </x:c>
       <x:c r="D234" s="3" t="n">
-        <x:v>1.8882</x:v>
+        <x:v>1.7733</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>1.9143</x:v>
+        <x:v>1.7777</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>1.9133</x:v>
+        <x:v>1.7768</x:v>
       </x:c>
       <x:c r="D235" s="3" t="n">
-        <x:v>1.9153</x:v>
+        <x:v>1.7786</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>1.9183</x:v>
+        <x:v>1.791</x:v>
       </x:c>
       <x:c r="C236" s="3" t="n">
-        <x:v>1.9173</x:v>
+        <x:v>1.7901</x:v>
       </x:c>
       <x:c r="D236" s="3" t="n">
-        <x:v>1.9193</x:v>
+        <x:v>1.7919</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>1.9335</x:v>
+        <x:v>1.8184</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>1.9325</x:v>
+        <x:v>1.8174</x:v>
       </x:c>
       <x:c r="D237" s="3" t="n">
-        <x:v>1.9345</x:v>
+        <x:v>1.8193</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>1.941</x:v>
+        <x:v>1.8359</x:v>
       </x:c>
       <x:c r="C238" s="3" t="n">
-        <x:v>1.94</x:v>
+        <x:v>1.8349</x:v>
       </x:c>
       <x:c r="D238" s="3" t="n">
-        <x:v>1.942</x:v>
+        <x:v>1.8368</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>1.9265</x:v>
+        <x:v>1.8492</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>1.9255</x:v>
+        <x:v>1.8482</x:v>
       </x:c>
       <x:c r="D239" s="3" t="n">
-        <x:v>1.9275</x:v>
+        <x:v>1.8501</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>1.9178</x:v>
+        <x:v>1.8236</x:v>
       </x:c>
       <x:c r="C240" s="3" t="n">
-        <x:v>1.9168</x:v>
+        <x:v>1.8226</x:v>
       </x:c>
       <x:c r="D240" s="3" t="n">
-        <x:v>1.9188</x:v>
+        <x:v>1.8245</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>1.9132</x:v>
+        <x:v>1.9224</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
-        <x:v>1.9122</x:v>
+        <x:v>1.9214</x:v>
       </x:c>
       <x:c r="D241" s="3" t="n">
-        <x:v>1.9142</x:v>
+        <x:v>1.9234</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>1.8986</x:v>
+        <x:v>1.808</x:v>
       </x:c>
       <x:c r="C242" s="3" t="n">
-        <x:v>1.8976</x:v>
+        <x:v>1.807</x:v>
       </x:c>
       <x:c r="D242" s="3" t="n">
-        <x:v>1.8995</x:v>
+        <x:v>1.8089</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>1.9043</x:v>
+        <x:v>1.8177</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>1.9033</x:v>
+        <x:v>1.8167</x:v>
       </x:c>
       <x:c r="D243" s="3" t="n">
-        <x:v>1.9053</x:v>
+        <x:v>1.8186</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>1.9045</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="C244" s="3" t="n">
-        <x:v>1.9035</x:v>
+        <x:v>1.829</x:v>
       </x:c>
       <x:c r="D244" s="3" t="n">
-        <x:v>1.9055</x:v>
+        <x:v>1.8309</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>1.8892</x:v>
+        <x:v>1.8332</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>1.8882</x:v>
+        <x:v>1.8322</x:v>
       </x:c>
       <x:c r="D245" s="3" t="n">
-        <x:v>1.8901</x:v>
+        <x:v>1.8341</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>1.9107</x:v>
+        <x:v>1.9021</x:v>
       </x:c>
       <x:c r="C246" s="3" t="n">
-        <x:v>1.9097</x:v>
+        <x:v>1.9011</x:v>
       </x:c>
       <x:c r="D246" s="3" t="n">
-        <x:v>1.9117</x:v>
+        <x:v>1.9031</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>1.9131</x:v>
+        <x:v>1.9008</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
-        <x:v>1.9121</x:v>
+        <x:v>1.8998</x:v>
       </x:c>
       <x:c r="D247" s="3" t="n">
-        <x:v>1.9141</x:v>
+        <x:v>1.9018</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>1.9274</x:v>
+        <x:v>1.9108</x:v>
       </x:c>
       <x:c r="C248" s="3" t="n">
-        <x:v>1.9264</x:v>
+        <x:v>1.9098</x:v>
       </x:c>
       <x:c r="D248" s="3" t="n">
-        <x:v>1.9284</x:v>
+        <x:v>1.9118</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>1.9709</x:v>
+        <x:v>1.8873</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>1.9699</x:v>
+        <x:v>1.8863</x:v>
       </x:c>
       <x:c r="D249" s="3" t="n">
-        <x:v>1.9719</x:v>
+        <x:v>1.8882</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>1.9541</x:v>
+        <x:v>1.9143</x:v>
       </x:c>
       <x:c r="C250" s="3" t="n">
-        <x:v>1.9531</x:v>
+        <x:v>1.9133</x:v>
       </x:c>
       <x:c r="D250" s="3" t="n">
-        <x:v>1.9551</x:v>
+        <x:v>1.9153</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>1.9914</x:v>
+        <x:v>1.9183</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>1.9904</x:v>
+        <x:v>1.9173</x:v>
       </x:c>
       <x:c r="D251" s="3" t="n">
-        <x:v>1.9924</x:v>
+        <x:v>1.9193</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>1.9985</x:v>
+        <x:v>1.9335</x:v>
       </x:c>
       <x:c r="C252" s="3" t="n">
-        <x:v>1.9975</x:v>
+        <x:v>1.9325</x:v>
       </x:c>
       <x:c r="D252" s="3" t="n">
-        <x:v>1.9995</x:v>
+        <x:v>1.9345</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>2.0071</x:v>
+        <x:v>1.941</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
-        <x:v>2.006</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D253" s="3" t="n">
-        <x:v>2.0081</x:v>
+        <x:v>1.942</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>2.0179</x:v>
+        <x:v>1.9265</x:v>
       </x:c>
       <x:c r="C254" s="3" t="n">
-        <x:v>2.0168</x:v>
+        <x:v>1.9255</x:v>
       </x:c>
       <x:c r="D254" s="3" t="n">
-        <x:v>2.0189</x:v>
+        <x:v>1.9275</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>1.9852</x:v>
+        <x:v>1.9178</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
-        <x:v>1.9842</x:v>
+        <x:v>1.9168</x:v>
       </x:c>
       <x:c r="D255" s="3" t="n">
-        <x:v>1.9862</x:v>
+        <x:v>1.9188</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>1.9947</x:v>
+        <x:v>1.9132</x:v>
       </x:c>
       <x:c r="C256" s="3" t="n">
-        <x:v>1.9937</x:v>
+        <x:v>1.9122</x:v>
       </x:c>
       <x:c r="D256" s="3" t="n">
-        <x:v>1.9957</x:v>
+        <x:v>1.9142</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>1.9915</x:v>
+        <x:v>1.8986</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>1.9905</x:v>
+        <x:v>1.8976</x:v>
       </x:c>
       <x:c r="D257" s="3" t="n">
-        <x:v>1.9925</x:v>
+        <x:v>1.8995</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>1.9874</x:v>
+        <x:v>1.9043</x:v>
       </x:c>
       <x:c r="C258" s="3" t="n">
-        <x:v>1.9864</x:v>
+        <x:v>1.9033</x:v>
       </x:c>
       <x:c r="D258" s="3" t="n">
-        <x:v>1.9884</x:v>
+        <x:v>1.9053</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>1.9844</x:v>
+        <x:v>1.9045</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
-        <x:v>1.9834</x:v>
+        <x:v>1.9035</x:v>
       </x:c>
       <x:c r="D259" s="3" t="n">
-        <x:v>1.9854</x:v>
+        <x:v>1.9055</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>1.9998</x:v>
+        <x:v>1.8892</x:v>
       </x:c>
       <x:c r="C260" s="3" t="n">
-        <x:v>1.9988</x:v>
+        <x:v>1.8882</x:v>
       </x:c>
       <x:c r="D260" s="3" t="n">
-        <x:v>2.0008</x:v>
+        <x:v>1.8901</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>2.0179</x:v>
+        <x:v>1.9107</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>2.0168</x:v>
+        <x:v>1.9097</x:v>
       </x:c>
       <x:c r="D261" s="3" t="n">
-        <x:v>2.0189</x:v>
+        <x:v>1.9117</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>2.0074</x:v>
+        <x:v>1.9131</x:v>
       </x:c>
       <x:c r="C262" s="3" t="n">
-        <x:v>2.0063</x:v>
+        <x:v>1.9121</x:v>
       </x:c>
       <x:c r="D262" s="3" t="n">
-        <x:v>2.0084</x:v>
+        <x:v>1.9141</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>2.0028</x:v>
+        <x:v>1.9274</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>2.0017</x:v>
+        <x:v>1.9264</x:v>
       </x:c>
       <x:c r="D263" s="3" t="n">
-        <x:v>2.0038</x:v>
+        <x:v>1.9284</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>2.0001</x:v>
+        <x:v>1.9709</x:v>
       </x:c>
       <x:c r="C264" s="3" t="n">
-        <x:v>1.999</x:v>
+        <x:v>1.9699</x:v>
       </x:c>
       <x:c r="D264" s="3" t="n">
-        <x:v>2.0011</x:v>
+        <x:v>1.9719</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>2.0272</x:v>
+        <x:v>1.9541</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>2.0261</x:v>
+        <x:v>1.9531</x:v>
       </x:c>
       <x:c r="D265" s="3" t="n">
-        <x:v>2.0282</x:v>
+        <x:v>1.9551</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>2.0196</x:v>
+        <x:v>1.9914</x:v>
       </x:c>
       <x:c r="C266" s="3" t="n">
-        <x:v>2.0185</x:v>
+        <x:v>1.9904</x:v>
       </x:c>
       <x:c r="D266" s="3" t="n">
-        <x:v>2.0206</x:v>
+        <x:v>1.9924</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>2.0188</x:v>
+        <x:v>1.9985</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>2.0177</x:v>
+        <x:v>1.9975</x:v>
       </x:c>
       <x:c r="D267" s="3" t="n">
-        <x:v>2.0198</x:v>
+        <x:v>1.9995</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>2.0139</x:v>
+        <x:v>2.0071</x:v>
       </x:c>
       <x:c r="C268" s="3" t="n">
-        <x:v>2.0128</x:v>
+        <x:v>2.006</x:v>
       </x:c>
       <x:c r="D268" s="3" t="n">
-        <x:v>2.0149</x:v>
+        <x:v>2.0081</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>2.01</x:v>
+        <x:v>2.0179</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>2.0089</x:v>
+        <x:v>2.0168</x:v>
       </x:c>
       <x:c r="D269" s="3" t="n">
-        <x:v>2.011</x:v>
+        <x:v>2.0189</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>2.0187</x:v>
+        <x:v>1.9852</x:v>
       </x:c>
       <x:c r="C270" s="3" t="n">
-        <x:v>2.0176</x:v>
+        <x:v>1.9842</x:v>
       </x:c>
       <x:c r="D270" s="3" t="n">
-        <x:v>2.0197</x:v>
+        <x:v>1.9862</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>2.0183</x:v>
+        <x:v>1.9947</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>2.0172</x:v>
+        <x:v>1.9937</x:v>
       </x:c>
       <x:c r="D271" s="3" t="n">
-        <x:v>2.0193</x:v>
+        <x:v>1.9957</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>2.0284</x:v>
+        <x:v>1.9915</x:v>
       </x:c>
       <x:c r="C272" s="3" t="n">
-        <x:v>2.0273</x:v>
+        <x:v>1.9905</x:v>
       </x:c>
       <x:c r="D272" s="3" t="n">
-        <x:v>2.0294</x:v>
+        <x:v>1.9925</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>2.0354</x:v>
+        <x:v>1.9874</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>2.0343</x:v>
+        <x:v>1.9864</x:v>
       </x:c>
       <x:c r="D273" s="3" t="n">
-        <x:v>2.0364</x:v>
+        <x:v>1.9884</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>2.0367</x:v>
+        <x:v>1.9844</x:v>
       </x:c>
       <x:c r="C274" s="3" t="n">
-        <x:v>2.0356</x:v>
+        <x:v>1.9834</x:v>
       </x:c>
       <x:c r="D274" s="3" t="n">
-        <x:v>2.0377</x:v>
+        <x:v>1.9854</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>2.0408</x:v>
+        <x:v>1.9998</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>2.0397</x:v>
+        <x:v>1.9988</x:v>
       </x:c>
       <x:c r="D275" s="3" t="n">
-        <x:v>2.0418</x:v>
+        <x:v>2.0008</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>2.0266</x:v>
+        <x:v>2.0179</x:v>
       </x:c>
       <x:c r="C276" s="3" t="n">
-        <x:v>2.0255</x:v>
+        <x:v>2.0168</x:v>
       </x:c>
       <x:c r="D276" s="3" t="n">
-        <x:v>2.0276</x:v>
+        <x:v>2.0189</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>2.0268</x:v>
+        <x:v>2.0074</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
-        <x:v>2.0257</x:v>
+        <x:v>2.0063</x:v>
       </x:c>
       <x:c r="D277" s="3" t="n">
-        <x:v>2.0278</x:v>
+        <x:v>2.0084</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>1.9894</x:v>
+        <x:v>2.0028</x:v>
       </x:c>
       <x:c r="C278" s="3" t="n">
-        <x:v>1.9884</x:v>
+        <x:v>2.0017</x:v>
       </x:c>
       <x:c r="D278" s="3" t="n">
-        <x:v>1.9904</x:v>
+        <x:v>2.0038</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>2.0035</x:v>
+        <x:v>2.0001</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>2.0024</x:v>
+        <x:v>1.999</x:v>
       </x:c>
       <x:c r="D279" s="3" t="n">
-        <x:v>2.0045</x:v>
+        <x:v>2.0011</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>1.9904</x:v>
+        <x:v>2.0272</x:v>
       </x:c>
       <x:c r="C280" s="3" t="n">
-        <x:v>1.9894</x:v>
+        <x:v>2.0261</x:v>
       </x:c>
       <x:c r="D280" s="3" t="n">
-        <x:v>1.9914</x:v>
+        <x:v>2.0282</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>1.9769</x:v>
+        <x:v>2.0196</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>1.9759</x:v>
+        <x:v>2.0185</x:v>
       </x:c>
       <x:c r="D281" s="3" t="n">
-        <x:v>1.9779</x:v>
+        <x:v>2.0206</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>1.9598</x:v>
+        <x:v>2.0188</x:v>
       </x:c>
       <x:c r="C282" s="3" t="n">
-        <x:v>1.9588</x:v>
+        <x:v>2.0177</x:v>
       </x:c>
       <x:c r="D282" s="3" t="n">
-        <x:v>1.9608</x:v>
+        <x:v>2.0198</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>1.969</x:v>
+        <x:v>2.0139</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>1.968</x:v>
+        <x:v>2.0128</x:v>
       </x:c>
       <x:c r="D283" s="3" t="n">
-        <x:v>1.97</x:v>
+        <x:v>2.0149</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>1.9578</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C284" s="3" t="n">
-        <x:v>1.9568</x:v>
+        <x:v>2.0089</x:v>
       </x:c>
       <x:c r="D284" s="3" t="n">
-        <x:v>1.9588</x:v>
+        <x:v>2.011</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>1.9558</x:v>
+        <x:v>2.0187</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
-        <x:v>1.9548</x:v>
+        <x:v>2.0176</x:v>
       </x:c>
       <x:c r="D285" s="3" t="n">
-        <x:v>1.9568</x:v>
+        <x:v>2.0197</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>1.9429</x:v>
+        <x:v>2.0183</x:v>
       </x:c>
       <x:c r="C286" s="3" t="n">
-        <x:v>1.9419</x:v>
+        <x:v>2.0172</x:v>
       </x:c>
       <x:c r="D286" s="3" t="n">
-        <x:v>1.9439</x:v>
+        <x:v>2.0193</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>1.9546</x:v>
+        <x:v>2.0284</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>1.9536</x:v>
+        <x:v>2.0273</x:v>
       </x:c>
       <x:c r="D287" s="3" t="n">
-        <x:v>1.9556</x:v>
+        <x:v>2.0294</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>1.9519</x:v>
+        <x:v>2.0354</x:v>
       </x:c>
       <x:c r="C288" s="3" t="n">
-        <x:v>1.9509</x:v>
+        <x:v>2.0343</x:v>
       </x:c>
       <x:c r="D288" s="3" t="n">
-        <x:v>1.9529</x:v>
+        <x:v>2.0364</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>1.9723</x:v>
+        <x:v>2.0367</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>1.9713</x:v>
+        <x:v>2.0356</x:v>
       </x:c>
       <x:c r="D289" s="3" t="n">
-        <x:v>1.9733</x:v>
+        <x:v>2.0377</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>1.9634</x:v>
+        <x:v>2.0408</x:v>
       </x:c>
       <x:c r="C290" s="3" t="n">
-        <x:v>1.9624</x:v>
+        <x:v>2.0397</x:v>
       </x:c>
       <x:c r="D290" s="3" t="n">
-        <x:v>1.9644</x:v>
+        <x:v>2.0418</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>1.953</x:v>
+        <x:v>2.0266</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>1.952</x:v>
+        <x:v>2.0255</x:v>
       </x:c>
       <x:c r="D291" s="3" t="n">
-        <x:v>1.954</x:v>
+        <x:v>2.0276</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>1.9579</x:v>
+        <x:v>2.0268</x:v>
       </x:c>
       <x:c r="C292" s="3" t="n">
-        <x:v>1.9569</x:v>
+        <x:v>2.0257</x:v>
       </x:c>
       <x:c r="D292" s="3" t="n">
-        <x:v>1.9589</x:v>
+        <x:v>2.0278</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>1.9501</x:v>
+        <x:v>1.9894</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>1.9491</x:v>
+        <x:v>1.9884</x:v>
       </x:c>
       <x:c r="D293" s="3" t="n">
-        <x:v>1.9511</x:v>
+        <x:v>1.9904</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>1.9371</x:v>
+        <x:v>2.0035</x:v>
       </x:c>
       <x:c r="C294" s="3" t="n">
-        <x:v>1.9361</x:v>
+        <x:v>2.0024</x:v>
       </x:c>
       <x:c r="D294" s="3" t="n">
-        <x:v>1.9381</x:v>
+        <x:v>2.0045</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>1.9487</x:v>
+        <x:v>1.9904</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
-        <x:v>1.9477</x:v>
+        <x:v>1.9894</x:v>
       </x:c>
       <x:c r="D295" s="3" t="n">
-        <x:v>1.9497</x:v>
+        <x:v>1.9914</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>1.9436</x:v>
+        <x:v>1.9769</x:v>
       </x:c>
       <x:c r="C296" s="3" t="n">
-        <x:v>1.9426</x:v>
+        <x:v>1.9759</x:v>
       </x:c>
       <x:c r="D296" s="3" t="n">
-        <x:v>1.9446</x:v>
+        <x:v>1.9779</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>1.9659</x:v>
+        <x:v>1.9598</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>1.9649</x:v>
+        <x:v>1.9588</x:v>
       </x:c>
       <x:c r="D297" s="3" t="n">
-        <x:v>1.9669</x:v>
+        <x:v>1.9608</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>1.9718</x:v>
+        <x:v>1.969</x:v>
       </x:c>
       <x:c r="C298" s="3" t="n">
-        <x:v>1.9708</x:v>
+        <x:v>1.968</x:v>
       </x:c>
       <x:c r="D298" s="3" t="n">
-        <x:v>1.9728</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>1.9582</x:v>
+        <x:v>1.9578</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>1.9572</x:v>
+        <x:v>1.9568</x:v>
       </x:c>
       <x:c r="D299" s="3" t="n">
-        <x:v>1.9592</x:v>
+        <x:v>1.9588</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>1.9429</x:v>
+        <x:v>1.9558</x:v>
       </x:c>
       <x:c r="C300" s="3" t="n">
-        <x:v>1.9419</x:v>
+        <x:v>1.9548</x:v>
       </x:c>
       <x:c r="D300" s="3" t="n">
-        <x:v>1.9439</x:v>
+        <x:v>1.9568</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>1.9328</x:v>
+        <x:v>1.9429</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>1.9318</x:v>
+        <x:v>1.9419</x:v>
       </x:c>
       <x:c r="D301" s="3" t="n">
-        <x:v>1.9338</x:v>
+        <x:v>1.9439</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>1.9243</x:v>
+        <x:v>1.9546</x:v>
       </x:c>
       <x:c r="C302" s="3" t="n">
-        <x:v>1.9233</x:v>
+        <x:v>1.9536</x:v>
       </x:c>
       <x:c r="D302" s="3" t="n">
-        <x:v>1.9253</x:v>
+        <x:v>1.9556</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>1.9472</x:v>
+        <x:v>1.9519</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
-        <x:v>1.9462</x:v>
+        <x:v>1.9509</x:v>
       </x:c>
       <x:c r="D303" s="3" t="n">
-        <x:v>1.9482</x:v>
+        <x:v>1.9529</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>1.9425</x:v>
+        <x:v>1.9723</x:v>
       </x:c>
       <x:c r="C304" s="3" t="n">
-        <x:v>1.9415</x:v>
+        <x:v>1.9713</x:v>
       </x:c>
       <x:c r="D304" s="3" t="n">
-        <x:v>1.9435</x:v>
+        <x:v>1.9733</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>1.9442</x:v>
+        <x:v>1.9634</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
-        <x:v>1.9432</x:v>
+        <x:v>1.9624</x:v>
       </x:c>
       <x:c r="D305" s="3" t="n">
-        <x:v>1.9452</x:v>
+        <x:v>1.9644</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>1.9437</x:v>
+        <x:v>1.953</x:v>
       </x:c>
       <x:c r="C306" s="3" t="n">
-        <x:v>1.9427</x:v>
+        <x:v>1.952</x:v>
       </x:c>
       <x:c r="D306" s="3" t="n">
-        <x:v>1.9447</x:v>
+        <x:v>1.954</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>1.9568</x:v>
+        <x:v>1.9579</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>1.9558</x:v>
+        <x:v>1.9569</x:v>
       </x:c>
       <x:c r="D307" s="3" t="n">
-        <x:v>1.9578</x:v>
+        <x:v>1.9589</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>1.95</x:v>
+        <x:v>1.9501</x:v>
       </x:c>
       <x:c r="C308" s="3" t="n">
-        <x:v>1.949</x:v>
+        <x:v>1.9491</x:v>
       </x:c>
       <x:c r="D308" s="3" t="n">
-        <x:v>1.951</x:v>
+        <x:v>1.9511</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>1.9299</x:v>
+        <x:v>1.9371</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>1.9289</x:v>
+        <x:v>1.9361</x:v>
       </x:c>
       <x:c r="D309" s="3" t="n">
-        <x:v>1.9309</x:v>
+        <x:v>1.9381</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>1.9541</x:v>
+        <x:v>1.9487</x:v>
       </x:c>
       <x:c r="C310" s="3" t="n">
-        <x:v>1.9531</x:v>
+        <x:v>1.9477</x:v>
       </x:c>
       <x:c r="D310" s="3" t="n">
-        <x:v>1.9551</x:v>
+        <x:v>1.9497</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>1.9355</x:v>
+        <x:v>1.9436</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>1.9345</x:v>
+        <x:v>1.9426</x:v>
       </x:c>
       <x:c r="D311" s="3" t="n">
-        <x:v>1.9365</x:v>
+        <x:v>1.9446</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>1.9476</x:v>
+        <x:v>1.9659</x:v>
       </x:c>
       <x:c r="C312" s="3" t="n">
-        <x:v>1.9466</x:v>
+        <x:v>1.9649</x:v>
       </x:c>
       <x:c r="D312" s="3" t="n">
-        <x:v>1.9486</x:v>
+        <x:v>1.9669</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>1.9186</x:v>
+        <x:v>1.9718</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
-        <x:v>1.9176</x:v>
+        <x:v>1.9708</x:v>
       </x:c>
       <x:c r="D313" s="3" t="n">
-        <x:v>1.9196</x:v>
+        <x:v>1.9728</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>1.9234</x:v>
+        <x:v>1.9582</x:v>
       </x:c>
       <x:c r="C314" s="3" t="n">
-        <x:v>1.9224</x:v>
+        <x:v>1.9572</x:v>
       </x:c>
       <x:c r="D314" s="3" t="n">
-        <x:v>1.9244</x:v>
+        <x:v>1.9592</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>1.8948</x:v>
+        <x:v>1.9429</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
-        <x:v>1.8938</x:v>
+        <x:v>1.9419</x:v>
       </x:c>
       <x:c r="D315" s="3" t="n">
-        <x:v>1.8957</x:v>
+        <x:v>1.9439</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>1.8913</x:v>
+        <x:v>1.9328</x:v>
       </x:c>
       <x:c r="C316" s="3" t="n">
-        <x:v>1.8903</x:v>
+        <x:v>1.9318</x:v>
       </x:c>
       <x:c r="D316" s="3" t="n">
-        <x:v>1.8922</x:v>
+        <x:v>1.9338</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>1.8924</x:v>
+        <x:v>1.9243</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
-        <x:v>1.8914</x:v>
+        <x:v>1.9233</x:v>
       </x:c>
       <x:c r="D317" s="3" t="n">
-        <x:v>1.8933</x:v>
+        <x:v>1.9253</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>1.9043</x:v>
+        <x:v>1.9472</x:v>
       </x:c>
       <x:c r="C318" s="3" t="n">
-        <x:v>1.9033</x:v>
+        <x:v>1.9462</x:v>
       </x:c>
       <x:c r="D318" s="3" t="n">
-        <x:v>1.9053</x:v>
+        <x:v>1.9482</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>1.8884</x:v>
+        <x:v>1.9425</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
-        <x:v>1.8874</x:v>
+        <x:v>1.9415</x:v>
       </x:c>
       <x:c r="D319" s="3" t="n">
-        <x:v>1.8893</x:v>
+        <x:v>1.9435</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>1.8777</x:v>
+        <x:v>1.9442</x:v>
       </x:c>
       <x:c r="C320" s="3" t="n">
-        <x:v>1.8767</x:v>
+        <x:v>1.9432</x:v>
       </x:c>
       <x:c r="D320" s="3" t="n">
-        <x:v>1.8786</x:v>
+        <x:v>1.9452</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>1.8672</x:v>
+        <x:v>1.9437</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
-        <x:v>1.8662</x:v>
+        <x:v>1.9427</x:v>
       </x:c>
       <x:c r="D321" s="3" t="n">
-        <x:v>1.8681</x:v>
+        <x:v>1.9447</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>1.8682</x:v>
+        <x:v>1.9568</x:v>
       </x:c>
       <x:c r="C322" s="3" t="n">
-        <x:v>1.8672</x:v>
+        <x:v>1.9558</x:v>
       </x:c>
       <x:c r="D322" s="3" t="n">
-        <x:v>1.8691</x:v>
+        <x:v>1.9578</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>1.8592</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
-        <x:v>1.8582</x:v>
+        <x:v>1.949</x:v>
       </x:c>
       <x:c r="D323" s="3" t="n">
-        <x:v>1.8601</x:v>
+        <x:v>1.951</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>1.8676</x:v>
+        <x:v>1.9299</x:v>
       </x:c>
       <x:c r="C324" s="3" t="n">
-        <x:v>1.8666</x:v>
+        <x:v>1.9289</x:v>
       </x:c>
       <x:c r="D324" s="3" t="n">
-        <x:v>1.8685</x:v>
+        <x:v>1.9309</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>1.8665</x:v>
+        <x:v>1.9541</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
-        <x:v>1.8655</x:v>
+        <x:v>1.9531</x:v>
       </x:c>
       <x:c r="D325" s="3" t="n">
-        <x:v>1.8674</x:v>
+        <x:v>1.9551</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>1.8875</x:v>
+        <x:v>1.9355</x:v>
       </x:c>
       <x:c r="C326" s="3" t="n">
-        <x:v>1.8865</x:v>
+        <x:v>1.9345</x:v>
       </x:c>
       <x:c r="D326" s="3" t="n">
-        <x:v>1.8884</x:v>
+        <x:v>1.9365</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>1.8906</x:v>
+        <x:v>1.9476</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
-        <x:v>1.8896</x:v>
+        <x:v>1.9466</x:v>
       </x:c>
       <x:c r="D327" s="3" t="n">
-        <x:v>1.8915</x:v>
+        <x:v>1.9486</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>1.8823</x:v>
+        <x:v>1.9186</x:v>
       </x:c>
       <x:c r="C328" s="3" t="n">
-        <x:v>1.8813</x:v>
+        <x:v>1.9176</x:v>
       </x:c>
       <x:c r="D328" s="3" t="n">
-        <x:v>1.8832</x:v>
+        <x:v>1.9196</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>1.8883</x:v>
+        <x:v>1.9234</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
-        <x:v>1.8873</x:v>
+        <x:v>1.9224</x:v>
       </x:c>
       <x:c r="D329" s="3" t="n">
-        <x:v>1.8892</x:v>
+        <x:v>1.9244</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>1.8764</x:v>
+        <x:v>1.8948</x:v>
       </x:c>
       <x:c r="C330" s="3" t="n">
-        <x:v>1.8754</x:v>
+        <x:v>1.8938</x:v>
       </x:c>
       <x:c r="D330" s="3" t="n">
-        <x:v>1.8773</x:v>
+        <x:v>1.8957</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>1.8492</x:v>
+        <x:v>1.8913</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
-        <x:v>1.8482</x:v>
+        <x:v>1.8903</x:v>
       </x:c>
       <x:c r="D331" s="3" t="n">
-        <x:v>1.8501</x:v>
+        <x:v>1.8922</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>1.8605</x:v>
+        <x:v>1.8924</x:v>
       </x:c>
       <x:c r="C332" s="3" t="n">
-        <x:v>1.8595</x:v>
+        <x:v>1.8914</x:v>
       </x:c>
       <x:c r="D332" s="3" t="n">
-        <x:v>1.8614</x:v>
+        <x:v>1.8933</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>1.8202</x:v>
+        <x:v>1.9043</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
-        <x:v>1.8192</x:v>
+        <x:v>1.9033</x:v>
       </x:c>
       <x:c r="D333" s="3" t="n">
-        <x:v>1.8211</x:v>
+        <x:v>1.9053</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>1.8173</x:v>
+        <x:v>1.8884</x:v>
       </x:c>
       <x:c r="C334" s="3" t="n">
-        <x:v>1.8163</x:v>
+        <x:v>1.8874</x:v>
       </x:c>
       <x:c r="D334" s="3" t="n">
-        <x:v>1.8182</x:v>
+        <x:v>1.8893</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>1.8283</x:v>
+        <x:v>1.8777</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
-        <x:v>1.8273</x:v>
+        <x:v>1.8767</x:v>
       </x:c>
       <x:c r="D335" s="3" t="n">
-        <x:v>1.8292</x:v>
+        <x:v>1.8786</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>1.8257</x:v>
+        <x:v>1.8672</x:v>
       </x:c>
       <x:c r="C336" s="3" t="n">
-        <x:v>1.8247</x:v>
+        <x:v>1.8662</x:v>
       </x:c>
       <x:c r="D336" s="3" t="n">
-        <x:v>1.8266</x:v>
+        <x:v>1.8681</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>1.8485</x:v>
+        <x:v>1.8682</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
-        <x:v>1.8475</x:v>
+        <x:v>1.8672</x:v>
       </x:c>
       <x:c r="D337" s="3" t="n">
-        <x:v>1.8494</x:v>
+        <x:v>1.8691</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>1.8612</x:v>
+        <x:v>1.8592</x:v>
       </x:c>
       <x:c r="C338" s="3" t="n">
-        <x:v>1.8602</x:v>
+        <x:v>1.8582</x:v>
       </x:c>
       <x:c r="D338" s="3" t="n">
-        <x:v>1.8621</x:v>
+        <x:v>1.8601</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>1.8489</x:v>
+        <x:v>1.8676</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
-        <x:v>1.8479</x:v>
+        <x:v>1.8666</x:v>
       </x:c>
       <x:c r="D339" s="3" t="n">
-        <x:v>1.8498</x:v>
+        <x:v>1.8685</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>1.8317</x:v>
+        <x:v>1.8665</x:v>
       </x:c>
       <x:c r="C340" s="3" t="n">
-        <x:v>1.8307</x:v>
+        <x:v>1.8655</x:v>
       </x:c>
       <x:c r="D340" s="3" t="n">
-        <x:v>1.8326</x:v>
+        <x:v>1.8674</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>1.8325</x:v>
+        <x:v>1.8875</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>1.8315</x:v>
+        <x:v>1.8865</x:v>
       </x:c>
       <x:c r="D341" s="3" t="n">
-        <x:v>1.8334</x:v>
+        <x:v>1.8884</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>1.8282</x:v>
+        <x:v>1.8906</x:v>
       </x:c>
       <x:c r="C342" s="3" t="n">
-        <x:v>1.8272</x:v>
+        <x:v>1.8896</x:v>
       </x:c>
       <x:c r="D342" s="3" t="n">
-        <x:v>1.8291</x:v>
+        <x:v>1.8915</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>1.8269</x:v>
+        <x:v>1.8823</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
-        <x:v>1.8259</x:v>
+        <x:v>1.8813</x:v>
       </x:c>
       <x:c r="D343" s="3" t="n">
-        <x:v>1.8278</x:v>
+        <x:v>1.8832</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>1.8287</x:v>
+        <x:v>1.8883</x:v>
       </x:c>
       <x:c r="C344" s="3" t="n">
-        <x:v>1.8277</x:v>
+        <x:v>1.8873</x:v>
       </x:c>
       <x:c r="D344" s="3" t="n">
-        <x:v>1.8296</x:v>
+        <x:v>1.8892</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>1.8333</x:v>
+        <x:v>1.8764</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
-        <x:v>1.8323</x:v>
+        <x:v>1.8754</x:v>
       </x:c>
       <x:c r="D345" s="3" t="n">
-        <x:v>1.8342</x:v>
+        <x:v>1.8773</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>1.8243</x:v>
+        <x:v>1.8492</x:v>
       </x:c>
       <x:c r="C346" s="3" t="n">
-        <x:v>1.8233</x:v>
+        <x:v>1.8482</x:v>
       </x:c>
       <x:c r="D346" s="3" t="n">
-        <x:v>1.8252</x:v>
+        <x:v>1.8501</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>1.8386</x:v>
+        <x:v>1.8605</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
-        <x:v>1.8376</x:v>
+        <x:v>1.8595</x:v>
       </x:c>
       <x:c r="D347" s="3" t="n">
-        <x:v>1.8395</x:v>
+        <x:v>1.8614</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>1.8231</x:v>
+        <x:v>1.8202</x:v>
       </x:c>
       <x:c r="C348" s="3" t="n">
-        <x:v>1.8221</x:v>
+        <x:v>1.8192</x:v>
       </x:c>
       <x:c r="D348" s="3" t="n">
-        <x:v>1.824</x:v>
+        <x:v>1.8211</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>1.8424</x:v>
+        <x:v>1.8173</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
-        <x:v>1.8414</x:v>
+        <x:v>1.8163</x:v>
       </x:c>
       <x:c r="D349" s="3" t="n">
-        <x:v>1.8433</x:v>
+        <x:v>1.8182</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>1.8218</x:v>
+        <x:v>1.8283</x:v>
       </x:c>
       <x:c r="C350" s="3" t="n">
-        <x:v>1.8208</x:v>
+        <x:v>1.8273</x:v>
       </x:c>
       <x:c r="D350" s="3" t="n">
-        <x:v>1.8227</x:v>
+        <x:v>1.8292</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>1.8147</x:v>
+        <x:v>1.8257</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
-        <x:v>1.8137</x:v>
+        <x:v>1.8247</x:v>
       </x:c>
       <x:c r="D351" s="3" t="n">
-        <x:v>1.8156</x:v>
+        <x:v>1.8266</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>1.8237</x:v>
+        <x:v>1.8485</x:v>
       </x:c>
       <x:c r="C352" s="3" t="n">
-        <x:v>1.8227</x:v>
+        <x:v>1.8475</x:v>
       </x:c>
       <x:c r="D352" s="3" t="n">
-        <x:v>1.8246</x:v>
+        <x:v>1.8494</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>1.8051</x:v>
+        <x:v>1.8612</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
-        <x:v>1.8041</x:v>
+        <x:v>1.8602</x:v>
       </x:c>
       <x:c r="D353" s="3" t="n">
-        <x:v>1.806</x:v>
+        <x:v>1.8621</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>1.7921</x:v>
+        <x:v>1.8489</x:v>
       </x:c>
       <x:c r="C354" s="3" t="n">
-        <x:v>1.7912</x:v>
+        <x:v>1.8479</x:v>
       </x:c>
       <x:c r="D354" s="3" t="n">
-        <x:v>1.793</x:v>
+        <x:v>1.8498</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>1.7745</x:v>
+        <x:v>1.8317</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
-        <x:v>1.7736</x:v>
+        <x:v>1.8307</x:v>
       </x:c>
       <x:c r="D355" s="3" t="n">
-        <x:v>1.7754</x:v>
+        <x:v>1.8326</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>1.7753</x:v>
+        <x:v>1.8325</x:v>
       </x:c>
       <x:c r="C356" s="3" t="n">
-        <x:v>1.7744</x:v>
+        <x:v>1.8315</x:v>
       </x:c>
       <x:c r="D356" s="3" t="n">
-        <x:v>1.7762</x:v>
+        <x:v>1.8334</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>1.7742</x:v>
+        <x:v>1.8282</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
-        <x:v>1.7733</x:v>
+        <x:v>1.8272</x:v>
       </x:c>
       <x:c r="D357" s="3" t="n">
-        <x:v>1.7751</x:v>
+        <x:v>1.8291</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>1.7767</x:v>
+        <x:v>1.8269</x:v>
       </x:c>
       <x:c r="C358" s="3" t="n">
-        <x:v>1.7758</x:v>
+        <x:v>1.8259</x:v>
       </x:c>
       <x:c r="D358" s="3" t="n">
-        <x:v>1.7776</x:v>
+        <x:v>1.8278</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>1.7801</x:v>
+        <x:v>1.8287</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
-        <x:v>1.7792</x:v>
+        <x:v>1.8277</x:v>
       </x:c>
       <x:c r="D359" s="3" t="n">
-        <x:v>1.781</x:v>
+        <x:v>1.8296</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>1.791</x:v>
+        <x:v>1.8333</x:v>
       </x:c>
       <x:c r="C360" s="3" t="n">
-        <x:v>1.7901</x:v>
+        <x:v>1.8323</x:v>
       </x:c>
       <x:c r="D360" s="3" t="n">
-        <x:v>1.7919</x:v>
+        <x:v>1.8342</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>1.78</x:v>
+        <x:v>1.8243</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
-        <x:v>1.7791</x:v>
+        <x:v>1.8233</x:v>
       </x:c>
       <x:c r="D361" s="3" t="n">
-        <x:v>1.7809</x:v>
+        <x:v>1.8252</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>1.7799</x:v>
+        <x:v>1.8386</x:v>
       </x:c>
       <x:c r="C362" s="3" t="n">
-        <x:v>1.779</x:v>
+        <x:v>1.8376</x:v>
       </x:c>
       <x:c r="D362" s="3" t="n">
-        <x:v>1.7808</x:v>
+        <x:v>1.8395</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>1.7849</x:v>
+        <x:v>1.8231</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
-        <x:v>1.784</x:v>
+        <x:v>1.8221</x:v>
       </x:c>
       <x:c r="D363" s="3" t="n">
-        <x:v>1.7858</x:v>
+        <x:v>1.824</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>1.7985</x:v>
+        <x:v>1.8424</x:v>
       </x:c>
       <x:c r="C364" s="3" t="n">
-        <x:v>1.7976</x:v>
+        <x:v>1.8414</x:v>
       </x:c>
       <x:c r="D364" s="3" t="n">
-        <x:v>1.7994</x:v>
+        <x:v>1.8433</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>1.8006</x:v>
+        <x:v>1.8218</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
-        <x:v>1.7996</x:v>
+        <x:v>1.8208</x:v>
       </x:c>
       <x:c r="D365" s="3" t="n">
-        <x:v>1.8015</x:v>
+        <x:v>1.8227</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>1.7853</x:v>
+        <x:v>1.8147</x:v>
       </x:c>
       <x:c r="C366" s="3" t="n">
-        <x:v>1.7844</x:v>
+        <x:v>1.8137</x:v>
       </x:c>
       <x:c r="D366" s="3" t="n">
-        <x:v>1.7862</x:v>
+        <x:v>1.8156</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>1.7946</x:v>
+        <x:v>1.8237</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
-        <x:v>1.7937</x:v>
+        <x:v>1.8227</x:v>
       </x:c>
       <x:c r="D367" s="3" t="n">
-        <x:v>1.7955</x:v>
+        <x:v>1.8246</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>1.8052</x:v>
+        <x:v>1.8051</x:v>
       </x:c>
       <x:c r="C368" s="3" t="n">
-        <x:v>1.8042</x:v>
+        <x:v>1.8041</x:v>
       </x:c>
       <x:c r="D368" s="3" t="n">
-        <x:v>1.8061</x:v>
+        <x:v>1.806</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>1.803</x:v>
+        <x:v>1.7921</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
-        <x:v>1.802</x:v>
+        <x:v>1.7912</x:v>
       </x:c>
       <x:c r="D369" s="3" t="n">
-        <x:v>1.8039</x:v>
+        <x:v>1.793</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>1.7968</x:v>
+        <x:v>1.7745</x:v>
       </x:c>
       <x:c r="C370" s="3" t="n">
-        <x:v>1.7959</x:v>
+        <x:v>1.7736</x:v>
       </x:c>
       <x:c r="D370" s="3" t="n">
-        <x:v>1.7977</x:v>
+        <x:v>1.7754</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>1.8023</x:v>
+        <x:v>1.7753</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
-        <x:v>1.8013</x:v>
+        <x:v>1.7744</x:v>
       </x:c>
       <x:c r="D371" s="3" t="n">
-        <x:v>1.8032</x:v>
+        <x:v>1.7762</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>1.79</x:v>
+        <x:v>1.7742</x:v>
       </x:c>
       <x:c r="C372" s="3" t="n">
-        <x:v>1.7891</x:v>
+        <x:v>1.7733</x:v>
       </x:c>
       <x:c r="D372" s="3" t="n">
-        <x:v>1.7909</x:v>
+        <x:v>1.7751</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>1.7795</x:v>
+        <x:v>1.7767</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
-        <x:v>1.7786</x:v>
+        <x:v>1.7758</x:v>
       </x:c>
       <x:c r="D373" s="3" t="n">
-        <x:v>1.7804</x:v>
+        <x:v>1.7776</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>1.7556</x:v>
+        <x:v>1.7801</x:v>
       </x:c>
       <x:c r="C374" s="3" t="n">
-        <x:v>1.7547</x:v>
+        <x:v>1.7792</x:v>
       </x:c>
       <x:c r="D374" s="3" t="n">
-        <x:v>1.7565</x:v>
+        <x:v>1.781</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>1.769</x:v>
+        <x:v>1.791</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
-        <x:v>1.7681</x:v>
+        <x:v>1.7901</x:v>
       </x:c>
       <x:c r="D375" s="3" t="n">
-        <x:v>1.7699</x:v>
+        <x:v>1.7919</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>1.7729</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="C376" s="3" t="n">
-        <x:v>1.772</x:v>
+        <x:v>1.7791</x:v>
       </x:c>
       <x:c r="D376" s="3" t="n">
-        <x:v>1.7738</x:v>
+        <x:v>1.7809</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>1.7861</x:v>
+        <x:v>1.7799</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
-        <x:v>1.7852</x:v>
+        <x:v>1.779</x:v>
       </x:c>
       <x:c r="D377" s="3" t="n">
-        <x:v>1.787</x:v>
+        <x:v>1.7808</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>1.786</x:v>
+        <x:v>1.7849</x:v>
       </x:c>
       <x:c r="C378" s="3" t="n">
-        <x:v>1.7851</x:v>
+        <x:v>1.784</x:v>
       </x:c>
       <x:c r="D378" s="3" t="n">
-        <x:v>1.7869</x:v>
+        <x:v>1.7858</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>1.7873</x:v>
+        <x:v>1.7985</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
-        <x:v>1.7864</x:v>
+        <x:v>1.7976</x:v>
       </x:c>
       <x:c r="D379" s="3" t="n">
-        <x:v>1.7882</x:v>
+        <x:v>1.7994</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>1.7744</x:v>
+        <x:v>1.8006</x:v>
       </x:c>
       <x:c r="C380" s="3" t="n">
-        <x:v>1.7735</x:v>
+        <x:v>1.7996</x:v>
       </x:c>
       <x:c r="D380" s="3" t="n">
-        <x:v>1.7753</x:v>
+        <x:v>1.8015</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>1.7693</x:v>
+        <x:v>1.7853</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>1.7684</x:v>
+        <x:v>1.7844</x:v>
       </x:c>
       <x:c r="D381" s="3" t="n">
-        <x:v>1.7702</x:v>
+        <x:v>1.7862</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>1.7748</x:v>
+        <x:v>1.7946</x:v>
       </x:c>
       <x:c r="C382" s="3" t="n">
-        <x:v>1.7739</x:v>
+        <x:v>1.7937</x:v>
       </x:c>
       <x:c r="D382" s="3" t="n">
-        <x:v>1.7757</x:v>
+        <x:v>1.7955</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>1.7733</x:v>
+        <x:v>1.8052</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>1.7724</x:v>
+        <x:v>1.8042</x:v>
       </x:c>
       <x:c r="D383" s="3" t="n">
-        <x:v>1.7742</x:v>
+        <x:v>1.8061</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>1.7788</x:v>
+        <x:v>1.803</x:v>
       </x:c>
       <x:c r="C384" s="3" t="n">
-        <x:v>1.7779</x:v>
+        <x:v>1.802</x:v>
       </x:c>
       <x:c r="D384" s="3" t="n">
-        <x:v>1.7797</x:v>
+        <x:v>1.8039</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>1.7804</x:v>
+        <x:v>1.7968</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>1.7795</x:v>
+        <x:v>1.7959</x:v>
       </x:c>
       <x:c r="D385" s="3" t="n">
-        <x:v>1.7813</x:v>
+        <x:v>1.7977</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>1.7835</x:v>
+        <x:v>1.8023</x:v>
       </x:c>
       <x:c r="C386" s="3" t="n">
-        <x:v>1.7826</x:v>
+        <x:v>1.8013</x:v>
       </x:c>
       <x:c r="D386" s="3" t="n">
-        <x:v>1.7844</x:v>
+        <x:v>1.8032</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>1.7729</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>1.772</x:v>
+        <x:v>1.7891</x:v>
       </x:c>
       <x:c r="D387" s="3" t="n">
-        <x:v>1.7738</x:v>
+        <x:v>1.7909</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>1.7784</x:v>
+        <x:v>1.7795</x:v>
       </x:c>
       <x:c r="C388" s="3" t="n">
-        <x:v>1.7775</x:v>
+        <x:v>1.7786</x:v>
       </x:c>
       <x:c r="D388" s="3" t="n">
-        <x:v>1.7793</x:v>
+        <x:v>1.7804</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>1.7881</x:v>
+        <x:v>1.7556</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>1.7872</x:v>
+        <x:v>1.7547</x:v>
       </x:c>
       <x:c r="D389" s="3" t="n">
-        <x:v>1.789</x:v>
+        <x:v>1.7565</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>1.7884</x:v>
+        <x:v>1.769</x:v>
       </x:c>
       <x:c r="C390" s="3" t="n">
-        <x:v>1.7875</x:v>
+        <x:v>1.7681</x:v>
       </x:c>
       <x:c r="D390" s="3" t="n">
-        <x:v>1.7893</x:v>
+        <x:v>1.7699</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>1.769</x:v>
+        <x:v>1.7729</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
-        <x:v>1.7681</x:v>
+        <x:v>1.772</x:v>
       </x:c>
       <x:c r="D391" s="3" t="n">
-        <x:v>1.7699</x:v>
+        <x:v>1.7738</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>1.7656</x:v>
+        <x:v>1.7861</x:v>
       </x:c>
       <x:c r="C392" s="3" t="n">
-        <x:v>1.7647</x:v>
+        <x:v>1.7852</x:v>
       </x:c>
       <x:c r="D392" s="3" t="n">
-        <x:v>1.7665</x:v>
+        <x:v>1.787</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>1.7482</x:v>
+        <x:v>1.786</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
-        <x:v>1.7473</x:v>
+        <x:v>1.7851</x:v>
       </x:c>
       <x:c r="D393" s="3" t="n">
-        <x:v>1.7491</x:v>
+        <x:v>1.7869</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>1.7557</x:v>
+        <x:v>1.7873</x:v>
       </x:c>
       <x:c r="C394" s="3" t="n">
-        <x:v>1.7548</x:v>
+        <x:v>1.7864</x:v>
       </x:c>
       <x:c r="D394" s="3" t="n">
-        <x:v>1.7566</x:v>
+        <x:v>1.7882</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>1.7468</x:v>
+        <x:v>1.7744</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
-        <x:v>1.7459</x:v>
+        <x:v>1.7735</x:v>
       </x:c>
       <x:c r="D395" s="3" t="n">
-        <x:v>1.7477</x:v>
+        <x:v>1.7753</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>1.726</x:v>
+        <x:v>1.7693</x:v>
       </x:c>
       <x:c r="C396" s="3" t="n">
-        <x:v>1.7251</x:v>
+        <x:v>1.7684</x:v>
       </x:c>
       <x:c r="D396" s="3" t="n">
-        <x:v>1.7269</x:v>
+        <x:v>1.7702</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>1.7384</x:v>
+        <x:v>1.7748</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
-        <x:v>1.7375</x:v>
+        <x:v>1.7739</x:v>
       </x:c>
       <x:c r="D397" s="3" t="n">
-        <x:v>1.7393</x:v>
+        <x:v>1.7757</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>1.7703</x:v>
+        <x:v>1.7733</x:v>
       </x:c>
       <x:c r="C398" s="3" t="n">
-        <x:v>1.7694</x:v>
+        <x:v>1.7724</x:v>
       </x:c>
       <x:c r="D398" s="3" t="n">
-        <x:v>1.7712</x:v>
+        <x:v>1.7742</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>1.7906</x:v>
+        <x:v>1.7788</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>1.7897</x:v>
+        <x:v>1.7779</x:v>
       </x:c>
       <x:c r="D399" s="3" t="n">
-        <x:v>1.7915</x:v>
+        <x:v>1.7797</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>1.8035</x:v>
+        <x:v>1.7804</x:v>
       </x:c>
       <x:c r="C400" s="3" t="n">
-        <x:v>1.8025</x:v>
+        <x:v>1.7795</x:v>
       </x:c>
       <x:c r="D400" s="3" t="n">
-        <x:v>1.8044</x:v>
+        <x:v>1.7813</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>1.7887</x:v>
+        <x:v>1.7835</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>1.7878</x:v>
+        <x:v>1.7826</x:v>
       </x:c>
       <x:c r="D401" s="3" t="n">
-        <x:v>1.7896</x:v>
+        <x:v>1.7844</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>1.795</x:v>
+        <x:v>1.7729</x:v>
       </x:c>
       <x:c r="C402" s="3" t="n">
-        <x:v>1.7941</x:v>
+        <x:v>1.772</x:v>
       </x:c>
       <x:c r="D402" s="3" t="n">
-        <x:v>1.7959</x:v>
+        <x:v>1.7738</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>1.793</x:v>
+        <x:v>1.7784</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>1.7921</x:v>
+        <x:v>1.7775</x:v>
       </x:c>
       <x:c r="D403" s="3" t="n">
-        <x:v>1.7939</x:v>
+        <x:v>1.7793</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>1.7775</x:v>
+        <x:v>1.7881</x:v>
       </x:c>
       <x:c r="C404" s="3" t="n">
-        <x:v>1.7766</x:v>
+        <x:v>1.7872</x:v>
       </x:c>
       <x:c r="D404" s="3" t="n">
-        <x:v>1.7784</x:v>
+        <x:v>1.789</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
-        <x:v>1.7682</x:v>
+        <x:v>1.7884</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
-        <x:v>1.7673</x:v>
+        <x:v>1.7875</x:v>
       </x:c>
       <x:c r="D405" s="3" t="n">
-        <x:v>1.7691</x:v>
+        <x:v>1.7893</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>1.7926</x:v>
+        <x:v>1.769</x:v>
       </x:c>
       <x:c r="C406" s="3" t="n">
-        <x:v>1.7917</x:v>
+        <x:v>1.7681</x:v>
       </x:c>
       <x:c r="D406" s="3" t="n">
-        <x:v>1.7935</x:v>
+        <x:v>1.7699</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>1.7796</x:v>
+        <x:v>1.7656</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>1.7787</x:v>
+        <x:v>1.7647</x:v>
       </x:c>
       <x:c r="D407" s="3" t="n">
-        <x:v>1.7805</x:v>
+        <x:v>1.7665</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>1.7494</x:v>
+        <x:v>1.7482</x:v>
       </x:c>
       <x:c r="C408" s="3" t="n">
-        <x:v>1.7485</x:v>
+        <x:v>1.7473</x:v>
       </x:c>
       <x:c r="D408" s="3" t="n">
-        <x:v>1.7503</x:v>
+        <x:v>1.7491</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>1.7464</x:v>
+        <x:v>1.7557</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
-        <x:v>1.7455</x:v>
+        <x:v>1.7548</x:v>
       </x:c>
       <x:c r="D409" s="3" t="n">
-        <x:v>1.7473</x:v>
+        <x:v>1.7566</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>1.7652</x:v>
+        <x:v>1.7468</x:v>
       </x:c>
       <x:c r="C410" s="3" t="n">
-        <x:v>1.7643</x:v>
+        <x:v>1.7459</x:v>
       </x:c>
       <x:c r="D410" s="3" t="n">
-        <x:v>1.7661</x:v>
+        <x:v>1.7477</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>1.7854</x:v>
+        <x:v>1.726</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>1.7845</x:v>
+        <x:v>1.7251</x:v>
       </x:c>
       <x:c r="D411" s="3" t="n">
-        <x:v>1.7863</x:v>
+        <x:v>1.7269</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>1.7599</x:v>
+        <x:v>1.7384</x:v>
       </x:c>
       <x:c r="C412" s="3" t="n">
-        <x:v>1.759</x:v>
+        <x:v>1.7375</x:v>
       </x:c>
       <x:c r="D412" s="3" t="n">
-        <x:v>1.7608</x:v>
+        <x:v>1.7393</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>1.7592</x:v>
+        <x:v>1.7703</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>1.7583</x:v>
+        <x:v>1.7694</x:v>
       </x:c>
       <x:c r="D413" s="3" t="n">
-        <x:v>1.7601</x:v>
+        <x:v>1.7712</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>1.7564</x:v>
+        <x:v>1.7906</x:v>
       </x:c>
       <x:c r="C414" s="3" t="n">
-        <x:v>1.7555</x:v>
+        <x:v>1.7897</x:v>
       </x:c>
       <x:c r="D414" s="3" t="n">
-        <x:v>1.7573</x:v>
+        <x:v>1.7915</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>1.7734</x:v>
+        <x:v>1.8035</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>1.7725</x:v>
+        <x:v>1.8025</x:v>
       </x:c>
       <x:c r="D415" s="3" t="n">
-        <x:v>1.7743</x:v>
+        <x:v>1.8044</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>1.7592</x:v>
+        <x:v>1.7887</x:v>
       </x:c>
       <x:c r="C416" s="3" t="n">
-        <x:v>1.7583</x:v>
+        <x:v>1.7878</x:v>
       </x:c>
       <x:c r="D416" s="3" t="n">
-        <x:v>1.7601</x:v>
+        <x:v>1.7896</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>1.7595</x:v>
+        <x:v>1.795</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>1.7586</x:v>
+        <x:v>1.7941</x:v>
       </x:c>
       <x:c r="D417" s="3" t="n">
-        <x:v>1.7604</x:v>
+        <x:v>1.7959</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>1.7628</x:v>
+        <x:v>1.793</x:v>
       </x:c>
       <x:c r="C418" s="3" t="n">
-        <x:v>1.7619</x:v>
+        <x:v>1.7921</x:v>
       </x:c>
       <x:c r="D418" s="3" t="n">
-        <x:v>1.7637</x:v>
+        <x:v>1.7939</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
-        <x:v>1.7533</x:v>
+        <x:v>1.7775</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
-        <x:v>1.7524</x:v>
+        <x:v>1.7766</x:v>
       </x:c>
       <x:c r="D419" s="3" t="n">
-        <x:v>1.7542</x:v>
+        <x:v>1.7784</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>1.7515</x:v>
+        <x:v>1.7682</x:v>
       </x:c>
       <x:c r="C420" s="3" t="n">
-        <x:v>1.7506</x:v>
+        <x:v>1.7673</x:v>
       </x:c>
       <x:c r="D420" s="3" t="n">
-        <x:v>1.7524</x:v>
+        <x:v>1.7691</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>1.7619</x:v>
+        <x:v>1.7926</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>1.761</x:v>
+        <x:v>1.7917</x:v>
       </x:c>
       <x:c r="D421" s="3" t="n">
-        <x:v>1.7628</x:v>
+        <x:v>1.7935</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>1.758</x:v>
+        <x:v>1.7796</x:v>
       </x:c>
       <x:c r="C422" s="3" t="n">
-        <x:v>1.7571</x:v>
+        <x:v>1.7787</x:v>
       </x:c>
       <x:c r="D422" s="3" t="n">
-        <x:v>1.7589</x:v>
+        <x:v>1.7805</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>1.7464</x:v>
+        <x:v>1.7494</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>1.7455</x:v>
+        <x:v>1.7485</x:v>
       </x:c>
       <x:c r="D423" s="3" t="n">
-        <x:v>1.7473</x:v>
+        <x:v>1.7503</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>1.807</x:v>
+        <x:v>1.7464</x:v>
       </x:c>
       <x:c r="C424" s="3" t="n">
-        <x:v>1.806</x:v>
+        <x:v>1.7455</x:v>
       </x:c>
       <x:c r="D424" s="3" t="n">
-        <x:v>1.8079</x:v>
+        <x:v>1.7473</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>1.8062</x:v>
+        <x:v>1.7652</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
-        <x:v>1.8052</x:v>
+        <x:v>1.7643</x:v>
       </x:c>
       <x:c r="D425" s="3" t="n">
-        <x:v>1.8071</x:v>
+        <x:v>1.7661</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>1.8092</x:v>
+        <x:v>1.7854</x:v>
       </x:c>
       <x:c r="C426" s="3" t="n">
-        <x:v>1.8082</x:v>
+        <x:v>1.7845</x:v>
       </x:c>
       <x:c r="D426" s="3" t="n">
-        <x:v>1.8101</x:v>
+        <x:v>1.7863</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>1.8022</x:v>
+        <x:v>1.7599</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
-        <x:v>1.8012</x:v>
+        <x:v>1.759</x:v>
       </x:c>
       <x:c r="D427" s="3" t="n">
-        <x:v>1.8031</x:v>
+        <x:v>1.7608</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>1.8075</x:v>
+        <x:v>1.7592</x:v>
       </x:c>
       <x:c r="C428" s="3" t="n">
-        <x:v>1.8065</x:v>
+        <x:v>1.7583</x:v>
       </x:c>
       <x:c r="D428" s="3" t="n">
-        <x:v>1.8084</x:v>
+        <x:v>1.7601</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>1.7994</x:v>
+        <x:v>1.7564</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
-        <x:v>1.7985</x:v>
+        <x:v>1.7555</x:v>
       </x:c>
       <x:c r="D429" s="3" t="n">
-        <x:v>1.8003</x:v>
+        <x:v>1.7573</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>1.7923</x:v>
+        <x:v>1.7734</x:v>
       </x:c>
       <x:c r="C430" s="3" t="n">
-        <x:v>1.7914</x:v>
+        <x:v>1.7725</x:v>
       </x:c>
       <x:c r="D430" s="3" t="n">
-        <x:v>1.7932</x:v>
+        <x:v>1.7743</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>1.7987</x:v>
+        <x:v>1.7592</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
-        <x:v>1.7978</x:v>
+        <x:v>1.7583</x:v>
       </x:c>
       <x:c r="D431" s="3" t="n">
-        <x:v>1.7996</x:v>
+        <x:v>1.7601</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>1.8083</x:v>
+        <x:v>1.7595</x:v>
       </x:c>
       <x:c r="C432" s="3" t="n">
-        <x:v>1.8073</x:v>
+        <x:v>1.7586</x:v>
       </x:c>
       <x:c r="D432" s="3" t="n">
-        <x:v>1.8092</x:v>
+        <x:v>1.7604</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
-        <x:v>1.7924</x:v>
+        <x:v>1.7628</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
-        <x:v>1.7915</x:v>
+        <x:v>1.7619</x:v>
       </x:c>
       <x:c r="D433" s="3" t="n">
-        <x:v>1.7933</x:v>
+        <x:v>1.7637</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>1.7901</x:v>
+        <x:v>1.7533</x:v>
       </x:c>
       <x:c r="C434" s="3" t="n">
-        <x:v>1.7892</x:v>
+        <x:v>1.7524</x:v>
       </x:c>
       <x:c r="D434" s="3" t="n">
-        <x:v>1.791</x:v>
+        <x:v>1.7542</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>1.7828</x:v>
+        <x:v>1.7515</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
-        <x:v>1.7819</x:v>
+        <x:v>1.7506</x:v>
       </x:c>
       <x:c r="D435" s="3" t="n">
-        <x:v>1.7837</x:v>
+        <x:v>1.7524</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>1.7882</x:v>
+        <x:v>1.7619</x:v>
       </x:c>
       <x:c r="C436" s="3" t="n">
-        <x:v>1.7873</x:v>
+        <x:v>1.761</x:v>
       </x:c>
       <x:c r="D436" s="3" t="n">
-        <x:v>1.7891</x:v>
+        <x:v>1.7628</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>1.7846</x:v>
+        <x:v>1.758</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
-        <x:v>1.7837</x:v>
+        <x:v>1.7571</x:v>
       </x:c>
       <x:c r="D437" s="3" t="n">
-        <x:v>1.7855</x:v>
+        <x:v>1.7589</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
-        <x:v>444</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>1.7711</x:v>
+        <x:v>1.7464</x:v>
       </x:c>
       <x:c r="C438" s="3" t="n">
-        <x:v>1.7702</x:v>
+        <x:v>1.7455</x:v>
       </x:c>
       <x:c r="D438" s="3" t="n">
-        <x:v>1.772</x:v>
+        <x:v>1.7473</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>1.7689</x:v>
+        <x:v>1.807</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
-        <x:v>1.768</x:v>
+        <x:v>1.806</x:v>
       </x:c>
       <x:c r="D439" s="3" t="n">
-        <x:v>1.7698</x:v>
+        <x:v>1.8079</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>1.7458</x:v>
+        <x:v>1.8062</x:v>
       </x:c>
       <x:c r="C440" s="3" t="n">
-        <x:v>1.7449</x:v>
+        <x:v>1.8052</x:v>
       </x:c>
       <x:c r="D440" s="3" t="n">
-        <x:v>1.7467</x:v>
+        <x:v>1.8071</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>1.7348</x:v>
+        <x:v>1.8092</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
-        <x:v>1.7339</x:v>
+        <x:v>1.8082</x:v>
       </x:c>
       <x:c r="D441" s="3" t="n">
-        <x:v>1.7357</x:v>
+        <x:v>1.8101</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>1.7337</x:v>
+        <x:v>1.8022</x:v>
       </x:c>
       <x:c r="C442" s="3" t="n">
-        <x:v>1.7328</x:v>
+        <x:v>1.8012</x:v>
       </x:c>
       <x:c r="D442" s="3" t="n">
-        <x:v>1.7346</x:v>
+        <x:v>1.8031</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>1.7244</x:v>
+        <x:v>1.8075</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
-        <x:v>1.7235</x:v>
+        <x:v>1.8065</x:v>
       </x:c>
       <x:c r="D443" s="3" t="n">
-        <x:v>1.7253</x:v>
+        <x:v>1.8084</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>1.7458</x:v>
+        <x:v>1.7994</x:v>
       </x:c>
       <x:c r="C444" s="3" t="n">
-        <x:v>1.7449</x:v>
+        <x:v>1.7985</x:v>
       </x:c>
       <x:c r="D444" s="3" t="n">
-        <x:v>1.7467</x:v>
+        <x:v>1.8003</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>1.7512</x:v>
+        <x:v>1.7923</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
-        <x:v>1.7503</x:v>
+        <x:v>1.7914</x:v>
       </x:c>
       <x:c r="D445" s="3" t="n">
-        <x:v>1.7521</x:v>
+        <x:v>1.7932</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>1.7623</x:v>
+        <x:v>1.7987</x:v>
       </x:c>
       <x:c r="C446" s="3" t="n">
-        <x:v>1.7614</x:v>
+        <x:v>1.7978</x:v>
       </x:c>
       <x:c r="D446" s="3" t="n">
-        <x:v>1.7632</x:v>
+        <x:v>1.7996</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>1.7687</x:v>
+        <x:v>1.8083</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
-        <x:v>1.7678</x:v>
+        <x:v>1.8073</x:v>
       </x:c>
       <x:c r="D447" s="3" t="n">
-        <x:v>1.7696</x:v>
+        <x:v>1.8092</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>1.77</x:v>
+        <x:v>1.7924</x:v>
       </x:c>
       <x:c r="C448" s="3" t="n">
-        <x:v>1.7691</x:v>
+        <x:v>1.7915</x:v>
       </x:c>
       <x:c r="D448" s="3" t="n">
-        <x:v>1.7709</x:v>
+        <x:v>1.7933</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>1.7797</x:v>
+        <x:v>1.7901</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
-        <x:v>1.7788</x:v>
+        <x:v>1.7892</x:v>
       </x:c>
       <x:c r="D449" s="3" t="n">
-        <x:v>1.7806</x:v>
+        <x:v>1.791</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>1.7679</x:v>
+        <x:v>1.7828</x:v>
       </x:c>
       <x:c r="C450" s="3" t="n">
-        <x:v>1.767</x:v>
+        <x:v>1.7819</x:v>
       </x:c>
       <x:c r="D450" s="3" t="n">
-        <x:v>1.7688</x:v>
+        <x:v>1.7837</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>1.7627</x:v>
+        <x:v>1.7882</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
-        <x:v>1.7618</x:v>
+        <x:v>1.7873</x:v>
       </x:c>
       <x:c r="D451" s="3" t="n">
-        <x:v>1.7636</x:v>
+        <x:v>1.7891</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>1.7575</x:v>
+        <x:v>1.7846</x:v>
       </x:c>
       <x:c r="C452" s="3" t="n">
-        <x:v>1.7566</x:v>
+        <x:v>1.7837</x:v>
       </x:c>
       <x:c r="D452" s="3" t="n">
-        <x:v>1.7584</x:v>
+        <x:v>1.7855</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>1.7599</x:v>
+        <x:v>1.7711</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>1.759</x:v>
+        <x:v>1.7702</x:v>
       </x:c>
       <x:c r="D453" s="3" t="n">
-        <x:v>1.7608</x:v>
+        <x:v>1.772</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>1.7652</x:v>
+        <x:v>1.7689</x:v>
       </x:c>
       <x:c r="C454" s="3" t="n">
-        <x:v>1.7643</x:v>
+        <x:v>1.768</x:v>
       </x:c>
       <x:c r="D454" s="3" t="n">
-        <x:v>1.7661</x:v>
+        <x:v>1.7698</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>1.7547</x:v>
+        <x:v>1.7458</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
-        <x:v>1.7538</x:v>
+        <x:v>1.7449</x:v>
       </x:c>
       <x:c r="D455" s="3" t="n">
-        <x:v>1.7556</x:v>
+        <x:v>1.7467</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>1.7493</x:v>
+        <x:v>1.7348</x:v>
       </x:c>
       <x:c r="C456" s="3" t="n">
-        <x:v>1.7484</x:v>
+        <x:v>1.7339</x:v>
       </x:c>
       <x:c r="D456" s="3" t="n">
-        <x:v>1.7502</x:v>
+        <x:v>1.7357</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>1.755</x:v>
+        <x:v>1.7337</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
-        <x:v>1.7541</x:v>
+        <x:v>1.7328</x:v>
       </x:c>
       <x:c r="D457" s="3" t="n">
-        <x:v>1.7559</x:v>
+        <x:v>1.7346</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>1.7498</x:v>
+        <x:v>1.7244</x:v>
       </x:c>
       <x:c r="C458" s="3" t="n">
-        <x:v>1.7489</x:v>
+        <x:v>1.7235</x:v>
       </x:c>
       <x:c r="D458" s="3" t="n">
-        <x:v>1.7507</x:v>
+        <x:v>1.7253</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>1.7524</x:v>
+        <x:v>1.7458</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
-        <x:v>1.7515</x:v>
+        <x:v>1.7449</x:v>
       </x:c>
       <x:c r="D459" s="3" t="n">
-        <x:v>1.7533</x:v>
+        <x:v>1.7467</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>1.7377</x:v>
+        <x:v>1.7512</x:v>
       </x:c>
       <x:c r="C460" s="3" t="n">
-        <x:v>1.7368</x:v>
+        <x:v>1.7503</x:v>
       </x:c>
       <x:c r="D460" s="3" t="n">
-        <x:v>1.7386</x:v>
+        <x:v>1.7521</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>1.7256</x:v>
+        <x:v>1.7623</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
-        <x:v>1.7247</x:v>
+        <x:v>1.7614</x:v>
       </x:c>
       <x:c r="D461" s="3" t="n">
-        <x:v>1.7265</x:v>
+        <x:v>1.7632</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>1.7155</x:v>
+        <x:v>1.7687</x:v>
       </x:c>
       <x:c r="C462" s="3" t="n">
-        <x:v>1.7146</x:v>
+        <x:v>1.7678</x:v>
       </x:c>
       <x:c r="D462" s="3" t="n">
-        <x:v>1.7164</x:v>
+        <x:v>1.7696</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>1.7175</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
-        <x:v>1.7166</x:v>
+        <x:v>1.7691</x:v>
       </x:c>
       <x:c r="D463" s="3" t="n">
-        <x:v>1.7184</x:v>
+        <x:v>1.7709</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>1.7233</x:v>
+        <x:v>1.7797</x:v>
       </x:c>
       <x:c r="C464" s="3" t="n">
-        <x:v>1.7224</x:v>
+        <x:v>1.7788</x:v>
       </x:c>
       <x:c r="D464" s="3" t="n">
-        <x:v>1.7242</x:v>
+        <x:v>1.7806</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>1.7206</x:v>
+        <x:v>1.7679</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
-        <x:v>1.7197</x:v>
+        <x:v>1.767</x:v>
       </x:c>
       <x:c r="D465" s="3" t="n">
-        <x:v>1.7215</x:v>
+        <x:v>1.7688</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>1.7245</x:v>
+        <x:v>1.7627</x:v>
       </x:c>
       <x:c r="C466" s="3" t="n">
-        <x:v>1.7236</x:v>
+        <x:v>1.7618</x:v>
       </x:c>
       <x:c r="D466" s="3" t="n">
-        <x:v>1.7254</x:v>
+        <x:v>1.7636</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>1.737</x:v>
+        <x:v>1.7575</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
-        <x:v>1.7361</x:v>
+        <x:v>1.7566</x:v>
       </x:c>
       <x:c r="D467" s="3" t="n">
-        <x:v>1.7379</x:v>
+        <x:v>1.7584</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>1.7402</x:v>
+        <x:v>1.7599</x:v>
       </x:c>
       <x:c r="C468" s="3" t="n">
-        <x:v>1.7393</x:v>
+        <x:v>1.759</x:v>
       </x:c>
       <x:c r="D468" s="3" t="n">
-        <x:v>1.7411</x:v>
+        <x:v>1.7608</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>1.7416</x:v>
+        <x:v>1.7652</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
-        <x:v>1.7407</x:v>
+        <x:v>1.7643</x:v>
       </x:c>
       <x:c r="D469" s="3" t="n">
-        <x:v>1.7425</x:v>
+        <x:v>1.7661</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>1.7311</x:v>
+        <x:v>1.7547</x:v>
       </x:c>
       <x:c r="C470" s="3" t="n">
-        <x:v>1.7302</x:v>
+        <x:v>1.7538</x:v>
       </x:c>
       <x:c r="D470" s="3" t="n">
-        <x:v>1.732</x:v>
+        <x:v>1.7556</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>1.7271</x:v>
+        <x:v>1.7493</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
-        <x:v>1.7262</x:v>
+        <x:v>1.7484</x:v>
       </x:c>
       <x:c r="D471" s="3" t="n">
-        <x:v>1.728</x:v>
+        <x:v>1.7502</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>1.7319</x:v>
+        <x:v>1.755</x:v>
       </x:c>
       <x:c r="C472" s="3" t="n">
-        <x:v>1.731</x:v>
+        <x:v>1.7541</x:v>
       </x:c>
       <x:c r="D472" s="3" t="n">
-        <x:v>1.7328</x:v>
+        <x:v>1.7559</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>1.7353</x:v>
+        <x:v>1.7498</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
-        <x:v>1.7344</x:v>
+        <x:v>1.7489</x:v>
       </x:c>
       <x:c r="D473" s="3" t="n">
-        <x:v>1.7362</x:v>
+        <x:v>1.7507</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>1.7474</x:v>
+        <x:v>1.7524</x:v>
       </x:c>
       <x:c r="C474" s="3" t="n">
-        <x:v>1.7465</x:v>
+        <x:v>1.7515</x:v>
       </x:c>
       <x:c r="D474" s="3" t="n">
-        <x:v>1.7483</x:v>
+        <x:v>1.7533</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>1.7333</x:v>
+        <x:v>1.7377</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
-        <x:v>1.7324</x:v>
+        <x:v>1.7368</x:v>
       </x:c>
       <x:c r="D475" s="3" t="n">
-        <x:v>1.7342</x:v>
+        <x:v>1.7386</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>1.7439</x:v>
+        <x:v>1.7256</x:v>
       </x:c>
       <x:c r="C476" s="3" t="n">
-        <x:v>1.743</x:v>
+        <x:v>1.7247</x:v>
       </x:c>
       <x:c r="D476" s="3" t="n">
-        <x:v>1.7448</x:v>
+        <x:v>1.7265</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>1.7522</x:v>
+        <x:v>1.7155</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
-        <x:v>1.7513</x:v>
+        <x:v>1.7146</x:v>
       </x:c>
       <x:c r="D477" s="3" t="n">
-        <x:v>1.7531</x:v>
+        <x:v>1.7164</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>1.7441</x:v>
+        <x:v>1.7175</x:v>
       </x:c>
       <x:c r="C478" s="3" t="n">
-        <x:v>1.7432</x:v>
+        <x:v>1.7166</x:v>
       </x:c>
       <x:c r="D478" s="3" t="n">
-        <x:v>1.745</x:v>
+        <x:v>1.7184</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>1.7334</x:v>
+        <x:v>1.7233</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
-        <x:v>1.7325</x:v>
+        <x:v>1.7224</x:v>
       </x:c>
       <x:c r="D479" s="3" t="n">
-        <x:v>1.7343</x:v>
+        <x:v>1.7242</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>1.7344</x:v>
+        <x:v>1.7206</x:v>
       </x:c>
       <x:c r="C480" s="3" t="n">
-        <x:v>1.7335</x:v>
+        <x:v>1.7197</x:v>
       </x:c>
       <x:c r="D480" s="3" t="n">
-        <x:v>1.7353</x:v>
+        <x:v>1.7215</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>1.7422</x:v>
+        <x:v>1.7245</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
-        <x:v>1.7413</x:v>
+        <x:v>1.7236</x:v>
       </x:c>
       <x:c r="D481" s="3" t="n">
-        <x:v>1.7431</x:v>
+        <x:v>1.7254</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>1.7179</x:v>
+        <x:v>1.737</x:v>
       </x:c>
       <x:c r="C482" s="3" t="n">
-        <x:v>1.717</x:v>
+        <x:v>1.7361</x:v>
       </x:c>
       <x:c r="D482" s="3" t="n">
-        <x:v>1.7188</x:v>
+        <x:v>1.7379</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>1.7526</x:v>
+        <x:v>1.7402</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
-        <x:v>1.7517</x:v>
+        <x:v>1.7393</x:v>
       </x:c>
       <x:c r="D483" s="3" t="n">
-        <x:v>1.7535</x:v>
+        <x:v>1.7411</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>1.7586</x:v>
+        <x:v>1.7416</x:v>
       </x:c>
       <x:c r="C484" s="3" t="n">
-        <x:v>1.7577</x:v>
+        <x:v>1.7407</x:v>
       </x:c>
       <x:c r="D484" s="3" t="n">
-        <x:v>1.7595</x:v>
+        <x:v>1.7425</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>1.7776</x:v>
+        <x:v>1.7311</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
-        <x:v>1.7767</x:v>
+        <x:v>1.7302</x:v>
       </x:c>
       <x:c r="D485" s="3" t="n">
-        <x:v>1.7785</x:v>
+        <x:v>1.732</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>1.777</x:v>
+        <x:v>1.7271</x:v>
       </x:c>
       <x:c r="C486" s="3" t="n">
-        <x:v>1.7761</x:v>
+        <x:v>1.7262</x:v>
       </x:c>
       <x:c r="D486" s="3" t="n">
-        <x:v>1.7779</x:v>
+        <x:v>1.728</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>1.7623</x:v>
+        <x:v>1.7319</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
-        <x:v>1.7614</x:v>
+        <x:v>1.731</x:v>
       </x:c>
       <x:c r="D487" s="3" t="n">
-        <x:v>1.7632</x:v>
+        <x:v>1.7328</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>1.7599</x:v>
+        <x:v>1.7353</x:v>
       </x:c>
       <x:c r="C488" s="3" t="n">
-        <x:v>1.759</x:v>
+        <x:v>1.7344</x:v>
       </x:c>
       <x:c r="D488" s="3" t="n">
-        <x:v>1.7608</x:v>
+        <x:v>1.7362</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>1.7716</x:v>
+        <x:v>1.7474</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
-        <x:v>1.7707</x:v>
+        <x:v>1.7465</x:v>
       </x:c>
       <x:c r="D489" s="3" t="n">
-        <x:v>1.7725</x:v>
+        <x:v>1.7483</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>1.7617</x:v>
+        <x:v>1.7333</x:v>
       </x:c>
       <x:c r="C490" s="3" t="n">
-        <x:v>1.7608</x:v>
+        <x:v>1.7324</x:v>
       </x:c>
       <x:c r="D490" s="3" t="n">
-        <x:v>1.7626</x:v>
+        <x:v>1.7342</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>1.7672</x:v>
+        <x:v>1.7439</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
-        <x:v>1.7663</x:v>
+        <x:v>1.743</x:v>
       </x:c>
       <x:c r="D491" s="3" t="n">
-        <x:v>1.7681</x:v>
+        <x:v>1.7448</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>1.7586</x:v>
+        <x:v>1.7522</x:v>
       </x:c>
       <x:c r="C492" s="3" t="n">
-        <x:v>1.7577</x:v>
+        <x:v>1.7513</x:v>
       </x:c>
       <x:c r="D492" s="3" t="n">
-        <x:v>1.7595</x:v>
+        <x:v>1.7531</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>1.7433</x:v>
+        <x:v>1.7441</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
-        <x:v>1.7424</x:v>
+        <x:v>1.7432</x:v>
       </x:c>
       <x:c r="D493" s="3" t="n">
-        <x:v>1.7442</x:v>
+        <x:v>1.745</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>1.7366</x:v>
+        <x:v>1.7334</x:v>
       </x:c>
       <x:c r="C494" s="3" t="n">
-        <x:v>1.7357</x:v>
+        <x:v>1.7325</x:v>
       </x:c>
       <x:c r="D494" s="3" t="n">
-        <x:v>1.7375</x:v>
+        <x:v>1.7343</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>1.7448</x:v>
+        <x:v>1.7344</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>1.7439</x:v>
+        <x:v>1.7335</x:v>
       </x:c>
       <x:c r="D495" s="3" t="n">
-        <x:v>1.7457</x:v>
+        <x:v>1.7353</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>1.7346</x:v>
+        <x:v>1.7422</x:v>
       </x:c>
       <x:c r="C496" s="3" t="n">
-        <x:v>1.7337</x:v>
+        <x:v>1.7413</x:v>
       </x:c>
       <x:c r="D496" s="3" t="n">
-        <x:v>1.7355</x:v>
+        <x:v>1.7431</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>1.7423</x:v>
+        <x:v>1.7179</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
-        <x:v>1.7414</x:v>
+        <x:v>1.717</x:v>
       </x:c>
       <x:c r="D497" s="3" t="n">
-        <x:v>1.7432</x:v>
+        <x:v>1.7188</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>1.7157</x:v>
+        <x:v>1.7526</x:v>
       </x:c>
       <x:c r="C498" s="3" t="n">
-        <x:v>1.7148</x:v>
+        <x:v>1.7517</x:v>
       </x:c>
       <x:c r="D498" s="3" t="n">
-        <x:v>1.7166</x:v>
+        <x:v>1.7535</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>1.715</x:v>
+        <x:v>1.7586</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
-        <x:v>1.7141</x:v>
+        <x:v>1.7577</x:v>
       </x:c>
       <x:c r="D499" s="3" t="n">
-        <x:v>1.7159</x:v>
+        <x:v>1.7595</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>1.7253</x:v>
+        <x:v>1.7776</x:v>
       </x:c>
       <x:c r="C500" s="3" t="n">
-        <x:v>1.7244</x:v>
+        <x:v>1.7767</x:v>
       </x:c>
       <x:c r="D500" s="3" t="n">
-        <x:v>1.7262</x:v>
+        <x:v>1.7785</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>1.7217</x:v>
+        <x:v>1.777</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
-        <x:v>1.7208</x:v>
+        <x:v>1.7761</x:v>
       </x:c>
       <x:c r="D501" s="3" t="n">
-        <x:v>1.7226</x:v>
+        <x:v>1.7779</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>1.7265</x:v>
+        <x:v>1.7623</x:v>
       </x:c>
       <x:c r="C502" s="3" t="n">
-        <x:v>1.7256</x:v>
+        <x:v>1.7614</x:v>
       </x:c>
       <x:c r="D502" s="3" t="n">
-        <x:v>1.7274</x:v>
+        <x:v>1.7632</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>1.7456</x:v>
+        <x:v>1.7599</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
-        <x:v>1.7447</x:v>
+        <x:v>1.759</x:v>
       </x:c>
       <x:c r="D503" s="3" t="n">
-        <x:v>1.7465</x:v>
+        <x:v>1.7608</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>1.7411</x:v>
+        <x:v>1.7716</x:v>
       </x:c>
       <x:c r="C504" s="3" t="n">
-        <x:v>1.7402</x:v>
+        <x:v>1.7707</x:v>
       </x:c>
       <x:c r="D504" s="3" t="n">
-        <x:v>1.742</x:v>
+        <x:v>1.7725</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>1.7346</x:v>
+        <x:v>1.7617</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
-        <x:v>1.7337</x:v>
+        <x:v>1.7608</x:v>
       </x:c>
       <x:c r="D505" s="3" t="n">
-        <x:v>1.7355</x:v>
+        <x:v>1.7626</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>1.7344</x:v>
+        <x:v>1.7672</x:v>
       </x:c>
       <x:c r="C506" s="3" t="n">
-        <x:v>1.7335</x:v>
+        <x:v>1.7663</x:v>
       </x:c>
       <x:c r="D506" s="3" t="n">
-        <x:v>1.7353</x:v>
+        <x:v>1.7681</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>1.7283</x:v>
+        <x:v>1.7586</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
-        <x:v>1.7274</x:v>
+        <x:v>1.7577</x:v>
       </x:c>
       <x:c r="D507" s="3" t="n">
-        <x:v>1.7292</x:v>
+        <x:v>1.7595</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>1.7306</x:v>
+        <x:v>1.7433</x:v>
       </x:c>
       <x:c r="C508" s="3" t="n">
-        <x:v>1.7297</x:v>
+        <x:v>1.7424</x:v>
       </x:c>
       <x:c r="D508" s="3" t="n">
-        <x:v>1.7315</x:v>
+        <x:v>1.7442</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>1.7292</x:v>
+        <x:v>1.7366</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
-        <x:v>1.7283</x:v>
+        <x:v>1.7357</x:v>
       </x:c>
       <x:c r="D509" s="3" t="n">
-        <x:v>1.7301</x:v>
+        <x:v>1.7375</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>1.73</x:v>
+        <x:v>1.7448</x:v>
       </x:c>
       <x:c r="C510" s="3" t="n">
-        <x:v>1.7291</x:v>
+        <x:v>1.7439</x:v>
       </x:c>
       <x:c r="D510" s="3" t="n">
-        <x:v>1.7309</x:v>
+        <x:v>1.7457</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>1.704</x:v>
+        <x:v>1.7346</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
-        <x:v>1.7031</x:v>
+        <x:v>1.7337</x:v>
       </x:c>
       <x:c r="D511" s="3" t="n">
-        <x:v>1.7049</x:v>
+        <x:v>1.7355</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>1.6963</x:v>
+        <x:v>1.7423</x:v>
       </x:c>
       <x:c r="C512" s="3" t="n">
-        <x:v>1.6954</x:v>
+        <x:v>1.7414</x:v>
       </x:c>
       <x:c r="D512" s="3" t="n">
-        <x:v>1.6971</x:v>
+        <x:v>1.7432</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>1.7076</x:v>
+        <x:v>1.7157</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
-        <x:v>1.7067</x:v>
+        <x:v>1.7148</x:v>
       </x:c>
       <x:c r="D513" s="3" t="n">
-        <x:v>1.7085</x:v>
+        <x:v>1.7166</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>1.7094</x:v>
+        <x:v>1.715</x:v>
       </x:c>
       <x:c r="C514" s="3" t="n">
-        <x:v>1.7085</x:v>
+        <x:v>1.7141</x:v>
       </x:c>
       <x:c r="D514" s="3" t="n">
-        <x:v>1.7103</x:v>
+        <x:v>1.7159</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>1.7129</x:v>
+        <x:v>1.7253</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
-        <x:v>1.712</x:v>
+        <x:v>1.7244</x:v>
       </x:c>
       <x:c r="D515" s="3" t="n">
-        <x:v>1.7138</x:v>
+        <x:v>1.7262</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>1.707</x:v>
+        <x:v>1.7217</x:v>
       </x:c>
       <x:c r="C516" s="3" t="n">
-        <x:v>1.7061</x:v>
+        <x:v>1.7208</x:v>
       </x:c>
       <x:c r="D516" s="3" t="n">
-        <x:v>1.7079</x:v>
+        <x:v>1.7226</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>1.701</x:v>
+        <x:v>1.7265</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
-        <x:v>1.7001</x:v>
+        <x:v>1.7256</x:v>
       </x:c>
       <x:c r="D517" s="3" t="n">
-        <x:v>1.7019</x:v>
+        <x:v>1.7274</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>1.7029</x:v>
+        <x:v>1.7456</x:v>
       </x:c>
       <x:c r="C518" s="3" t="n">
-        <x:v>1.702</x:v>
+        <x:v>1.7447</x:v>
       </x:c>
       <x:c r="D518" s="3" t="n">
-        <x:v>1.7038</x:v>
+        <x:v>1.7465</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>1.71</x:v>
+        <x:v>1.7411</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
-        <x:v>1.7091</x:v>
+        <x:v>1.7402</x:v>
       </x:c>
       <x:c r="D519" s="3" t="n">
-        <x:v>1.7109</x:v>
+        <x:v>1.742</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>1.709</x:v>
+        <x:v>1.7346</x:v>
       </x:c>
       <x:c r="C520" s="3" t="n">
-        <x:v>1.7081</x:v>
+        <x:v>1.7337</x:v>
       </x:c>
       <x:c r="D520" s="3" t="n">
-        <x:v>1.7099</x:v>
+        <x:v>1.7355</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>1.6949</x:v>
+        <x:v>1.7344</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
-        <x:v>1.694</x:v>
+        <x:v>1.7335</x:v>
       </x:c>
       <x:c r="D521" s="3" t="n">
-        <x:v>1.6957</x:v>
+        <x:v>1.7353</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>1.6873</x:v>
+        <x:v>1.7283</x:v>
       </x:c>
       <x:c r="C522" s="3" t="n">
-        <x:v>1.6864</x:v>
+        <x:v>1.7274</x:v>
       </x:c>
       <x:c r="D522" s="3" t="n">
-        <x:v>1.6881</x:v>
+        <x:v>1.7292</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>1.6941</x:v>
+        <x:v>1.7306</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
-        <x:v>1.6932</x:v>
+        <x:v>1.7297</x:v>
       </x:c>
       <x:c r="D523" s="3" t="n">
-        <x:v>1.6949</x:v>
+        <x:v>1.7315</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>1.6865</x:v>
+        <x:v>1.7292</x:v>
       </x:c>
       <x:c r="C524" s="3" t="n">
-        <x:v>1.6856</x:v>
+        <x:v>1.7283</x:v>
       </x:c>
       <x:c r="D524" s="3" t="n">
-        <x:v>1.6873</x:v>
+        <x:v>1.7301</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>1.6579</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
-        <x:v>1.657</x:v>
+        <x:v>1.7291</x:v>
       </x:c>
       <x:c r="D525" s="3" t="n">
-        <x:v>1.6587</x:v>
+        <x:v>1.7309</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>1.6293</x:v>
+        <x:v>1.704</x:v>
       </x:c>
       <x:c r="C526" s="3" t="n">
-        <x:v>1.6284</x:v>
+        <x:v>1.7031</x:v>
       </x:c>
       <x:c r="D526" s="3" t="n">
-        <x:v>1.6301</x:v>
+        <x:v>1.7049</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>1.6581</x:v>
+        <x:v>1.6963</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
-        <x:v>1.6572</x:v>
+        <x:v>1.6954</x:v>
       </x:c>
       <x:c r="D527" s="3" t="n">
-        <x:v>1.6589</x:v>
+        <x:v>1.6971</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>1.6567</x:v>
+        <x:v>1.7076</x:v>
       </x:c>
       <x:c r="C528" s="3" t="n">
-        <x:v>1.6558</x:v>
+        <x:v>1.7067</x:v>
       </x:c>
       <x:c r="D528" s="3" t="n">
-        <x:v>1.6575</x:v>
+        <x:v>1.7085</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>1.6439</x:v>
+        <x:v>1.7094</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
-        <x:v>1.643</x:v>
+        <x:v>1.7085</x:v>
       </x:c>
       <x:c r="D529" s="3" t="n">
-        <x:v>1.6447</x:v>
+        <x:v>1.7103</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>1.6335</x:v>
+        <x:v>1.7129</x:v>
       </x:c>
       <x:c r="C530" s="3" t="n">
-        <x:v>1.6326</x:v>
+        <x:v>1.712</x:v>
       </x:c>
       <x:c r="D530" s="3" t="n">
-        <x:v>1.6343</x:v>
+        <x:v>1.7138</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>1.6349</x:v>
+        <x:v>1.707</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
-        <x:v>1.634</x:v>
+        <x:v>1.7061</x:v>
       </x:c>
       <x:c r="D531" s="3" t="n">
-        <x:v>1.6357</x:v>
+        <x:v>1.7079</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>1.6305</x:v>
+        <x:v>1.701</x:v>
       </x:c>
       <x:c r="C532" s="3" t="n">
-        <x:v>1.6296</x:v>
+        <x:v>1.7001</x:v>
       </x:c>
       <x:c r="D532" s="3" t="n">
-        <x:v>1.6313</x:v>
+        <x:v>1.7019</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>1.6264</x:v>
+        <x:v>1.7029</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
-        <x:v>1.6255</x:v>
+        <x:v>1.702</x:v>
       </x:c>
       <x:c r="D533" s="3" t="n">
-        <x:v>1.6272</x:v>
+        <x:v>1.7038</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>1.6165</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C534" s="3" t="n">
-        <x:v>1.6156</x:v>
+        <x:v>1.7091</x:v>
       </x:c>
       <x:c r="D534" s="3" t="n">
-        <x:v>1.6173</x:v>
+        <x:v>1.7109</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>1.6063</x:v>
+        <x:v>1.709</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
-        <x:v>1.6054</x:v>
+        <x:v>1.7081</x:v>
       </x:c>
       <x:c r="D535" s="3" t="n">
-        <x:v>1.6071</x:v>
+        <x:v>1.7099</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>1.5972</x:v>
+        <x:v>1.6949</x:v>
       </x:c>
       <x:c r="C536" s="3" t="n">
-        <x:v>1.5964</x:v>
+        <x:v>1.694</x:v>
       </x:c>
       <x:c r="D536" s="3" t="n">
-        <x:v>1.598</x:v>
+        <x:v>1.6957</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>1.5893</x:v>
+        <x:v>1.6873</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
-        <x:v>1.5885</x:v>
+        <x:v>1.6864</x:v>
       </x:c>
       <x:c r="D537" s="3" t="n">
-        <x:v>1.5901</x:v>
+        <x:v>1.6881</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>1.5821</x:v>
+        <x:v>1.6941</x:v>
       </x:c>
       <x:c r="C538" s="3" t="n">
-        <x:v>1.5813</x:v>
+        <x:v>1.6932</x:v>
       </x:c>
       <x:c r="D538" s="3" t="n">
-        <x:v>1.5829</x:v>
+        <x:v>1.6949</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>1.5873</x:v>
+        <x:v>1.6865</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
-        <x:v>1.5865</x:v>
+        <x:v>1.6856</x:v>
       </x:c>
       <x:c r="D539" s="3" t="n">
-        <x:v>1.5881</x:v>
+        <x:v>1.6873</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>1.578</x:v>
+        <x:v>1.6579</x:v>
       </x:c>
       <x:c r="C540" s="3" t="n">
-        <x:v>1.5772</x:v>
+        <x:v>1.657</x:v>
       </x:c>
       <x:c r="D540" s="3" t="n">
-        <x:v>1.5788</x:v>
+        <x:v>1.6587</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>1.5687</x:v>
+        <x:v>1.6293</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
-        <x:v>1.5679</x:v>
+        <x:v>1.6284</x:v>
       </x:c>
       <x:c r="D541" s="3" t="n">
-        <x:v>1.5695</x:v>
+        <x:v>1.6301</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>1.5611</x:v>
+        <x:v>1.6581</x:v>
       </x:c>
       <x:c r="C542" s="3" t="n">
-        <x:v>1.5603</x:v>
+        <x:v>1.6572</x:v>
       </x:c>
       <x:c r="D542" s="3" t="n">
-        <x:v>1.5619</x:v>
+        <x:v>1.6589</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>1.5375</x:v>
+        <x:v>1.6567</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
-        <x:v>1.5367</x:v>
+        <x:v>1.6558</x:v>
       </x:c>
       <x:c r="D543" s="3" t="n">
-        <x:v>1.5383</x:v>
+        <x:v>1.6575</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>1.543</x:v>
+        <x:v>1.6439</x:v>
       </x:c>
       <x:c r="C544" s="3" t="n">
-        <x:v>1.5422</x:v>
+        <x:v>1.643</x:v>
       </x:c>
       <x:c r="D544" s="3" t="n">
-        <x:v>1.5438</x:v>
+        <x:v>1.6447</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>1.5416</x:v>
+        <x:v>1.6335</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
-        <x:v>1.5408</x:v>
+        <x:v>1.6326</x:v>
       </x:c>
       <x:c r="D545" s="3" t="n">
-        <x:v>1.5424</x:v>
+        <x:v>1.6343</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>1.5377</x:v>
+        <x:v>1.6349</x:v>
       </x:c>
       <x:c r="C546" s="3" t="n">
-        <x:v>1.5369</x:v>
+        <x:v>1.634</x:v>
       </x:c>
       <x:c r="D546" s="3" t="n">
-        <x:v>1.5385</x:v>
+        <x:v>1.6357</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>1.5339</x:v>
+        <x:v>1.6305</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
-        <x:v>1.5331</x:v>
+        <x:v>1.6296</x:v>
       </x:c>
       <x:c r="D547" s="3" t="n">
-        <x:v>1.5347</x:v>
+        <x:v>1.6313</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>1.5295</x:v>
+        <x:v>1.6264</x:v>
       </x:c>
       <x:c r="C548" s="3" t="n">
-        <x:v>1.5287</x:v>
+        <x:v>1.6255</x:v>
       </x:c>
       <x:c r="D548" s="3" t="n">
-        <x:v>1.5303</x:v>
+        <x:v>1.6272</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>1.5294</x:v>
+        <x:v>1.6165</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
-        <x:v>1.5286</x:v>
+        <x:v>1.6156</x:v>
       </x:c>
       <x:c r="D549" s="3" t="n">
-        <x:v>1.5302</x:v>
+        <x:v>1.6173</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>1.53</x:v>
+        <x:v>1.6063</x:v>
       </x:c>
       <x:c r="C550" s="3" t="n">
-        <x:v>1.5292</x:v>
+        <x:v>1.6054</x:v>
       </x:c>
       <x:c r="D550" s="3" t="n">
-        <x:v>1.5308</x:v>
+        <x:v>1.6071</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>1.5289</x:v>
+        <x:v>1.5972</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
-        <x:v>1.5281</x:v>
+        <x:v>1.5964</x:v>
       </x:c>
       <x:c r="D551" s="3" t="n">
-        <x:v>1.5297</x:v>
+        <x:v>1.598</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>1.5183</x:v>
+        <x:v>1.5893</x:v>
       </x:c>
       <x:c r="C552" s="3" t="n">
-        <x:v>1.5175</x:v>
+        <x:v>1.5885</x:v>
       </x:c>
       <x:c r="D552" s="3" t="n">
-        <x:v>1.5191</x:v>
+        <x:v>1.5901</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>1.5372</x:v>
+        <x:v>1.5821</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
-        <x:v>1.5364</x:v>
+        <x:v>1.5813</x:v>
       </x:c>
       <x:c r="D553" s="3" t="n">
-        <x:v>1.538</x:v>
+        <x:v>1.5829</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>1.5461</x:v>
+        <x:v>1.5873</x:v>
       </x:c>
       <x:c r="C554" s="3" t="n">
-        <x:v>1.5453</x:v>
+        <x:v>1.5865</x:v>
       </x:c>
       <x:c r="D554" s="3" t="n">
-        <x:v>1.5469</x:v>
+        <x:v>1.5881</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>1.5352</x:v>
+        <x:v>1.578</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
-        <x:v>1.5344</x:v>
+        <x:v>1.5772</x:v>
       </x:c>
       <x:c r="D555" s="3" t="n">
-        <x:v>1.536</x:v>
+        <x:v>1.5788</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>1.5421</x:v>
+        <x:v>1.5687</x:v>
       </x:c>
       <x:c r="C556" s="3" t="n">
-        <x:v>1.5413</x:v>
+        <x:v>1.5679</x:v>
       </x:c>
       <x:c r="D556" s="3" t="n">
-        <x:v>1.5429</x:v>
+        <x:v>1.5695</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>1.5684</x:v>
+        <x:v>1.5611</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
-        <x:v>1.5676</x:v>
+        <x:v>1.5603</x:v>
       </x:c>
       <x:c r="D557" s="3" t="n">
-        <x:v>1.5692</x:v>
+        <x:v>1.5619</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>1.5619</x:v>
+        <x:v>1.5375</x:v>
       </x:c>
       <x:c r="C558" s="3" t="n">
-        <x:v>1.5611</x:v>
+        <x:v>1.5367</x:v>
       </x:c>
       <x:c r="D558" s="3" t="n">
-        <x:v>1.5627</x:v>
+        <x:v>1.5383</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>1.5587</x:v>
+        <x:v>1.543</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
-        <x:v>1.5579</x:v>
+        <x:v>1.5422</x:v>
       </x:c>
       <x:c r="D559" s="3" t="n">
-        <x:v>1.5595</x:v>
+        <x:v>1.5438</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>1.5482</x:v>
+        <x:v>1.5416</x:v>
       </x:c>
       <x:c r="C560" s="3" t="n">
-        <x:v>1.5474</x:v>
+        <x:v>1.5408</x:v>
       </x:c>
       <x:c r="D560" s="3" t="n">
-        <x:v>1.549</x:v>
+        <x:v>1.5424</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>1.5414</x:v>
+        <x:v>1.5377</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
-        <x:v>1.5406</x:v>
+        <x:v>1.5369</x:v>
       </x:c>
       <x:c r="D561" s="3" t="n">
-        <x:v>1.5422</x:v>
+        <x:v>1.5385</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>1.5357</x:v>
+        <x:v>1.5339</x:v>
       </x:c>
       <x:c r="C562" s="3" t="n">
-        <x:v>1.5349</x:v>
+        <x:v>1.5331</x:v>
       </x:c>
       <x:c r="D562" s="3" t="n">
-        <x:v>1.5365</x:v>
+        <x:v>1.5347</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>1.546</x:v>
+        <x:v>1.5295</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
-        <x:v>1.5452</x:v>
+        <x:v>1.5287</x:v>
       </x:c>
       <x:c r="D563" s="3" t="n">
-        <x:v>1.5468</x:v>
+        <x:v>1.5303</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>1.5339</x:v>
+        <x:v>1.5294</x:v>
       </x:c>
       <x:c r="C564" s="3" t="n">
-        <x:v>1.5331</x:v>
+        <x:v>1.5286</x:v>
       </x:c>
       <x:c r="D564" s="3" t="n">
-        <x:v>1.5347</x:v>
+        <x:v>1.5302</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>1.5366</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
-        <x:v>1.5358</x:v>
+        <x:v>1.5292</x:v>
       </x:c>
       <x:c r="D565" s="3" t="n">
-        <x:v>1.5374</x:v>
+        <x:v>1.5308</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>1.5305</x:v>
+        <x:v>1.5289</x:v>
       </x:c>
       <x:c r="C566" s="3" t="n">
+        <x:v>1.5281</x:v>
+      </x:c>
+      <x:c r="D566" s="3" t="n">
         <x:v>1.5297</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1.5313</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>1.523</x:v>
+        <x:v>1.5183</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
-        <x:v>1.5222</x:v>
+        <x:v>1.5175</x:v>
       </x:c>
       <x:c r="D567" s="3" t="n">
-        <x:v>1.5238</x:v>
+        <x:v>1.5191</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>1.5235</x:v>
+        <x:v>1.5372</x:v>
       </x:c>
       <x:c r="C568" s="3" t="n">
-        <x:v>1.5227</x:v>
+        <x:v>1.5364</x:v>
       </x:c>
       <x:c r="D568" s="3" t="n">
-        <x:v>1.5243</x:v>
+        <x:v>1.538</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>1.5318</x:v>
+        <x:v>1.5461</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
-        <x:v>1.531</x:v>
+        <x:v>1.5453</x:v>
       </x:c>
       <x:c r="D569" s="3" t="n">
-        <x:v>1.5326</x:v>
+        <x:v>1.5469</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>1.5392</x:v>
+        <x:v>1.5352</x:v>
       </x:c>
       <x:c r="C570" s="3" t="n">
-        <x:v>1.5384</x:v>
+        <x:v>1.5344</x:v>
       </x:c>
       <x:c r="D570" s="3" t="n">
-        <x:v>1.54</x:v>
+        <x:v>1.536</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>1.5445</x:v>
+        <x:v>1.5421</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
-        <x:v>1.5437</x:v>
+        <x:v>1.5413</x:v>
       </x:c>
       <x:c r="D571" s="3" t="n">
-        <x:v>1.5453</x:v>
+        <x:v>1.5429</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>1.5492</x:v>
+        <x:v>1.5684</x:v>
       </x:c>
       <x:c r="C572" s="3" t="n">
-        <x:v>1.5484</x:v>
+        <x:v>1.5676</x:v>
       </x:c>
       <x:c r="D572" s="3" t="n">
-        <x:v>1.55</x:v>
+        <x:v>1.5692</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>1.5339</x:v>
+        <x:v>1.5619</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
-        <x:v>1.5331</x:v>
+        <x:v>1.5611</x:v>
       </x:c>
       <x:c r="D573" s="3" t="n">
-        <x:v>1.5347</x:v>
+        <x:v>1.5627</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>1.5397</x:v>
+        <x:v>1.5587</x:v>
       </x:c>
       <x:c r="C574" s="3" t="n">
-        <x:v>1.5389</x:v>
+        <x:v>1.5579</x:v>
       </x:c>
       <x:c r="D574" s="3" t="n">
-        <x:v>1.5405</x:v>
+        <x:v>1.5595</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>1.5376</x:v>
+        <x:v>1.5482</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
-        <x:v>1.5368</x:v>
+        <x:v>1.5474</x:v>
       </x:c>
       <x:c r="D575" s="3" t="n">
-        <x:v>1.5384</x:v>
+        <x:v>1.549</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>1.5417</x:v>
+        <x:v>1.5414</x:v>
       </x:c>
       <x:c r="C576" s="3" t="n">
-        <x:v>1.5409</x:v>
+        <x:v>1.5406</x:v>
       </x:c>
       <x:c r="D576" s="3" t="n">
-        <x:v>1.5425</x:v>
+        <x:v>1.5422</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>1.5253</x:v>
+        <x:v>1.5357</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
-        <x:v>1.5245</x:v>
+        <x:v>1.5349</x:v>
       </x:c>
       <x:c r="D577" s="3" t="n">
-        <x:v>1.5261</x:v>
+        <x:v>1.5365</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>1.5364</x:v>
+        <x:v>1.546</x:v>
       </x:c>
       <x:c r="C578" s="3" t="n">
-        <x:v>1.5356</x:v>
+        <x:v>1.5452</x:v>
       </x:c>
       <x:c r="D578" s="3" t="n">
-        <x:v>1.5372</x:v>
+        <x:v>1.5468</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>1.5391</x:v>
+        <x:v>1.5339</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
-        <x:v>1.5383</x:v>
+        <x:v>1.5331</x:v>
       </x:c>
       <x:c r="D579" s="3" t="n">
-        <x:v>1.5399</x:v>
+        <x:v>1.5347</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>1.5435</x:v>
+        <x:v>1.5366</x:v>
       </x:c>
       <x:c r="C580" s="3" t="n">
-        <x:v>1.5427</x:v>
+        <x:v>1.5358</x:v>
       </x:c>
       <x:c r="D580" s="3" t="n">
-        <x:v>1.5443</x:v>
+        <x:v>1.5374</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>1.5122</x:v>
+        <x:v>1.5305</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
-        <x:v>1.5114</x:v>
+        <x:v>1.5297</x:v>
       </x:c>
       <x:c r="D581" s="3" t="n">
-        <x:v>1.513</x:v>
+        <x:v>1.5313</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
+        <x:v>1.523</x:v>
+      </x:c>
+      <x:c r="C582" s="3" t="n">
         <x:v>1.5222</x:v>
       </x:c>
-      <x:c r="C582" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D582" s="3" t="n">
-        <x:v>1.523</x:v>
+        <x:v>1.5238</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>1.514</x:v>
+        <x:v>1.5235</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
-        <x:v>1.5132</x:v>
+        <x:v>1.5227</x:v>
       </x:c>
       <x:c r="D583" s="3" t="n">
-        <x:v>1.5148</x:v>
+        <x:v>1.5243</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>1.4897</x:v>
+        <x:v>1.5318</x:v>
       </x:c>
       <x:c r="C584" s="3" t="n">
-        <x:v>1.4889</x:v>
+        <x:v>1.531</x:v>
       </x:c>
       <x:c r="D584" s="3" t="n">
-        <x:v>1.4904</x:v>
+        <x:v>1.5326</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>1.4832</x:v>
+        <x:v>1.5392</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
-        <x:v>1.4824</x:v>
+        <x:v>1.5384</x:v>
       </x:c>
       <x:c r="D585" s="3" t="n">
-        <x:v>1.4839</x:v>
+        <x:v>1.54</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>1.4929</x:v>
+        <x:v>1.5445</x:v>
       </x:c>
       <x:c r="C586" s="3" t="n">
-        <x:v>1.4921</x:v>
+        <x:v>1.5437</x:v>
       </x:c>
       <x:c r="D586" s="3" t="n">
-        <x:v>1.4936</x:v>
+        <x:v>1.5453</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>1.4807</x:v>
+        <x:v>1.5492</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
-        <x:v>1.4799</x:v>
+        <x:v>1.5484</x:v>
       </x:c>
       <x:c r="D587" s="3" t="n">
-        <x:v>1.4814</x:v>
+        <x:v>1.55</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>1.4731</x:v>
+        <x:v>1.5339</x:v>
       </x:c>
       <x:c r="C588" s="3" t="n">
-        <x:v>1.4723</x:v>
+        <x:v>1.5331</x:v>
       </x:c>
       <x:c r="D588" s="3" t="n">
-        <x:v>1.4738</x:v>
+        <x:v>1.5347</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>1.4586</x:v>
+        <x:v>1.5397</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
-        <x:v>1.4578</x:v>
+        <x:v>1.5389</x:v>
       </x:c>
       <x:c r="D589" s="3" t="n">
-        <x:v>1.4593</x:v>
+        <x:v>1.5405</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>1.4462</x:v>
+        <x:v>1.5376</x:v>
       </x:c>
       <x:c r="C590" s="3" t="n">
-        <x:v>1.4454</x:v>
+        <x:v>1.5368</x:v>
       </x:c>
       <x:c r="D590" s="3" t="n">
-        <x:v>1.4469</x:v>
+        <x:v>1.5384</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>1.4574</x:v>
+        <x:v>1.5417</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
-        <x:v>1.4566</x:v>
+        <x:v>1.5409</x:v>
       </x:c>
       <x:c r="D591" s="3" t="n">
-        <x:v>1.4581</x:v>
+        <x:v>1.5425</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>1.4686</x:v>
+        <x:v>1.5253</x:v>
       </x:c>
       <x:c r="C592" s="3" t="n">
-        <x:v>1.4678</x:v>
+        <x:v>1.5245</x:v>
       </x:c>
       <x:c r="D592" s="3" t="n">
-        <x:v>1.4693</x:v>
+        <x:v>1.5261</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>1.4786</x:v>
+        <x:v>1.5364</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
-        <x:v>1.4778</x:v>
+        <x:v>1.5356</x:v>
       </x:c>
       <x:c r="D593" s="3" t="n">
-        <x:v>1.4793</x:v>
+        <x:v>1.5372</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>1.4779</x:v>
+        <x:v>1.5391</x:v>
       </x:c>
       <x:c r="C594" s="3" t="n">
-        <x:v>1.4771</x:v>
+        <x:v>1.5383</x:v>
       </x:c>
       <x:c r="D594" s="3" t="n">
-        <x:v>1.4786</x:v>
+        <x:v>1.5399</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>1.4796</x:v>
+        <x:v>1.5435</x:v>
       </x:c>
       <x:c r="C595" s="3" t="n">
-        <x:v>1.4788</x:v>
+        <x:v>1.5427</x:v>
       </x:c>
       <x:c r="D595" s="3" t="n">
-        <x:v>1.4803</x:v>
+        <x:v>1.5443</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>1.498</x:v>
+        <x:v>1.5122</x:v>
       </x:c>
       <x:c r="C596" s="3" t="n">
-        <x:v>1.4972</x:v>
+        <x:v>1.5114</x:v>
       </x:c>
       <x:c r="D596" s="3" t="n">
-        <x:v>1.4987</x:v>
+        <x:v>1.513</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>1.5002</x:v>
+        <x:v>1.5222</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
-        <x:v>1.4994</x:v>
+        <x:v>1.5214</x:v>
       </x:c>
       <x:c r="D597" s="3" t="n">
-        <x:v>1.501</x:v>
+        <x:v>1.523</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="2" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>1.5104</x:v>
+        <x:v>1.514</x:v>
       </x:c>
       <x:c r="C598" s="3" t="n">
-        <x:v>1.5096</x:v>
+        <x:v>1.5132</x:v>
       </x:c>
       <x:c r="D598" s="3" t="n">
-        <x:v>1.5112</x:v>
+        <x:v>1.5148</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="2" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>1.5125</x:v>
+        <x:v>1.4897</x:v>
       </x:c>
       <x:c r="C599" s="3" t="n">
-        <x:v>1.5117</x:v>
+        <x:v>1.4889</x:v>
       </x:c>
       <x:c r="D599" s="3" t="n">
-        <x:v>1.5133</x:v>
+        <x:v>1.4904</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="2" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
-        <x:v>1.5095</x:v>
+        <x:v>1.4832</x:v>
       </x:c>
       <x:c r="C600" s="3" t="n">
-        <x:v>1.5087</x:v>
+        <x:v>1.4824</x:v>
       </x:c>
       <x:c r="D600" s="3" t="n">
-        <x:v>1.5103</x:v>
+        <x:v>1.4839</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="2" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>1.5063</x:v>
+        <x:v>1.4929</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
-        <x:v>1.5055</x:v>
+        <x:v>1.4921</x:v>
       </x:c>
       <x:c r="D601" s="3" t="n">
-        <x:v>1.5071</x:v>
+        <x:v>1.4936</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="2" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>1.4949</x:v>
+        <x:v>1.4807</x:v>
       </x:c>
       <x:c r="C602" s="3" t="n">
-        <x:v>1.4941</x:v>
+        <x:v>1.4799</x:v>
       </x:c>
       <x:c r="D602" s="3" t="n">
-        <x:v>1.4956</x:v>
+        <x:v>1.4814</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="2" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>1.4891</x:v>
+        <x:v>1.4731</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
-        <x:v>1.4883</x:v>
+        <x:v>1.4723</x:v>
       </x:c>
       <x:c r="D603" s="3" t="n">
-        <x:v>1.4898</x:v>
+        <x:v>1.4738</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="2" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>1.4876</x:v>
+        <x:v>1.4586</x:v>
       </x:c>
       <x:c r="C604" s="3" t="n">
-        <x:v>1.4868</x:v>
+        <x:v>1.4578</x:v>
       </x:c>
       <x:c r="D604" s="3" t="n">
-        <x:v>1.4883</x:v>
+        <x:v>1.4593</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="2" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>1.4901</x:v>
+        <x:v>1.4462</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
-        <x:v>1.4893</x:v>
+        <x:v>1.4454</x:v>
       </x:c>
       <x:c r="D605" s="3" t="n">
-        <x:v>1.4908</x:v>
+        <x:v>1.4469</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="2" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>1.473</x:v>
+        <x:v>1.4574</x:v>
       </x:c>
       <x:c r="C606" s="3" t="n">
-        <x:v>1.4722</x:v>
+        <x:v>1.4566</x:v>
       </x:c>
       <x:c r="D606" s="3" t="n">
-        <x:v>1.4737</x:v>
+        <x:v>1.4581</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="2" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>1.4788</x:v>
+        <x:v>1.4686</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
-        <x:v>1.478</x:v>
+        <x:v>1.4678</x:v>
       </x:c>
       <x:c r="D607" s="3" t="n">
-        <x:v>1.4795</x:v>
+        <x:v>1.4693</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="2" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>1.4692</x:v>
+        <x:v>1.4786</x:v>
       </x:c>
       <x:c r="C608" s="3" t="n">
-        <x:v>1.4684</x:v>
+        <x:v>1.4778</x:v>
       </x:c>
       <x:c r="D608" s="3" t="n">
-        <x:v>1.4699</x:v>
+        <x:v>1.4793</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="2" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>1.4507</x:v>
+        <x:v>1.4779</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
-        <x:v>1.4499</x:v>
+        <x:v>1.4771</x:v>
       </x:c>
       <x:c r="D609" s="3" t="n">
-        <x:v>1.4514</x:v>
+        <x:v>1.4786</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="2" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>1.4624</x:v>
+        <x:v>1.4796</x:v>
       </x:c>
       <x:c r="C610" s="3" t="n">
-        <x:v>1.4616</x:v>
+        <x:v>1.4788</x:v>
       </x:c>
       <x:c r="D610" s="3" t="n">
-        <x:v>1.4631</x:v>
+        <x:v>1.4803</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="2" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>1.4624</x:v>
+        <x:v>1.498</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
-        <x:v>1.4616</x:v>
+        <x:v>1.4972</x:v>
       </x:c>
       <x:c r="D611" s="3" t="n">
-        <x:v>1.4631</x:v>
+        <x:v>1.4987</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="2" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>1.4563</x:v>
+        <x:v>1.5002</x:v>
       </x:c>
       <x:c r="C612" s="3" t="n">
-        <x:v>1.4555</x:v>
+        <x:v>1.4994</x:v>
       </x:c>
       <x:c r="D612" s="3" t="n">
-        <x:v>1.457</x:v>
+        <x:v>1.501</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="2" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>1.48</x:v>
+        <x:v>1.5104</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
-        <x:v>1.4792</x:v>
+        <x:v>1.5096</x:v>
       </x:c>
       <x:c r="D613" s="3" t="n">
-        <x:v>1.4807</x:v>
+        <x:v>1.5112</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="2" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
-        <x:v>1.4676</x:v>
+        <x:v>1.5125</x:v>
       </x:c>
       <x:c r="C614" s="3" t="n">
-        <x:v>1.4668</x:v>
+        <x:v>1.5117</x:v>
       </x:c>
       <x:c r="D614" s="3" t="n">
-        <x:v>1.4683</x:v>
+        <x:v>1.5133</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="2" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>1.4787</x:v>
+        <x:v>1.5095</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
-        <x:v>1.4779</x:v>
+        <x:v>1.5087</x:v>
       </x:c>
       <x:c r="D615" s="3" t="n">
-        <x:v>1.4794</x:v>
+        <x:v>1.5103</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="2" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>1.4824</x:v>
+        <x:v>1.5063</x:v>
       </x:c>
       <x:c r="C616" s="3" t="n">
-        <x:v>1.4816</x:v>
+        <x:v>1.5055</x:v>
       </x:c>
       <x:c r="D616" s="3" t="n">
-        <x:v>1.4831</x:v>
+        <x:v>1.5071</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="2" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>1.4959</x:v>
+        <x:v>1.4949</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
-        <x:v>1.4951</x:v>
+        <x:v>1.4941</x:v>
       </x:c>
       <x:c r="D617" s="3" t="n">
-        <x:v>1.4966</x:v>
+        <x:v>1.4956</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="2" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>1.507</x:v>
+        <x:v>1.4891</x:v>
       </x:c>
       <x:c r="C618" s="3" t="n">
-        <x:v>1.5062</x:v>
+        <x:v>1.4883</x:v>
       </x:c>
       <x:c r="D618" s="3" t="n">
-        <x:v>1.5078</x:v>
+        <x:v>1.4898</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="2" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>1.5061</x:v>
+        <x:v>1.4876</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
-        <x:v>1.5053</x:v>
+        <x:v>1.4868</x:v>
       </x:c>
       <x:c r="D619" s="3" t="n">
-        <x:v>1.5069</x:v>
+        <x:v>1.4883</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="2" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>1.521</x:v>
+        <x:v>1.4901</x:v>
       </x:c>
       <x:c r="C620" s="3" t="n">
-        <x:v>1.5202</x:v>
+        <x:v>1.4893</x:v>
       </x:c>
       <x:c r="D620" s="3" t="n">
-        <x:v>1.5218</x:v>
+        <x:v>1.4908</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="2" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>1.5193</x:v>
+        <x:v>1.473</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
-        <x:v>1.5185</x:v>
+        <x:v>1.4722</x:v>
       </x:c>
       <x:c r="D621" s="3" t="n">
-        <x:v>1.5201</x:v>
+        <x:v>1.4737</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="2" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>1.5174</x:v>
+        <x:v>1.4788</x:v>
       </x:c>
       <x:c r="C622" s="3" t="n">
-        <x:v>1.5166</x:v>
+        <x:v>1.478</x:v>
       </x:c>
       <x:c r="D622" s="3" t="n">
-        <x:v>1.5182</x:v>
+        <x:v>1.4795</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="2" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>1.5312</x:v>
+        <x:v>1.4692</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
-        <x:v>1.5304</x:v>
+        <x:v>1.4684</x:v>
       </x:c>
       <x:c r="D623" s="3" t="n">
-        <x:v>1.532</x:v>
+        <x:v>1.4699</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="2" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>1.5334</x:v>
+        <x:v>1.4507</x:v>
       </x:c>
       <x:c r="C624" s="3" t="n">
-        <x:v>1.5326</x:v>
+        <x:v>1.4499</x:v>
       </x:c>
       <x:c r="D624" s="3" t="n">
-        <x:v>1.5342</x:v>
+        <x:v>1.4514</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="2" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>1.5313</x:v>
+        <x:v>1.4624</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
-        <x:v>1.5305</x:v>
+        <x:v>1.4616</x:v>
       </x:c>
       <x:c r="D625" s="3" t="n">
-        <x:v>1.5321</x:v>
+        <x:v>1.4631</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="2" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>1.5332</x:v>
+        <x:v>1.4624</x:v>
       </x:c>
       <x:c r="C626" s="3" t="n">
-        <x:v>1.5324</x:v>
+        <x:v>1.4616</x:v>
       </x:c>
       <x:c r="D626" s="3" t="n">
-        <x:v>1.534</x:v>
+        <x:v>1.4631</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="2" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>1.542</x:v>
+        <x:v>1.4563</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
-        <x:v>1.5412</x:v>
+        <x:v>1.4555</x:v>
       </x:c>
       <x:c r="D627" s="3" t="n">
-        <x:v>1.5428</x:v>
+        <x:v>1.457</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="2" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>1.5265</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C628" s="3" t="n">
-        <x:v>1.5257</x:v>
+        <x:v>1.4792</x:v>
       </x:c>
       <x:c r="D628" s="3" t="n">
-        <x:v>1.5273</x:v>
+        <x:v>1.4807</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="2" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>1.5261</x:v>
+        <x:v>1.4676</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
-        <x:v>1.5253</x:v>
+        <x:v>1.4668</x:v>
       </x:c>
       <x:c r="D629" s="3" t="n">
-        <x:v>1.5269</x:v>
+        <x:v>1.4683</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="2" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>1.5209</x:v>
+        <x:v>1.4787</x:v>
       </x:c>
       <x:c r="C630" s="3" t="n">
-        <x:v>1.5201</x:v>
+        <x:v>1.4779</x:v>
       </x:c>
       <x:c r="D630" s="3" t="n">
-        <x:v>1.5217</x:v>
+        <x:v>1.4794</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="2" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>1.523</x:v>
+        <x:v>1.4824</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
-        <x:v>1.5222</x:v>
+        <x:v>1.4816</x:v>
       </x:c>
       <x:c r="D631" s="3" t="n">
-        <x:v>1.5238</x:v>
+        <x:v>1.4831</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="2" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>1.5301</x:v>
+        <x:v>1.4959</x:v>
       </x:c>
       <x:c r="C632" s="3" t="n">
-        <x:v>1.5293</x:v>
+        <x:v>1.4951</x:v>
       </x:c>
       <x:c r="D632" s="3" t="n">
-        <x:v>1.5309</x:v>
+        <x:v>1.4966</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="2" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>1.518</x:v>
+        <x:v>1.507</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
-        <x:v>1.5172</x:v>
+        <x:v>1.5062</x:v>
       </x:c>
       <x:c r="D633" s="3" t="n">
-        <x:v>1.5188</x:v>
+        <x:v>1.5078</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="2" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>1.5172</x:v>
+        <x:v>1.5061</x:v>
       </x:c>
       <x:c r="C634" s="3" t="n">
-        <x:v>1.5164</x:v>
+        <x:v>1.5053</x:v>
       </x:c>
       <x:c r="D634" s="3" t="n">
-        <x:v>1.518</x:v>
+        <x:v>1.5069</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="2" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>1.4994</x:v>
+        <x:v>1.521</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
-        <x:v>1.4986</x:v>
+        <x:v>1.5202</x:v>
       </x:c>
       <x:c r="D635" s="3" t="n">
-        <x:v>1.5001</x:v>
+        <x:v>1.5218</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="2" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>1.5103</x:v>
+        <x:v>1.5193</x:v>
       </x:c>
       <x:c r="C636" s="3" t="n">
-        <x:v>1.5095</x:v>
+        <x:v>1.5185</x:v>
       </x:c>
       <x:c r="D636" s="3" t="n">
-        <x:v>1.5111</x:v>
+        <x:v>1.5201</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
-        <x:v>1.5032</x:v>
+        <x:v>1.5174</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
-        <x:v>1.5024</x:v>
+        <x:v>1.5166</x:v>
       </x:c>
       <x:c r="D637" s="3" t="n">
-        <x:v>1.504</x:v>
+        <x:v>1.5182</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>1.5128</x:v>
+        <x:v>1.5312</x:v>
       </x:c>
       <x:c r="C638" s="3" t="n">
-        <x:v>1.512</x:v>
+        <x:v>1.5304</x:v>
       </x:c>
       <x:c r="D638" s="3" t="n">
-        <x:v>1.5136</x:v>
+        <x:v>1.532</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>1.5025</x:v>
+        <x:v>1.5334</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
-        <x:v>1.5017</x:v>
+        <x:v>1.5326</x:v>
       </x:c>
       <x:c r="D639" s="3" t="n">
-        <x:v>1.5033</x:v>
+        <x:v>1.5342</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>1.5013</x:v>
+        <x:v>1.5313</x:v>
       </x:c>
       <x:c r="C640" s="3" t="n">
-        <x:v>1.5005</x:v>
+        <x:v>1.5305</x:v>
       </x:c>
       <x:c r="D640" s="3" t="n">
-        <x:v>1.5021</x:v>
+        <x:v>1.5321</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>1.5066</x:v>
+        <x:v>1.5332</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
-        <x:v>1.5058</x:v>
+        <x:v>1.5324</x:v>
       </x:c>
       <x:c r="D641" s="3" t="n">
-        <x:v>1.5074</x:v>
+        <x:v>1.534</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>1.5067</x:v>
+        <x:v>1.542</x:v>
       </x:c>
       <x:c r="C642" s="3" t="n">
-        <x:v>1.5059</x:v>
+        <x:v>1.5412</x:v>
       </x:c>
       <x:c r="D642" s="3" t="n">
-        <x:v>1.5075</x:v>
+        <x:v>1.5428</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>1.5213</x:v>
+        <x:v>1.5265</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
-        <x:v>1.5205</x:v>
+        <x:v>1.5257</x:v>
       </x:c>
       <x:c r="D643" s="3" t="n">
-        <x:v>1.5221</x:v>
+        <x:v>1.5273</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>1.5041</x:v>
+        <x:v>1.5261</x:v>
       </x:c>
       <x:c r="C644" s="3" t="n">
-        <x:v>1.5033</x:v>
+        <x:v>1.5253</x:v>
       </x:c>
       <x:c r="D644" s="3" t="n">
-        <x:v>1.5049</x:v>
+        <x:v>1.5269</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>1.4995</x:v>
+        <x:v>1.5209</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
-        <x:v>1.4987</x:v>
+        <x:v>1.5201</x:v>
       </x:c>
       <x:c r="D645" s="3" t="n">
-        <x:v>1.5002</x:v>
+        <x:v>1.5217</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>1.5038</x:v>
+        <x:v>1.523</x:v>
       </x:c>
       <x:c r="C646" s="3" t="n">
-        <x:v>1.503</x:v>
+        <x:v>1.5222</x:v>
       </x:c>
       <x:c r="D646" s="3" t="n">
-        <x:v>1.5046</x:v>
+        <x:v>1.5238</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>1.5154</x:v>
+        <x:v>1.5301</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
-        <x:v>1.5146</x:v>
+        <x:v>1.5293</x:v>
       </x:c>
       <x:c r="D647" s="3" t="n">
-        <x:v>1.5162</x:v>
+        <x:v>1.5309</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>1.4904</x:v>
+        <x:v>1.518</x:v>
       </x:c>
       <x:c r="C648" s="3" t="n">
-        <x:v>1.4896</x:v>
+        <x:v>1.5172</x:v>
       </x:c>
       <x:c r="D648" s="3" t="n">
-        <x:v>1.4911</x:v>
+        <x:v>1.5188</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>1.5043</x:v>
+        <x:v>1.5172</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
-        <x:v>1.5035</x:v>
+        <x:v>1.5164</x:v>
       </x:c>
       <x:c r="D649" s="3" t="n">
-        <x:v>1.5051</x:v>
+        <x:v>1.518</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>1.5077</x:v>
+        <x:v>1.4994</x:v>
       </x:c>
       <x:c r="C650" s="3" t="n">
-        <x:v>1.5069</x:v>
+        <x:v>1.4986</x:v>
       </x:c>
       <x:c r="D650" s="3" t="n">
-        <x:v>1.5085</x:v>
+        <x:v>1.5001</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
-        <x:v>1.5096</x:v>
+        <x:v>1.5103</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
-        <x:v>1.5088</x:v>
+        <x:v>1.5095</x:v>
       </x:c>
       <x:c r="D651" s="3" t="n">
-        <x:v>1.5104</x:v>
+        <x:v>1.5111</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>1.4886</x:v>
+        <x:v>1.5032</x:v>
       </x:c>
       <x:c r="C652" s="3" t="n">
-        <x:v>1.4878</x:v>
+        <x:v>1.5024</x:v>
       </x:c>
       <x:c r="D652" s="3" t="n">
-        <x:v>1.4893</x:v>
+        <x:v>1.504</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
-        <x:v>1.5054</x:v>
+        <x:v>1.5128</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
-        <x:v>1.5046</x:v>
+        <x:v>1.512</x:v>
       </x:c>
       <x:c r="D653" s="3" t="n">
-        <x:v>1.5062</x:v>
+        <x:v>1.5136</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>1.4792</x:v>
+        <x:v>1.5025</x:v>
       </x:c>
       <x:c r="C654" s="3" t="n">
-        <x:v>1.4784</x:v>
+        <x:v>1.5017</x:v>
       </x:c>
       <x:c r="D654" s="3" t="n">
-        <x:v>1.4799</x:v>
+        <x:v>1.5033</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>1.4692</x:v>
+        <x:v>1.5013</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
-        <x:v>1.4684</x:v>
+        <x:v>1.5005</x:v>
       </x:c>
       <x:c r="D655" s="3" t="n">
-        <x:v>1.4699</x:v>
+        <x:v>1.5021</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>1.4682</x:v>
+        <x:v>1.5066</x:v>
       </x:c>
       <x:c r="C656" s="3" t="n">
-        <x:v>1.4674</x:v>
+        <x:v>1.5058</x:v>
       </x:c>
       <x:c r="D656" s="3" t="n">
-        <x:v>1.4689</x:v>
+        <x:v>1.5074</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>1.4698</x:v>
+        <x:v>1.5067</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
-        <x:v>1.469</x:v>
+        <x:v>1.5059</x:v>
       </x:c>
       <x:c r="D657" s="3" t="n">
-        <x:v>1.4705</x:v>
+        <x:v>1.5075</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>1.4748</x:v>
+        <x:v>1.5213</x:v>
       </x:c>
       <x:c r="C658" s="3" t="n">
-        <x:v>1.474</x:v>
+        <x:v>1.5205</x:v>
       </x:c>
       <x:c r="D658" s="3" t="n">
-        <x:v>1.4755</x:v>
+        <x:v>1.5221</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
-        <x:v>1.4646</x:v>
+        <x:v>1.5041</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
-        <x:v>1.4638</x:v>
+        <x:v>1.5033</x:v>
       </x:c>
       <x:c r="D659" s="3" t="n">
-        <x:v>1.4653</x:v>
+        <x:v>1.5049</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>1.4805</x:v>
+        <x:v>1.4995</x:v>
       </x:c>
       <x:c r="C660" s="3" t="n">
-        <x:v>1.4797</x:v>
+        <x:v>1.4987</x:v>
       </x:c>
       <x:c r="D660" s="3" t="n">
-        <x:v>1.4812</x:v>
+        <x:v>1.5002</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>1.4624</x:v>
+        <x:v>1.5038</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
-        <x:v>1.4616</x:v>
+        <x:v>1.503</x:v>
       </x:c>
       <x:c r="D661" s="3" t="n">
-        <x:v>1.4631</x:v>
+        <x:v>1.5046</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>1.4564</x:v>
+        <x:v>1.5154</x:v>
       </x:c>
       <x:c r="C662" s="3" t="n">
-        <x:v>1.4556</x:v>
+        <x:v>1.5146</x:v>
       </x:c>
       <x:c r="D662" s="3" t="n">
-        <x:v>1.4571</x:v>
+        <x:v>1.5162</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>1.4449</x:v>
+        <x:v>1.4904</x:v>
       </x:c>
       <x:c r="C663" s="3" t="n">
-        <x:v>1.4441</x:v>
+        <x:v>1.4896</x:v>
       </x:c>
       <x:c r="D663" s="3" t="n">
-        <x:v>1.4456</x:v>
+        <x:v>1.4911</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>1.4263</x:v>
+        <x:v>1.5043</x:v>
       </x:c>
       <x:c r="C664" s="3" t="n">
-        <x:v>1.4255</x:v>
+        <x:v>1.5035</x:v>
       </x:c>
       <x:c r="D664" s="3" t="n">
-        <x:v>1.427</x:v>
+        <x:v>1.5051</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
-        <x:v>1.4321</x:v>
+        <x:v>1.5077</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
-        <x:v>1.4313</x:v>
+        <x:v>1.5069</x:v>
       </x:c>
       <x:c r="D665" s="3" t="n">
-        <x:v>1.4328</x:v>
+        <x:v>1.5085</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>1.449</x:v>
+        <x:v>1.5096</x:v>
       </x:c>
       <x:c r="C666" s="3" t="n">
-        <x:v>1.4482</x:v>
+        <x:v>1.5088</x:v>
       </x:c>
       <x:c r="D666" s="3" t="n">
-        <x:v>1.4497</x:v>
+        <x:v>1.5104</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>1.4415</x:v>
+        <x:v>1.4886</x:v>
       </x:c>
       <x:c r="C667" s="3" t="n">
-        <x:v>1.4407</x:v>
+        <x:v>1.4878</x:v>
       </x:c>
       <x:c r="D667" s="3" t="n">
-        <x:v>1.4422</x:v>
+        <x:v>1.4893</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>1.431</x:v>
+        <x:v>1.5054</x:v>
       </x:c>
       <x:c r="C668" s="3" t="n">
-        <x:v>1.4302</x:v>
+        <x:v>1.5046</x:v>
       </x:c>
       <x:c r="D668" s="3" t="n">
-        <x:v>1.4317</x:v>
+        <x:v>1.5062</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>1.4519</x:v>
+        <x:v>1.4792</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
-        <x:v>1.4511</x:v>
+        <x:v>1.4784</x:v>
       </x:c>
       <x:c r="D669" s="3" t="n">
-        <x:v>1.4526</x:v>
+        <x:v>1.4799</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>1.4553</x:v>
+        <x:v>1.4692</x:v>
       </x:c>
       <x:c r="C670" s="3" t="n">
-        <x:v>1.4545</x:v>
+        <x:v>1.4684</x:v>
       </x:c>
       <x:c r="D670" s="3" t="n">
-        <x:v>1.456</x:v>
+        <x:v>1.4699</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>1.4522</x:v>
+        <x:v>1.4682</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
-        <x:v>1.4514</x:v>
+        <x:v>1.4674</x:v>
       </x:c>
       <x:c r="D671" s="3" t="n">
-        <x:v>1.4529</x:v>
+        <x:v>1.4689</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>1.4564</x:v>
+        <x:v>1.4698</x:v>
       </x:c>
       <x:c r="C672" s="3" t="n">
-        <x:v>1.4556</x:v>
+        <x:v>1.469</x:v>
       </x:c>
       <x:c r="D672" s="3" t="n">
-        <x:v>1.4571</x:v>
+        <x:v>1.4705</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>1.468</x:v>
+        <x:v>1.4748</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
-        <x:v>1.4672</x:v>
+        <x:v>1.474</x:v>
       </x:c>
       <x:c r="D673" s="3" t="n">
-        <x:v>1.4687</x:v>
+        <x:v>1.4755</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="2" t="s">
-        <x:v>679</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
-        <x:v>1.4753</x:v>
+        <x:v>1.4646</x:v>
       </x:c>
       <x:c r="C674" s="3" t="n">
-        <x:v>1.4745</x:v>
+        <x:v>1.4638</x:v>
       </x:c>
       <x:c r="D674" s="3" t="n">
-        <x:v>1.476</x:v>
+        <x:v>1.4653</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="2" t="s">
-        <x:v>680</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>1.4772</x:v>
+        <x:v>1.4805</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
-        <x:v>1.4764</x:v>
+        <x:v>1.4797</x:v>
       </x:c>
       <x:c r="D675" s="3" t="n">
-        <x:v>1.4779</x:v>
+        <x:v>1.4812</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="2" t="s">
-        <x:v>681</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>1.4594</x:v>
+        <x:v>1.4624</x:v>
       </x:c>
       <x:c r="C676" s="3" t="n">
-        <x:v>1.4586</x:v>
+        <x:v>1.4616</x:v>
       </x:c>
       <x:c r="D676" s="3" t="n">
-        <x:v>1.4601</x:v>
+        <x:v>1.4631</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="2" t="s">
-        <x:v>682</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>1.4458</x:v>
+        <x:v>1.4564</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
-        <x:v>1.445</x:v>
+        <x:v>1.4556</x:v>
       </x:c>
       <x:c r="D677" s="3" t="n">
-        <x:v>1.4465</x:v>
+        <x:v>1.4571</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="2" t="s">
-        <x:v>683</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>1.4568</x:v>
+        <x:v>1.4449</x:v>
       </x:c>
       <x:c r="C678" s="3" t="n">
-        <x:v>1.456</x:v>
+        <x:v>1.4441</x:v>
       </x:c>
       <x:c r="D678" s="3" t="n">
-        <x:v>1.4575</x:v>
+        <x:v>1.4456</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="2" t="s">
-        <x:v>684</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>1.4458</x:v>
+        <x:v>1.4263</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
-        <x:v>1.445</x:v>
+        <x:v>1.4255</x:v>
       </x:c>
       <x:c r="D679" s="3" t="n">
-        <x:v>1.4465</x:v>
+        <x:v>1.427</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="2" t="s">
-        <x:v>685</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>1.4339</x:v>
+        <x:v>1.4321</x:v>
       </x:c>
       <x:c r="C680" s="3" t="n">
-        <x:v>1.4331</x:v>
+        <x:v>1.4313</x:v>
       </x:c>
       <x:c r="D680" s="3" t="n">
-        <x:v>1.4346</x:v>
+        <x:v>1.4328</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="2" t="s">
-        <x:v>686</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
-        <x:v>1.4427</x:v>
+        <x:v>1.449</x:v>
       </x:c>
       <x:c r="C681" s="3" t="n">
-        <x:v>1.4419</x:v>
+        <x:v>1.4482</x:v>
       </x:c>
       <x:c r="D681" s="3" t="n">
-        <x:v>1.4434</x:v>
+        <x:v>1.4497</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="2" t="s">
-        <x:v>687</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>1.4298</x:v>
+        <x:v>1.4415</x:v>
       </x:c>
       <x:c r="C682" s="3" t="n">
-        <x:v>1.429</x:v>
+        <x:v>1.4407</x:v>
       </x:c>
       <x:c r="D682" s="3" t="n">
-        <x:v>1.4305</x:v>
+        <x:v>1.4422</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="2" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>1.4269</x:v>
+        <x:v>1.431</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
-        <x:v>1.4261</x:v>
+        <x:v>1.4302</x:v>
       </x:c>
       <x:c r="D683" s="3" t="n">
-        <x:v>1.4276</x:v>
+        <x:v>1.4317</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="2" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>1.4331</x:v>
+        <x:v>1.4519</x:v>
       </x:c>
       <x:c r="C684" s="3" t="n">
-        <x:v>1.4323</x:v>
+        <x:v>1.4511</x:v>
       </x:c>
       <x:c r="D684" s="3" t="n">
-        <x:v>1.4338</x:v>
+        <x:v>1.4526</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="2" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>1.4193</x:v>
+        <x:v>1.4553</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
-        <x:v>1.4185</x:v>
+        <x:v>1.4545</x:v>
       </x:c>
       <x:c r="D685" s="3" t="n">
-        <x:v>1.42</x:v>
+        <x:v>1.456</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="2" t="s">
-        <x:v>691</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>1.4288</x:v>
+        <x:v>1.4522</x:v>
       </x:c>
       <x:c r="C686" s="3" t="n">
-        <x:v>1.428</x:v>
+        <x:v>1.4514</x:v>
       </x:c>
       <x:c r="D686" s="3" t="n">
-        <x:v>1.4295</x:v>
+        <x:v>1.4529</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="2" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>1.4146</x:v>
+        <x:v>1.4564</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
-        <x:v>1.4138</x:v>
+        <x:v>1.4556</x:v>
       </x:c>
       <x:c r="D687" s="3" t="n">
-        <x:v>1.4153</x:v>
+        <x:v>1.4571</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="2" t="s">
-        <x:v>693</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>1.4185</x:v>
+        <x:v>1.468</x:v>
       </x:c>
       <x:c r="C688" s="3" t="n">
-        <x:v>1.4177</x:v>
+        <x:v>1.4672</x:v>
       </x:c>
       <x:c r="D688" s="3" t="n">
-        <x:v>1.4192</x:v>
+        <x:v>1.4687</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>1.4176</x:v>
+        <x:v>1.4753</x:v>
       </x:c>
       <x:c r="C689" s="3" t="n">
-        <x:v>1.4168</x:v>
+        <x:v>1.4745</x:v>
       </x:c>
       <x:c r="D689" s="3" t="n">
-        <x:v>1.4183</x:v>
+        <x:v>1.476</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>1.4324</x:v>
+        <x:v>1.4772</x:v>
       </x:c>
       <x:c r="C690" s="3" t="n">
-        <x:v>1.4316</x:v>
+        <x:v>1.4764</x:v>
       </x:c>
       <x:c r="D690" s="3" t="n">
-        <x:v>1.4331</x:v>
+        <x:v>1.4779</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>1.4419</x:v>
+        <x:v>1.4594</x:v>
       </x:c>
       <x:c r="C691" s="3" t="n">
-        <x:v>1.4411</x:v>
+        <x:v>1.4586</x:v>
       </x:c>
       <x:c r="D691" s="3" t="n">
-        <x:v>1.4426</x:v>
+        <x:v>1.4601</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>1.4483</x:v>
+        <x:v>1.4458</x:v>
       </x:c>
       <x:c r="C692" s="3" t="n">
-        <x:v>1.4475</x:v>
+        <x:v>1.445</x:v>
       </x:c>
       <x:c r="D692" s="3" t="n">
-        <x:v>1.449</x:v>
+        <x:v>1.4465</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>1.4444</x:v>
+        <x:v>1.4568</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
-        <x:v>1.4436</x:v>
+        <x:v>1.456</x:v>
       </x:c>
       <x:c r="D693" s="3" t="n">
-        <x:v>1.4451</x:v>
+        <x:v>1.4575</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>1.4494</x:v>
+        <x:v>1.4458</x:v>
       </x:c>
       <x:c r="C694" s="3" t="n">
-        <x:v>1.4486</x:v>
+        <x:v>1.445</x:v>
       </x:c>
       <x:c r="D694" s="3" t="n">
-        <x:v>1.4501</x:v>
+        <x:v>1.4465</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="2" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>1.446</x:v>
+        <x:v>1.4339</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
-        <x:v>1.4452</x:v>
+        <x:v>1.4331</x:v>
       </x:c>
       <x:c r="D695" s="3" t="n">
-        <x:v>1.4467</x:v>
+        <x:v>1.4346</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="2" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>1.4415</x:v>
+        <x:v>1.4427</x:v>
       </x:c>
       <x:c r="C696" s="3" t="n">
-        <x:v>1.4407</x:v>
+        <x:v>1.4419</x:v>
       </x:c>
       <x:c r="D696" s="3" t="n">
-        <x:v>1.4422</x:v>
+        <x:v>1.4434</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="2" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B697" s="3" t="n">
-        <x:v>1.4486</x:v>
+        <x:v>1.4298</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
-        <x:v>1.4478</x:v>
+        <x:v>1.429</x:v>
       </x:c>
       <x:c r="D697" s="3" t="n">
-        <x:v>1.4493</x:v>
+        <x:v>1.4305</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="2" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="B698" s="3" t="n">
-        <x:v>1.4256</x:v>
+        <x:v>1.4269</x:v>
       </x:c>
       <x:c r="C698" s="3" t="n">
-        <x:v>1.4248</x:v>
+        <x:v>1.4261</x:v>
       </x:c>
       <x:c r="D698" s="3" t="n">
-        <x:v>1.4263</x:v>
+        <x:v>1.4276</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="2" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B699" s="3" t="n">
-        <x:v>1.406</x:v>
+        <x:v>1.4331</x:v>
       </x:c>
       <x:c r="C699" s="3" t="n">
-        <x:v>1.4052</x:v>
+        <x:v>1.4323</x:v>
       </x:c>
       <x:c r="D699" s="3" t="n">
-        <x:v>1.4067</x:v>
+        <x:v>1.4338</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="2" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B700" s="3" t="n">
-        <x:v>1.3958</x:v>
+        <x:v>1.4193</x:v>
       </x:c>
       <x:c r="C700" s="3" t="n">
-        <x:v>1.3951</x:v>
+        <x:v>1.4185</x:v>
       </x:c>
       <x:c r="D700" s="3" t="n">
-        <x:v>1.3965</x:v>
+        <x:v>1.42</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="2" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B701" s="3" t="n">
-        <x:v>1.4092</x:v>
+        <x:v>1.4288</x:v>
       </x:c>
       <x:c r="C701" s="3" t="n">
-        <x:v>1.4084</x:v>
+        <x:v>1.428</x:v>
       </x:c>
       <x:c r="D701" s="3" t="n">
-        <x:v>1.4099</x:v>
+        <x:v>1.4295</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="2" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="B702" s="3" t="n">
-        <x:v>1.4074</x:v>
+        <x:v>1.4146</x:v>
       </x:c>
       <x:c r="C702" s="3" t="n">
-        <x:v>1.4066</x:v>
+        <x:v>1.4138</x:v>
       </x:c>
       <x:c r="D702" s="3" t="n">
-        <x:v>1.4081</x:v>
+        <x:v>1.4153</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="2" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B703" s="3" t="n">
-        <x:v>1.4162</x:v>
+        <x:v>1.4185</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
-        <x:v>1.4154</x:v>
+        <x:v>1.4177</x:v>
       </x:c>
       <x:c r="D703" s="3" t="n">
-        <x:v>1.4169</x:v>
+        <x:v>1.4192</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="2" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="B704" s="3" t="n">
-        <x:v>1.3991</x:v>
+        <x:v>1.4176</x:v>
       </x:c>
       <x:c r="C704" s="3" t="n">
-        <x:v>1.3984</x:v>
+        <x:v>1.4168</x:v>
       </x:c>
       <x:c r="D704" s="3" t="n">
-        <x:v>1.3998</x:v>
+        <x:v>1.4183</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="2" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="B705" s="3" t="n">
-        <x:v>1.3795</x:v>
+        <x:v>1.4324</x:v>
       </x:c>
       <x:c r="C705" s="3" t="n">
-        <x:v>1.3788</x:v>
+        <x:v>1.4316</x:v>
       </x:c>
       <x:c r="D705" s="3" t="n">
-        <x:v>1.3802</x:v>
+        <x:v>1.4331</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="2" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="B706" s="3" t="n">
-        <x:v>1.3726</x:v>
+        <x:v>1.4419</x:v>
       </x:c>
       <x:c r="C706" s="3" t="n">
-        <x:v>1.3719</x:v>
+        <x:v>1.4411</x:v>
       </x:c>
       <x:c r="D706" s="3" t="n">
-        <x:v>1.3733</x:v>
+        <x:v>1.4426</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="2" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B707" s="3" t="n">
-        <x:v>1.3733</x:v>
+        <x:v>1.4483</x:v>
       </x:c>
       <x:c r="C707" s="3" t="n">
-        <x:v>1.3726</x:v>
+        <x:v>1.4475</x:v>
       </x:c>
       <x:c r="D707" s="3" t="n">
-        <x:v>1.374</x:v>
+        <x:v>1.449</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="2" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="B708" s="3" t="n">
-        <x:v>1.3633</x:v>
+        <x:v>1.4444</x:v>
       </x:c>
       <x:c r="C708" s="3" t="n">
-        <x:v>1.3626</x:v>
+        <x:v>1.4436</x:v>
       </x:c>
       <x:c r="D708" s="3" t="n">
-        <x:v>1.364</x:v>
+        <x:v>1.4451</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="2" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="B709" s="3" t="n">
-        <x:v>1.3503</x:v>
+        <x:v>1.4494</x:v>
       </x:c>
       <x:c r="C709" s="3" t="n">
-        <x:v>1.3496</x:v>
+        <x:v>1.4486</x:v>
       </x:c>
       <x:c r="D709" s="3" t="n">
-        <x:v>1.351</x:v>
+        <x:v>1.4501</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="2" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="B710" s="3" t="n">
-        <x:v>1.3425</x:v>
+        <x:v>1.446</x:v>
       </x:c>
       <x:c r="C710" s="3" t="n">
-        <x:v>1.3418</x:v>
+        <x:v>1.4452</x:v>
       </x:c>
       <x:c r="D710" s="3" t="n">
-        <x:v>1.3432</x:v>
+        <x:v>1.4467</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="2" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="B711" s="3" t="n">
-        <x:v>1.3418</x:v>
+        <x:v>1.4415</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
-        <x:v>1.3411</x:v>
+        <x:v>1.4407</x:v>
       </x:c>
       <x:c r="D711" s="3" t="n">
-        <x:v>1.3425</x:v>
+        <x:v>1.4422</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="2" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="B712" s="3" t="n">
-        <x:v>1.3511</x:v>
+        <x:v>1.4486</x:v>
       </x:c>
       <x:c r="C712" s="3" t="n">
-        <x:v>1.3504</x:v>
+        <x:v>1.4478</x:v>
       </x:c>
       <x:c r="D712" s="3" t="n">
-        <x:v>1.3518</x:v>
+        <x:v>1.4493</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="2" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="B713" s="3" t="n">
-        <x:v>1.348</x:v>
+        <x:v>1.4256</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
-        <x:v>1.3473</x:v>
+        <x:v>1.4248</x:v>
       </x:c>
       <x:c r="D713" s="3" t="n">
-        <x:v>1.3487</x:v>
+        <x:v>1.4263</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="2" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="B714" s="3" t="n">
-        <x:v>1.3576</x:v>
+        <x:v>1.406</x:v>
       </x:c>
       <x:c r="C714" s="3" t="n">
-        <x:v>1.3569</x:v>
+        <x:v>1.4052</x:v>
       </x:c>
       <x:c r="D714" s="3" t="n">
-        <x:v>1.3583</x:v>
+        <x:v>1.4067</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="2" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="B715" s="3" t="n">
-        <x:v>1.3621</x:v>
+        <x:v>1.3958</x:v>
       </x:c>
       <x:c r="C715" s="3" t="n">
-        <x:v>1.3614</x:v>
+        <x:v>1.3951</x:v>
       </x:c>
       <x:c r="D715" s="3" t="n">
-        <x:v>1.3628</x:v>
+        <x:v>1.3965</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="2" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="B716" s="3" t="n">
-        <x:v>1.3747</x:v>
+        <x:v>1.4092</x:v>
       </x:c>
       <x:c r="C716" s="3" t="n">
-        <x:v>1.374</x:v>
+        <x:v>1.4084</x:v>
       </x:c>
       <x:c r="D716" s="3" t="n">
-        <x:v>1.3754</x:v>
+        <x:v>1.4099</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="2" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="B717" s="3" t="n">
-        <x:v>1.3846</x:v>
+        <x:v>1.4074</x:v>
       </x:c>
       <x:c r="C717" s="3" t="n">
-        <x:v>1.3839</x:v>
+        <x:v>1.4066</x:v>
       </x:c>
       <x:c r="D717" s="3" t="n">
-        <x:v>1.3853</x:v>
+        <x:v>1.4081</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="2" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="B718" s="3" t="n">
-        <x:v>1.3757</x:v>
+        <x:v>1.4162</x:v>
       </x:c>
       <x:c r="C718" s="3" t="n">
-        <x:v>1.375</x:v>
+        <x:v>1.4154</x:v>
       </x:c>
       <x:c r="D718" s="3" t="n">
-        <x:v>1.3764</x:v>
+        <x:v>1.4169</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="2" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="B719" s="3" t="n">
-        <x:v>1.35</x:v>
+        <x:v>1.3991</x:v>
       </x:c>
       <x:c r="C719" s="3" t="n">
-        <x:v>1.3493</x:v>
+        <x:v>1.3984</x:v>
       </x:c>
       <x:c r="D719" s="3" t="n">
-        <x:v>1.3507</x:v>
+        <x:v>1.3998</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="2" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="B720" s="3" t="n">
-        <x:v>1.3495</x:v>
+        <x:v>1.3795</x:v>
       </x:c>
       <x:c r="C720" s="3" t="n">
-        <x:v>1.3488</x:v>
+        <x:v>1.3788</x:v>
       </x:c>
       <x:c r="D720" s="3" t="n">
-        <x:v>1.3502</x:v>
+        <x:v>1.3802</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="2" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="B721" s="3" t="n">
-        <x:v>1.351</x:v>
+        <x:v>1.3726</x:v>
       </x:c>
       <x:c r="C721" s="3" t="n">
-        <x:v>1.3503</x:v>
+        <x:v>1.3719</x:v>
       </x:c>
       <x:c r="D721" s="3" t="n">
-        <x:v>1.3517</x:v>
+        <x:v>1.3733</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="2" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="B722" s="3" t="n">
-        <x:v>1.3328</x:v>
+        <x:v>1.3733</x:v>
       </x:c>
       <x:c r="C722" s="3" t="n">
-        <x:v>1.3321</x:v>
+        <x:v>1.3726</x:v>
       </x:c>
       <x:c r="D722" s="3" t="n">
-        <x:v>1.3335</x:v>
+        <x:v>1.374</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="2" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="B723" s="3" t="n">
-        <x:v>1.3397</x:v>
+        <x:v>1.3633</x:v>
       </x:c>
       <x:c r="C723" s="3" t="n">
-        <x:v>1.339</x:v>
+        <x:v>1.3626</x:v>
       </x:c>
       <x:c r="D723" s="3" t="n">
-        <x:v>1.3404</x:v>
+        <x:v>1.364</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:8">
       <x:c r="A724" s="2" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="B724" s="3" t="n">
-        <x:v>1.337</x:v>
+        <x:v>1.3503</x:v>
       </x:c>
       <x:c r="C724" s="3" t="n">
-        <x:v>1.3363</x:v>
+        <x:v>1.3496</x:v>
       </x:c>
       <x:c r="D724" s="3" t="n">
-        <x:v>1.3377</x:v>
+        <x:v>1.351</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:8">
       <x:c r="A725" s="2" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="B725" s="3" t="n">
-        <x:v>1.3468</x:v>
+        <x:v>1.3425</x:v>
       </x:c>
       <x:c r="C725" s="3" t="n">
-        <x:v>1.3461</x:v>
+        <x:v>1.3418</x:v>
       </x:c>
       <x:c r="D725" s="3" t="n">
-        <x:v>1.3475</x:v>
+        <x:v>1.3432</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="2" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="B726" s="3" t="n">
-        <x:v>1.3401</x:v>
+        <x:v>1.3418</x:v>
       </x:c>
       <x:c r="C726" s="3" t="n">
-        <x:v>1.3394</x:v>
+        <x:v>1.3411</x:v>
       </x:c>
       <x:c r="D726" s="3" t="n">
-        <x:v>1.3408</x:v>
+        <x:v>1.3425</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="2" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="B727" s="3" t="n">
-        <x:v>1.3341</x:v>
+        <x:v>1.3511</x:v>
       </x:c>
       <x:c r="C727" s="3" t="n">
-        <x:v>1.3334</x:v>
+        <x:v>1.3504</x:v>
       </x:c>
       <x:c r="D727" s="3" t="n">
-        <x:v>1.3348</x:v>
+        <x:v>1.3518</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="2" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="B728" s="3" t="n">
-        <x:v>1.3316</x:v>
+        <x:v>1.348</x:v>
       </x:c>
       <x:c r="C728" s="3" t="n">
-        <x:v>1.3309</x:v>
+        <x:v>1.3473</x:v>
       </x:c>
       <x:c r="D728" s="3" t="n">
-        <x:v>1.3323</x:v>
+        <x:v>1.3487</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="2" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="B729" s="3" t="n">
-        <x:v>1.3423</x:v>
+        <x:v>1.3576</x:v>
       </x:c>
       <x:c r="C729" s="3" t="n">
-        <x:v>1.3416</x:v>
+        <x:v>1.3569</x:v>
       </x:c>
       <x:c r="D729" s="3" t="n">
-        <x:v>1.343</x:v>
+        <x:v>1.3583</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
       <x:c r="A730" s="2" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="B730" s="3" t="n">
-        <x:v>1.3433</x:v>
+        <x:v>1.3621</x:v>
       </x:c>
       <x:c r="C730" s="3" t="n">
-        <x:v>1.3426</x:v>
+        <x:v>1.3614</x:v>
       </x:c>
       <x:c r="D730" s="3" t="n">
-        <x:v>1.344</x:v>
+        <x:v>1.3628</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:8">
       <x:c r="A731" s="2" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="B731" s="3" t="n">
-        <x:v>1.3252</x:v>
+        <x:v>1.3747</x:v>
       </x:c>
       <x:c r="C731" s="3" t="n">
-        <x:v>1.3245</x:v>
+        <x:v>1.374</x:v>
       </x:c>
       <x:c r="D731" s="3" t="n">
-        <x:v>1.3259</x:v>
+        <x:v>1.3754</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:8">
       <x:c r="A732" s="2" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="B732" s="3" t="n">
-        <x:v>1.3171</x:v>
+        <x:v>1.3846</x:v>
       </x:c>
       <x:c r="C732" s="3" t="n">
-        <x:v>1.3164</x:v>
+        <x:v>1.3839</x:v>
       </x:c>
       <x:c r="D732" s="3" t="n">
-        <x:v>1.3178</x:v>
+        <x:v>1.3853</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:8">
       <x:c r="A733" s="2" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="B733" s="3" t="n">
-        <x:v>1.3131</x:v>
+        <x:v>1.3757</x:v>
       </x:c>
       <x:c r="C733" s="3" t="n">
-        <x:v>1.3124</x:v>
+        <x:v>1.375</x:v>
       </x:c>
       <x:c r="D733" s="3" t="n">
-        <x:v>1.3138</x:v>
+        <x:v>1.3764</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:8">
       <x:c r="A734" s="2" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="B734" s="3" t="n">
-        <x:v>1.3252</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C734" s="3" t="n">
-        <x:v>1.3245</x:v>
+        <x:v>1.3493</x:v>
       </x:c>
       <x:c r="D734" s="3" t="n">
-        <x:v>1.3259</x:v>
+        <x:v>1.3507</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:8">
       <x:c r="A735" s="2" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="B735" s="3" t="n">
-        <x:v>1.3102</x:v>
+        <x:v>1.3495</x:v>
       </x:c>
       <x:c r="C735" s="3" t="n">
-        <x:v>1.3095</x:v>
+        <x:v>1.3488</x:v>
       </x:c>
       <x:c r="D735" s="3" t="n">
-        <x:v>1.3109</x:v>
+        <x:v>1.3502</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:8">
       <x:c r="A736" s="2" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="B736" s="3" t="n">
-        <x:v>1.3049</x:v>
+        <x:v>1.351</x:v>
       </x:c>
       <x:c r="C736" s="3" t="n">
-        <x:v>1.3042</x:v>
+        <x:v>1.3503</x:v>
       </x:c>
       <x:c r="D736" s="3" t="n">
-        <x:v>1.3056</x:v>
+        <x:v>1.3517</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:8">
       <x:c r="A737" s="2" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="B737" s="3" t="n">
-        <x:v>1.2846</x:v>
+        <x:v>1.3328</x:v>
       </x:c>
       <x:c r="C737" s="3" t="n">
-        <x:v>1.2839</x:v>
+        <x:v>1.3321</x:v>
       </x:c>
       <x:c r="D737" s="3" t="n">
-        <x:v>1.2852</x:v>
+        <x:v>1.3335</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:8">
       <x:c r="A738" s="2" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="B738" s="3" t="n">
-        <x:v>1.3012</x:v>
+        <x:v>1.3397</x:v>
       </x:c>
       <x:c r="C738" s="3" t="n">
-        <x:v>1.3005</x:v>
+        <x:v>1.339</x:v>
       </x:c>
       <x:c r="D738" s="3" t="n">
-        <x:v>1.3019</x:v>
+        <x:v>1.3404</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:8">
       <x:c r="A739" s="2" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="B739" s="3" t="n">
-        <x:v>1.2997</x:v>
+        <x:v>1.337</x:v>
       </x:c>
       <x:c r="C739" s="3" t="n">
-        <x:v>1.299</x:v>
+        <x:v>1.3363</x:v>
       </x:c>
       <x:c r="D739" s="3" t="n">
-        <x:v>1.3003</x:v>
+        <x:v>1.3377</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:8">
       <x:c r="A740" s="2" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="B740" s="3" t="n">
-        <x:v>1.284</x:v>
+        <x:v>1.3468</x:v>
       </x:c>
       <x:c r="C740" s="3" t="n">
-        <x:v>1.2833</x:v>
+        <x:v>1.3461</x:v>
       </x:c>
       <x:c r="D740" s="3" t="n">
-        <x:v>1.2846</x:v>
+        <x:v>1.3475</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:8">
       <x:c r="A741" s="2" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="B741" s="3" t="n">
-        <x:v>1.2813</x:v>
+        <x:v>1.3401</x:v>
       </x:c>
       <x:c r="C741" s="3" t="n">
-        <x:v>1.2806</x:v>
+        <x:v>1.3394</x:v>
       </x:c>
       <x:c r="D741" s="3" t="n">
-        <x:v>1.2819</x:v>
+        <x:v>1.3408</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:8">
       <x:c r="A742" s="2" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="B742" s="3" t="n">
-        <x:v>1.2976</x:v>
+        <x:v>1.3341</x:v>
       </x:c>
       <x:c r="C742" s="3" t="n">
-        <x:v>1.2969</x:v>
+        <x:v>1.3334</x:v>
       </x:c>
       <x:c r="D742" s="3" t="n">
-        <x:v>1.2982</x:v>
+        <x:v>1.3348</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:8">
       <x:c r="A743" s="2" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="B743" s="3" t="n">
-        <x:v>1.2703</x:v>
+        <x:v>1.3316</x:v>
       </x:c>
       <x:c r="C743" s="3" t="n">
-        <x:v>1.2696</x:v>
+        <x:v>1.3309</x:v>
       </x:c>
       <x:c r="D743" s="3" t="n">
-        <x:v>1.2709</x:v>
+        <x:v>1.3323</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:8">
       <x:c r="A744" s="2" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="B744" s="3" t="n">
-        <x:v>1.2662</x:v>
+        <x:v>1.3423</x:v>
       </x:c>
       <x:c r="C744" s="3" t="n">
-        <x:v>1.2655</x:v>
+        <x:v>1.3416</x:v>
       </x:c>
       <x:c r="D744" s="3" t="n">
-        <x:v>1.2668</x:v>
+        <x:v>1.343</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:8">
       <x:c r="A745" s="2" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="B745" s="3" t="n">
-        <x:v>1.283</x:v>
+        <x:v>1.3433</x:v>
       </x:c>
       <x:c r="C745" s="3" t="n">
-        <x:v>1.2823</x:v>
+        <x:v>1.3426</x:v>
       </x:c>
       <x:c r="D745" s="3" t="n">
-        <x:v>1.2836</x:v>
+        <x:v>1.344</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:8">
       <x:c r="A746" s="2" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="B746" s="3" t="n">
-        <x:v>1.2634</x:v>
+        <x:v>1.3252</x:v>
       </x:c>
       <x:c r="C746" s="3" t="n">
-        <x:v>1.2627</x:v>
+        <x:v>1.3245</x:v>
       </x:c>
       <x:c r="D746" s="3" t="n">
-        <x:v>1.264</x:v>
+        <x:v>1.3259</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:8">
       <x:c r="A747" s="2" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="B747" s="3" t="n">
-        <x:v>1.2631</x:v>
+        <x:v>1.3171</x:v>
       </x:c>
       <x:c r="C747" s="3" t="n">
-        <x:v>1.2624</x:v>
+        <x:v>1.3164</x:v>
       </x:c>
       <x:c r="D747" s="3" t="n">
-        <x:v>1.2637</x:v>
+        <x:v>1.3178</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:8">
       <x:c r="A748" s="2" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="B748" s="3" t="n">
-        <x:v>1.2377</x:v>
+        <x:v>1.3131</x:v>
       </x:c>
       <x:c r="C748" s="3" t="n">
-        <x:v>1.237</x:v>
+        <x:v>1.3124</x:v>
       </x:c>
       <x:c r="D748" s="3" t="n">
-        <x:v>1.2383</x:v>
+        <x:v>1.3138</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:8">
       <x:c r="A749" s="2" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="B749" s="3" t="n">
-        <x:v>1.2505</x:v>
+        <x:v>1.3252</x:v>
       </x:c>
       <x:c r="C749" s="3" t="n">
-        <x:v>1.2498</x:v>
+        <x:v>1.3245</x:v>
       </x:c>
       <x:c r="D749" s="3" t="n">
-        <x:v>1.2511</x:v>
+        <x:v>1.3259</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:8">
       <x:c r="A750" s="2" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="B750" s="3" t="n">
-        <x:v>1.2682</x:v>
+        <x:v>1.3102</x:v>
       </x:c>
       <x:c r="C750" s="3" t="n">
-        <x:v>1.2675</x:v>
+        <x:v>1.3095</x:v>
       </x:c>
       <x:c r="D750" s="3" t="n">
-        <x:v>1.2688</x:v>
+        <x:v>1.3109</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:8">
       <x:c r="A751" s="2" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="B751" s="3" t="n">
-        <x:v>1.2857</x:v>
+        <x:v>1.3049</x:v>
       </x:c>
       <x:c r="C751" s="3" t="n">
-        <x:v>1.285</x:v>
+        <x:v>1.3042</x:v>
       </x:c>
       <x:c r="D751" s="3" t="n">
-        <x:v>1.2863</x:v>
+        <x:v>1.3056</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:8">
       <x:c r="A752" s="2" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="B752" s="3" t="n">
-        <x:v>1.2874</x:v>
+        <x:v>1.2846</x:v>
       </x:c>
       <x:c r="C752" s="3" t="n">
-        <x:v>1.2867</x:v>
+        <x:v>1.2839</x:v>
       </x:c>
       <x:c r="D752" s="3" t="n">
-        <x:v>1.288</x:v>
+        <x:v>1.2852</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:8">
       <x:c r="A753" s="2" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="B753" s="3" t="n">
-        <x:v>1.2795</x:v>
+        <x:v>1.3012</x:v>
       </x:c>
       <x:c r="C753" s="3" t="n">
-        <x:v>1.2788</x:v>
+        <x:v>1.3005</x:v>
       </x:c>
       <x:c r="D753" s="3" t="n">
-        <x:v>1.2801</x:v>
+        <x:v>1.3019</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:8">
       <x:c r="A754" s="2" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="B754" s="3" t="n">
-        <x:v>1.2732</x:v>
+        <x:v>1.2997</x:v>
       </x:c>
       <x:c r="C754" s="3" t="n">
-        <x:v>1.2725</x:v>
+        <x:v>1.299</x:v>
       </x:c>
       <x:c r="D754" s="3" t="n">
-        <x:v>1.2738</x:v>
+        <x:v>1.3003</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:8">
       <x:c r="A755" s="2" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="B755" s="3" t="n">
-        <x:v>1.2595</x:v>
+        <x:v>1.284</x:v>
       </x:c>
       <x:c r="C755" s="3" t="n">
-        <x:v>1.2588</x:v>
+        <x:v>1.2833</x:v>
       </x:c>
       <x:c r="D755" s="3" t="n">
-        <x:v>1.2601</x:v>
+        <x:v>1.2846</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:8">
       <x:c r="A756" s="2" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="B756" s="3" t="n">
-        <x:v>1.2462</x:v>
+        <x:v>1.2813</x:v>
       </x:c>
       <x:c r="C756" s="3" t="n">
-        <x:v>1.2455</x:v>
+        <x:v>1.2806</x:v>
       </x:c>
       <x:c r="D756" s="3" t="n">
-        <x:v>1.2468</x:v>
+        <x:v>1.2819</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:8">
       <x:c r="A757" s="2" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="B757" s="3" t="n">
-        <x:v>1.252</x:v>
+        <x:v>1.2976</x:v>
       </x:c>
       <x:c r="C757" s="3" t="n">
-        <x:v>1.2513</x:v>
+        <x:v>1.2969</x:v>
       </x:c>
       <x:c r="D757" s="3" t="n">
-        <x:v>1.2526</x:v>
+        <x:v>1.2982</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:8">
       <x:c r="A758" s="2" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="B758" s="3" t="n">
-        <x:v>1.2589</x:v>
+        <x:v>1.2703</x:v>
       </x:c>
       <x:c r="C758" s="3" t="n">
-        <x:v>1.2582</x:v>
+        <x:v>1.2696</x:v>
       </x:c>
       <x:c r="D758" s="3" t="n">
-        <x:v>1.2595</x:v>
+        <x:v>1.2709</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:8">
       <x:c r="A759" s="2" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="B759" s="3" t="n">
-        <x:v>1.2571</x:v>
+        <x:v>1.2662</x:v>
       </x:c>
       <x:c r="C759" s="3" t="n">
-        <x:v>1.2564</x:v>
+        <x:v>1.2655</x:v>
       </x:c>
       <x:c r="D759" s="3" t="n">
-        <x:v>1.2577</x:v>
+        <x:v>1.2668</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:8">
       <x:c r="A760" s="2" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="B760" s="3" t="n">
-        <x:v>1.2597</x:v>
+        <x:v>1.283</x:v>
       </x:c>
       <x:c r="C760" s="3" t="n">
-        <x:v>1.259</x:v>
+        <x:v>1.2823</x:v>
       </x:c>
       <x:c r="D760" s="3" t="n">
-        <x:v>1.2603</x:v>
+        <x:v>1.2836</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:8">
       <x:c r="A761" s="2" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="B761" s="3" t="n">
-        <x:v>1.2518</x:v>
+        <x:v>1.2634</x:v>
       </x:c>
       <x:c r="C761" s="3" t="n">
-        <x:v>1.2511</x:v>
+        <x:v>1.2627</x:v>
       </x:c>
       <x:c r="D761" s="3" t="n">
-        <x:v>1.2524</x:v>
+        <x:v>1.264</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:8">
       <x:c r="A762" s="2" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="B762" s="3" t="n">
-        <x:v>1.2406</x:v>
+        <x:v>1.2631</x:v>
       </x:c>
       <x:c r="C762" s="3" t="n">
-        <x:v>1.2399</x:v>
+        <x:v>1.2624</x:v>
       </x:c>
       <x:c r="D762" s="3" t="n">
-        <x:v>1.2412</x:v>
+        <x:v>1.2637</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:8">
       <x:c r="A763" s="2" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="B763" s="3" t="n">
-        <x:v>1.2556</x:v>
+        <x:v>1.2377</x:v>
       </x:c>
       <x:c r="C763" s="3" t="n">
-        <x:v>1.2549</x:v>
+        <x:v>1.237</x:v>
       </x:c>
       <x:c r="D763" s="3" t="n">
-        <x:v>1.2562</x:v>
+        <x:v>1.2383</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:8">
       <x:c r="A764" s="2" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="B764" s="3" t="n">
-        <x:v>1.2678</x:v>
+        <x:v>1.2505</x:v>
       </x:c>
       <x:c r="C764" s="3" t="n">
-        <x:v>1.2671</x:v>
+        <x:v>1.2498</x:v>
       </x:c>
       <x:c r="D764" s="3" t="n">
-        <x:v>1.2684</x:v>
+        <x:v>1.2511</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:8">
       <x:c r="A765" s="2" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="B765" s="3" t="n">
-        <x:v>1.2644</x:v>
+        <x:v>1.2682</x:v>
       </x:c>
       <x:c r="C765" s="3" t="n">
-        <x:v>1.2637</x:v>
+        <x:v>1.2675</x:v>
       </x:c>
       <x:c r="D765" s="3" t="n">
-        <x:v>1.265</x:v>
+        <x:v>1.2688</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:8">
       <x:c r="A766" s="2" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="B766" s="3" t="n">
-        <x:v>1.279</x:v>
+        <x:v>1.2857</x:v>
       </x:c>
       <x:c r="C766" s="3" t="n">
-        <x:v>1.2783</x:v>
+        <x:v>1.285</x:v>
       </x:c>
       <x:c r="D766" s="3" t="n">
-        <x:v>1.2796</x:v>
+        <x:v>1.2863</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:8">
       <x:c r="A767" s="2" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="B767" s="3" t="n">
-        <x:v>1.2643</x:v>
+        <x:v>1.2874</x:v>
       </x:c>
       <x:c r="C767" s="3" t="n">
-        <x:v>1.2636</x:v>
+        <x:v>1.2867</x:v>
       </x:c>
       <x:c r="D767" s="3" t="n">
-        <x:v>1.2649</x:v>
+        <x:v>1.288</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:8">
       <x:c r="A768" s="2" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="B768" s="3" t="n">
-        <x:v>1.2687</x:v>
+        <x:v>1.2795</x:v>
       </x:c>
       <x:c r="C768" s="3" t="n">
-        <x:v>1.268</x:v>
+        <x:v>1.2788</x:v>
       </x:c>
       <x:c r="D768" s="3" t="n">
-        <x:v>1.2693</x:v>
+        <x:v>1.2801</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:8">
       <x:c r="A769" s="2" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="B769" s="3" t="n">
-        <x:v>1.2602</x:v>
+        <x:v>1.2732</x:v>
       </x:c>
       <x:c r="C769" s="3" t="n">
-        <x:v>1.2595</x:v>
+        <x:v>1.2725</x:v>
       </x:c>
       <x:c r="D769" s="3" t="n">
-        <x:v>1.2608</x:v>
+        <x:v>1.2738</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:8">
       <x:c r="A770" s="2" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="B770" s="3" t="n">
-        <x:v>1.2562</x:v>
+        <x:v>1.2595</x:v>
       </x:c>
       <x:c r="C770" s="3" t="n">
-        <x:v>1.2555</x:v>
+        <x:v>1.2588</x:v>
       </x:c>
       <x:c r="D770" s="3" t="n">
-        <x:v>1.2568</x:v>
+        <x:v>1.2601</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:8">
       <x:c r="A771" s="2" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="B771" s="3" t="n">
-        <x:v>1.2679</x:v>
+        <x:v>1.2462</x:v>
       </x:c>
       <x:c r="C771" s="3" t="n">
-        <x:v>1.2672</x:v>
+        <x:v>1.2455</x:v>
       </x:c>
       <x:c r="D771" s="3" t="n">
-        <x:v>1.2685</x:v>
+        <x:v>1.2468</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:8">
       <x:c r="A772" s="2" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="B772" s="3" t="n">
-        <x:v>1.2812</x:v>
+        <x:v>1.252</x:v>
       </x:c>
       <x:c r="C772" s="3" t="n">
-        <x:v>1.2805</x:v>
+        <x:v>1.2513</x:v>
       </x:c>
       <x:c r="D772" s="3" t="n">
-        <x:v>1.2818</x:v>
+        <x:v>1.2526</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:8">
       <x:c r="A773" s="2" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="B773" s="3" t="n">
-        <x:v>1.2811</x:v>
+        <x:v>1.2589</x:v>
       </x:c>
       <x:c r="C773" s="3" t="n">
-        <x:v>1.2804</x:v>
+        <x:v>1.2582</x:v>
       </x:c>
       <x:c r="D773" s="3" t="n">
-        <x:v>1.2817</x:v>
+        <x:v>1.2595</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:8">
       <x:c r="A774" s="2" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="B774" s="3" t="n">
-        <x:v>1.2718</x:v>
+        <x:v>1.2571</x:v>
       </x:c>
       <x:c r="C774" s="3" t="n">
-        <x:v>1.2711</x:v>
+        <x:v>1.2564</x:v>
       </x:c>
       <x:c r="D774" s="3" t="n">
-        <x:v>1.2724</x:v>
+        <x:v>1.2577</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:8">
       <x:c r="A775" s="2" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="B775" s="3" t="n">
-        <x:v>1.2588</x:v>
+        <x:v>1.2597</x:v>
       </x:c>
       <x:c r="C775" s="3" t="n">
-        <x:v>1.2581</x:v>
+        <x:v>1.259</x:v>
       </x:c>
       <x:c r="D775" s="3" t="n">
-        <x:v>1.2594</x:v>
+        <x:v>1.2603</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:8">
       <x:c r="A776" s="2" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="B776" s="3" t="n">
-        <x:v>1.2461</x:v>
+        <x:v>1.2518</x:v>
       </x:c>
       <x:c r="C776" s="3" t="n">
-        <x:v>1.2454</x:v>
+        <x:v>1.2511</x:v>
       </x:c>
       <x:c r="D776" s="3" t="n">
-        <x:v>1.2467</x:v>
+        <x:v>1.2524</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:8">
       <x:c r="A777" s="2" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="B777" s="3" t="n">
-        <x:v>1.2373</x:v>
+        <x:v>1.2406</x:v>
       </x:c>
       <x:c r="C777" s="3" t="n">
-        <x:v>1.2366</x:v>
+        <x:v>1.2399</x:v>
       </x:c>
       <x:c r="D777" s="3" t="n">
-        <x:v>1.2379</x:v>
+        <x:v>1.2412</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:8">
       <x:c r="A778" s="2" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="B778" s="3" t="n">
-        <x:v>1.2161</x:v>
+        <x:v>1.2556</x:v>
       </x:c>
       <x:c r="C778" s="3" t="n">
-        <x:v>1.2154</x:v>
+        <x:v>1.2549</x:v>
       </x:c>
       <x:c r="D778" s="3" t="n">
-        <x:v>1.2167</x:v>
+        <x:v>1.2562</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:8">
       <x:c r="A779" s="2" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="B779" s="3" t="n">
-        <x:v>1.2218</x:v>
+        <x:v>1.2678</x:v>
       </x:c>
       <x:c r="C779" s="3" t="n">
-        <x:v>1.2211</x:v>
+        <x:v>1.2671</x:v>
       </x:c>
       <x:c r="D779" s="3" t="n">
-        <x:v>1.2224</x:v>
+        <x:v>1.2684</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:8">
       <x:c r="A780" s="2" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="B780" s="3" t="n">
-        <x:v>1.2159</x:v>
+        <x:v>1.2644</x:v>
       </x:c>
       <x:c r="C780" s="3" t="n">
-        <x:v>1.2152</x:v>
+        <x:v>1.2637</x:v>
       </x:c>
       <x:c r="D780" s="3" t="n">
-        <x:v>1.2165</x:v>
+        <x:v>1.265</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:8">
       <x:c r="A781" s="2" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="B781" s="3" t="n">
-        <x:v>1.2188</x:v>
+        <x:v>1.279</x:v>
       </x:c>
       <x:c r="C781" s="3" t="n">
-        <x:v>1.2181</x:v>
+        <x:v>1.2783</x:v>
       </x:c>
       <x:c r="D781" s="3" t="n">
-        <x:v>1.2194</x:v>
+        <x:v>1.2796</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:8">
       <x:c r="A782" s="2" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="B782" s="3" t="n">
-        <x:v>1.2237</x:v>
+        <x:v>1.2643</x:v>
       </x:c>
       <x:c r="C782" s="3" t="n">
-        <x:v>1.223</x:v>
+        <x:v>1.2636</x:v>
       </x:c>
       <x:c r="D782" s="3" t="n">
-        <x:v>1.2243</x:v>
+        <x:v>1.2649</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:8">
       <x:c r="A783" s="2" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="B783" s="3" t="n">
-        <x:v>1.2266</x:v>
+        <x:v>1.2687</x:v>
       </x:c>
       <x:c r="C783" s="3" t="n">
-        <x:v>1.2259</x:v>
+        <x:v>1.268</x:v>
       </x:c>
       <x:c r="D783" s="3" t="n">
-        <x:v>1.2272</x:v>
+        <x:v>1.2693</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:8">
       <x:c r="A784" s="2" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="B784" s="3" t="n">
-        <x:v>1.218</x:v>
+        <x:v>1.2602</x:v>
       </x:c>
       <x:c r="C784" s="3" t="n">
-        <x:v>1.2173</x:v>
+        <x:v>1.2595</x:v>
       </x:c>
       <x:c r="D784" s="3" t="n">
-        <x:v>1.2186</x:v>
+        <x:v>1.2608</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:8">
       <x:c r="A785" s="2" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="B785" s="3" t="n">
-        <x:v>1.2048</x:v>
+        <x:v>1.2562</x:v>
       </x:c>
       <x:c r="C785" s="3" t="n">
-        <x:v>1.2041</x:v>
+        <x:v>1.2555</x:v>
       </x:c>
       <x:c r="D785" s="3" t="n">
-        <x:v>1.2054</x:v>
+        <x:v>1.2568</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:8">
       <x:c r="A786" s="2" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="B786" s="3" t="n">
-        <x:v>1.222</x:v>
+        <x:v>1.2679</x:v>
       </x:c>
       <x:c r="C786" s="3" t="n">
-        <x:v>1.2213</x:v>
+        <x:v>1.2672</x:v>
       </x:c>
       <x:c r="D786" s="3" t="n">
-        <x:v>1.2226</x:v>
+        <x:v>1.2685</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:8">
       <x:c r="A787" s="2" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="B787" s="3" t="n">
-        <x:v>1.2313</x:v>
+        <x:v>1.2812</x:v>
       </x:c>
       <x:c r="C787" s="3" t="n">
-        <x:v>1.2306</x:v>
+        <x:v>1.2805</x:v>
       </x:c>
       <x:c r="D787" s="3" t="n">
-        <x:v>1.2319</x:v>
+        <x:v>1.2818</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:8">
       <x:c r="A788" s="2" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="B788" s="3" t="n">
-        <x:v>1.2303</x:v>
+        <x:v>1.2811</x:v>
       </x:c>
       <x:c r="C788" s="3" t="n">
-        <x:v>1.2296</x:v>
+        <x:v>1.2804</x:v>
       </x:c>
       <x:c r="D788" s="3" t="n">
-        <x:v>1.2309</x:v>
+        <x:v>1.2817</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:8">
       <x:c r="A789" s="2" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="B789" s="3" t="n">
-        <x:v>1.2264</x:v>
+        <x:v>1.2718</x:v>
       </x:c>
       <x:c r="C789" s="3" t="n">
-        <x:v>1.2257</x:v>
+        <x:v>1.2711</x:v>
       </x:c>
       <x:c r="D789" s="3" t="n">
-        <x:v>1.227</x:v>
+        <x:v>1.2724</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:8">
       <x:c r="A790" s="2" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="B790" s="3" t="n">
-        <x:v>1.2286</x:v>
+        <x:v>1.2588</x:v>
       </x:c>
       <x:c r="C790" s="3" t="n">
-        <x:v>1.2279</x:v>
+        <x:v>1.2581</x:v>
       </x:c>
       <x:c r="D790" s="3" t="n">
-        <x:v>1.2292</x:v>
+        <x:v>1.2594</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:8">
       <x:c r="A791" s="2" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="B791" s="3" t="n">
-        <x:v>1.2186</x:v>
+        <x:v>1.2461</x:v>
       </x:c>
       <x:c r="C791" s="3" t="n">
-        <x:v>1.2179</x:v>
+        <x:v>1.2454</x:v>
       </x:c>
       <x:c r="D791" s="3" t="n">
-        <x:v>1.2192</x:v>
+        <x:v>1.2467</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:8">
       <x:c r="A792" s="2" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="B792" s="3" t="n">
-        <x:v>1.2023</x:v>
+        <x:v>1.2373</x:v>
       </x:c>
       <x:c r="C792" s="3" t="n">
-        <x:v>1.2016</x:v>
+        <x:v>1.2366</x:v>
       </x:c>
       <x:c r="D792" s="3" t="n">
-        <x:v>1.2029</x:v>
+        <x:v>1.2379</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:8">
       <x:c r="A793" s="2" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="B793" s="3" t="n">
-        <x:v>1.2141</x:v>
+        <x:v>1.2161</x:v>
       </x:c>
       <x:c r="C793" s="3" t="n">
-        <x:v>1.2134</x:v>
+        <x:v>1.2154</x:v>
       </x:c>
       <x:c r="D793" s="3" t="n">
-        <x:v>1.2147</x:v>
+        <x:v>1.2167</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:8">
       <x:c r="A794" s="2" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="B794" s="3" t="n">
-        <x:v>1.2083</x:v>
+        <x:v>1.2218</x:v>
       </x:c>
       <x:c r="C794" s="3" t="n">
-        <x:v>1.2076</x:v>
+        <x:v>1.2211</x:v>
       </x:c>
       <x:c r="D794" s="3" t="n">
-        <x:v>1.2089</x:v>
+        <x:v>1.2224</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:8">
       <x:c r="A795" s="2" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="B795" s="3" t="n">
-        <x:v>1.2038</x:v>
+        <x:v>1.2159</x:v>
       </x:c>
       <x:c r="C795" s="3" t="n">
-        <x:v>1.2031</x:v>
+        <x:v>1.2152</x:v>
       </x:c>
       <x:c r="D795" s="3" t="n">
-        <x:v>1.2044</x:v>
+        <x:v>1.2165</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:8">
       <x:c r="A796" s="2" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="B796" s="3" t="n">
-        <x:v>1.2154</x:v>
+        <x:v>1.2188</x:v>
       </x:c>
       <x:c r="C796" s="3" t="n">
-        <x:v>1.2147</x:v>
+        <x:v>1.2181</x:v>
       </x:c>
       <x:c r="D796" s="3" t="n">
-        <x:v>1.216</x:v>
+        <x:v>1.2194</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:8">
       <x:c r="A797" s="2" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="B797" s="3" t="n">
-        <x:v>1.2067</x:v>
+        <x:v>1.2237</x:v>
       </x:c>
       <x:c r="C797" s="3" t="n">
-        <x:v>1.206</x:v>
+        <x:v>1.223</x:v>
       </x:c>
       <x:c r="D797" s="3" t="n">
-        <x:v>1.2073</x:v>
+        <x:v>1.2243</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:8">
       <x:c r="A798" s="2" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="B798" s="3" t="n">
-        <x:v>1.2134</x:v>
+        <x:v>1.2266</x:v>
       </x:c>
       <x:c r="C798" s="3" t="n">
-        <x:v>1.2127</x:v>
+        <x:v>1.2259</x:v>
       </x:c>
       <x:c r="D798" s="3" t="n">
-        <x:v>1.214</x:v>
+        <x:v>1.2272</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:8">
       <x:c r="A799" s="2" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="B799" s="3" t="n">
-        <x:v>1.199</x:v>
+        <x:v>1.218</x:v>
       </x:c>
       <x:c r="C799" s="3" t="n">
-        <x:v>1.1984</x:v>
+        <x:v>1.2173</x:v>
       </x:c>
       <x:c r="D799" s="3" t="n">
-        <x:v>1.1996</x:v>
+        <x:v>1.2186</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:8">
       <x:c r="A800" s="2" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="B800" s="3" t="n">
-        <x:v>1.2212</x:v>
+        <x:v>1.2048</x:v>
       </x:c>
       <x:c r="C800" s="3" t="n">
-        <x:v>1.2205</x:v>
+        <x:v>1.2041</x:v>
       </x:c>
       <x:c r="D800" s="3" t="n">
-        <x:v>1.2218</x:v>
+        <x:v>1.2054</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:8">
       <x:c r="A801" s="2" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="B801" s="3" t="n">
-        <x:v>1.2211</x:v>
+        <x:v>1.222</x:v>
       </x:c>
       <x:c r="C801" s="3" t="n">
-        <x:v>1.2204</x:v>
+        <x:v>1.2213</x:v>
       </x:c>
       <x:c r="D801" s="3" t="n">
-        <x:v>1.2217</x:v>
+        <x:v>1.2226</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:8">
       <x:c r="A802" s="2" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="B802" s="3" t="n">
-        <x:v>1.2303</x:v>
+        <x:v>1.2313</x:v>
       </x:c>
       <x:c r="C802" s="3" t="n">
-        <x:v>1.2296</x:v>
+        <x:v>1.2306</x:v>
       </x:c>
       <x:c r="D802" s="3" t="n">
-        <x:v>1.2309</x:v>
+        <x:v>1.2319</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:8">
       <x:c r="A803" s="2" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="B803" s="3" t="n">
-        <x:v>1.2222</x:v>
+        <x:v>1.2303</x:v>
       </x:c>
       <x:c r="C803" s="3" t="n">
-        <x:v>1.2215</x:v>
+        <x:v>1.2296</x:v>
       </x:c>
       <x:c r="D803" s="3" t="n">
-        <x:v>1.2228</x:v>
+        <x:v>1.2309</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:8">
       <x:c r="A804" s="2" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="B804" s="3" t="n">
-        <x:v>1.2161</x:v>
+        <x:v>1.2264</x:v>
       </x:c>
       <x:c r="C804" s="3" t="n">
-        <x:v>1.2154</x:v>
+        <x:v>1.2257</x:v>
       </x:c>
       <x:c r="D804" s="3" t="n">
-        <x:v>1.2167</x:v>
+        <x:v>1.227</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:8">
       <x:c r="A805" s="2" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="B805" s="3" t="n">
-        <x:v>1.2272</x:v>
+        <x:v>1.2286</x:v>
       </x:c>
       <x:c r="C805" s="3" t="n">
-        <x:v>1.2265</x:v>
+        <x:v>1.2279</x:v>
       </x:c>
       <x:c r="D805" s="3" t="n">
-        <x:v>1.2278</x:v>
+        <x:v>1.2292</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:8">
       <x:c r="A806" s="2" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="B806" s="3" t="n">
-        <x:v>1.2297</x:v>
+        <x:v>1.2186</x:v>
       </x:c>
       <x:c r="C806" s="3" t="n">
-        <x:v>1.229</x:v>
+        <x:v>1.2179</x:v>
       </x:c>
       <x:c r="D806" s="3" t="n">
-        <x:v>1.2303</x:v>
+        <x:v>1.2192</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:8">
       <x:c r="A807" s="2" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="B807" s="3" t="n">
-        <x:v>1.2358</x:v>
+        <x:v>1.2023</x:v>
       </x:c>
       <x:c r="C807" s="3" t="n">
-        <x:v>1.2351</x:v>
+        <x:v>1.2016</x:v>
       </x:c>
       <x:c r="D807" s="3" t="n">
-        <x:v>1.2364</x:v>
+        <x:v>1.2029</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:8">
       <x:c r="A808" s="2" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="B808" s="3" t="n">
-        <x:v>1.2345</x:v>
+        <x:v>1.2141</x:v>
       </x:c>
       <x:c r="C808" s="3" t="n">
-        <x:v>1.2338</x:v>
+        <x:v>1.2134</x:v>
       </x:c>
       <x:c r="D808" s="3" t="n">
-        <x:v>1.2351</x:v>
+        <x:v>1.2147</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:8">
       <x:c r="A809" s="2" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="B809" s="3" t="n">
-        <x:v>1.251</x:v>
+        <x:v>1.2083</x:v>
       </x:c>
       <x:c r="C809" s="3" t="n">
-        <x:v>1.2503</x:v>
+        <x:v>1.2076</x:v>
       </x:c>
       <x:c r="D809" s="3" t="n">
-        <x:v>1.2516</x:v>
+        <x:v>1.2089</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:8">
       <x:c r="A810" s="2" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="B810" s="3" t="n">
-        <x:v>1.2287</x:v>
+        <x:v>1.2038</x:v>
       </x:c>
       <x:c r="C810" s="3" t="n">
-        <x:v>1.228</x:v>
+        <x:v>1.2031</x:v>
       </x:c>
       <x:c r="D810" s="3" t="n">
-        <x:v>1.2293</x:v>
+        <x:v>1.2044</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:8">
       <x:c r="A811" s="2" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="B811" s="3" t="n">
-        <x:v>1.2399</x:v>
+        <x:v>1.2154</x:v>
       </x:c>
       <x:c r="C811" s="3" t="n">
-        <x:v>1.2392</x:v>
+        <x:v>1.2147</x:v>
       </x:c>
       <x:c r="D811" s="3" t="n">
-        <x:v>1.2405</x:v>
+        <x:v>1.216</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:8">
       <x:c r="A812" s="2" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="B812" s="3" t="n">
-        <x:v>1.2383</x:v>
+        <x:v>1.2067</x:v>
       </x:c>
       <x:c r="C812" s="3" t="n">
-        <x:v>1.2376</x:v>
+        <x:v>1.206</x:v>
       </x:c>
       <x:c r="D812" s="3" t="n">
-        <x:v>1.2389</x:v>
+        <x:v>1.2073</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:8">
       <x:c r="A813" s="2" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="B813" s="3" t="n">
-        <x:v>1.2455</x:v>
+        <x:v>1.2134</x:v>
       </x:c>
       <x:c r="C813" s="3" t="n">
-        <x:v>1.2448</x:v>
+        <x:v>1.2127</x:v>
       </x:c>
       <x:c r="D813" s="3" t="n">
-        <x:v>1.2461</x:v>
+        <x:v>1.214</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:8">
       <x:c r="A814" s="2" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="B814" s="3" t="n">
-        <x:v>1.2528</x:v>
+        <x:v>1.199</x:v>
       </x:c>
       <x:c r="C814" s="3" t="n">
-        <x:v>1.2521</x:v>
+        <x:v>1.1984</x:v>
       </x:c>
       <x:c r="D814" s="3" t="n">
-        <x:v>1.2534</x:v>
+        <x:v>1.1996</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:8">
       <x:c r="A815" s="2" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="B815" s="3" t="n">
-        <x:v>1.2629</x:v>
+        <x:v>1.2212</x:v>
       </x:c>
       <x:c r="C815" s="3" t="n">
-        <x:v>1.2622</x:v>
+        <x:v>1.2205</x:v>
       </x:c>
       <x:c r="D815" s="3" t="n">
-        <x:v>1.2635</x:v>
+        <x:v>1.2218</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:8">
       <x:c r="A816" s="2" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="B816" s="3" t="n">
-        <x:v>1.2573</x:v>
+        <x:v>1.2211</x:v>
       </x:c>
       <x:c r="C816" s="3" t="n">
-        <x:v>1.2566</x:v>
+        <x:v>1.2204</x:v>
       </x:c>
       <x:c r="D816" s="3" t="n">
-        <x:v>1.2579</x:v>
+        <x:v>1.2217</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:8">
       <x:c r="A817" s="2" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="B817" s="3" t="n">
-        <x:v>1.2766</x:v>
+        <x:v>1.2303</x:v>
       </x:c>
       <x:c r="C817" s="3" t="n">
-        <x:v>1.2759</x:v>
+        <x:v>1.2296</x:v>
       </x:c>
       <x:c r="D817" s="3" t="n">
-        <x:v>1.2772</x:v>
+        <x:v>1.2309</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:8">
       <x:c r="A818" s="2" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="B818" s="3" t="n">
-        <x:v>1.2381</x:v>
+        <x:v>1.2222</x:v>
       </x:c>
       <x:c r="C818" s="3" t="n">
-        <x:v>1.2374</x:v>
+        <x:v>1.2215</x:v>
       </x:c>
       <x:c r="D818" s="3" t="n">
-        <x:v>1.2387</x:v>
+        <x:v>1.2228</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:8">
       <x:c r="A819" s="2" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="B819" s="3" t="n">
-        <x:v>1.2449</x:v>
+        <x:v>1.2161</x:v>
       </x:c>
       <x:c r="C819" s="3" t="n">
-        <x:v>1.2442</x:v>
+        <x:v>1.2154</x:v>
       </x:c>
       <x:c r="D819" s="3" t="n">
-        <x:v>1.2455</x:v>
+        <x:v>1.2167</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:8">
       <x:c r="A820" s="2" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="B820" s="3" t="n">
-        <x:v>1.2496</x:v>
+        <x:v>1.2272</x:v>
       </x:c>
       <x:c r="C820" s="3" t="n">
-        <x:v>1.2489</x:v>
+        <x:v>1.2265</x:v>
       </x:c>
       <x:c r="D820" s="3" t="n">
-        <x:v>1.2502</x:v>
+        <x:v>1.2278</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:8">
       <x:c r="A821" s="2" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="B821" s="3" t="n">
-        <x:v>1.2446</x:v>
+        <x:v>1.2297</x:v>
       </x:c>
       <x:c r="C821" s="3" t="n">
-        <x:v>1.2439</x:v>
+        <x:v>1.229</x:v>
       </x:c>
       <x:c r="D821" s="3" t="n">
-        <x:v>1.2452</x:v>
+        <x:v>1.2303</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:8">
       <x:c r="A822" s="2" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="B822" s="3" t="n">
-        <x:v>1.2519</x:v>
+        <x:v>1.2358</x:v>
       </x:c>
       <x:c r="C822" s="3" t="n">
-        <x:v>1.2512</x:v>
+        <x:v>1.2351</x:v>
       </x:c>
       <x:c r="D822" s="3" t="n">
-        <x:v>1.2525</x:v>
+        <x:v>1.2364</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:8">
       <x:c r="A823" s="2" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="B823" s="3" t="n">
-        <x:v>1.2573</x:v>
+        <x:v>1.2345</x:v>
       </x:c>
       <x:c r="C823" s="3" t="n">
-        <x:v>1.2566</x:v>
+        <x:v>1.2338</x:v>
       </x:c>
       <x:c r="D823" s="3" t="n">
-        <x:v>1.2579</x:v>
+        <x:v>1.2351</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:8">
       <x:c r="A824" s="2" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="B824" s="3" t="n">
-        <x:v>1.2539</x:v>
+        <x:v>1.251</x:v>
       </x:c>
       <x:c r="C824" s="3" t="n">
-        <x:v>1.2532</x:v>
+        <x:v>1.2503</x:v>
       </x:c>
       <x:c r="D824" s="3" t="n">
-        <x:v>1.2545</x:v>
+        <x:v>1.2516</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:8">
       <x:c r="A825" s="2" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="B825" s="3" t="n">
-        <x:v>1.2419</x:v>
+        <x:v>1.2287</x:v>
       </x:c>
       <x:c r="C825" s="3" t="n">
-        <x:v>1.2412</x:v>
+        <x:v>1.228</x:v>
       </x:c>
       <x:c r="D825" s="3" t="n">
-        <x:v>1.2425</x:v>
+        <x:v>1.2293</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:8">
       <x:c r="A826" s="2" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="B826" s="3" t="n">
-        <x:v>1.2424</x:v>
+        <x:v>1.2399</x:v>
       </x:c>
       <x:c r="C826" s="3" t="n">
-        <x:v>1.2417</x:v>
+        <x:v>1.2392</x:v>
       </x:c>
       <x:c r="D826" s="3" t="n">
-        <x:v>1.243</x:v>
+        <x:v>1.2405</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:8">
       <x:c r="A827" s="2" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="B827" s="3" t="n">
-        <x:v>1.2268</x:v>
+        <x:v>1.2383</x:v>
       </x:c>
       <x:c r="C827" s="3" t="n">
-        <x:v>1.2261</x:v>
+        <x:v>1.2376</x:v>
       </x:c>
       <x:c r="D827" s="3" t="n">
-        <x:v>1.2274</x:v>
+        <x:v>1.2389</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:8">
       <x:c r="A828" s="2" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="B828" s="3" t="n">
-        <x:v>1.2278</x:v>
+        <x:v>1.2455</x:v>
       </x:c>
       <x:c r="C828" s="3" t="n">
-        <x:v>1.2271</x:v>
+        <x:v>1.2448</x:v>
       </x:c>
       <x:c r="D828" s="3" t="n">
-        <x:v>1.2284</x:v>
+        <x:v>1.2461</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:8">
       <x:c r="A829" s="2" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="B829" s="3" t="n">
-        <x:v>1.2287</x:v>
+        <x:v>1.2528</x:v>
       </x:c>
       <x:c r="C829" s="3" t="n">
-        <x:v>1.228</x:v>
+        <x:v>1.2521</x:v>
       </x:c>
       <x:c r="D829" s="3" t="n">
-        <x:v>1.2293</x:v>
+        <x:v>1.2534</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:8">
       <x:c r="A830" s="2" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="B830" s="3" t="n">
-        <x:v>1.238</x:v>
+        <x:v>1.2629</x:v>
       </x:c>
       <x:c r="C830" s="3" t="n">
-        <x:v>1.2373</x:v>
+        <x:v>1.2622</x:v>
       </x:c>
       <x:c r="D830" s="3" t="n">
-        <x:v>1.2386</x:v>
+        <x:v>1.2635</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:8">
       <x:c r="A831" s="2" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="B831" s="3" t="n">
-        <x:v>1.251</x:v>
+        <x:v>1.2573</x:v>
       </x:c>
       <x:c r="C831" s="3" t="n">
-        <x:v>1.2503</x:v>
+        <x:v>1.2566</x:v>
       </x:c>
       <x:c r="D831" s="3" t="n">
-        <x:v>1.2516</x:v>
+        <x:v>1.2579</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:8">
       <x:c r="A832" s="2" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="B832" s="3" t="n">
-        <x:v>1.2253</x:v>
+        <x:v>1.2766</x:v>
       </x:c>
       <x:c r="C832" s="3" t="n">
-        <x:v>1.2246</x:v>
+        <x:v>1.2759</x:v>
       </x:c>
       <x:c r="D832" s="3" t="n">
-        <x:v>1.2259</x:v>
+        <x:v>1.2772</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:8">
       <x:c r="A833" s="2" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="B833" s="3" t="n">
-        <x:v>1.2232</x:v>
+        <x:v>1.2381</x:v>
       </x:c>
       <x:c r="C833" s="3" t="n">
-        <x:v>1.2225</x:v>
+        <x:v>1.2374</x:v>
       </x:c>
       <x:c r="D833" s="3" t="n">
-        <x:v>1.2238</x:v>
+        <x:v>1.2387</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:8">
       <x:c r="A834" s="2" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="B834" s="3" t="n">
-        <x:v>1.2299</x:v>
+        <x:v>1.2449</x:v>
       </x:c>
       <x:c r="C834" s="3" t="n">
-        <x:v>1.2292</x:v>
+        <x:v>1.2442</x:v>
       </x:c>
       <x:c r="D834" s="3" t="n">
-        <x:v>1.2305</x:v>
+        <x:v>1.2455</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:8">
       <x:c r="A835" s="2" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="B835" s="3" t="n">
-        <x:v>1.2191</x:v>
+        <x:v>1.2496</x:v>
       </x:c>
       <x:c r="C835" s="3" t="n">
-        <x:v>1.2184</x:v>
+        <x:v>1.2489</x:v>
       </x:c>
       <x:c r="D835" s="3" t="n">
-        <x:v>1.2197</x:v>
+        <x:v>1.2502</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:8">
       <x:c r="A836" s="2" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="B836" s="3" t="n">
-        <x:v>1.2273</x:v>
+        <x:v>1.2446</x:v>
       </x:c>
       <x:c r="C836" s="3" t="n">
-        <x:v>1.2266</x:v>
+        <x:v>1.2439</x:v>
       </x:c>
       <x:c r="D836" s="3" t="n">
-        <x:v>1.2279</x:v>
+        <x:v>1.2452</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:8">
       <x:c r="A837" s="2" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="B837" s="3" t="n">
-        <x:v>1.2239</x:v>
+        <x:v>1.2519</x:v>
       </x:c>
       <x:c r="C837" s="3" t="n">
-        <x:v>1.2232</x:v>
+        <x:v>1.2512</x:v>
       </x:c>
       <x:c r="D837" s="3" t="n">
-        <x:v>1.2245</x:v>
+        <x:v>1.2525</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:8">
       <x:c r="A838" s="2" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="B838" s="3" t="n">
-        <x:v>1.2516</x:v>
+        <x:v>1.2573</x:v>
       </x:c>
       <x:c r="C838" s="3" t="n">
-        <x:v>1.2509</x:v>
+        <x:v>1.2566</x:v>
       </x:c>
       <x:c r="D838" s="3" t="n">
-        <x:v>1.2522</x:v>
+        <x:v>1.2579</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:8">
       <x:c r="A839" s="2" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="B839" s="3" t="n">
-        <x:v>1.2558</x:v>
+        <x:v>1.2539</x:v>
       </x:c>
       <x:c r="C839" s="3" t="n">
-        <x:v>1.2551</x:v>
+        <x:v>1.2532</x:v>
       </x:c>
       <x:c r="D839" s="3" t="n">
-        <x:v>1.2564</x:v>
+        <x:v>1.2545</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:8">
       <x:c r="A840" s="2" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="B840" s="3" t="n">
-        <x:v>1.2617</x:v>
+        <x:v>1.2419</x:v>
       </x:c>
       <x:c r="C840" s="3" t="n">
-        <x:v>1.261</x:v>
+        <x:v>1.2412</x:v>
       </x:c>
       <x:c r="D840" s="3" t="n">
-        <x:v>1.2623</x:v>
+        <x:v>1.2425</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:8">
       <x:c r="A841" s="2" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="B841" s="3" t="n">
-        <x:v>1.2248</x:v>
+        <x:v>1.2424</x:v>
       </x:c>
       <x:c r="C841" s="3" t="n">
-        <x:v>1.2241</x:v>
+        <x:v>1.2417</x:v>
       </x:c>
       <x:c r="D841" s="3" t="n">
-        <x:v>1.2254</x:v>
+        <x:v>1.243</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:8">
       <x:c r="A842" s="2" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="B842" s="3" t="n">
-        <x:v>1.2341</x:v>
+        <x:v>1.2268</x:v>
       </x:c>
       <x:c r="C842" s="3" t="n">
-        <x:v>1.2334</x:v>
+        <x:v>1.2261</x:v>
       </x:c>
       <x:c r="D842" s="3" t="n">
-        <x:v>1.2347</x:v>
+        <x:v>1.2274</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:8">
       <x:c r="A843" s="2" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="B843" s="3" t="n">
-        <x:v>1.2569</x:v>
+        <x:v>1.2278</x:v>
       </x:c>
       <x:c r="C843" s="3" t="n">
-        <x:v>1.2562</x:v>
+        <x:v>1.2271</x:v>
       </x:c>
       <x:c r="D843" s="3" t="n">
-        <x:v>1.2575</x:v>
+        <x:v>1.2284</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:8">
       <x:c r="A844" s="2" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="B844" s="3" t="n">
-        <x:v>1.2571</x:v>
+        <x:v>1.2287</x:v>
       </x:c>
       <x:c r="C844" s="3" t="n">
-        <x:v>1.2564</x:v>
+        <x:v>1.228</x:v>
       </x:c>
       <x:c r="D844" s="3" t="n">
-        <x:v>1.2577</x:v>
+        <x:v>1.2293</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:8">
       <x:c r="A845" s="2" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="B845" s="3" t="n">
-        <x:v>1.2378</x:v>
+        <x:v>1.238</x:v>
       </x:c>
       <x:c r="C845" s="3" t="n">
-        <x:v>1.2371</x:v>
+        <x:v>1.2373</x:v>
       </x:c>
       <x:c r="D845" s="3" t="n">
-        <x:v>1.2384</x:v>
+        <x:v>1.2386</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:8">
       <x:c r="A846" s="2" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="B846" s="3" t="n">
-        <x:v>1.2094</x:v>
+        <x:v>1.251</x:v>
       </x:c>
       <x:c r="C846" s="3" t="n">
-        <x:v>1.2087</x:v>
+        <x:v>1.2503</x:v>
       </x:c>
       <x:c r="D846" s="3" t="n">
-        <x:v>1.21</x:v>
+        <x:v>1.2516</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:8">
       <x:c r="A847" s="2" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="B847" s="3" t="n">
-        <x:v>1.218</x:v>
+        <x:v>1.2253</x:v>
       </x:c>
       <x:c r="C847" s="3" t="n">
-        <x:v>1.2173</x:v>
+        <x:v>1.2246</x:v>
       </x:c>
       <x:c r="D847" s="3" t="n">
-        <x:v>1.2186</x:v>
+        <x:v>1.2259</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:8">
       <x:c r="A848" s="2" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="B848" s="3" t="n">
-        <x:v>1.2254</x:v>
+        <x:v>1.2232</x:v>
       </x:c>
       <x:c r="C848" s="3" t="n">
-        <x:v>1.2247</x:v>
+        <x:v>1.2225</x:v>
       </x:c>
       <x:c r="D848" s="3" t="n">
-        <x:v>1.226</x:v>
+        <x:v>1.2238</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:8">
       <x:c r="A849" s="2" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="B849" s="3" t="n">
-        <x:v>1.2167</x:v>
+        <x:v>1.2299</x:v>
       </x:c>
       <x:c r="C849" s="3" t="n">
-        <x:v>1.216</x:v>
+        <x:v>1.2292</x:v>
       </x:c>
       <x:c r="D849" s="3" t="n">
-        <x:v>1.2173</x:v>
+        <x:v>1.2305</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:8">
       <x:c r="A850" s="2" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="B850" s="3" t="n">
-        <x:v>1.2003</x:v>
+        <x:v>1.2191</x:v>
       </x:c>
       <x:c r="C850" s="3" t="n">
-        <x:v>1.1996</x:v>
+        <x:v>1.2184</x:v>
       </x:c>
       <x:c r="D850" s="3" t="n">
-        <x:v>1.2009</x:v>
+        <x:v>1.2197</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:8">
       <x:c r="A851" s="2" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="B851" s="3" t="n">
-        <x:v>1.2056</x:v>
+        <x:v>1.2273</x:v>
       </x:c>
       <x:c r="C851" s="3" t="n">
-        <x:v>1.2049</x:v>
+        <x:v>1.2266</x:v>
       </x:c>
       <x:c r="D851" s="3" t="n">
-        <x:v>1.2062</x:v>
+        <x:v>1.2279</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:8">
       <x:c r="A852" s="2" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="B852" s="3" t="n">
-        <x:v>1.1708</x:v>
+        <x:v>1.2239</x:v>
       </x:c>
       <x:c r="C852" s="3" t="n">
-        <x:v>1.1702</x:v>
+        <x:v>1.2232</x:v>
       </x:c>
       <x:c r="D852" s="3" t="n">
-        <x:v>1.1714</x:v>
+        <x:v>1.2245</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:8">
       <x:c r="A853" s="2" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="B853" s="3" t="n">
-        <x:v>1.1717</x:v>
+        <x:v>1.2516</x:v>
       </x:c>
       <x:c r="C853" s="3" t="n">
-        <x:v>1.1711</x:v>
+        <x:v>1.2509</x:v>
       </x:c>
       <x:c r="D853" s="3" t="n">
-        <x:v>1.1723</x:v>
+        <x:v>1.2522</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:8">
       <x:c r="A854" s="2" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="B854" s="3" t="n">
-        <x:v>1.1843</x:v>
+        <x:v>1.2558</x:v>
       </x:c>
       <x:c r="C854" s="3" t="n">
-        <x:v>1.1837</x:v>
+        <x:v>1.2551</x:v>
       </x:c>
       <x:c r="D854" s="3" t="n">
-        <x:v>1.1849</x:v>
+        <x:v>1.2564</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:8">
       <x:c r="A855" s="2" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="B855" s="3" t="n">
-        <x:v>1.174</x:v>
+        <x:v>1.2617</x:v>
       </x:c>
       <x:c r="C855" s="3" t="n">
-        <x:v>1.1734</x:v>
+        <x:v>1.261</x:v>
       </x:c>
       <x:c r="D855" s="3" t="n">
-        <x:v>1.1746</x:v>
+        <x:v>1.2623</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:8">
       <x:c r="A856" s="2" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="B856" s="3" t="n">
-        <x:v>1.1995</x:v>
+        <x:v>1.2248</x:v>
       </x:c>
       <x:c r="C856" s="3" t="n">
-        <x:v>1.1989</x:v>
+        <x:v>1.2241</x:v>
       </x:c>
       <x:c r="D856" s="3" t="n">
-        <x:v>1.2001</x:v>
+        <x:v>1.2254</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:8">
       <x:c r="A857" s="2" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="B857" s="3" t="n">
-        <x:v>1.2074</x:v>
+        <x:v>1.2341</x:v>
       </x:c>
       <x:c r="C857" s="3" t="n">
-        <x:v>1.2067</x:v>
+        <x:v>1.2334</x:v>
       </x:c>
       <x:c r="D857" s="3" t="n">
-        <x:v>1.208</x:v>
+        <x:v>1.2347</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:8">
       <x:c r="A858" s="2" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="B858" s="3" t="n">
-        <x:v>1.197</x:v>
+        <x:v>1.2569</x:v>
       </x:c>
       <x:c r="C858" s="3" t="n">
-        <x:v>1.1964</x:v>
+        <x:v>1.2562</x:v>
       </x:c>
       <x:c r="D858" s="3" t="n">
-        <x:v>1.1976</x:v>
+        <x:v>1.2575</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:8">
       <x:c r="A859" s="2" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="B859" s="3" t="n">
-        <x:v>1.1519</x:v>
+        <x:v>1.2571</x:v>
       </x:c>
       <x:c r="C859" s="3" t="n">
-        <x:v>1.1513</x:v>
+        <x:v>1.2564</x:v>
       </x:c>
       <x:c r="D859" s="3" t="n">
-        <x:v>1.1525</x:v>
+        <x:v>1.2577</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:8">
       <x:c r="A860" s="2" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="B860" s="3" t="n">
-        <x:v>1.1536</x:v>
+        <x:v>1.2378</x:v>
       </x:c>
       <x:c r="C860" s="3" t="n">
-        <x:v>1.1536</x:v>
+        <x:v>1.2371</x:v>
       </x:c>
       <x:c r="D860" s="3" t="n">
-        <x:v>1.1536</x:v>
+        <x:v>1.2384</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:8">
       <x:c r="A861" s="2" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="B861" s="3" t="n">
-        <x:v>1.1664</x:v>
+        <x:v>1.2094</x:v>
       </x:c>
       <x:c r="C861" s="3" t="n">
-        <x:v>1.1664</x:v>
+        <x:v>1.2087</x:v>
       </x:c>
       <x:c r="D861" s="3" t="n">
-        <x:v>1.1664</x:v>
+        <x:v>1.21</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:8">
       <x:c r="A862" s="2" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="B862" s="3" t="n">
-        <x:v>1.1532</x:v>
+        <x:v>1.218</x:v>
       </x:c>
       <x:c r="C862" s="3" t="n">
-        <x:v>1.1532</x:v>
+        <x:v>1.2173</x:v>
       </x:c>
       <x:c r="D862" s="3" t="n">
-        <x:v>1.1532</x:v>
+        <x:v>1.2186</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:8">
       <x:c r="A863" s="2" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="B863" s="3" t="n">
-        <x:v>1.1506</x:v>
+        <x:v>1.2254</x:v>
       </x:c>
       <x:c r="C863" s="3" t="n">
-        <x:v>1.1506</x:v>
+        <x:v>1.2247</x:v>
       </x:c>
       <x:c r="D863" s="3" t="n">
-        <x:v>1.1506</x:v>
+        <x:v>1.226</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:8">
       <x:c r="A864" s="2" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="B864" s="3" t="n">
-        <x:v>1.1523</x:v>
+        <x:v>1.2167</x:v>
       </x:c>
       <x:c r="C864" s="3" t="n">
-        <x:v>1.1523</x:v>
+        <x:v>1.216</x:v>
       </x:c>
       <x:c r="D864" s="3" t="n">
-        <x:v>1.1523</x:v>
+        <x:v>1.2173</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:8">
       <x:c r="A865" s="2" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="B865" s="3" t="n">
-        <x:v>1.158</x:v>
+        <x:v>1.2003</x:v>
       </x:c>
       <x:c r="C865" s="3" t="n">
-        <x:v>1.158</x:v>
+        <x:v>1.1996</x:v>
       </x:c>
       <x:c r="D865" s="3" t="n">
-        <x:v>1.158</x:v>
+        <x:v>1.2009</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:8">
       <x:c r="A866" s="2" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="B866" s="3" t="n">
-        <x:v>1.1693</x:v>
+        <x:v>1.2056</x:v>
       </x:c>
       <x:c r="C866" s="3" t="n">
-        <x:v>1.1693</x:v>
+        <x:v>1.2049</x:v>
       </x:c>
       <x:c r="D866" s="3" t="n">
-        <x:v>1.1693</x:v>
+        <x:v>1.2062</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:8">
       <x:c r="A867" s="2" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="B867" s="3" t="n">
-        <x:v>1.1787</x:v>
+        <x:v>1.1708</x:v>
       </x:c>
       <x:c r="C867" s="3" t="n">
-        <x:v>1.1787</x:v>
+        <x:v>1.1702</x:v>
       </x:c>
       <x:c r="D867" s="3" t="n">
-        <x:v>1.1787</x:v>
+        <x:v>1.1714</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:8">
       <x:c r="A868" s="2" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="B868" s="3" t="n">
-        <x:v>1.1768</x:v>
+        <x:v>1.1717</x:v>
       </x:c>
       <x:c r="C868" s="3" t="n">
-        <x:v>1.1768</x:v>
+        <x:v>1.1711</x:v>
       </x:c>
       <x:c r="D868" s="3" t="n">
-        <x:v>1.1768</x:v>
+        <x:v>1.1723</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:8">
       <x:c r="A869" s="2" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="B869" s="3" t="n">
-        <x:v>1.1828</x:v>
+        <x:v>1.1843</x:v>
       </x:c>
       <x:c r="C869" s="3" t="n">
-        <x:v>1.1828</x:v>
+        <x:v>1.1837</x:v>
       </x:c>
       <x:c r="D869" s="3" t="n">
-        <x:v>1.1828</x:v>
+        <x:v>1.1849</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:8">
       <x:c r="A870" s="2" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="B870" s="3" t="n">
-        <x:v>1.1857</x:v>
+        <x:v>1.174</x:v>
       </x:c>
       <x:c r="C870" s="3" t="n">
-        <x:v>1.1857</x:v>
+        <x:v>1.1734</x:v>
       </x:c>
       <x:c r="D870" s="3" t="n">
-        <x:v>1.1857</x:v>
+        <x:v>1.1746</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:8">
       <x:c r="A871" s="2" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="B871" s="3" t="n">
-        <x:v>1.1851</x:v>
+        <x:v>1.1995</x:v>
       </x:c>
       <x:c r="C871" s="3" t="n">
-        <x:v>1.1851</x:v>
+        <x:v>1.1989</x:v>
       </x:c>
       <x:c r="D871" s="3" t="n">
-        <x:v>1.1851</x:v>
+        <x:v>1.2001</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:8">
       <x:c r="A872" s="2" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="B872" s="3" t="n">
-        <x:v>1.209</x:v>
+        <x:v>1.2074</x:v>
       </x:c>
       <x:c r="C872" s="3" t="n">
-        <x:v>1.209</x:v>
+        <x:v>1.2067</x:v>
       </x:c>
       <x:c r="D872" s="3" t="n">
-        <x:v>1.209</x:v>
+        <x:v>1.208</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:8">
       <x:c r="A873" s="2" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="B873" s="3" t="n">
-        <x:v>1.2048</x:v>
+        <x:v>1.197</x:v>
       </x:c>
       <x:c r="C873" s="3" t="n">
-        <x:v>1.2048</x:v>
+        <x:v>1.1964</x:v>
       </x:c>
       <x:c r="D873" s="3" t="n">
-        <x:v>1.2048</x:v>
+        <x:v>1.1976</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:8">
       <x:c r="A874" s="2" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="B874" s="3" t="n">
-        <x:v>1.206</x:v>
+        <x:v>1.1519</x:v>
       </x:c>
       <x:c r="C874" s="3" t="n">
-        <x:v>1.206</x:v>
+        <x:v>1.1513</x:v>
       </x:c>
       <x:c r="D874" s="3" t="n">
-        <x:v>1.206</x:v>
+        <x:v>1.1525</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:8">
       <x:c r="A875" s="2" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="B875" s="3" t="n">
-        <x:v>1.1993</x:v>
+        <x:v>1.1536</x:v>
       </x:c>
       <x:c r="C875" s="3" t="n">
-        <x:v>1.1993</x:v>
+        <x:v>1.1536</x:v>
       </x:c>
       <x:c r="D875" s="3" t="n">
-        <x:v>1.1993</x:v>
+        <x:v>1.1536</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:8">
       <x:c r="A876" s="2" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="B876" s="3" t="n">
-        <x:v>1.1805</x:v>
+        <x:v>1.1664</x:v>
       </x:c>
       <x:c r="C876" s="3" t="n">
-        <x:v>1.1805</x:v>
+        <x:v>1.1664</x:v>
       </x:c>
       <x:c r="D876" s="3" t="n">
-        <x:v>1.1805</x:v>
+        <x:v>1.1664</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:8">
       <x:c r="A877" s="2" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="B877" s="3" t="n">
-        <x:v>1.1754</x:v>
+        <x:v>1.1532</x:v>
       </x:c>
       <x:c r="C877" s="3" t="n">
-        <x:v>1.1754</x:v>
+        <x:v>1.1532</x:v>
       </x:c>
       <x:c r="D877" s="3" t="n">
-        <x:v>1.1754</x:v>
+        <x:v>1.1532</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:8">
       <x:c r="A878" s="2" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="B878" s="3" t="n">
-        <x:v>1.1697</x:v>
+        <x:v>1.1506</x:v>
       </x:c>
       <x:c r="C878" s="3" t="n">
-        <x:v>1.1697</x:v>
+        <x:v>1.1506</x:v>
       </x:c>
       <x:c r="D878" s="3" t="n">
-        <x:v>1.1697</x:v>
+        <x:v>1.1506</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:8">
       <x:c r="A879" s="2" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="B879" s="3" t="n">
-        <x:v>1.189</x:v>
+        <x:v>1.1523</x:v>
       </x:c>
       <x:c r="C879" s="3" t="n">
-        <x:v>1.189</x:v>
+        <x:v>1.1523</x:v>
       </x:c>
       <x:c r="D879" s="3" t="n">
-        <x:v>1.189</x:v>
+        <x:v>1.1523</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:8">
       <x:c r="A880" s="2" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="B880" s="3" t="n">
-        <x:v>1.1772</x:v>
+        <x:v>1.158</x:v>
       </x:c>
       <x:c r="C880" s="3" t="n">
-        <x:v>1.1772</x:v>
+        <x:v>1.158</x:v>
       </x:c>
       <x:c r="D880" s="3" t="n">
-        <x:v>1.1772</x:v>
+        <x:v>1.158</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:8">
       <x:c r="A881" s="2" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="B881" s="3" t="n">
-        <x:v>1.1811</x:v>
+        <x:v>1.1693</x:v>
       </x:c>
       <x:c r="C881" s="3" t="n">
-        <x:v>1.1811</x:v>
+        <x:v>1.1693</x:v>
       </x:c>
       <x:c r="D881" s="3" t="n">
-        <x:v>1.1811</x:v>
+        <x:v>1.1693</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:8">
       <x:c r="A882" s="2" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="B882" s="3" t="n">
-        <x:v>1.1855</x:v>
+        <x:v>1.1787</x:v>
       </x:c>
       <x:c r="C882" s="3" t="n">
-        <x:v>1.1855</x:v>
+        <x:v>1.1787</x:v>
       </x:c>
       <x:c r="D882" s="3" t="n">
-        <x:v>1.1855</x:v>
+        <x:v>1.1787</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:8">
       <x:c r="A883" s="2" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="B883" s="3" t="n">
-        <x:v>1.1876</x:v>
+        <x:v>1.1768</x:v>
       </x:c>
       <x:c r="C883" s="3" t="n">
-        <x:v>1.1876</x:v>
+        <x:v>1.1768</x:v>
       </x:c>
       <x:c r="D883" s="3" t="n">
-        <x:v>1.1876</x:v>
+        <x:v>1.1768</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:8">
       <x:c r="A884" s="2" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="B884" s="3" t="n">
-        <x:v>1.2166</x:v>
+        <x:v>1.1828</x:v>
       </x:c>
       <x:c r="C884" s="3" t="n">
-        <x:v>1.2166</x:v>
+        <x:v>1.1828</x:v>
       </x:c>
       <x:c r="D884" s="3" t="n">
-        <x:v>1.2166</x:v>
+        <x:v>1.1828</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:8">
       <x:c r="A885" s="2" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="B885" s="3" t="n">
-        <x:v>1.2121</x:v>
+        <x:v>1.1857</x:v>
       </x:c>
       <x:c r="C885" s="3" t="n">
-        <x:v>1.2121</x:v>
+        <x:v>1.1857</x:v>
       </x:c>
       <x:c r="D885" s="3" t="n">
-        <x:v>1.2121</x:v>
+        <x:v>1.1857</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:8">
       <x:c r="A886" s="2" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="B886" s="3" t="n">
-        <x:v>1.2053</x:v>
+        <x:v>1.1851</x:v>
       </x:c>
       <x:c r="C886" s="3" t="n">
-        <x:v>1.2053</x:v>
+        <x:v>1.1851</x:v>
       </x:c>
       <x:c r="D886" s="3" t="n">
-        <x:v>1.2053</x:v>
+        <x:v>1.1851</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:8">
       <x:c r="A887" s="2" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="B887" s="3" t="n">
-        <x:v>1.2266</x:v>
+        <x:v>1.209</x:v>
       </x:c>
       <x:c r="C887" s="3" t="n">
-        <x:v>1.2266</x:v>
+        <x:v>1.209</x:v>
       </x:c>
       <x:c r="D887" s="3" t="n">
-        <x:v>1.2266</x:v>
+        <x:v>1.209</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:8">
       <x:c r="A888" s="2" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="B888" s="3" t="n">
-        <x:v>1.2516</x:v>
+        <x:v>1.2048</x:v>
       </x:c>
       <x:c r="C888" s="3" t="n">
-        <x:v>1.2516</x:v>
+        <x:v>1.2048</x:v>
       </x:c>
       <x:c r="D888" s="3" t="n">
-        <x:v>1.2516</x:v>
+        <x:v>1.2048</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:8">
       <x:c r="A889" s="2" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="B889" s="3" t="n">
-        <x:v>1.2509</x:v>
+        <x:v>1.206</x:v>
       </x:c>
       <x:c r="C889" s="3" t="n">
-        <x:v>1.2509</x:v>
+        <x:v>1.206</x:v>
       </x:c>
       <x:c r="D889" s="3" t="n">
-        <x:v>1.2509</x:v>
+        <x:v>1.206</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:8">
       <x:c r="A890" s="2" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="B890" s="3" t="n">
-        <x:v>1.2549</x:v>
+        <x:v>1.1993</x:v>
       </x:c>
       <x:c r="C890" s="3" t="n">
-        <x:v>1.2549</x:v>
+        <x:v>1.1993</x:v>
       </x:c>
       <x:c r="D890" s="3" t="n">
-        <x:v>1.2549</x:v>
+        <x:v>1.1993</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:8">
       <x:c r="A891" s="2" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="B891" s="3" t="n">
-        <x:v>1.2444</x:v>
+        <x:v>1.1805</x:v>
       </x:c>
       <x:c r="C891" s="3" t="n">
-        <x:v>1.2444</x:v>
+        <x:v>1.1805</x:v>
       </x:c>
       <x:c r="D891" s="3" t="n">
-        <x:v>1.2444</x:v>
+        <x:v>1.1805</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:8">
       <x:c r="A892" s="2" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="B892" s="3" t="n">
-        <x:v>1.2415</x:v>
+        <x:v>1.1754</x:v>
       </x:c>
       <x:c r="C892" s="3" t="n">
-        <x:v>1.2415</x:v>
+        <x:v>1.1754</x:v>
       </x:c>
       <x:c r="D892" s="3" t="n">
-        <x:v>1.2415</x:v>
+        <x:v>1.1754</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:8">
       <x:c r="A893" s="2" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="B893" s="3" t="n">
-        <x:v>1.2257</x:v>
+        <x:v>1.1697</x:v>
       </x:c>
       <x:c r="C893" s="3" t="n">
-        <x:v>1.2257</x:v>
+        <x:v>1.1697</x:v>
       </x:c>
       <x:c r="D893" s="3" t="n">
-        <x:v>1.2257</x:v>
+        <x:v>1.1697</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:8">
       <x:c r="A894" s="2" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="B894" s="3" t="n">
-        <x:v>1.208</x:v>
+        <x:v>1.189</x:v>
       </x:c>
       <x:c r="C894" s="3" t="n">
-        <x:v>1.208</x:v>
+        <x:v>1.189</x:v>
       </x:c>
       <x:c r="D894" s="3" t="n">
-        <x:v>1.208</x:v>
+        <x:v>1.189</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:8">
       <x:c r="A895" s="2" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="B895" s="3" t="n">
-        <x:v>1.2142</x:v>
+        <x:v>1.1772</x:v>
       </x:c>
       <x:c r="C895" s="3" t="n">
-        <x:v>1.2142</x:v>
+        <x:v>1.1772</x:v>
       </x:c>
       <x:c r="D895" s="3" t="n">
-        <x:v>1.2142</x:v>
+        <x:v>1.1772</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:8">
       <x:c r="A896" s="2" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="B896" s="3" t="n">
-        <x:v>1.2151</x:v>
+        <x:v>1.1811</x:v>
       </x:c>
       <x:c r="C896" s="3" t="n">
-        <x:v>1.2151</x:v>
+        <x:v>1.1811</x:v>
       </x:c>
       <x:c r="D896" s="3" t="n">
-        <x:v>1.2151</x:v>
+        <x:v>1.1811</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:8">
       <x:c r="A897" s="2" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="B897" s="3" t="n">
-        <x:v>1.217</x:v>
+        <x:v>1.1855</x:v>
       </x:c>
       <x:c r="C897" s="3" t="n">
-        <x:v>1.217</x:v>
+        <x:v>1.1855</x:v>
       </x:c>
       <x:c r="D897" s="3" t="n">
-        <x:v>1.217</x:v>
+        <x:v>1.1855</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:8">
       <x:c r="A898" s="2" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="B898" s="3" t="n">
-        <x:v>1.235</x:v>
+        <x:v>1.1876</x:v>
       </x:c>
       <x:c r="C898" s="3" t="n">
-        <x:v>1.235</x:v>
+        <x:v>1.1876</x:v>
       </x:c>
       <x:c r="D898" s="3" t="n">
-        <x:v>1.235</x:v>
+        <x:v>1.1876</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:8">
       <x:c r="A899" s="2" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="B899" s="3" t="n">
-        <x:v>1.2302</x:v>
+        <x:v>1.2166</x:v>
       </x:c>
       <x:c r="C899" s="3" t="n">
-        <x:v>1.2302</x:v>
+        <x:v>1.2166</x:v>
       </x:c>
       <x:c r="D899" s="3" t="n">
-        <x:v>1.2302</x:v>
+        <x:v>1.2166</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:8">
       <x:c r="A900" s="2" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="B900" s="3" t="n">
-        <x:v>1.2367</x:v>
+        <x:v>1.2121</x:v>
       </x:c>
       <x:c r="C900" s="3" t="n">
-        <x:v>1.2367</x:v>
+        <x:v>1.2121</x:v>
       </x:c>
       <x:c r="D900" s="3" t="n">
-        <x:v>1.2367</x:v>
+        <x:v>1.2121</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:8">
       <x:c r="A901" s="2" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="B901" s="3" t="n">
-        <x:v>1.2087</x:v>
+        <x:v>1.2053</x:v>
       </x:c>
       <x:c r="C901" s="3" t="n">
-        <x:v>1.2087</x:v>
+        <x:v>1.2053</x:v>
       </x:c>
       <x:c r="D901" s="3" t="n">
-        <x:v>1.2087</x:v>
+        <x:v>1.2053</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:8">
       <x:c r="A902" s="2" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="B902" s="3" t="n">
-        <x:v>1.2146</x:v>
+        <x:v>1.2266</x:v>
       </x:c>
       <x:c r="C902" s="3" t="n">
-        <x:v>1.2146</x:v>
+        <x:v>1.2266</x:v>
       </x:c>
       <x:c r="D902" s="3" t="n">
-        <x:v>1.2146</x:v>
+        <x:v>1.2266</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:8">
       <x:c r="A903" s="2" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="B903" s="3" t="n">
-        <x:v>1.205</x:v>
+        <x:v>1.2516</x:v>
       </x:c>
       <x:c r="C903" s="3" t="n">
-        <x:v>1.205</x:v>
+        <x:v>1.2516</x:v>
       </x:c>
       <x:c r="D903" s="3" t="n">
-        <x:v>1.205</x:v>
+        <x:v>1.2516</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:8">
       <x:c r="A904" s="2" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="B904" s="3" t="n">
-        <x:v>1.2024</x:v>
+        <x:v>1.2509</x:v>
       </x:c>
       <x:c r="C904" s="3" t="n">
-        <x:v>1.2024</x:v>
+        <x:v>1.2509</x:v>
       </x:c>
       <x:c r="D904" s="3" t="n">
-        <x:v>1.2024</x:v>
+        <x:v>1.2509</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:8">
       <x:c r="A905" s="2" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="B905" s="3" t="n">
-        <x:v>1.1719</x:v>
+        <x:v>1.2549</x:v>
       </x:c>
       <x:c r="C905" s="3" t="n">
-        <x:v>1.1719</x:v>
+        <x:v>1.2549</x:v>
       </x:c>
       <x:c r="D905" s="3" t="n">
-        <x:v>1.1719</x:v>
+        <x:v>1.2549</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:8">
       <x:c r="A906" s="2" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="B906" s="3" t="n">
-        <x:v>1.1829</x:v>
+        <x:v>1.2444</x:v>
       </x:c>
       <x:c r="C906" s="3" t="n">
-        <x:v>1.1829</x:v>
+        <x:v>1.2444</x:v>
       </x:c>
       <x:c r="D906" s="3" t="n">
-        <x:v>1.1829</x:v>
+        <x:v>1.2444</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:8">
       <x:c r="A907" s="2" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="B907" s="3" t="n">
-        <x:v>1.1819</x:v>
+        <x:v>1.2415</x:v>
       </x:c>
       <x:c r="C907" s="3" t="n">
-        <x:v>1.1819</x:v>
+        <x:v>1.2415</x:v>
       </x:c>
       <x:c r="D907" s="3" t="n">
-        <x:v>1.1819</x:v>
+        <x:v>1.2415</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:8">
       <x:c r="A908" s="2" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="B908" s="3" t="n">
-        <x:v>1.1998</x:v>
+        <x:v>1.2257</x:v>
       </x:c>
       <x:c r="C908" s="3" t="n">
-        <x:v>1.1998</x:v>
+        <x:v>1.2257</x:v>
       </x:c>
       <x:c r="D908" s="3" t="n">
-        <x:v>1.1998</x:v>
+        <x:v>1.2257</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:8">
       <x:c r="A909" s="2" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="B909" s="3" t="n">
-        <x:v>1.1897</x:v>
+        <x:v>1.208</x:v>
       </x:c>
       <x:c r="C909" s="3" t="n">
-        <x:v>1.1897</x:v>
+        <x:v>1.208</x:v>
       </x:c>
       <x:c r="D909" s="3" t="n">
-        <x:v>1.1897</x:v>
+        <x:v>1.208</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:8">
       <x:c r="A910" s="2" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="B910" s="3" t="n">
-        <x:v>1.1895</x:v>
+        <x:v>1.2142</x:v>
       </x:c>
       <x:c r="C910" s="3" t="n">
-        <x:v>1.1895</x:v>
+        <x:v>1.2142</x:v>
       </x:c>
       <x:c r="D910" s="3" t="n">
-        <x:v>1.1895</x:v>
+        <x:v>1.2142</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:8">
       <x:c r="A911" s="2" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="B911" s="3" t="n">
-        <x:v>1.1711</x:v>
+        <x:v>1.2151</x:v>
       </x:c>
       <x:c r="C911" s="3" t="n">
-        <x:v>1.1711</x:v>
+        <x:v>1.2151</x:v>
       </x:c>
       <x:c r="D911" s="3" t="n">
-        <x:v>1.1711</x:v>
+        <x:v>1.2151</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:8">
       <x:c r="A912" s="2" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="B912" s="3" t="n">
-        <x:v>1.1883</x:v>
+        <x:v>1.217</x:v>
       </x:c>
       <x:c r="C912" s="3" t="n">
-        <x:v>1.1883</x:v>
+        <x:v>1.217</x:v>
       </x:c>
       <x:c r="D912" s="3" t="n">
-        <x:v>1.1883</x:v>
+        <x:v>1.217</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:8">
       <x:c r="A913" s="2" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="B913" s="3" t="n">
-        <x:v>1.1768</x:v>
+        <x:v>1.235</x:v>
       </x:c>
       <x:c r="C913" s="3" t="n">
-        <x:v>1.1768</x:v>
+        <x:v>1.235</x:v>
       </x:c>
       <x:c r="D913" s="3" t="n">
-        <x:v>1.1768</x:v>
+        <x:v>1.235</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:8">
       <x:c r="A914" s="2" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="B914" s="3" t="n">
-        <x:v>1.1641</x:v>
+        <x:v>1.2302</x:v>
       </x:c>
       <x:c r="C914" s="3" t="n">
-        <x:v>1.1641</x:v>
+        <x:v>1.2302</x:v>
       </x:c>
       <x:c r="D914" s="3" t="n">
-        <x:v>1.1641</x:v>
+        <x:v>1.2302</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:8">
       <x:c r="A915" s="2" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="B915" s="3" t="n">
-        <x:v>1.173</x:v>
+        <x:v>1.2367</x:v>
       </x:c>
       <x:c r="C915" s="3" t="n">
-        <x:v>1.173</x:v>
+        <x:v>1.2367</x:v>
       </x:c>
       <x:c r="D915" s="3" t="n">
-        <x:v>1.173</x:v>
+        <x:v>1.2367</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:8">
       <x:c r="A916" s="2" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="B916" s="3" t="n">
-        <x:v>1.1878</x:v>
+        <x:v>1.2087</x:v>
       </x:c>
       <x:c r="C916" s="3" t="n">
-        <x:v>1.1878</x:v>
+        <x:v>1.2087</x:v>
       </x:c>
       <x:c r="D916" s="3" t="n">
-        <x:v>1.1878</x:v>
+        <x:v>1.2087</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:8">
       <x:c r="A917" s="2" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="B917" s="3" t="n">
-        <x:v>1.1777</x:v>
+        <x:v>1.2146</x:v>
       </x:c>
       <x:c r="C917" s="3" t="n">
-        <x:v>1.1777</x:v>
+        <x:v>1.2146</x:v>
       </x:c>
       <x:c r="D917" s="3" t="n">
-        <x:v>1.1777</x:v>
+        <x:v>1.2146</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:8">
       <x:c r="A918" s="2" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="B918" s="3" t="n">
-        <x:v>1.1802</x:v>
+        <x:v>1.205</x:v>
       </x:c>
       <x:c r="C918" s="3" t="n">
-        <x:v>1.1802</x:v>
+        <x:v>1.205</x:v>
       </x:c>
       <x:c r="D918" s="3" t="n">
-        <x:v>1.1802</x:v>
+        <x:v>1.205</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:8">
       <x:c r="A919" s="2" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="B919" s="3" t="n">
-        <x:v>1.1761</x:v>
+        <x:v>1.2024</x:v>
       </x:c>
       <x:c r="C919" s="3" t="n">
-        <x:v>1.1761</x:v>
+        <x:v>1.2024</x:v>
       </x:c>
       <x:c r="D919" s="3" t="n">
-        <x:v>1.1761</x:v>
+        <x:v>1.2024</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:8">
       <x:c r="A920" s="2" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="B920" s="3" t="n">
-        <x:v>1.1668</x:v>
+        <x:v>1.1719</x:v>
       </x:c>
       <x:c r="C920" s="3" t="n">
-        <x:v>1.1668</x:v>
+        <x:v>1.1719</x:v>
       </x:c>
       <x:c r="D920" s="3" t="n">
-        <x:v>1.1668</x:v>
+        <x:v>1.1719</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:8">
       <x:c r="A921" s="2" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="B921" s="3" t="n">
-        <x:v>1.1555</x:v>
+        <x:v>1.1829</x:v>
       </x:c>
       <x:c r="C921" s="3" t="n">
-        <x:v>1.1555</x:v>
+        <x:v>1.1829</x:v>
       </x:c>
       <x:c r="D921" s="3" t="n">
-        <x:v>1.1555</x:v>
+        <x:v>1.1829</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:8">
       <x:c r="A922" s="2" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="B922" s="3" t="n">
-        <x:v>1.1695</x:v>
+        <x:v>1.1819</x:v>
       </x:c>
       <x:c r="C922" s="3" t="n">
-        <x:v>1.1695</x:v>
+        <x:v>1.1819</x:v>
       </x:c>
       <x:c r="D922" s="3" t="n">
-        <x:v>1.1695</x:v>
+        <x:v>1.1819</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:8">
       <x:c r="A923" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="B923" s="3" t="n">
-        <x:v>1.1481</x:v>
+        <x:v>1.1998</x:v>
       </x:c>
       <x:c r="C923" s="3" t="n">
-        <x:v>1.1481</x:v>
+        <x:v>1.1998</x:v>
       </x:c>
       <x:c r="D923" s="3" t="n">
-        <x:v>1.1481</x:v>
+        <x:v>1.1998</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:8">
       <x:c r="A924" s="2" t="s">
-        <x:v>928</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="B924" s="3" t="n">
-        <x:v>1.2183</x:v>
+        <x:v>1.1897</x:v>
       </x:c>
       <x:c r="C924" s="3" t="n">
-        <x:v>1.2183</x:v>
+        <x:v>1.1897</x:v>
       </x:c>
       <x:c r="D924" s="3" t="n">
-        <x:v>1.2183</x:v>
+        <x:v>1.1897</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:8">
       <x:c r="A925" s="2" t="s">
-        <x:v>929</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="B925" s="3" t="n">
-        <x:v>1.2112</x:v>
+        <x:v>1.1895</x:v>
       </x:c>
       <x:c r="C925" s="3" t="n">
-        <x:v>1.2112</x:v>
+        <x:v>1.1895</x:v>
       </x:c>
       <x:c r="D925" s="3" t="n">
-        <x:v>1.2112</x:v>
+        <x:v>1.1895</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:8">
       <x:c r="A926" s="2" t="s">
-        <x:v>930</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="B926" s="3" t="n">
-        <x:v>1.2304</x:v>
+        <x:v>1.1711</x:v>
       </x:c>
       <x:c r="C926" s="3" t="n">
-        <x:v>1.2304</x:v>
+        <x:v>1.1711</x:v>
       </x:c>
       <x:c r="D926" s="3" t="n">
-        <x:v>1.2304</x:v>
+        <x:v>1.1711</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:8">
       <x:c r="A927" s="2" t="s">
-        <x:v>931</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="B927" s="3" t="n">
-        <x:v>1.2317</x:v>
+        <x:v>1.1883</x:v>
       </x:c>
       <x:c r="C927" s="3" t="n">
-        <x:v>1.2317</x:v>
+        <x:v>1.1883</x:v>
       </x:c>
       <x:c r="D927" s="3" t="n">
-        <x:v>1.2317</x:v>
+        <x:v>1.1883</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:8">
       <x:c r="A928" s="2" t="s">
-        <x:v>932</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="B928" s="3" t="n">
-        <x:v>1.1976</x:v>
+        <x:v>1.1768</x:v>
       </x:c>
       <x:c r="C928" s="3" t="n">
-        <x:v>1.1976</x:v>
+        <x:v>1.1768</x:v>
       </x:c>
       <x:c r="D928" s="3" t="n">
-        <x:v>1.1976</x:v>
+        <x:v>1.1768</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:8">
       <x:c r="A929" s="2" t="s">
-        <x:v>933</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="B929" s="3" t="n">
-        <x:v>1.1844</x:v>
+        <x:v>1.1641</x:v>
       </x:c>
       <x:c r="C929" s="3" t="n">
-        <x:v>1.1844</x:v>
+        <x:v>1.1641</x:v>
       </x:c>
       <x:c r="D929" s="3" t="n">
-        <x:v>1.1844</x:v>
+        <x:v>1.1641</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:8">
       <x:c r="A930" s="2" t="s">
-        <x:v>934</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="B930" s="3" t="n">
-        <x:v>1.1756</x:v>
+        <x:v>1.173</x:v>
       </x:c>
       <x:c r="C930" s="3" t="n">
-        <x:v>1.1756</x:v>
+        <x:v>1.173</x:v>
       </x:c>
       <x:c r="D930" s="3" t="n">
-        <x:v>1.1756</x:v>
+        <x:v>1.173</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:8">
       <x:c r="A931" s="2" t="s">
-        <x:v>935</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="B931" s="3" t="n">
-        <x:v>1.1573</x:v>
+        <x:v>1.1878</x:v>
       </x:c>
       <x:c r="C931" s="3" t="n">
-        <x:v>1.1573</x:v>
+        <x:v>1.1878</x:v>
       </x:c>
       <x:c r="D931" s="3" t="n">
-        <x:v>1.1573</x:v>
+        <x:v>1.1878</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:8">
       <x:c r="A932" s="2" t="s">
-        <x:v>936</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="B932" s="3" t="n">
-        <x:v>1.1648</x:v>
+        <x:v>1.1777</x:v>
       </x:c>
       <x:c r="C932" s="3" t="n">
-        <x:v>1.1648</x:v>
+        <x:v>1.1777</x:v>
       </x:c>
       <x:c r="D932" s="3" t="n">
-        <x:v>1.1648</x:v>
+        <x:v>1.1777</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:8">
       <x:c r="A933" s="2" t="s">
-        <x:v>937</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="B933" s="3" t="n">
-        <x:v>1.1494</x:v>
+        <x:v>1.1802</x:v>
       </x:c>
       <x:c r="C933" s="3" t="n">
-        <x:v>1.1494</x:v>
+        <x:v>1.1802</x:v>
       </x:c>
       <x:c r="D933" s="3" t="n">
-        <x:v>1.1494</x:v>
+        <x:v>1.1802</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:8">
       <x:c r="A934" s="2" t="s">
-        <x:v>938</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="B934" s="3" t="n">
-        <x:v>1.1791</x:v>
+        <x:v>1.1761</x:v>
       </x:c>
       <x:c r="C934" s="3" t="n">
-        <x:v>1.1791</x:v>
+        <x:v>1.1761</x:v>
       </x:c>
       <x:c r="D934" s="3" t="n">
-        <x:v>1.1791</x:v>
+        <x:v>1.1761</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:8">
       <x:c r="A935" s="2" t="s">
-        <x:v>939</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="B935" s="3" t="n">
-        <x:v>1.1707</x:v>
+        <x:v>1.1668</x:v>
       </x:c>
       <x:c r="C935" s="3" t="n">
-        <x:v>1.1707</x:v>
+        <x:v>1.1668</x:v>
       </x:c>
       <x:c r="D935" s="3" t="n">
-        <x:v>1.1707</x:v>
+        <x:v>1.1668</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:8">
       <x:c r="A936" s="2" t="s">
-        <x:v>940</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="B936" s="3" t="n">
-        <x:v>1.1916</x:v>
+        <x:v>1.1555</x:v>
       </x:c>
       <x:c r="C936" s="3" t="n">
-        <x:v>1.1916</x:v>
+        <x:v>1.1555</x:v>
       </x:c>
       <x:c r="D936" s="3" t="n">
-        <x:v>1.1916</x:v>
+        <x:v>1.1555</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:8">
       <x:c r="A937" s="2" t="s">
-        <x:v>941</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="B937" s="3" t="n">
-        <x:v>1.2129</x:v>
+        <x:v>1.1695</x:v>
       </x:c>
       <x:c r="C937" s="3" t="n">
-        <x:v>1.2129</x:v>
+        <x:v>1.1695</x:v>
       </x:c>
       <x:c r="D937" s="3" t="n">
-        <x:v>1.2129</x:v>
+        <x:v>1.1695</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:8">
       <x:c r="A938" s="2" t="s">
-        <x:v>942</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B938" s="3" t="n">
-        <x:v>1.2245</x:v>
+        <x:v>1.1481</x:v>
       </x:c>
       <x:c r="C938" s="3" t="n">
-        <x:v>1.2245</x:v>
+        <x:v>1.1481</x:v>
       </x:c>
       <x:c r="D938" s="3" t="n">
-        <x:v>1.2245</x:v>
+        <x:v>1.1481</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:8">
       <x:c r="A939" s="2" t="s">
         <x:v>943</x:v>
       </x:c>
       <x:c r="B939" s="3" t="n">
-        <x:v>1.2291</x:v>
+        <x:v>1.2183</x:v>
       </x:c>
       <x:c r="C939" s="3" t="n">
-        <x:v>1.2291</x:v>
+        <x:v>1.2183</x:v>
       </x:c>
       <x:c r="D939" s="3" t="n">
-        <x:v>1.2291</x:v>
+        <x:v>1.2183</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:8">
       <x:c r="A940" s="2" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B940" s="3" t="n">
-        <x:v>1.2219</x:v>
+        <x:v>1.2112</x:v>
       </x:c>
       <x:c r="C940" s="3" t="n">
-        <x:v>1.2219</x:v>
+        <x:v>1.2112</x:v>
       </x:c>
       <x:c r="D940" s="3" t="n">
-        <x:v>1.2219</x:v>
+        <x:v>1.2112</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:8">
       <x:c r="A941" s="2" t="s">
         <x:v>945</x:v>
       </x:c>
       <x:c r="B941" s="3" t="n">
-        <x:v>1.2154</x:v>
+        <x:v>1.2304</x:v>
       </x:c>
       <x:c r="C941" s="3" t="n">
-        <x:v>1.2154</x:v>
+        <x:v>1.2304</x:v>
       </x:c>
       <x:c r="D941" s="3" t="n">
-        <x:v>1.2154</x:v>
+        <x:v>1.2304</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:8">
       <x:c r="A942" s="2" t="s">
         <x:v>946</x:v>
       </x:c>
       <x:c r="B942" s="3" t="n">
-        <x:v>1.2313</x:v>
+        <x:v>1.2317</x:v>
       </x:c>
       <x:c r="C942" s="3" t="n">
-        <x:v>1.2313</x:v>
+        <x:v>1.2317</x:v>
       </x:c>
       <x:c r="D942" s="3" t="n">
-        <x:v>1.2313</x:v>
+        <x:v>1.2317</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:8">
       <x:c r="A943" s="2" t="s">
         <x:v>947</x:v>
       </x:c>
       <x:c r="B943" s="3" t="n">
-        <x:v>1.2251</x:v>
+        <x:v>1.1976</x:v>
       </x:c>
       <x:c r="C943" s="3" t="n">
-        <x:v>1.2251</x:v>
+        <x:v>1.1976</x:v>
       </x:c>
       <x:c r="D943" s="3" t="n">
-        <x:v>1.2251</x:v>
+        <x:v>1.1976</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:8">
       <x:c r="A944" s="2" t="s">
         <x:v>948</x:v>
       </x:c>
       <x:c r="B944" s="3" t="n">
-        <x:v>1.2392</x:v>
+        <x:v>1.1844</x:v>
       </x:c>
       <x:c r="C944" s="3" t="n">
-        <x:v>1.2392</x:v>
+        <x:v>1.1844</x:v>
       </x:c>
       <x:c r="D944" s="3" t="n">
-        <x:v>1.2392</x:v>
+        <x:v>1.1844</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:8">
       <x:c r="A945" s="2" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="B945" s="3" t="n">
-        <x:v>1.2448</x:v>
+        <x:v>1.1756</x:v>
       </x:c>
       <x:c r="C945" s="3" t="n">
-        <x:v>1.2448</x:v>
+        <x:v>1.1756</x:v>
       </x:c>
       <x:c r="D945" s="3" t="n">
-        <x:v>1.2448</x:v>
+        <x:v>1.1756</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:8">
       <x:c r="A946" s="2" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="B946" s="3" t="n">
-        <x:v>1.2484</x:v>
+        <x:v>1.1573</x:v>
       </x:c>
       <x:c r="C946" s="3" t="n">
-        <x:v>1.2484</x:v>
+        <x:v>1.1573</x:v>
       </x:c>
       <x:c r="D946" s="3" t="n">
-        <x:v>1.2484</x:v>
+        <x:v>1.1573</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:8">
       <x:c r="A947" s="2" t="s">
         <x:v>951</x:v>
       </x:c>
       <x:c r="B947" s="3" t="n">
-        <x:v>1.2356</x:v>
+        <x:v>1.1648</x:v>
       </x:c>
       <x:c r="C947" s="3" t="n">
-        <x:v>1.2356</x:v>
+        <x:v>1.1648</x:v>
       </x:c>
       <x:c r="D947" s="3" t="n">
-        <x:v>1.2356</x:v>
+        <x:v>1.1648</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:8">
       <x:c r="A948" s="2" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="B948" s="3" t="n">
-        <x:v>1.2174</x:v>
+        <x:v>1.1494</x:v>
       </x:c>
       <x:c r="C948" s="3" t="n">
-        <x:v>1.2174</x:v>
+        <x:v>1.1494</x:v>
       </x:c>
       <x:c r="D948" s="3" t="n">
-        <x:v>1.2174</x:v>
+        <x:v>1.1494</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:8">
       <x:c r="A949" s="2" t="s">
         <x:v>953</x:v>
       </x:c>
       <x:c r="B949" s="3" t="n">
-        <x:v>1.2115</x:v>
+        <x:v>1.1791</x:v>
       </x:c>
       <x:c r="C949" s="3" t="n">
-        <x:v>1.2115</x:v>
+        <x:v>1.1791</x:v>
       </x:c>
       <x:c r="D949" s="3" t="n">
-        <x:v>1.2115</x:v>
+        <x:v>1.1791</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:8">
       <x:c r="A950" s="2" t="s">
         <x:v>954</x:v>
       </x:c>
       <x:c r="B950" s="3" t="n">
-        <x:v>1.215</x:v>
+        <x:v>1.1707</x:v>
       </x:c>
       <x:c r="C950" s="3" t="n">
-        <x:v>1.215</x:v>
+        <x:v>1.1707</x:v>
       </x:c>
       <x:c r="D950" s="3" t="n">
-        <x:v>1.215</x:v>
+        <x:v>1.1707</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:8">
       <x:c r="A951" s="2" t="s">
         <x:v>955</x:v>
       </x:c>
       <x:c r="B951" s="3" t="n">
-        <x:v>1.2049</x:v>
+        <x:v>1.1916</x:v>
       </x:c>
       <x:c r="C951" s="3" t="n">
-        <x:v>1.2049</x:v>
+        <x:v>1.1916</x:v>
       </x:c>
       <x:c r="D951" s="3" t="n">
-        <x:v>1.2049</x:v>
+        <x:v>1.1916</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:8">
       <x:c r="A952" s="2" t="s">
         <x:v>956</x:v>
       </x:c>
       <x:c r="B952" s="3" t="n">
-        <x:v>1.1919</x:v>
+        <x:v>1.2129</x:v>
       </x:c>
       <x:c r="C952" s="3" t="n">
-        <x:v>1.1919</x:v>
+        <x:v>1.2129</x:v>
       </x:c>
       <x:c r="D952" s="3" t="n">
-        <x:v>1.1919</x:v>
+        <x:v>1.2129</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:8">
       <x:c r="A953" s="2" t="s">
         <x:v>957</x:v>
       </x:c>
       <x:c r="B953" s="3" t="n">
-        <x:v>1.2104</x:v>
+        <x:v>1.2245</x:v>
       </x:c>
       <x:c r="C953" s="3" t="n">
-        <x:v>1.2104</x:v>
+        <x:v>1.2245</x:v>
       </x:c>
       <x:c r="D953" s="3" t="n">
-        <x:v>1.2104</x:v>
+        <x:v>1.2245</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:8">
       <x:c r="A954" s="2" t="s">
         <x:v>958</x:v>
       </x:c>
       <x:c r="B954" s="3" t="n">
-        <x:v>1.2504</x:v>
+        <x:v>1.2291</x:v>
       </x:c>
       <x:c r="C954" s="3" t="n">
-        <x:v>1.2504</x:v>
+        <x:v>1.2291</x:v>
       </x:c>
       <x:c r="D954" s="3" t="n">
-        <x:v>1.2504</x:v>
+        <x:v>1.2291</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:8">
       <x:c r="A955" s="2" t="s">
         <x:v>959</x:v>
       </x:c>
       <x:c r="B955" s="3" t="n">
-        <x:v>1.2376</x:v>
+        <x:v>1.2219</x:v>
       </x:c>
       <x:c r="C955" s="3" t="n">
-        <x:v>1.2376</x:v>
+        <x:v>1.2219</x:v>
       </x:c>
       <x:c r="D955" s="3" t="n">
-        <x:v>1.2376</x:v>
+        <x:v>1.2219</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:8">
       <x:c r="A956" s="2" t="s">
         <x:v>960</x:v>
       </x:c>
       <x:c r="B956" s="3" t="n">
-        <x:v>1.2433</x:v>
+        <x:v>1.2154</x:v>
       </x:c>
       <x:c r="C956" s="3" t="n">
-        <x:v>1.2433</x:v>
+        <x:v>1.2154</x:v>
       </x:c>
       <x:c r="D956" s="3" t="n">
-        <x:v>1.2433</x:v>
+        <x:v>1.2154</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:8">
       <x:c r="A957" s="2" t="s">
         <x:v>961</x:v>
       </x:c>
       <x:c r="B957" s="3" t="n">
-        <x:v>1.2254</x:v>
+        <x:v>1.2313</x:v>
       </x:c>
       <x:c r="C957" s="3" t="n">
-        <x:v>1.2254</x:v>
+        <x:v>1.2313</x:v>
       </x:c>
       <x:c r="D957" s="3" t="n">
-        <x:v>1.2254</x:v>
+        <x:v>1.2313</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:8">
       <x:c r="A958" s="2" t="s">
         <x:v>962</x:v>
       </x:c>
       <x:c r="B958" s="3" t="n">
-        <x:v>1.2114</x:v>
+        <x:v>1.2251</x:v>
       </x:c>
       <x:c r="C958" s="3" t="n">
-        <x:v>1.2114</x:v>
+        <x:v>1.2251</x:v>
       </x:c>
       <x:c r="D958" s="3" t="n">
-        <x:v>1.2114</x:v>
+        <x:v>1.2251</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:8">
       <x:c r="A959" s="2" t="s">
         <x:v>963</x:v>
       </x:c>
       <x:c r="B959" s="3" t="n">
-        <x:v>1.2321</x:v>
+        <x:v>1.2392</x:v>
       </x:c>
       <x:c r="C959" s="3" t="n">
-        <x:v>1.2321</x:v>
+        <x:v>1.2392</x:v>
       </x:c>
       <x:c r="D959" s="3" t="n">
-        <x:v>1.2321</x:v>
+        <x:v>1.2392</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:8">
       <x:c r="A960" s="2" t="s">
         <x:v>964</x:v>
       </x:c>
       <x:c r="B960" s="3" t="n">
-        <x:v>1.2211</x:v>
+        <x:v>1.2448</x:v>
       </x:c>
       <x:c r="C960" s="3" t="n">
-        <x:v>1.2211</x:v>
+        <x:v>1.2448</x:v>
       </x:c>
       <x:c r="D960" s="3" t="n">
-        <x:v>1.2211</x:v>
+        <x:v>1.2448</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:8">
       <x:c r="A961" s="2" t="s">
         <x:v>965</x:v>
       </x:c>
       <x:c r="B961" s="3" t="n">
-        <x:v>1.2288</x:v>
+        <x:v>1.2484</x:v>
       </x:c>
       <x:c r="C961" s="3" t="n">
-        <x:v>1.2288</x:v>
+        <x:v>1.2484</x:v>
       </x:c>
       <x:c r="D961" s="3" t="n">
-        <x:v>1.2288</x:v>
+        <x:v>1.2484</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:8">
       <x:c r="A962" s="2" t="s">
         <x:v>966</x:v>
       </x:c>
       <x:c r="B962" s="3" t="n">
-        <x:v>1.2328</x:v>
+        <x:v>1.2356</x:v>
       </x:c>
       <x:c r="C962" s="3" t="n">
-        <x:v>1.2328</x:v>
+        <x:v>1.2356</x:v>
       </x:c>
       <x:c r="D962" s="3" t="n">
-        <x:v>1.2328</x:v>
+        <x:v>1.2356</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:8">
       <x:c r="A963" s="2" t="s">
         <x:v>967</x:v>
       </x:c>
       <x:c r="B963" s="3" t="n">
-        <x:v>1.2652</x:v>
+        <x:v>1.2174</x:v>
       </x:c>
       <x:c r="C963" s="3" t="n">
-        <x:v>1.2652</x:v>
+        <x:v>1.2174</x:v>
       </x:c>
       <x:c r="D963" s="3" t="n">
-        <x:v>1.2652</x:v>
+        <x:v>1.2174</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:8">
       <x:c r="A964" s="2" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="B964" s="3" t="n">
-        <x:v>1.2485</x:v>
+        <x:v>1.2115</x:v>
       </x:c>
       <x:c r="C964" s="3" t="n">
-        <x:v>1.2485</x:v>
+        <x:v>1.2115</x:v>
       </x:c>
       <x:c r="D964" s="3" t="n">
-        <x:v>1.2485</x:v>
+        <x:v>1.2115</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:8">
       <x:c r="A965" s="2" t="s">
         <x:v>969</x:v>
       </x:c>
       <x:c r="B965" s="3" t="n">
-        <x:v>1.2579</x:v>
+        <x:v>1.215</x:v>
       </x:c>
       <x:c r="C965" s="3" t="n">
-        <x:v>1.2579</x:v>
+        <x:v>1.215</x:v>
       </x:c>
       <x:c r="D965" s="3" t="n">
-        <x:v>1.2579</x:v>
+        <x:v>1.215</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:8">
       <x:c r="A966" s="2" t="s">
         <x:v>970</x:v>
       </x:c>
       <x:c r="B966" s="3" t="n">
-        <x:v>1.2481</x:v>
+        <x:v>1.2049</x:v>
       </x:c>
       <x:c r="C966" s="3" t="n">
-        <x:v>1.2481</x:v>
+        <x:v>1.2049</x:v>
       </x:c>
       <x:c r="D966" s="3" t="n">
-        <x:v>1.2481</x:v>
+        <x:v>1.2049</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:8">
       <x:c r="A967" s="2" t="s">
         <x:v>971</x:v>
       </x:c>
       <x:c r="B967" s="3" t="n">
-        <x:v>1.2818</x:v>
+        <x:v>1.1919</x:v>
       </x:c>
       <x:c r="C967" s="3" t="n">
-        <x:v>1.2818</x:v>
+        <x:v>1.1919</x:v>
       </x:c>
       <x:c r="D967" s="3" t="n">
-        <x:v>1.2818</x:v>
+        <x:v>1.1919</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:8">
       <x:c r="A968" s="2" t="s">
         <x:v>972</x:v>
       </x:c>
       <x:c r="B968" s="3" t="n">
-        <x:v>1.2457</x:v>
+        <x:v>1.2104</x:v>
       </x:c>
       <x:c r="C968" s="3" t="n">
-        <x:v>1.2457</x:v>
+        <x:v>1.2104</x:v>
       </x:c>
       <x:c r="D968" s="3" t="n">
-        <x:v>1.2457</x:v>
+        <x:v>1.2104</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:8">
       <x:c r="A969" s="2" t="s">
         <x:v>973</x:v>
       </x:c>
       <x:c r="B969" s="3" t="n">
-        <x:v>1.2372</x:v>
+        <x:v>1.2504</x:v>
       </x:c>
       <x:c r="C969" s="3" t="n">
-        <x:v>1.2372</x:v>
+        <x:v>1.2504</x:v>
       </x:c>
       <x:c r="D969" s="3" t="n">
-        <x:v>1.2372</x:v>
+        <x:v>1.2504</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:8">
       <x:c r="A970" s="2" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="B970" s="3" t="n">
-        <x:v>1.2406</x:v>
+        <x:v>1.2376</x:v>
       </x:c>
       <x:c r="C970" s="3" t="n">
-        <x:v>1.2406</x:v>
+        <x:v>1.2376</x:v>
       </x:c>
       <x:c r="D970" s="3" t="n">
-        <x:v>1.2406</x:v>
+        <x:v>1.2376</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:8">
       <x:c r="A971" s="2" t="s">
         <x:v>975</x:v>
       </x:c>
       <x:c r="B971" s="3" t="n">
-        <x:v>1.2494</x:v>
+        <x:v>1.2433</x:v>
       </x:c>
       <x:c r="C971" s="3" t="n">
-        <x:v>1.2494</x:v>
+        <x:v>1.2433</x:v>
       </x:c>
       <x:c r="D971" s="3" t="n">
-        <x:v>1.2494</x:v>
+        <x:v>1.2433</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:8">
       <x:c r="A972" s="2" t="s">
         <x:v>976</x:v>
       </x:c>
       <x:c r="B972" s="3" t="n">
-        <x:v>1.2507</x:v>
+        <x:v>1.2254</x:v>
       </x:c>
       <x:c r="C972" s="3" t="n">
-        <x:v>1.2507</x:v>
+        <x:v>1.2254</x:v>
       </x:c>
       <x:c r="D972" s="3" t="n">
-        <x:v>1.2507</x:v>
+        <x:v>1.2254</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:8">
       <x:c r="A973" s="2" t="s">
         <x:v>977</x:v>
       </x:c>
       <x:c r="B973" s="3" t="n">
-        <x:v>1.2559</x:v>
+        <x:v>1.2114</x:v>
       </x:c>
       <x:c r="C973" s="3" t="n">
-        <x:v>1.2559</x:v>
+        <x:v>1.2114</x:v>
       </x:c>
       <x:c r="D973" s="3" t="n">
-        <x:v>1.2559</x:v>
+        <x:v>1.2114</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:8">
       <x:c r="A974" s="2" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="B974" s="3" t="n">
-        <x:v>1.2386</x:v>
+        <x:v>1.2321</x:v>
       </x:c>
       <x:c r="C974" s="3" t="n">
-        <x:v>1.2386</x:v>
+        <x:v>1.2321</x:v>
       </x:c>
       <x:c r="D974" s="3" t="n">
-        <x:v>1.2386</x:v>
+        <x:v>1.2321</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:8">
       <x:c r="A975" s="2" t="s">
         <x:v>979</x:v>
       </x:c>
       <x:c r="B975" s="3" t="n">
-        <x:v>1.2492</x:v>
+        <x:v>1.2211</x:v>
       </x:c>
       <x:c r="C975" s="3" t="n">
-        <x:v>1.2492</x:v>
+        <x:v>1.2211</x:v>
       </x:c>
       <x:c r="D975" s="3" t="n">
-        <x:v>1.2492</x:v>
+        <x:v>1.2211</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:8">
       <x:c r="A976" s="2" t="s">
         <x:v>980</x:v>
       </x:c>
       <x:c r="B976" s="3" t="n">
-        <x:v>1.2289</x:v>
+        <x:v>1.2288</x:v>
       </x:c>
       <x:c r="C976" s="3" t="n">
-        <x:v>1.2289</x:v>
+        <x:v>1.2288</x:v>
       </x:c>
       <x:c r="D976" s="3" t="n">
-        <x:v>1.2289</x:v>
+        <x:v>1.2288</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:8">
       <x:c r="A977" s="2" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="B977" s="3" t="n">
-        <x:v>1.2446</x:v>
+        <x:v>1.2328</x:v>
       </x:c>
       <x:c r="C977" s="3" t="n">
-        <x:v>1.2446</x:v>
+        <x:v>1.2328</x:v>
       </x:c>
       <x:c r="D977" s="3" t="n">
-        <x:v>1.2446</x:v>
+        <x:v>1.2328</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:8">
       <x:c r="A978" s="2" t="s">
         <x:v>982</x:v>
       </x:c>
       <x:c r="B978" s="3" t="n">
-        <x:v>1.2587</x:v>
+        <x:v>1.2652</x:v>
       </x:c>
       <x:c r="C978" s="3" t="n">
-        <x:v>1.2587</x:v>
+        <x:v>1.2652</x:v>
       </x:c>
       <x:c r="D978" s="3" t="n">
-        <x:v>1.2587</x:v>
+        <x:v>1.2652</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:8">
       <x:c r="A979" s="2" t="s">
         <x:v>983</x:v>
       </x:c>
       <x:c r="B979" s="3" t="n">
-        <x:v>1.2564</x:v>
+        <x:v>1.2485</x:v>
       </x:c>
       <x:c r="C979" s="3" t="n">
-        <x:v>1.2564</x:v>
+        <x:v>1.2485</x:v>
       </x:c>
       <x:c r="D979" s="3" t="n">
-        <x:v>1.2564</x:v>
+        <x:v>1.2485</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:8">
       <x:c r="A980" s="2" t="s">
         <x:v>984</x:v>
       </x:c>
       <x:c r="B980" s="3" t="n">
-        <x:v>1.243</x:v>
+        <x:v>1.2579</x:v>
       </x:c>
       <x:c r="C980" s="3" t="n">
-        <x:v>1.243</x:v>
+        <x:v>1.2579</x:v>
       </x:c>
       <x:c r="D980" s="3" t="n">
-        <x:v>1.243</x:v>
+        <x:v>1.2579</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:8">
       <x:c r="A981" s="2" t="s">
         <x:v>985</x:v>
       </x:c>
       <x:c r="B981" s="3" t="n">
-        <x:v>1.2372</x:v>
+        <x:v>1.2481</x:v>
       </x:c>
       <x:c r="C981" s="3" t="n">
-        <x:v>1.2372</x:v>
+        <x:v>1.2481</x:v>
       </x:c>
       <x:c r="D981" s="3" t="n">
-        <x:v>1.2372</x:v>
+        <x:v>1.2481</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:8">
       <x:c r="A982" s="2" t="s">
         <x:v>986</x:v>
       </x:c>
       <x:c r="B982" s="3" t="n">
-        <x:v>1.2599</x:v>
+        <x:v>1.2818</x:v>
       </x:c>
       <x:c r="C982" s="3" t="n">
-        <x:v>1.2599</x:v>
+        <x:v>1.2818</x:v>
       </x:c>
       <x:c r="D982" s="3" t="n">
-        <x:v>1.2599</x:v>
+        <x:v>1.2818</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:8">
       <x:c r="A983" s="2" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="B983" s="3" t="n">
-        <x:v>1.26</x:v>
+        <x:v>1.2457</x:v>
       </x:c>
       <x:c r="C983" s="3" t="n">
-        <x:v>1.26</x:v>
+        <x:v>1.2457</x:v>
       </x:c>
       <x:c r="D983" s="3" t="n">
-        <x:v>1.26</x:v>
+        <x:v>1.2457</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:8">
       <x:c r="A984" s="2" t="s">
         <x:v>988</x:v>
       </x:c>
       <x:c r="B984" s="3" t="n">
-        <x:v>1.2559</x:v>
+        <x:v>1.2372</x:v>
       </x:c>
       <x:c r="C984" s="3" t="n">
-        <x:v>1.2559</x:v>
+        <x:v>1.2372</x:v>
       </x:c>
       <x:c r="D984" s="3" t="n">
-        <x:v>1.2559</x:v>
+        <x:v>1.2372</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:8">
       <x:c r="A985" s="2" t="s">
         <x:v>989</x:v>
       </x:c>
       <x:c r="B985" s="3" t="n">
-        <x:v>1.2725</x:v>
+        <x:v>1.2406</x:v>
       </x:c>
       <x:c r="C985" s="3" t="n">
-        <x:v>1.2725</x:v>
+        <x:v>1.2406</x:v>
       </x:c>
       <x:c r="D985" s="3" t="n">
-        <x:v>1.2725</x:v>
+        <x:v>1.2406</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:8">
       <x:c r="A986" s="2" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="B986" s="3" t="n">
-        <x:v>1.2832</x:v>
+        <x:v>1.2494</x:v>
       </x:c>
       <x:c r="C986" s="3" t="n">
-        <x:v>1.2832</x:v>
+        <x:v>1.2494</x:v>
       </x:c>
       <x:c r="D986" s="3" t="n">
-        <x:v>1.2832</x:v>
+        <x:v>1.2494</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:8">
       <x:c r="A987" s="2" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="B987" s="3" t="n">
-        <x:v>1.268</x:v>
+        <x:v>1.2507</x:v>
       </x:c>
       <x:c r="C987" s="3" t="n">
-        <x:v>1.268</x:v>
+        <x:v>1.2507</x:v>
       </x:c>
       <x:c r="D987" s="3" t="n">
-        <x:v>1.268</x:v>
+        <x:v>1.2507</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:8">
       <x:c r="A988" s="2" t="s">
         <x:v>992</x:v>
       </x:c>
       <x:c r="B988" s="3" t="n">
-        <x:v>1.2585</x:v>
+        <x:v>1.2559</x:v>
       </x:c>
       <x:c r="C988" s="3" t="n">
-        <x:v>1.2585</x:v>
+        <x:v>1.2559</x:v>
       </x:c>
       <x:c r="D988" s="3" t="n">
-        <x:v>1.2585</x:v>
+        <x:v>1.2559</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:8">
       <x:c r="A989" s="2" t="s">
         <x:v>993</x:v>
       </x:c>
       <x:c r="B989" s="3" t="n">
-        <x:v>1.2527</x:v>
+        <x:v>1.2386</x:v>
       </x:c>
       <x:c r="C989" s="3" t="n">
-        <x:v>1.2527</x:v>
+        <x:v>1.2386</x:v>
       </x:c>
       <x:c r="D989" s="3" t="n">
-        <x:v>1.2527</x:v>
+        <x:v>1.2386</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:8">
       <x:c r="A990" s="2" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="B990" s="3" t="n">
-        <x:v>1.239</x:v>
+        <x:v>1.2492</x:v>
       </x:c>
       <x:c r="C990" s="3" t="n">
-        <x:v>1.239</x:v>
+        <x:v>1.2492</x:v>
       </x:c>
       <x:c r="D990" s="3" t="n">
-        <x:v>1.239</x:v>
+        <x:v>1.2492</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:8">
       <x:c r="A991" s="2" t="s">
         <x:v>995</x:v>
       </x:c>
       <x:c r="B991" s="3" t="n">
-        <x:v>1.2672</x:v>
+        <x:v>1.2289</x:v>
       </x:c>
       <x:c r="C991" s="3" t="n">
-        <x:v>1.2672</x:v>
+        <x:v>1.2289</x:v>
       </x:c>
       <x:c r="D991" s="3" t="n">
-        <x:v>1.2672</x:v>
+        <x:v>1.2289</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:8">
       <x:c r="A992" s="2" t="s">
         <x:v>996</x:v>
       </x:c>
       <x:c r="B992" s="3" t="n">
-        <x:v>1.257</x:v>
+        <x:v>1.2446</x:v>
       </x:c>
       <x:c r="C992" s="3" t="n">
-        <x:v>1.257</x:v>
+        <x:v>1.2446</x:v>
       </x:c>
       <x:c r="D992" s="3" t="n">
-        <x:v>1.257</x:v>
+        <x:v>1.2446</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:8">
       <x:c r="A993" s="2" t="s">
         <x:v>997</x:v>
       </x:c>
       <x:c r="B993" s="3" t="n">
-        <x:v>1.265</x:v>
+        <x:v>1.2587</x:v>
       </x:c>
       <x:c r="C993" s="3" t="n">
-        <x:v>1.265</x:v>
+        <x:v>1.2587</x:v>
       </x:c>
       <x:c r="D993" s="3" t="n">
-        <x:v>1.265</x:v>
+        <x:v>1.2587</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:8">
       <x:c r="A994" s="2" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="B994" s="3" t="n">
-        <x:v>1.257</x:v>
+        <x:v>1.2564</x:v>
       </x:c>
       <x:c r="C994" s="3" t="n">
-        <x:v>1.257</x:v>
+        <x:v>1.2564</x:v>
       </x:c>
       <x:c r="D994" s="3" t="n">
-        <x:v>1.257</x:v>
+        <x:v>1.2564</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:8">
       <x:c r="A995" s="2" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="B995" s="3" t="n">
-        <x:v>1.2636</x:v>
+        <x:v>1.243</x:v>
       </x:c>
       <x:c r="C995" s="3" t="n">
-        <x:v>1.2636</x:v>
+        <x:v>1.243</x:v>
       </x:c>
       <x:c r="D995" s="3" t="n">
-        <x:v>1.2636</x:v>
+        <x:v>1.243</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:8">
       <x:c r="A996" s="2" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="B996" s="3" t="n">
-        <x:v>1.2452</x:v>
+        <x:v>1.2372</x:v>
       </x:c>
       <x:c r="C996" s="3" t="n">
-        <x:v>1.2452</x:v>
+        <x:v>1.2372</x:v>
       </x:c>
       <x:c r="D996" s="3" t="n">
-        <x:v>1.2452</x:v>
+        <x:v>1.2372</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:8">
       <x:c r="A997" s="2" t="s">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="B997" s="3" t="n">
-        <x:v>1.2218</x:v>
+        <x:v>1.2599</x:v>
       </x:c>
       <x:c r="C997" s="3" t="n">
-        <x:v>1.2218</x:v>
+        <x:v>1.2599</x:v>
       </x:c>
       <x:c r="D997" s="3" t="n">
-        <x:v>1.2218</x:v>
+        <x:v>1.2599</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:8">
       <x:c r="A998" s="2" t="s">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="B998" s="3" t="n">
-        <x:v>1.2086</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C998" s="3" t="n">
-        <x:v>1.2086</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D998" s="3" t="n">
-        <x:v>1.2086</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:8">
       <x:c r="A999" s="2" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="B999" s="3" t="n">
-        <x:v>1.2131</x:v>
+        <x:v>1.2559</x:v>
       </x:c>
       <x:c r="C999" s="3" t="n">
-        <x:v>1.2131</x:v>
+        <x:v>1.2559</x:v>
       </x:c>
       <x:c r="D999" s="3" t="n">
-        <x:v>1.2131</x:v>
+        <x:v>1.2559</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:8">
       <x:c r="A1000" s="2" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="B1000" s="3" t="n">
-        <x:v>1.2284</x:v>
+        <x:v>1.2725</x:v>
       </x:c>
       <x:c r="C1000" s="3" t="n">
-        <x:v>1.2284</x:v>
+        <x:v>1.2725</x:v>
       </x:c>
       <x:c r="D1000" s="3" t="n">
-        <x:v>1.2284</x:v>
+        <x:v>1.2725</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:8">
       <x:c r="A1001" s="2" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="B1001" s="3" t="n">
-        <x:v>1.1979</x:v>
+        <x:v>1.2832</x:v>
       </x:c>
       <x:c r="C1001" s="3" t="n">
-        <x:v>1.1979</x:v>
+        <x:v>1.2832</x:v>
       </x:c>
       <x:c r="D1001" s="3" t="n">
-        <x:v>1.1979</x:v>
+        <x:v>1.2832</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:8">
       <x:c r="A1002" s="2" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="B1002" s="3" t="n">
-        <x:v>1.1963</x:v>
+        <x:v>1.268</x:v>
       </x:c>
       <x:c r="C1002" s="3" t="n">
-        <x:v>1.1963</x:v>
+        <x:v>1.268</x:v>
       </x:c>
       <x:c r="D1002" s="3" t="n">
-        <x:v>1.1963</x:v>
+        <x:v>1.268</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:8">
       <x:c r="A1003" s="2" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="B1003" s="3" t="n">
-        <x:v>1.2303</x:v>
+        <x:v>1.2585</x:v>
       </x:c>
       <x:c r="C1003" s="3" t="n">
-        <x:v>1.2303</x:v>
+        <x:v>1.2585</x:v>
       </x:c>
       <x:c r="D1003" s="3" t="n">
-        <x:v>1.2303</x:v>
+        <x:v>1.2585</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:8">
       <x:c r="A1004" s="2" t="s">
         <x:v>1008</x:v>
       </x:c>
       <x:c r="B1004" s="3" t="n">
-        <x:v>1.2562</x:v>
+        <x:v>1.2527</x:v>
       </x:c>
       <x:c r="C1004" s="3" t="n">
-        <x:v>1.2562</x:v>
+        <x:v>1.2527</x:v>
       </x:c>
       <x:c r="D1004" s="3" t="n">
-        <x:v>1.2562</x:v>
+        <x:v>1.2527</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:8">
       <x:c r="A1005" s="2" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="B1005" s="3" t="n">
-        <x:v>1.2768</x:v>
+        <x:v>1.239</x:v>
       </x:c>
       <x:c r="C1005" s="3" t="n">
-        <x:v>1.2768</x:v>
+        <x:v>1.239</x:v>
       </x:c>
       <x:c r="D1005" s="3" t="n">
-        <x:v>1.2768</x:v>
+        <x:v>1.239</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:8">
       <x:c r="A1006" s="2" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="B1006" s="3" t="n">
-        <x:v>1.2538</x:v>
+        <x:v>1.2672</x:v>
       </x:c>
       <x:c r="C1006" s="3" t="n">
-        <x:v>1.2538</x:v>
+        <x:v>1.2672</x:v>
       </x:c>
       <x:c r="D1006" s="3" t="n">
-        <x:v>1.2538</x:v>
+        <x:v>1.2672</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:8">
       <x:c r="A1007" s="2" t="s">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="B1007" s="3" t="n">
-        <x:v>1.2801</x:v>
+        <x:v>1.257</x:v>
       </x:c>
       <x:c r="C1007" s="3" t="n">
-        <x:v>1.2801</x:v>
+        <x:v>1.257</x:v>
       </x:c>
       <x:c r="D1007" s="3" t="n">
-        <x:v>1.2801</x:v>
+        <x:v>1.257</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:8">
       <x:c r="A1008" s="2" t="s">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="B1008" s="3" t="n">
-        <x:v>1.2907</x:v>
+        <x:v>1.265</x:v>
       </x:c>
       <x:c r="C1008" s="3" t="n">
-        <x:v>1.2907</x:v>
+        <x:v>1.265</x:v>
       </x:c>
       <x:c r="D1008" s="3" t="n">
-        <x:v>1.2907</x:v>
+        <x:v>1.265</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:8">
       <x:c r="A1009" s="2" t="s">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="B1009" s="3" t="n">
-        <x:v>1.2813</x:v>
+        <x:v>1.257</x:v>
       </x:c>
       <x:c r="C1009" s="3" t="n">
-        <x:v>1.2813</x:v>
+        <x:v>1.257</x:v>
       </x:c>
       <x:c r="D1009" s="3" t="n">
-        <x:v>1.2813</x:v>
+        <x:v>1.257</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:8">
       <x:c r="A1010" s="2" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="B1010" s="3" t="n">
-        <x:v>1.2576</x:v>
+        <x:v>1.2636</x:v>
       </x:c>
       <x:c r="C1010" s="3" t="n">
-        <x:v>1.2576</x:v>
+        <x:v>1.2636</x:v>
       </x:c>
       <x:c r="D1010" s="3" t="n">
-        <x:v>1.2576</x:v>
+        <x:v>1.2636</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:8">
       <x:c r="A1011" s="2" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="B1011" s="3" t="n">
-        <x:v>1.2787</x:v>
+        <x:v>1.2452</x:v>
       </x:c>
       <x:c r="C1011" s="3" t="n">
-        <x:v>1.2787</x:v>
+        <x:v>1.2452</x:v>
       </x:c>
       <x:c r="D1011" s="3" t="n">
-        <x:v>1.2787</x:v>
+        <x:v>1.2452</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:8">
       <x:c r="A1012" s="2" t="s">
         <x:v>1016</x:v>
       </x:c>
       <x:c r="B1012" s="3" t="n">
-        <x:v>1.2876</x:v>
+        <x:v>1.2218</x:v>
       </x:c>
       <x:c r="C1012" s="3" t="n">
-        <x:v>1.2876</x:v>
+        <x:v>1.2218</x:v>
       </x:c>
       <x:c r="D1012" s="3" t="n">
-        <x:v>1.2876</x:v>
+        <x:v>1.2218</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:8">
       <x:c r="A1013" s="2" t="s">
         <x:v>1017</x:v>
       </x:c>
       <x:c r="B1013" s="3" t="n">
-        <x:v>1.298</x:v>
+        <x:v>1.2086</x:v>
       </x:c>
       <x:c r="C1013" s="3" t="n">
-        <x:v>1.298</x:v>
+        <x:v>1.2086</x:v>
       </x:c>
       <x:c r="D1013" s="3" t="n">
-        <x:v>1.298</x:v>
+        <x:v>1.2086</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:8">
       <x:c r="A1014" s="2" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="B1014" s="3" t="n">
-        <x:v>1.303</x:v>
+        <x:v>1.2131</x:v>
       </x:c>
       <x:c r="C1014" s="3" t="n">
-        <x:v>1.303</x:v>
+        <x:v>1.2131</x:v>
       </x:c>
       <x:c r="D1014" s="3" t="n">
-        <x:v>1.303</x:v>
+        <x:v>1.2131</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:8">
       <x:c r="A1015" s="2" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="B1015" s="3" t="n">
-        <x:v>1.3321</x:v>
+        <x:v>1.2284</x:v>
       </x:c>
       <x:c r="C1015" s="3" t="n">
-        <x:v>1.3321</x:v>
+        <x:v>1.2284</x:v>
       </x:c>
       <x:c r="D1015" s="3" t="n">
-        <x:v>1.3321</x:v>
+        <x:v>1.2284</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:8">
       <x:c r="A1016" s="2" t="s">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="B1016" s="3" t="n">
-        <x:v>1.3359</x:v>
+        <x:v>1.1979</x:v>
       </x:c>
       <x:c r="C1016" s="3" t="n">
-        <x:v>1.3359</x:v>
+        <x:v>1.1979</x:v>
       </x:c>
       <x:c r="D1016" s="3" t="n">
-        <x:v>1.3359</x:v>
+        <x:v>1.1979</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:8">
       <x:c r="A1017" s="2" t="s">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="B1017" s="3" t="n">
-        <x:v>1.3214</x:v>
+        <x:v>1.1963</x:v>
       </x:c>
       <x:c r="C1017" s="3" t="n">
-        <x:v>1.3214</x:v>
+        <x:v>1.1963</x:v>
       </x:c>
       <x:c r="D1017" s="3" t="n">
-        <x:v>1.3214</x:v>
+        <x:v>1.1963</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:8">
       <x:c r="A1018" s="2" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="B1018" s="3" t="n">
-        <x:v>1.3226</x:v>
+        <x:v>1.2303</x:v>
       </x:c>
       <x:c r="C1018" s="3" t="n">
-        <x:v>1.3226</x:v>
+        <x:v>1.2303</x:v>
       </x:c>
       <x:c r="D1018" s="3" t="n">
-        <x:v>1.3226</x:v>
+        <x:v>1.2303</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:8">
       <x:c r="A1019" s="2" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="B1019" s="3" t="n">
-        <x:v>1.3364</x:v>
+        <x:v>1.2562</x:v>
       </x:c>
       <x:c r="C1019" s="3" t="n">
-        <x:v>1.3364</x:v>
+        <x:v>1.2562</x:v>
       </x:c>
       <x:c r="D1019" s="3" t="n">
-        <x:v>1.3364</x:v>
+        <x:v>1.2562</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:8">
       <x:c r="A1020" s="2" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="B1020" s="3" t="n">
-        <x:v>1.3632</x:v>
+        <x:v>1.2768</x:v>
       </x:c>
       <x:c r="C1020" s="3" t="n">
-        <x:v>1.3632</x:v>
+        <x:v>1.2768</x:v>
       </x:c>
       <x:c r="D1020" s="3" t="n">
-        <x:v>1.3632</x:v>
+        <x:v>1.2768</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:8">
       <x:c r="A1021" s="2" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="B1021" s="3" t="n">
-        <x:v>1.3525</x:v>
+        <x:v>1.2538</x:v>
       </x:c>
       <x:c r="C1021" s="3" t="n">
-        <x:v>1.3525</x:v>
+        <x:v>1.2538</x:v>
       </x:c>
       <x:c r="D1021" s="3" t="n">
-        <x:v>1.3525</x:v>
+        <x:v>1.2538</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:8">
       <x:c r="A1022" s="2" t="s">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="B1022" s="3" t="n">
-        <x:v>1.3441</x:v>
+        <x:v>1.2801</x:v>
       </x:c>
       <x:c r="C1022" s="3" t="n">
-        <x:v>1.3441</x:v>
+        <x:v>1.2801</x:v>
       </x:c>
       <x:c r="D1022" s="3" t="n">
-        <x:v>1.3441</x:v>
+        <x:v>1.2801</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:8">
       <x:c r="A1023" s="2" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="B1023" s="3" t="n">
-        <x:v>1.3602</x:v>
+        <x:v>1.2907</x:v>
       </x:c>
       <x:c r="C1023" s="3" t="n">
-        <x:v>1.3602</x:v>
+        <x:v>1.2907</x:v>
       </x:c>
       <x:c r="D1023" s="3" t="n">
-        <x:v>1.3602</x:v>
+        <x:v>1.2907</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:8">
       <x:c r="A1024" s="2" t="s">
         <x:v>1028</x:v>
       </x:c>
       <x:c r="B1024" s="3" t="n">
-        <x:v>1.3411</x:v>
+        <x:v>1.2813</x:v>
       </x:c>
       <x:c r="C1024" s="3" t="n">
-        <x:v>1.3411</x:v>
+        <x:v>1.2813</x:v>
       </x:c>
       <x:c r="D1024" s="3" t="n">
-        <x:v>1.3411</x:v>
+        <x:v>1.2813</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:8">
       <x:c r="A1025" s="2" t="s">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="B1025" s="3" t="n">
-        <x:v>1.3762</x:v>
+        <x:v>1.2576</x:v>
       </x:c>
       <x:c r="C1025" s="3" t="n">
-        <x:v>1.3762</x:v>
+        <x:v>1.2576</x:v>
       </x:c>
       <x:c r="D1025" s="3" t="n">
-        <x:v>1.3762</x:v>
+        <x:v>1.2576</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:8">
       <x:c r="A1026" s="2" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="B1026" s="3" t="n">
-        <x:v>1.3635</x:v>
+        <x:v>1.2787</x:v>
       </x:c>
       <x:c r="C1026" s="3" t="n">
-        <x:v>1.3635</x:v>
+        <x:v>1.2787</x:v>
       </x:c>
       <x:c r="D1026" s="3" t="n">
-        <x:v>1.3635</x:v>
+        <x:v>1.2787</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:8">
       <x:c r="A1027" s="2" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="B1027" s="3" t="n">
-        <x:v>1.3695</x:v>
+        <x:v>1.2876</x:v>
       </x:c>
       <x:c r="C1027" s="3" t="n">
-        <x:v>1.3695</x:v>
+        <x:v>1.2876</x:v>
       </x:c>
       <x:c r="D1027" s="3" t="n">
-        <x:v>1.3695</x:v>
+        <x:v>1.2876</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:8">
       <x:c r="A1028" s="2" t="s">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="B1028" s="3" t="n">
-        <x:v>1.3613</x:v>
+        <x:v>1.298</x:v>
       </x:c>
       <x:c r="C1028" s="3" t="n">
-        <x:v>1.3613</x:v>
+        <x:v>1.298</x:v>
       </x:c>
       <x:c r="D1028" s="3" t="n">
-        <x:v>1.3613</x:v>
+        <x:v>1.298</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:8">
       <x:c r="A1029" s="2" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="B1029" s="3" t="n">
-        <x:v>1.3284</x:v>
+        <x:v>1.303</x:v>
       </x:c>
       <x:c r="C1029" s="3" t="n">
-        <x:v>1.3284</x:v>
+        <x:v>1.303</x:v>
       </x:c>
       <x:c r="D1029" s="3" t="n">
-        <x:v>1.3284</x:v>
+        <x:v>1.303</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:8">
       <x:c r="A1030" s="2" t="s">
         <x:v>1034</x:v>
       </x:c>
       <x:c r="B1030" s="3" t="n">
-        <x:v>1.3176</x:v>
+        <x:v>1.3321</x:v>
       </x:c>
       <x:c r="C1030" s="3" t="n">
-        <x:v>1.3176</x:v>
+        <x:v>1.3321</x:v>
       </x:c>
       <x:c r="D1030" s="3" t="n">
-        <x:v>1.3176</x:v>
+        <x:v>1.3321</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:8">
       <x:c r="A1031" s="2" t="s">
         <x:v>1035</x:v>
       </x:c>
       <x:c r="B1031" s="3" t="n">
-        <x:v>1.3354</x:v>
+        <x:v>1.3359</x:v>
       </x:c>
       <x:c r="C1031" s="3" t="n">
-        <x:v>1.3354</x:v>
+        <x:v>1.3359</x:v>
       </x:c>
       <x:c r="D1031" s="3" t="n">
-        <x:v>1.3354</x:v>
+        <x:v>1.3359</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:8">
       <x:c r="A1032" s="2" t="s">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="B1032" s="3" t="n">
-        <x:v>1.321</x:v>
+        <x:v>1.3214</x:v>
       </x:c>
       <x:c r="C1032" s="3" t="n">
-        <x:v>1.321</x:v>
+        <x:v>1.3214</x:v>
       </x:c>
       <x:c r="D1032" s="3" t="n">
-        <x:v>1.321</x:v>
+        <x:v>1.3214</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:8">
       <x:c r="A1033" s="2" t="s">
         <x:v>1037</x:v>
       </x:c>
       <x:c r="B1033" s="3" t="n">
-        <x:v>1.3259</x:v>
+        <x:v>1.3226</x:v>
       </x:c>
       <x:c r="C1033" s="3" t="n">
-        <x:v>1.3259</x:v>
+        <x:v>1.3226</x:v>
       </x:c>
       <x:c r="D1033" s="3" t="n">
-        <x:v>1.3259</x:v>
+        <x:v>1.3226</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:8">
       <x:c r="A1034" s="2" t="s">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="B1034" s="3" t="n">
-        <x:v>1.343</x:v>
+        <x:v>1.3364</x:v>
       </x:c>
       <x:c r="C1034" s="3" t="n">
-        <x:v>1.343</x:v>
+        <x:v>1.3364</x:v>
       </x:c>
       <x:c r="D1034" s="3" t="n">
-        <x:v>1.343</x:v>
+        <x:v>1.3364</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:8">
       <x:c r="A1035" s="2" t="s">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="B1035" s="3" t="n">
-        <x:v>1.3627</x:v>
+        <x:v>1.3632</x:v>
       </x:c>
       <x:c r="C1035" s="3" t="n">
-        <x:v>1.3627</x:v>
+        <x:v>1.3632</x:v>
       </x:c>
       <x:c r="D1035" s="3" t="n">
-        <x:v>1.3627</x:v>
+        <x:v>1.3632</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:8">
       <x:c r="A1036" s="2" t="s">
         <x:v>1040</x:v>
       </x:c>
       <x:c r="B1036" s="3" t="n">
-        <x:v>1.3859</x:v>
+        <x:v>1.3525</x:v>
       </x:c>
       <x:c r="C1036" s="3" t="n">
-        <x:v>1.3859</x:v>
+        <x:v>1.3525</x:v>
       </x:c>
       <x:c r="D1036" s="3" t="n">
-        <x:v>1.3859</x:v>
+        <x:v>1.3525</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:8">
       <x:c r="A1037" s="2" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="B1037" s="3" t="n">
-        <x:v>1.3818</x:v>
+        <x:v>1.3441</x:v>
       </x:c>
       <x:c r="C1037" s="3" t="n">
-        <x:v>1.3818</x:v>
+        <x:v>1.3441</x:v>
       </x:c>
       <x:c r="D1037" s="3" t="n">
-        <x:v>1.3818</x:v>
+        <x:v>1.3441</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:8">
       <x:c r="A1038" s="2" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="B1038" s="3" t="n">
-        <x:v>1.3624</x:v>
+        <x:v>1.3602</x:v>
       </x:c>
       <x:c r="C1038" s="3" t="n">
-        <x:v>1.3624</x:v>
+        <x:v>1.3602</x:v>
       </x:c>
       <x:c r="D1038" s="3" t="n">
-        <x:v>1.3624</x:v>
+        <x:v>1.3602</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:8">
       <x:c r="A1039" s="2" t="s">
         <x:v>1043</x:v>
       </x:c>
       <x:c r="B1039" s="3" t="n">
-        <x:v>1.3818</x:v>
+        <x:v>1.3411</x:v>
       </x:c>
       <x:c r="C1039" s="3" t="n">
-        <x:v>1.3818</x:v>
+        <x:v>1.3411</x:v>
       </x:c>
       <x:c r="D1039" s="3" t="n">
-        <x:v>1.3818</x:v>
+        <x:v>1.3411</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:8">
       <x:c r="A1040" s="2" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="B1040" s="3" t="n">
-        <x:v>1.3951</x:v>
+        <x:v>1.3762</x:v>
       </x:c>
       <x:c r="C1040" s="3" t="n">
-        <x:v>1.3951</x:v>
+        <x:v>1.3762</x:v>
       </x:c>
       <x:c r="D1040" s="3" t="n">
-        <x:v>1.3951</x:v>
+        <x:v>1.3762</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:8">
       <x:c r="A1041" s="2" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="B1041" s="3" t="n">
-        <x:v>1.3874</x:v>
+        <x:v>1.3635</x:v>
       </x:c>
       <x:c r="C1041" s="3" t="n">
-        <x:v>1.3874</x:v>
+        <x:v>1.3635</x:v>
       </x:c>
       <x:c r="D1041" s="3" t="n">
-        <x:v>1.3874</x:v>
+        <x:v>1.3635</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:8">
       <x:c r="A1042" s="2" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="B1042" s="3" t="n">
-        <x:v>1.3835</x:v>
+        <x:v>1.3695</x:v>
       </x:c>
       <x:c r="C1042" s="3" t="n">
-        <x:v>1.3835</x:v>
+        <x:v>1.3695</x:v>
       </x:c>
       <x:c r="D1042" s="3" t="n">
-        <x:v>1.3835</x:v>
+        <x:v>1.3695</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:8">
       <x:c r="A1043" s="2" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="B1043" s="3" t="n">
-        <x:v>1.3878</x:v>
+        <x:v>1.3613</x:v>
       </x:c>
       <x:c r="C1043" s="3" t="n">
-        <x:v>1.3878</x:v>
+        <x:v>1.3613</x:v>
       </x:c>
       <x:c r="D1043" s="3" t="n">
-        <x:v>1.3878</x:v>
+        <x:v>1.3613</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:8">
       <x:c r="A1044" s="2" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="B1044" s="3" t="n">
-        <x:v>1.3731</x:v>
+        <x:v>1.3284</x:v>
       </x:c>
       <x:c r="C1044" s="3" t="n">
-        <x:v>1.3731</x:v>
+        <x:v>1.3284</x:v>
       </x:c>
       <x:c r="D1044" s="3" t="n">
-        <x:v>1.3731</x:v>
+        <x:v>1.3284</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:8">
       <x:c r="A1045" s="2" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="B1045" s="3" t="n">
-        <x:v>1.3972</x:v>
+        <x:v>1.3176</x:v>
       </x:c>
       <x:c r="C1045" s="3" t="n">
-        <x:v>1.3972</x:v>
+        <x:v>1.3176</x:v>
       </x:c>
       <x:c r="D1045" s="3" t="n">
-        <x:v>1.3972</x:v>
+        <x:v>1.3176</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:8">
       <x:c r="A1046" s="2" t="s">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="B1046" s="3" t="n">
-        <x:v>1.384</x:v>
+        <x:v>1.3354</x:v>
       </x:c>
       <x:c r="C1046" s="3" t="n">
-        <x:v>1.384</x:v>
+        <x:v>1.3354</x:v>
       </x:c>
       <x:c r="D1046" s="3" t="n">
-        <x:v>1.384</x:v>
+        <x:v>1.3354</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:8">
       <x:c r="A1047" s="2" t="s">
         <x:v>1051</x:v>
       </x:c>
       <x:c r="B1047" s="3" t="n">
-        <x:v>1.3887</x:v>
+        <x:v>1.321</x:v>
       </x:c>
       <x:c r="C1047" s="3" t="n">
-        <x:v>1.3887</x:v>
+        <x:v>1.321</x:v>
       </x:c>
       <x:c r="D1047" s="3" t="n">
-        <x:v>1.3887</x:v>
+        <x:v>1.321</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:8">
       <x:c r="A1048" s="2" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="B1048" s="3" t="n">
-        <x:v>1.3899</x:v>
+        <x:v>1.3259</x:v>
       </x:c>
       <x:c r="C1048" s="3" t="n">
-        <x:v>1.3899</x:v>
+        <x:v>1.3259</x:v>
       </x:c>
       <x:c r="D1048" s="3" t="n">
-        <x:v>1.3899</x:v>
+        <x:v>1.3259</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:8">
       <x:c r="A1049" s="2" t="s">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="B1049" s="3" t="n">
-        <x:v>1.3767</x:v>
+        <x:v>1.343</x:v>
       </x:c>
       <x:c r="C1049" s="3" t="n">
-        <x:v>1.3767</x:v>
+        <x:v>1.343</x:v>
       </x:c>
       <x:c r="D1049" s="3" t="n">
-        <x:v>1.3767</x:v>
+        <x:v>1.343</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:8">
       <x:c r="A1050" s="2" t="s">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="B1050" s="3" t="n">
-        <x:v>1.3757</x:v>
+        <x:v>1.3627</x:v>
       </x:c>
       <x:c r="C1050" s="3" t="n">
-        <x:v>1.3757</x:v>
+        <x:v>1.3627</x:v>
       </x:c>
       <x:c r="D1050" s="3" t="n">
-        <x:v>1.3757</x:v>
+        <x:v>1.3627</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:8">
       <x:c r="A1051" s="2" t="s">
         <x:v>1055</x:v>
       </x:c>
       <x:c r="B1051" s="3" t="n">
-        <x:v>1.3758</x:v>
+        <x:v>1.3859</x:v>
       </x:c>
       <x:c r="C1051" s="3" t="n">
-        <x:v>1.3758</x:v>
+        <x:v>1.3859</x:v>
       </x:c>
       <x:c r="D1051" s="3" t="n">
-        <x:v>1.3758</x:v>
+        <x:v>1.3859</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:8">
       <x:c r="A1052" s="2" t="s">
         <x:v>1056</x:v>
       </x:c>
       <x:c r="B1052" s="3" t="n">
-        <x:v>1.3757</x:v>
+        <x:v>1.3818</x:v>
       </x:c>
       <x:c r="C1052" s="3" t="n">
-        <x:v>1.3757</x:v>
+        <x:v>1.3818</x:v>
       </x:c>
       <x:c r="D1052" s="3" t="n">
-        <x:v>1.3757</x:v>
+        <x:v>1.3818</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:8">
       <x:c r="A1053" s="2" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="B1053" s="3" t="n">
-        <x:v>1.3623</x:v>
+        <x:v>1.3624</x:v>
       </x:c>
       <x:c r="C1053" s="3" t="n">
-        <x:v>1.3623</x:v>
+        <x:v>1.3624</x:v>
       </x:c>
       <x:c r="D1053" s="3" t="n">
-        <x:v>1.3623</x:v>
+        <x:v>1.3624</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:8">
       <x:c r="A1054" s="2" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="B1054" s="3" t="n">
-        <x:v>1.3729</x:v>
+        <x:v>1.3818</x:v>
       </x:c>
       <x:c r="C1054" s="3" t="n">
-        <x:v>1.3729</x:v>
+        <x:v>1.3818</x:v>
       </x:c>
       <x:c r="D1054" s="3" t="n">
-        <x:v>1.3729</x:v>
+        <x:v>1.3818</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:8">
       <x:c r="A1055" s="2" t="s">
         <x:v>1059</x:v>
       </x:c>
       <x:c r="B1055" s="3" t="n">
-        <x:v>1.3814</x:v>
+        <x:v>1.3951</x:v>
       </x:c>
       <x:c r="C1055" s="3" t="n">
-        <x:v>1.3814</x:v>
+        <x:v>1.3951</x:v>
       </x:c>
       <x:c r="D1055" s="3" t="n">
-        <x:v>1.3814</x:v>
+        <x:v>1.3951</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:8">
       <x:c r="A1056" s="2" t="s">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="B1056" s="3" t="n">
-        <x:v>1.3955</x:v>
+        <x:v>1.3874</x:v>
       </x:c>
       <x:c r="C1056" s="3" t="n">
-        <x:v>1.3955</x:v>
+        <x:v>1.3874</x:v>
       </x:c>
       <x:c r="D1056" s="3" t="n">
-        <x:v>1.3955</x:v>
+        <x:v>1.3874</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:8">
       <x:c r="A1057" s="2" t="s">
         <x:v>1061</x:v>
       </x:c>
       <x:c r="B1057" s="3" t="n">
-        <x:v>1.3793</x:v>
+        <x:v>1.3835</x:v>
       </x:c>
       <x:c r="C1057" s="3" t="n">
-        <x:v>1.3793</x:v>
+        <x:v>1.3835</x:v>
       </x:c>
       <x:c r="D1057" s="3" t="n">
-        <x:v>1.3793</x:v>
+        <x:v>1.3835</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:8">
       <x:c r="A1058" s="2" t="s">
         <x:v>1062</x:v>
       </x:c>
       <x:c r="B1058" s="3" t="n">
-        <x:v>1.3904</x:v>
+        <x:v>1.3878</x:v>
       </x:c>
       <x:c r="C1058" s="3" t="n">
-        <x:v>1.3904</x:v>
+        <x:v>1.3878</x:v>
       </x:c>
       <x:c r="D1058" s="3" t="n">
-        <x:v>1.3904</x:v>
+        <x:v>1.3878</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:8">
       <x:c r="A1059" s="2" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="B1059" s="3" t="n">
-        <x:v>1.3883</x:v>
+        <x:v>1.3731</x:v>
       </x:c>
       <x:c r="C1059" s="3" t="n">
-        <x:v>1.3883</x:v>
+        <x:v>1.3731</x:v>
       </x:c>
       <x:c r="D1059" s="3" t="n">
-        <x:v>1.3883</x:v>
+        <x:v>1.3731</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:8">
       <x:c r="A1060" s="2" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="B1060" s="3" t="n">
-        <x:v>1.3734</x:v>
+        <x:v>1.3972</x:v>
       </x:c>
       <x:c r="C1060" s="3" t="n">
-        <x:v>1.3734</x:v>
+        <x:v>1.3972</x:v>
       </x:c>
       <x:c r="D1060" s="3" t="n">
-        <x:v>1.3734</x:v>
+        <x:v>1.3972</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:8">
       <x:c r="A1061" s="2" t="s">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="B1061" s="3" t="n">
-        <x:v>1.373</x:v>
+        <x:v>1.384</x:v>
       </x:c>
       <x:c r="C1061" s="3" t="n">
-        <x:v>1.373</x:v>
+        <x:v>1.384</x:v>
       </x:c>
       <x:c r="D1061" s="3" t="n">
-        <x:v>1.373</x:v>
+        <x:v>1.384</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:8">
       <x:c r="A1062" s="2" t="s">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="B1062" s="3" t="n">
-        <x:v>1.3794</x:v>
+        <x:v>1.3887</x:v>
       </x:c>
       <x:c r="C1062" s="3" t="n">
-        <x:v>1.3794</x:v>
+        <x:v>1.3887</x:v>
       </x:c>
       <x:c r="D1062" s="3" t="n">
-        <x:v>1.3794</x:v>
+        <x:v>1.3887</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:8">
       <x:c r="A1063" s="2" t="s">
         <x:v>1067</x:v>
       </x:c>
       <x:c r="B1063" s="3" t="n">
-        <x:v>1.3652</x:v>
+        <x:v>1.3899</x:v>
       </x:c>
       <x:c r="C1063" s="3" t="n">
-        <x:v>1.3652</x:v>
+        <x:v>1.3899</x:v>
       </x:c>
       <x:c r="D1063" s="3" t="n">
-        <x:v>1.3652</x:v>
+        <x:v>1.3899</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:8">
       <x:c r="A1064" s="2" t="s">
         <x:v>1068</x:v>
       </x:c>
       <x:c r="B1064" s="3" t="n">
-        <x:v>1.3505</x:v>
+        <x:v>1.3767</x:v>
       </x:c>
       <x:c r="C1064" s="3" t="n">
-        <x:v>1.3505</x:v>
+        <x:v>1.3767</x:v>
       </x:c>
       <x:c r="D1064" s="3" t="n">
-        <x:v>1.3505</x:v>
+        <x:v>1.3767</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:8">
       <x:c r="A1065" s="2" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="B1065" s="3" t="n">
-        <x:v>1.3458</x:v>
+        <x:v>1.3757</x:v>
       </x:c>
       <x:c r="C1065" s="3" t="n">
-        <x:v>1.3458</x:v>
+        <x:v>1.3757</x:v>
       </x:c>
       <x:c r="D1065" s="3" t="n">
-        <x:v>1.3458</x:v>
+        <x:v>1.3757</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:8">
       <x:c r="A1066" s="2" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="B1066" s="3" t="n">
-        <x:v>1.3276</x:v>
+        <x:v>1.3758</x:v>
       </x:c>
       <x:c r="C1066" s="3" t="n">
-        <x:v>1.3276</x:v>
+        <x:v>1.3758</x:v>
       </x:c>
       <x:c r="D1066" s="3" t="n">
-        <x:v>1.3276</x:v>
+        <x:v>1.3758</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:8">
       <x:c r="A1067" s="2" t="s">
         <x:v>1071</x:v>
       </x:c>
       <x:c r="B1067" s="3" t="n">
-        <x:v>1.3395</x:v>
+        <x:v>1.3757</x:v>
       </x:c>
       <x:c r="C1067" s="3" t="n">
-        <x:v>1.3395</x:v>
+        <x:v>1.3757</x:v>
       </x:c>
       <x:c r="D1067" s="3" t="n">
-        <x:v>1.3395</x:v>
+        <x:v>1.3757</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:8">
       <x:c r="A1068" s="2" t="s">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="B1068" s="3" t="n">
-        <x:v>1.3615</x:v>
+        <x:v>1.3623</x:v>
       </x:c>
       <x:c r="C1068" s="3" t="n">
-        <x:v>1.3615</x:v>
+        <x:v>1.3623</x:v>
       </x:c>
       <x:c r="D1068" s="3" t="n">
-        <x:v>1.3615</x:v>
+        <x:v>1.3623</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:8">
       <x:c r="A1069" s="2" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="B1069" s="3" t="n">
-        <x:v>1.3432</x:v>
+        <x:v>1.3729</x:v>
       </x:c>
       <x:c r="C1069" s="3" t="n">
-        <x:v>1.3432</x:v>
+        <x:v>1.3729</x:v>
       </x:c>
       <x:c r="D1069" s="3" t="n">
-        <x:v>1.3432</x:v>
+        <x:v>1.3729</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:8">
       <x:c r="A1070" s="2" t="s">
         <x:v>1074</x:v>
       </x:c>
       <x:c r="B1070" s="3" t="n">
-        <x:v>1.3677</x:v>
+        <x:v>1.3814</x:v>
       </x:c>
       <x:c r="C1070" s="3" t="n">
-        <x:v>1.3677</x:v>
+        <x:v>1.3814</x:v>
       </x:c>
       <x:c r="D1070" s="3" t="n">
-        <x:v>1.3677</x:v>
+        <x:v>1.3814</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:8">
       <x:c r="A1071" s="2" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="B1071" s="3" t="n">
-        <x:v>1.3645</x:v>
+        <x:v>1.3955</x:v>
       </x:c>
       <x:c r="C1071" s="3" t="n">
-        <x:v>1.3645</x:v>
+        <x:v>1.3955</x:v>
       </x:c>
       <x:c r="D1071" s="3" t="n">
-        <x:v>1.3645</x:v>
+        <x:v>1.3955</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:8">
       <x:c r="A1072" s="2" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="B1072" s="3" t="n">
-        <x:v>1.3598</x:v>
+        <x:v>1.3793</x:v>
       </x:c>
       <x:c r="C1072" s="3" t="n">
-        <x:v>1.3598</x:v>
+        <x:v>1.3793</x:v>
       </x:c>
       <x:c r="D1072" s="3" t="n">
-        <x:v>1.3598</x:v>
+        <x:v>1.3793</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:8">
       <x:c r="A1073" s="2" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="B1073" s="3" t="n">
-        <x:v>1.3515</x:v>
+        <x:v>1.3904</x:v>
       </x:c>
       <x:c r="C1073" s="3" t="n">
-        <x:v>1.3515</x:v>
+        <x:v>1.3904</x:v>
       </x:c>
       <x:c r="D1073" s="3" t="n">
-        <x:v>1.3515</x:v>
+        <x:v>1.3904</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:8">
       <x:c r="A1074" s="2" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="B1074" s="3" t="n">
-        <x:v>1.3574</x:v>
+        <x:v>1.3883</x:v>
       </x:c>
       <x:c r="C1074" s="3" t="n">
-        <x:v>1.3574</x:v>
+        <x:v>1.3883</x:v>
       </x:c>
       <x:c r="D1074" s="3" t="n">
-        <x:v>1.3574</x:v>
+        <x:v>1.3883</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:8">
       <x:c r="A1075" s="2" t="s">
         <x:v>1079</x:v>
       </x:c>
       <x:c r="B1075" s="3" t="n">
-        <x:v>1.3659</x:v>
+        <x:v>1.3734</x:v>
       </x:c>
       <x:c r="C1075" s="3" t="n">
-        <x:v>1.3659</x:v>
+        <x:v>1.3734</x:v>
       </x:c>
       <x:c r="D1075" s="3" t="n">
-        <x:v>1.3659</x:v>
+        <x:v>1.3734</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:8">
       <x:c r="A1076" s="2" t="s">
         <x:v>1080</x:v>
       </x:c>
       <x:c r="B1076" s="3" t="n">
-        <x:v>1.3641</x:v>
+        <x:v>1.373</x:v>
       </x:c>
       <x:c r="C1076" s="3" t="n">
-        <x:v>1.3641</x:v>
+        <x:v>1.373</x:v>
       </x:c>
       <x:c r="D1076" s="3" t="n">
-        <x:v>1.3641</x:v>
+        <x:v>1.373</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:8">
       <x:c r="A1077" s="2" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="B1077" s="3" t="n">
-        <x:v>1.3586</x:v>
+        <x:v>1.3794</x:v>
       </x:c>
       <x:c r="C1077" s="3" t="n">
-        <x:v>1.3586</x:v>
+        <x:v>1.3794</x:v>
       </x:c>
       <x:c r="D1077" s="3" t="n">
-        <x:v>1.3586</x:v>
+        <x:v>1.3794</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:8">
       <x:c r="A1078" s="2" t="s">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="B1078" s="3" t="n">
-        <x:v>1.3497</x:v>
+        <x:v>1.3652</x:v>
       </x:c>
       <x:c r="C1078" s="3" t="n">
-        <x:v>1.3497</x:v>
+        <x:v>1.3652</x:v>
       </x:c>
       <x:c r="D1078" s="3" t="n">
-        <x:v>1.3497</x:v>
+        <x:v>1.3652</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:8">
       <x:c r="A1079" s="2" t="s">
         <x:v>1083</x:v>
       </x:c>
       <x:c r="B1079" s="3" t="n">
-        <x:v>1.3592</x:v>
+        <x:v>1.3505</x:v>
       </x:c>
       <x:c r="C1079" s="3" t="n">
-        <x:v>1.3592</x:v>
+        <x:v>1.3505</x:v>
       </x:c>
       <x:c r="D1079" s="3" t="n">
-        <x:v>1.3592</x:v>
+        <x:v>1.3505</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:8">
       <x:c r="A1080" s="2" t="s">
         <x:v>1084</x:v>
       </x:c>
       <x:c r="B1080" s="3" t="n">
-        <x:v>1.354</x:v>
+        <x:v>1.3458</x:v>
       </x:c>
       <x:c r="C1080" s="3" t="n">
-        <x:v>1.354</x:v>
+        <x:v>1.3458</x:v>
       </x:c>
       <x:c r="D1080" s="3" t="n">
-        <x:v>1.354</x:v>
+        <x:v>1.3458</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:8">
       <x:c r="A1081" s="2" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="B1081" s="3" t="n">
-        <x:v>1.3472</x:v>
+        <x:v>1.3276</x:v>
       </x:c>
       <x:c r="C1081" s="3" t="n">
-        <x:v>1.3472</x:v>
+        <x:v>1.3276</x:v>
       </x:c>
       <x:c r="D1081" s="3" t="n">
-        <x:v>1.3472</x:v>
+        <x:v>1.3276</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:8">
       <x:c r="A1082" s="2" t="s">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="B1082" s="3" t="n">
-        <x:v>1.351</x:v>
+        <x:v>1.3395</x:v>
       </x:c>
       <x:c r="C1082" s="3" t="n">
-        <x:v>1.351</x:v>
+        <x:v>1.3395</x:v>
       </x:c>
       <x:c r="D1082" s="3" t="n">
-        <x:v>1.351</x:v>
+        <x:v>1.3395</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:8">
       <x:c r="A1083" s="2" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B1083" s="3" t="n">
-        <x:v>1.3425</x:v>
+        <x:v>1.3615</x:v>
       </x:c>
       <x:c r="C1083" s="3" t="n">
-        <x:v>1.3425</x:v>
+        <x:v>1.3615</x:v>
       </x:c>
       <x:c r="D1083" s="3" t="n">
-        <x:v>1.3425</x:v>
+        <x:v>1.3615</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:8">
       <x:c r="A1084" s="2" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="B1084" s="3" t="n">
-        <x:v>1.3427</x:v>
+        <x:v>1.3432</x:v>
       </x:c>
       <x:c r="C1084" s="3" t="n">
-        <x:v>1.3427</x:v>
+        <x:v>1.3432</x:v>
       </x:c>
       <x:c r="D1084" s="3" t="n">
-        <x:v>1.3427</x:v>
+        <x:v>1.3432</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:8">
       <x:c r="A1085" s="2" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="B1085" s="3" t="n">
-        <x:v>1.3398</x:v>
+        <x:v>1.3677</x:v>
       </x:c>
       <x:c r="C1085" s="3" t="n">
-        <x:v>1.3398</x:v>
+        <x:v>1.3677</x:v>
       </x:c>
       <x:c r="D1085" s="3" t="n">
-        <x:v>1.3398</x:v>
+        <x:v>1.3677</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:8">
       <x:c r="A1086" s="2" t="s">
         <x:v>1090</x:v>
       </x:c>
       <x:c r="B1086" s="3" t="n">
-        <x:v>1.3321</x:v>
+        <x:v>1.3645</x:v>
       </x:c>
       <x:c r="C1086" s="3" t="n">
-        <x:v>1.3321</x:v>
+        <x:v>1.3645</x:v>
       </x:c>
       <x:c r="D1086" s="3" t="n">
-        <x:v>1.3321</x:v>
+        <x:v>1.3645</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:8">
       <x:c r="A1087" s="2" t="s">
         <x:v>1091</x:v>
       </x:c>
       <x:c r="B1087" s="3" t="n">
-        <x:v>1.3244</x:v>
+        <x:v>1.3598</x:v>
       </x:c>
       <x:c r="C1087" s="3" t="n">
-        <x:v>1.3244</x:v>
+        <x:v>1.3598</x:v>
       </x:c>
       <x:c r="D1087" s="3" t="n">
-        <x:v>1.3244</x:v>
+        <x:v>1.3598</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:8">
       <x:c r="A1088" s="2" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="B1088" s="3" t="n">
-        <x:v>1.3013</x:v>
+        <x:v>1.3515</x:v>
       </x:c>
       <x:c r="C1088" s="3" t="n">
-        <x:v>1.3013</x:v>
+        <x:v>1.3515</x:v>
       </x:c>
       <x:c r="D1088" s="3" t="n">
-        <x:v>1.3013</x:v>
+        <x:v>1.3515</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:8">
       <x:c r="A1089" s="2" t="s">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="B1089" s="3" t="n">
-        <x:v>1.3063</x:v>
+        <x:v>1.3574</x:v>
       </x:c>
       <x:c r="C1089" s="3" t="n">
-        <x:v>1.3063</x:v>
+        <x:v>1.3574</x:v>
       </x:c>
       <x:c r="D1089" s="3" t="n">
-        <x:v>1.3063</x:v>
+        <x:v>1.3574</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:8">
       <x:c r="A1090" s="2" t="s">
         <x:v>1094</x:v>
       </x:c>
       <x:c r="B1090" s="3" t="n">
-        <x:v>1.2966</x:v>
+        <x:v>1.3659</x:v>
       </x:c>
       <x:c r="C1090" s="3" t="n">
-        <x:v>1.2966</x:v>
+        <x:v>1.3659</x:v>
       </x:c>
       <x:c r="D1090" s="3" t="n">
-        <x:v>1.2966</x:v>
+        <x:v>1.3659</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:8">
       <x:c r="A1091" s="2" t="s">
         <x:v>1095</x:v>
       </x:c>
       <x:c r="B1091" s="3" t="n">
-        <x:v>1.2937</x:v>
+        <x:v>1.3641</x:v>
       </x:c>
       <x:c r="C1091" s="3" t="n">
-        <x:v>1.2937</x:v>
+        <x:v>1.3641</x:v>
       </x:c>
       <x:c r="D1091" s="3" t="n">
-        <x:v>1.2937</x:v>
+        <x:v>1.3641</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:8">
       <x:c r="A1092" s="2" t="s">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="B1092" s="3" t="n">
-        <x:v>1.2968</x:v>
+        <x:v>1.3586</x:v>
       </x:c>
       <x:c r="C1092" s="3" t="n">
-        <x:v>1.2968</x:v>
+        <x:v>1.3586</x:v>
       </x:c>
       <x:c r="D1092" s="3" t="n">
-        <x:v>1.2968</x:v>
+        <x:v>1.3586</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:8">
       <x:c r="A1093" s="2" t="s">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="B1093" s="3" t="n">
-        <x:v>1.2962</x:v>
+        <x:v>1.3497</x:v>
       </x:c>
       <x:c r="C1093" s="3" t="n">
-        <x:v>1.2962</x:v>
+        <x:v>1.3497</x:v>
       </x:c>
       <x:c r="D1093" s="3" t="n">
-        <x:v>1.2962</x:v>
+        <x:v>1.3497</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:8">
       <x:c r="A1094" s="2" t="s">
         <x:v>1098</x:v>
       </x:c>
       <x:c r="B1094" s="3" t="n">
-        <x:v>1.2983</x:v>
+        <x:v>1.3592</x:v>
       </x:c>
       <x:c r="C1094" s="3" t="n">
-        <x:v>1.2983</x:v>
+        <x:v>1.3592</x:v>
       </x:c>
       <x:c r="D1094" s="3" t="n">
-        <x:v>1.2983</x:v>
+        <x:v>1.3592</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:8">
       <x:c r="A1095" s="2" t="s">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="B1095" s="3" t="n">
-        <x:v>1.295</x:v>
+        <x:v>1.354</x:v>
       </x:c>
       <x:c r="C1095" s="3" t="n">
-        <x:v>1.295</x:v>
+        <x:v>1.354</x:v>
       </x:c>
       <x:c r="D1095" s="3" t="n">
-        <x:v>1.295</x:v>
+        <x:v>1.354</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:8">
       <x:c r="A1096" s="2" t="s">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="B1096" s="3" t="n">
-        <x:v>1.2912</x:v>
+        <x:v>1.3472</x:v>
       </x:c>
       <x:c r="C1096" s="3" t="n">
-        <x:v>1.2912</x:v>
+        <x:v>1.3472</x:v>
       </x:c>
       <x:c r="D1096" s="3" t="n">
-        <x:v>1.2912</x:v>
+        <x:v>1.3472</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:8">
       <x:c r="A1097" s="2" t="s">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="B1097" s="3" t="n">
-        <x:v>1.2918</x:v>
+        <x:v>1.351</x:v>
       </x:c>
       <x:c r="C1097" s="3" t="n">
-        <x:v>1.2918</x:v>
+        <x:v>1.351</x:v>
       </x:c>
       <x:c r="D1097" s="3" t="n">
-        <x:v>1.2918</x:v>
+        <x:v>1.351</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:8">
       <x:c r="A1098" s="2" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="B1098" s="3" t="n">
-        <x:v>1.2936</x:v>
+        <x:v>1.3425</x:v>
       </x:c>
       <x:c r="C1098" s="3" t="n">
-        <x:v>1.2936</x:v>
+        <x:v>1.3425</x:v>
       </x:c>
       <x:c r="D1098" s="3" t="n">
-        <x:v>1.2936</x:v>
+        <x:v>1.3425</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:8">
       <x:c r="A1099" s="2" t="s">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="B1099" s="3" t="n">
-        <x:v>1.2917</x:v>
+        <x:v>1.3427</x:v>
       </x:c>
       <x:c r="C1099" s="3" t="n">
-        <x:v>1.2917</x:v>
+        <x:v>1.3427</x:v>
       </x:c>
       <x:c r="D1099" s="3" t="n">
-        <x:v>1.2917</x:v>
+        <x:v>1.3427</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:8">
       <x:c r="A1100" s="2" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="B1100" s="3" t="n">
-        <x:v>1.2811</x:v>
+        <x:v>1.3398</x:v>
       </x:c>
       <x:c r="C1100" s="3" t="n">
-        <x:v>1.2811</x:v>
+        <x:v>1.3398</x:v>
       </x:c>
       <x:c r="D1100" s="3" t="n">
-        <x:v>1.2811</x:v>
+        <x:v>1.3398</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:8">
       <x:c r="A1101" s="2" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="B1101" s="3" t="n">
-        <x:v>1.2721</x:v>
+        <x:v>1.3321</x:v>
       </x:c>
       <x:c r="C1101" s="3" t="n">
-        <x:v>1.2721</x:v>
+        <x:v>1.3321</x:v>
       </x:c>
       <x:c r="D1101" s="3" t="n">
-        <x:v>1.2721</x:v>
+        <x:v>1.3321</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:8">
       <x:c r="A1102" s="2" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="B1102" s="3" t="n">
-        <x:v>1.2705</x:v>
+        <x:v>1.3244</x:v>
       </x:c>
       <x:c r="C1102" s="3" t="n">
-        <x:v>1.2705</x:v>
+        <x:v>1.3244</x:v>
       </x:c>
       <x:c r="D1102" s="3" t="n">
-        <x:v>1.2705</x:v>
+        <x:v>1.3244</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:8">
       <x:c r="A1103" s="2" t="s">
         <x:v>1107</x:v>
       </x:c>
       <x:c r="B1103" s="3" t="n">
-        <x:v>1.2766</x:v>
+        <x:v>1.3013</x:v>
       </x:c>
       <x:c r="C1103" s="3" t="n">
-        <x:v>1.2766</x:v>
+        <x:v>1.3013</x:v>
       </x:c>
       <x:c r="D1103" s="3" t="n">
-        <x:v>1.2766</x:v>
+        <x:v>1.3013</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:8">
       <x:c r="A1104" s="2" t="s">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="B1104" s="3" t="n">
-        <x:v>1.2921</x:v>
+        <x:v>1.3063</x:v>
       </x:c>
       <x:c r="C1104" s="3" t="n">
-        <x:v>1.2921</x:v>
+        <x:v>1.3063</x:v>
       </x:c>
       <x:c r="D1104" s="3" t="n">
-        <x:v>1.2921</x:v>
+        <x:v>1.3063</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:8">
       <x:c r="A1105" s="2" t="s">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="B1105" s="3" t="n">
-        <x:v>1.2914</x:v>
+        <x:v>1.2966</x:v>
       </x:c>
       <x:c r="C1105" s="3" t="n">
-        <x:v>1.2914</x:v>
+        <x:v>1.2966</x:v>
       </x:c>
       <x:c r="D1105" s="3" t="n">
-        <x:v>1.2914</x:v>
+        <x:v>1.2966</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:8">
       <x:c r="A1106" s="2" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="B1106" s="3" t="n">
-        <x:v>1.2874</x:v>
+        <x:v>1.2937</x:v>
       </x:c>
       <x:c r="C1106" s="3" t="n">
-        <x:v>1.2874</x:v>
+        <x:v>1.2937</x:v>
       </x:c>
       <x:c r="D1106" s="3" t="n">
-        <x:v>1.2874</x:v>
+        <x:v>1.2937</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:8">
       <x:c r="A1107" s="2" t="s">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="B1107" s="3" t="n">
-        <x:v>1.2825</x:v>
+        <x:v>1.2968</x:v>
       </x:c>
       <x:c r="C1107" s="3" t="n">
-        <x:v>1.2825</x:v>
+        <x:v>1.2968</x:v>
       </x:c>
       <x:c r="D1107" s="3" t="n">
-        <x:v>1.2825</x:v>
+        <x:v>1.2968</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:8">
       <x:c r="A1108" s="2" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="B1108" s="3" t="n">
-        <x:v>1.292</x:v>
+        <x:v>1.2962</x:v>
       </x:c>
       <x:c r="C1108" s="3" t="n">
-        <x:v>1.292</x:v>
+        <x:v>1.2962</x:v>
       </x:c>
       <x:c r="D1108" s="3" t="n">
-        <x:v>1.292</x:v>
+        <x:v>1.2962</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:8">
       <x:c r="A1109" s="2" t="s">
         <x:v>1113</x:v>
       </x:c>
       <x:c r="B1109" s="3" t="n">
-        <x:v>1.2824</x:v>
+        <x:v>1.2983</x:v>
       </x:c>
       <x:c r="C1109" s="3" t="n">
-        <x:v>1.2824</x:v>
+        <x:v>1.2983</x:v>
       </x:c>
       <x:c r="D1109" s="3" t="n">
-        <x:v>1.2824</x:v>
+        <x:v>1.2983</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:8">
       <x:c r="A1110" s="2" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="B1110" s="3" t="n">
-        <x:v>1.305</x:v>
+        <x:v>1.295</x:v>
       </x:c>
       <x:c r="C1110" s="3" t="n">
-        <x:v>1.305</x:v>
+        <x:v>1.295</x:v>
       </x:c>
       <x:c r="D1110" s="3" t="n">
-        <x:v>1.305</x:v>
+        <x:v>1.295</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:8">
       <x:c r="A1111" s="2" t="s">
         <x:v>1115</x:v>
       </x:c>
       <x:c r="B1111" s="3" t="n">
-        <x:v>1.2934</x:v>
+        <x:v>1.2912</x:v>
       </x:c>
       <x:c r="C1111" s="3" t="n">
-        <x:v>1.2934</x:v>
+        <x:v>1.2912</x:v>
       </x:c>
       <x:c r="D1111" s="3" t="n">
-        <x:v>1.2934</x:v>
+        <x:v>1.2912</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:8">
       <x:c r="A1112" s="2" t="s">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="B1112" s="3" t="n">
-        <x:v>1.3152</x:v>
+        <x:v>1.2918</x:v>
       </x:c>
       <x:c r="C1112" s="3" t="n">
-        <x:v>1.3152</x:v>
+        <x:v>1.2918</x:v>
       </x:c>
       <x:c r="D1112" s="3" t="n">
-        <x:v>1.3152</x:v>
+        <x:v>1.2918</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:8">
       <x:c r="A1113" s="2" t="s">
         <x:v>1117</x:v>
       </x:c>
       <x:c r="B1113" s="3" t="n">
-        <x:v>1.325</x:v>
+        <x:v>1.2936</x:v>
       </x:c>
       <x:c r="C1113" s="3" t="n">
-        <x:v>1.325</x:v>
+        <x:v>1.2936</x:v>
       </x:c>
       <x:c r="D1113" s="3" t="n">
-        <x:v>1.325</x:v>
+        <x:v>1.2936</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:8">
       <x:c r="A1114" s="2" t="s">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="B1114" s="3" t="n">
-        <x:v>1.3139</x:v>
+        <x:v>1.2917</x:v>
       </x:c>
       <x:c r="C1114" s="3" t="n">
-        <x:v>1.3139</x:v>
+        <x:v>1.2917</x:v>
       </x:c>
       <x:c r="D1114" s="3" t="n">
-        <x:v>1.3139</x:v>
+        <x:v>1.2917</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:8">
       <x:c r="A1115" s="2" t="s">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="B1115" s="3" t="n">
-        <x:v>1.3077</x:v>
+        <x:v>1.2811</x:v>
       </x:c>
       <x:c r="C1115" s="3" t="n">
-        <x:v>1.3077</x:v>
+        <x:v>1.2811</x:v>
       </x:c>
       <x:c r="D1115" s="3" t="n">
-        <x:v>1.3077</x:v>
+        <x:v>1.2811</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:8">
       <x:c r="A1116" s="2" t="s">
         <x:v>1120</x:v>
       </x:c>
       <x:c r="B1116" s="3" t="n">
-        <x:v>1.3057</x:v>
+        <x:v>1.2721</x:v>
       </x:c>
       <x:c r="C1116" s="3" t="n">
-        <x:v>1.3057</x:v>
+        <x:v>1.2721</x:v>
       </x:c>
       <x:c r="D1116" s="3" t="n">
-        <x:v>1.3057</x:v>
+        <x:v>1.2721</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:8">
       <x:c r="A1117" s="2" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="B1117" s="3" t="n">
-        <x:v>1.2976</x:v>
+        <x:v>1.2705</x:v>
       </x:c>
       <x:c r="C1117" s="3" t="n">
-        <x:v>1.2976</x:v>
+        <x:v>1.2705</x:v>
       </x:c>
       <x:c r="D1117" s="3" t="n">
-        <x:v>1.2976</x:v>
+        <x:v>1.2705</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:8">
       <x:c r="A1118" s="2" t="s">
         <x:v>1122</x:v>
       </x:c>
       <x:c r="B1118" s="3" t="n">
-        <x:v>1.3105</x:v>
+        <x:v>1.2766</x:v>
       </x:c>
       <x:c r="C1118" s="3" t="n">
-        <x:v>1.3105</x:v>
+        <x:v>1.2766</x:v>
       </x:c>
       <x:c r="D1118" s="3" t="n">
-        <x:v>1.3105</x:v>
+        <x:v>1.2766</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:8">
       <x:c r="A1119" s="2" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="B1119" s="3" t="n">
-        <x:v>1.3209</x:v>
+        <x:v>1.2921</x:v>
       </x:c>
       <x:c r="C1119" s="3" t="n">
-        <x:v>1.3209</x:v>
+        <x:v>1.2921</x:v>
       </x:c>
       <x:c r="D1119" s="3" t="n">
-        <x:v>1.3209</x:v>
+        <x:v>1.2921</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:8">
       <x:c r="A1120" s="2" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="B1120" s="3" t="n">
-        <x:v>1.3138</x:v>
+        <x:v>1.2914</x:v>
       </x:c>
       <x:c r="C1120" s="3" t="n">
-        <x:v>1.3138</x:v>
+        <x:v>1.2914</x:v>
       </x:c>
       <x:c r="D1120" s="3" t="n">
-        <x:v>1.3138</x:v>
+        <x:v>1.2914</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:8">
       <x:c r="A1121" s="2" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="B1121" s="3" t="n">
-        <x:v>1.3042</x:v>
+        <x:v>1.2874</x:v>
       </x:c>
       <x:c r="C1121" s="3" t="n">
-        <x:v>1.3042</x:v>
+        <x:v>1.2874</x:v>
       </x:c>
       <x:c r="D1121" s="3" t="n">
-        <x:v>1.3042</x:v>
+        <x:v>1.2874</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:8">
       <x:c r="A1122" s="2" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="B1122" s="3" t="n">
-        <x:v>1.3014</x:v>
+        <x:v>1.2825</x:v>
       </x:c>
       <x:c r="C1122" s="3" t="n">
-        <x:v>1.3014</x:v>
+        <x:v>1.2825</x:v>
       </x:c>
       <x:c r="D1122" s="3" t="n">
-        <x:v>1.3014</x:v>
+        <x:v>1.2825</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:8">
       <x:c r="A1123" s="2" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="B1123" s="3" t="n">
-        <x:v>1.2945</x:v>
+        <x:v>1.292</x:v>
       </x:c>
       <x:c r="C1123" s="3" t="n">
-        <x:v>1.2945</x:v>
+        <x:v>1.292</x:v>
       </x:c>
       <x:c r="D1123" s="3" t="n">
-        <x:v>1.2945</x:v>
+        <x:v>1.292</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:8">
       <x:c r="A1124" s="2" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="B1124" s="3" t="n">
-        <x:v>1.3032</x:v>
+        <x:v>1.2824</x:v>
       </x:c>
       <x:c r="C1124" s="3" t="n">
-        <x:v>1.3032</x:v>
+        <x:v>1.2824</x:v>
       </x:c>
       <x:c r="D1124" s="3" t="n">
-        <x:v>1.3032</x:v>
+        <x:v>1.2824</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:8">
       <x:c r="A1125" s="2" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="B1125" s="3" t="n">
-        <x:v>1.3099</x:v>
+        <x:v>1.305</x:v>
       </x:c>
       <x:c r="C1125" s="3" t="n">
-        <x:v>1.3099</x:v>
+        <x:v>1.305</x:v>
       </x:c>
       <x:c r="D1125" s="3" t="n">
-        <x:v>1.3099</x:v>
+        <x:v>1.305</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:8">
       <x:c r="A1126" s="2" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="B1126" s="3" t="n">
-        <x:v>1.3107</x:v>
+        <x:v>1.2934</x:v>
       </x:c>
       <x:c r="C1126" s="3" t="n">
-        <x:v>1.3107</x:v>
+        <x:v>1.2934</x:v>
       </x:c>
       <x:c r="D1126" s="3" t="n">
-        <x:v>1.3107</x:v>
+        <x:v>1.2934</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:8">
       <x:c r="A1127" s="2" t="s">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="B1127" s="3" t="n">
-        <x:v>1.3089</x:v>
+        <x:v>1.3152</x:v>
       </x:c>
       <x:c r="C1127" s="3" t="n">
-        <x:v>1.3089</x:v>
+        <x:v>1.3152</x:v>
       </x:c>
       <x:c r="D1127" s="3" t="n">
-        <x:v>1.3089</x:v>
+        <x:v>1.3152</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:8">
       <x:c r="A1128" s="2" t="s">
         <x:v>1132</x:v>
       </x:c>
       <x:c r="B1128" s="3" t="n">
-        <x:v>1.3065</x:v>
+        <x:v>1.325</x:v>
       </x:c>
       <x:c r="C1128" s="3" t="n">
-        <x:v>1.3065</x:v>
+        <x:v>1.325</x:v>
       </x:c>
       <x:c r="D1128" s="3" t="n">
-        <x:v>1.3065</x:v>
+        <x:v>1.325</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:8">
       <x:c r="A1129" s="2" t="s">
         <x:v>1133</x:v>
       </x:c>
       <x:c r="B1129" s="3" t="n">
-        <x:v>1.313</x:v>
+        <x:v>1.3139</x:v>
       </x:c>
       <x:c r="C1129" s="3" t="n">
-        <x:v>1.313</x:v>
+        <x:v>1.3139</x:v>
       </x:c>
       <x:c r="D1129" s="3" t="n">
-        <x:v>1.313</x:v>
+        <x:v>1.3139</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:8">
       <x:c r="A1130" s="2" t="s">
         <x:v>1134</x:v>
       </x:c>
       <x:c r="B1130" s="3" t="n">
-        <x:v>1.3169</x:v>
+        <x:v>1.3077</x:v>
       </x:c>
       <x:c r="C1130" s="3" t="n">
-        <x:v>1.3169</x:v>
+        <x:v>1.3077</x:v>
       </x:c>
       <x:c r="D1130" s="3" t="n">
-        <x:v>1.3169</x:v>
+        <x:v>1.3077</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:8">
       <x:c r="A1131" s="2" t="s">
         <x:v>1135</x:v>
       </x:c>
       <x:c r="B1131" s="3" t="n">
-        <x:v>1.328</x:v>
+        <x:v>1.3057</x:v>
       </x:c>
       <x:c r="C1131" s="3" t="n">
-        <x:v>1.328</x:v>
+        <x:v>1.3057</x:v>
       </x:c>
       <x:c r="D1131" s="3" t="n">
-        <x:v>1.328</x:v>
+        <x:v>1.3057</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:8">
       <x:c r="A1132" s="2" t="s">
         <x:v>1136</x:v>
       </x:c>
       <x:c r="B1132" s="3" t="n">
-        <x:v>1.3334</x:v>
+        <x:v>1.2976</x:v>
       </x:c>
       <x:c r="C1132" s="3" t="n">
-        <x:v>1.3334</x:v>
+        <x:v>1.2976</x:v>
       </x:c>
       <x:c r="D1132" s="3" t="n">
-        <x:v>1.3334</x:v>
+        <x:v>1.2976</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:8">
       <x:c r="A1133" s="2" t="s">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="B1133" s="3" t="n">
-        <x:v>1.3319</x:v>
+        <x:v>1.3105</x:v>
       </x:c>
       <x:c r="C1133" s="3" t="n">
-        <x:v>1.3319</x:v>
+        <x:v>1.3105</x:v>
       </x:c>
       <x:c r="D1133" s="3" t="n">
-        <x:v>1.3319</x:v>
+        <x:v>1.3105</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:8">
       <x:c r="A1134" s="2" t="s">
         <x:v>1138</x:v>
       </x:c>
       <x:c r="B1134" s="3" t="n">
-        <x:v>1.3316</x:v>
+        <x:v>1.3209</x:v>
       </x:c>
       <x:c r="C1134" s="3" t="n">
-        <x:v>1.3316</x:v>
+        <x:v>1.3209</x:v>
       </x:c>
       <x:c r="D1134" s="3" t="n">
-        <x:v>1.3316</x:v>
+        <x:v>1.3209</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:8">
       <x:c r="A1135" s="2" t="s">
         <x:v>1139</x:v>
       </x:c>
       <x:c r="B1135" s="3" t="n">
-        <x:v>1.3335</x:v>
+        <x:v>1.3138</x:v>
       </x:c>
       <x:c r="C1135" s="3" t="n">
-        <x:v>1.3335</x:v>
+        <x:v>1.3138</x:v>
       </x:c>
       <x:c r="D1135" s="3" t="n">
-        <x:v>1.3335</x:v>
+        <x:v>1.3138</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:8">
       <x:c r="A1136" s="2" t="s">
         <x:v>1140</x:v>
       </x:c>
       <x:c r="B1136" s="3" t="n">
-        <x:v>1.3289</x:v>
+        <x:v>1.3042</x:v>
       </x:c>
       <x:c r="C1136" s="3" t="n">
-        <x:v>1.3289</x:v>
+        <x:v>1.3042</x:v>
       </x:c>
       <x:c r="D1136" s="3" t="n">
-        <x:v>1.3289</x:v>
+        <x:v>1.3042</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:8">
       <x:c r="A1137" s="2" t="s">
         <x:v>1141</x:v>
       </x:c>
       <x:c r="B1137" s="3" t="n">
-        <x:v>1.3398</x:v>
+        <x:v>1.3014</x:v>
       </x:c>
       <x:c r="C1137" s="3" t="n">
-        <x:v>1.3398</x:v>
+        <x:v>1.3014</x:v>
       </x:c>
       <x:c r="D1137" s="3" t="n">
-        <x:v>1.3398</x:v>
+        <x:v>1.3014</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:8">
       <x:c r="A1138" s="2" t="s">
         <x:v>1142</x:v>
       </x:c>
       <x:c r="B1138" s="3" t="n">
-        <x:v>1.3465</x:v>
+        <x:v>1.2945</x:v>
       </x:c>
       <x:c r="C1138" s="3" t="n">
-        <x:v>1.3465</x:v>
+        <x:v>1.2945</x:v>
       </x:c>
       <x:c r="D1138" s="3" t="n">
-        <x:v>1.3465</x:v>
+        <x:v>1.2945</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:8">
       <x:c r="A1139" s="2" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="B1139" s="3" t="n">
-        <x:v>1.3347</x:v>
+        <x:v>1.3032</x:v>
       </x:c>
       <x:c r="C1139" s="3" t="n">
-        <x:v>1.3347</x:v>
+        <x:v>1.3032</x:v>
       </x:c>
       <x:c r="D1139" s="3" t="n">
-        <x:v>1.3347</x:v>
+        <x:v>1.3032</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:8">
       <x:c r="A1140" s="2" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="B1140" s="3" t="n">
-        <x:v>1.3165</x:v>
+        <x:v>1.3099</x:v>
       </x:c>
       <x:c r="C1140" s="3" t="n">
-        <x:v>1.3165</x:v>
+        <x:v>1.3099</x:v>
       </x:c>
       <x:c r="D1140" s="3" t="n">
-        <x:v>1.3165</x:v>
+        <x:v>1.3099</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:8">
       <x:c r="A1141" s="2" t="s">
         <x:v>1145</x:v>
       </x:c>
       <x:c r="B1141" s="3" t="n">
-        <x:v>1.3255</x:v>
+        <x:v>1.3107</x:v>
       </x:c>
       <x:c r="C1141" s="3" t="n">
-        <x:v>1.3255</x:v>
+        <x:v>1.3107</x:v>
       </x:c>
       <x:c r="D1141" s="3" t="n">
-        <x:v>1.3255</x:v>
+        <x:v>1.3107</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:8">
       <x:c r="A1142" s="2" t="s">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="B1142" s="3" t="n">
-        <x:v>1.3177</x:v>
+        <x:v>1.3089</x:v>
       </x:c>
       <x:c r="C1142" s="3" t="n">
-        <x:v>1.3177</x:v>
+        <x:v>1.3089</x:v>
       </x:c>
       <x:c r="D1142" s="3" t="n">
-        <x:v>1.3177</x:v>
+        <x:v>1.3089</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:8">
       <x:c r="A1143" s="2" t="s">
         <x:v>1147</x:v>
       </x:c>
       <x:c r="B1143" s="3" t="n">
-        <x:v>1.3055</x:v>
+        <x:v>1.3065</x:v>
       </x:c>
       <x:c r="C1143" s="3" t="n">
-        <x:v>1.3055</x:v>
+        <x:v>1.3065</x:v>
       </x:c>
       <x:c r="D1143" s="3" t="n">
-        <x:v>1.3055</x:v>
+        <x:v>1.3065</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:8">
       <x:c r="A1144" s="2" t="s">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="B1144" s="3" t="n">
-        <x:v>1.3083</x:v>
+        <x:v>1.313</x:v>
       </x:c>
       <x:c r="C1144" s="3" t="n">
-        <x:v>1.3083</x:v>
+        <x:v>1.313</x:v>
       </x:c>
       <x:c r="D1144" s="3" t="n">
-        <x:v>1.3083</x:v>
+        <x:v>1.313</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:8">
       <x:c r="A1145" s="2" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="B1145" s="3" t="n">
-        <x:v>1.3002</x:v>
+        <x:v>1.3169</x:v>
       </x:c>
       <x:c r="C1145" s="3" t="n">
-        <x:v>1.3002</x:v>
+        <x:v>1.3169</x:v>
       </x:c>
       <x:c r="D1145" s="3" t="n">
-        <x:v>1.3002</x:v>
+        <x:v>1.3169</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:8">
       <x:c r="A1146" s="2" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="B1146" s="3" t="n">
-        <x:v>1.3053</x:v>
+        <x:v>1.328</x:v>
       </x:c>
       <x:c r="C1146" s="3" t="n">
-        <x:v>1.3053</x:v>
+        <x:v>1.328</x:v>
       </x:c>
       <x:c r="D1146" s="3" t="n">
-        <x:v>1.3053</x:v>
+        <x:v>1.328</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:8">
       <x:c r="A1147" s="2" t="s">
         <x:v>1151</x:v>
       </x:c>
       <x:c r="B1147" s="3" t="n">
-        <x:v>1.3091</x:v>
+        <x:v>1.3334</x:v>
       </x:c>
       <x:c r="C1147" s="3" t="n">
-        <x:v>1.3091</x:v>
+        <x:v>1.3334</x:v>
       </x:c>
       <x:c r="D1147" s="3" t="n">
-        <x:v>1.3091</x:v>
+        <x:v>1.3334</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:8">
       <x:c r="A1148" s="2" t="s">
         <x:v>1152</x:v>
       </x:c>
       <x:c r="B1148" s="3" t="n">
-        <x:v>1.3084</x:v>
+        <x:v>1.3319</x:v>
       </x:c>
       <x:c r="C1148" s="3" t="n">
-        <x:v>1.3084</x:v>
+        <x:v>1.3319</x:v>
       </x:c>
       <x:c r="D1148" s="3" t="n">
-        <x:v>1.3084</x:v>
+        <x:v>1.3319</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:8">
       <x:c r="A1149" s="2" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="B1149" s="3" t="n">
-        <x:v>1.2956</x:v>
+        <x:v>1.3316</x:v>
       </x:c>
       <x:c r="C1149" s="3" t="n">
-        <x:v>1.2956</x:v>
+        <x:v>1.3316</x:v>
       </x:c>
       <x:c r="D1149" s="3" t="n">
-        <x:v>1.2956</x:v>
+        <x:v>1.3316</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:8">
       <x:c r="A1150" s="2" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="B1150" s="3" t="n">
-        <x:v>1.297</x:v>
+        <x:v>1.3335</x:v>
       </x:c>
       <x:c r="C1150" s="3" t="n">
-        <x:v>1.297</x:v>
+        <x:v>1.3335</x:v>
       </x:c>
       <x:c r="D1150" s="3" t="n">
-        <x:v>1.297</x:v>
+        <x:v>1.3335</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:8">
       <x:c r="A1151" s="2" t="s">
         <x:v>1155</x:v>
       </x:c>
       <x:c r="B1151" s="3" t="n">
-        <x:v>1.3017</x:v>
+        <x:v>1.3289</x:v>
       </x:c>
       <x:c r="C1151" s="3" t="n">
-        <x:v>1.3017</x:v>
+        <x:v>1.3289</x:v>
       </x:c>
       <x:c r="D1151" s="3" t="n">
-        <x:v>1.3017</x:v>
+        <x:v>1.3289</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:8">
       <x:c r="A1152" s="2" t="s">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="B1152" s="3" t="n">
-        <x:v>1.2979</x:v>
+        <x:v>1.3398</x:v>
       </x:c>
       <x:c r="C1152" s="3" t="n">
-        <x:v>1.2979</x:v>
+        <x:v>1.3398</x:v>
       </x:c>
       <x:c r="D1152" s="3" t="n">
-        <x:v>1.2979</x:v>
+        <x:v>1.3398</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:8">
       <x:c r="A1153" s="2" t="s">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="B1153" s="3" t="n">
-        <x:v>1.2915</x:v>
+        <x:v>1.3465</x:v>
       </x:c>
       <x:c r="C1153" s="3" t="n">
-        <x:v>1.2915</x:v>
+        <x:v>1.3465</x:v>
       </x:c>
       <x:c r="D1153" s="3" t="n">
-        <x:v>1.2915</x:v>
+        <x:v>1.3465</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:8">
       <x:c r="A1154" s="2" t="s">
         <x:v>1158</x:v>
       </x:c>
       <x:c r="B1154" s="3" t="n">
-        <x:v>1.2983</x:v>
+        <x:v>1.3347</x:v>
       </x:c>
       <x:c r="C1154" s="3" t="n">
-        <x:v>1.2983</x:v>
+        <x:v>1.3347</x:v>
       </x:c>
       <x:c r="D1154" s="3" t="n">
-        <x:v>1.2983</x:v>
+        <x:v>1.3347</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:8">
       <x:c r="A1155" s="2" t="s">
         <x:v>1159</x:v>
       </x:c>
       <x:c r="B1155" s="3" t="n">
-        <x:v>1.289</x:v>
+        <x:v>1.3165</x:v>
       </x:c>
       <x:c r="C1155" s="3" t="n">
-        <x:v>1.289</x:v>
+        <x:v>1.3165</x:v>
       </x:c>
       <x:c r="D1155" s="3" t="n">
-        <x:v>1.289</x:v>
+        <x:v>1.3165</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:8">
       <x:c r="A1156" s="2" t="s">
         <x:v>1160</x:v>
       </x:c>
       <x:c r="B1156" s="3" t="n">
-        <x:v>1.2915</x:v>
+        <x:v>1.3255</x:v>
       </x:c>
       <x:c r="C1156" s="3" t="n">
-        <x:v>1.2915</x:v>
+        <x:v>1.3255</x:v>
       </x:c>
       <x:c r="D1156" s="3" t="n">
-        <x:v>1.2915</x:v>
+        <x:v>1.3255</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:8">
       <x:c r="A1157" s="2" t="s">
         <x:v>1161</x:v>
       </x:c>
       <x:c r="B1157" s="3" t="n">
-        <x:v>1.2971</x:v>
+        <x:v>1.3177</x:v>
       </x:c>
       <x:c r="C1157" s="3" t="n">
-        <x:v>1.2971</x:v>
+        <x:v>1.3177</x:v>
       </x:c>
       <x:c r="D1157" s="3" t="n">
-        <x:v>1.2971</x:v>
+        <x:v>1.3177</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:8">
       <x:c r="A1158" s="2" t="s">
         <x:v>1162</x:v>
       </x:c>
       <x:c r="B1158" s="3" t="n">
-        <x:v>1.2811</x:v>
+        <x:v>1.3055</x:v>
       </x:c>
       <x:c r="C1158" s="3" t="n">
-        <x:v>1.2811</x:v>
+        <x:v>1.3055</x:v>
       </x:c>
       <x:c r="D1158" s="3" t="n">
-        <x:v>1.2811</x:v>
+        <x:v>1.3055</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:8">
       <x:c r="A1159" s="2" t="s">
         <x:v>1163</x:v>
       </x:c>
       <x:c r="B1159" s="3" t="n">
-        <x:v>1.2912</x:v>
+        <x:v>1.3083</x:v>
       </x:c>
       <x:c r="C1159" s="3" t="n">
-        <x:v>1.2912</x:v>
+        <x:v>1.3083</x:v>
       </x:c>
       <x:c r="D1159" s="3" t="n">
-        <x:v>1.2912</x:v>
+        <x:v>1.3083</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:8">
       <x:c r="A1160" s="2" t="s">
         <x:v>1164</x:v>
       </x:c>
       <x:c r="B1160" s="3" t="n">
-        <x:v>1.281</x:v>
+        <x:v>1.3002</x:v>
       </x:c>
       <x:c r="C1160" s="3" t="n">
-        <x:v>1.281</x:v>
+        <x:v>1.3002</x:v>
       </x:c>
       <x:c r="D1160" s="3" t="n">
-        <x:v>1.281</x:v>
+        <x:v>1.3002</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:8">
       <x:c r="A1161" s="2" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="B1161" s="3" t="n">
-        <x:v>1.263</x:v>
+        <x:v>1.3053</x:v>
       </x:c>
       <x:c r="C1161" s="3" t="n">
-        <x:v>1.263</x:v>
+        <x:v>1.3053</x:v>
       </x:c>
       <x:c r="D1161" s="3" t="n">
-        <x:v>1.263</x:v>
+        <x:v>1.3053</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:8">
       <x:c r="A1162" s="2" t="s">
         <x:v>1166</x:v>
       </x:c>
       <x:c r="B1162" s="3" t="n">
-        <x:v>1.2709</x:v>
+        <x:v>1.3091</x:v>
       </x:c>
       <x:c r="C1162" s="3" t="n">
-        <x:v>1.2709</x:v>
+        <x:v>1.3091</x:v>
       </x:c>
       <x:c r="D1162" s="3" t="n">
-        <x:v>1.2709</x:v>
+        <x:v>1.3091</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:8">
       <x:c r="A1163" s="2" t="s">
         <x:v>1167</x:v>
       </x:c>
       <x:c r="B1163" s="3" t="n">
-        <x:v>1.2719</x:v>
+        <x:v>1.3084</x:v>
       </x:c>
       <x:c r="C1163" s="3" t="n">
-        <x:v>1.2719</x:v>
+        <x:v>1.3084</x:v>
       </x:c>
       <x:c r="D1163" s="3" t="n">
-        <x:v>1.2719</x:v>
+        <x:v>1.3084</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:8">
       <x:c r="A1164" s="2" t="s">
         <x:v>1168</x:v>
       </x:c>
       <x:c r="B1164" s="3" t="n">
-        <x:v>1.2732</x:v>
+        <x:v>1.2956</x:v>
       </x:c>
       <x:c r="C1164" s="3" t="n">
-        <x:v>1.2732</x:v>
+        <x:v>1.2956</x:v>
       </x:c>
       <x:c r="D1164" s="3" t="n">
-        <x:v>1.2732</x:v>
+        <x:v>1.2956</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:8">
       <x:c r="A1165" s="2" t="s">
         <x:v>1169</x:v>
       </x:c>
       <x:c r="B1165" s="3" t="n">
-        <x:v>1.2692</x:v>
+        <x:v>1.297</x:v>
       </x:c>
       <x:c r="C1165" s="3" t="n">
-        <x:v>1.2692</x:v>
+        <x:v>1.297</x:v>
       </x:c>
       <x:c r="D1165" s="3" t="n">
-        <x:v>1.2692</x:v>
+        <x:v>1.297</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:8">
       <x:c r="A1166" s="2" t="s">
         <x:v>1170</x:v>
       </x:c>
       <x:c r="B1166" s="3" t="n">
-        <x:v>1.2645</x:v>
+        <x:v>1.3017</x:v>
       </x:c>
       <x:c r="C1166" s="3" t="n">
-        <x:v>1.2645</x:v>
+        <x:v>1.3017</x:v>
       </x:c>
       <x:c r="D1166" s="3" t="n">
-        <x:v>1.2645</x:v>
+        <x:v>1.3017</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:8">
       <x:c r="A1167" s="2" t="s">
         <x:v>1171</x:v>
       </x:c>
       <x:c r="B1167" s="3" t="n">
-        <x:v>1.264</x:v>
+        <x:v>1.2979</x:v>
       </x:c>
       <x:c r="C1167" s="3" t="n">
-        <x:v>1.264</x:v>
+        <x:v>1.2979</x:v>
       </x:c>
       <x:c r="D1167" s="3" t="n">
-        <x:v>1.264</x:v>
+        <x:v>1.2979</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:8">
       <x:c r="A1168" s="2" t="s">
         <x:v>1172</x:v>
       </x:c>
       <x:c r="B1168" s="3" t="n">
-        <x:v>1.2594</x:v>
+        <x:v>1.2915</x:v>
       </x:c>
       <x:c r="C1168" s="3" t="n">
-        <x:v>1.2594</x:v>
+        <x:v>1.2915</x:v>
       </x:c>
       <x:c r="D1168" s="3" t="n">
-        <x:v>1.2594</x:v>
+        <x:v>1.2915</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:8">
       <x:c r="A1169" s="2" t="s">
         <x:v>1173</x:v>
       </x:c>
       <x:c r="B1169" s="3" t="n">
-        <x:v>1.2599</x:v>
+        <x:v>1.2983</x:v>
       </x:c>
       <x:c r="C1169" s="3" t="n">
-        <x:v>1.2599</x:v>
+        <x:v>1.2983</x:v>
       </x:c>
       <x:c r="D1169" s="3" t="n">
-        <x:v>1.2599</x:v>
+        <x:v>1.2983</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:8">
       <x:c r="A1170" s="2" t="s">
         <x:v>1174</x:v>
       </x:c>
       <x:c r="B1170" s="3" t="n">
-        <x:v>1.2511</x:v>
+        <x:v>1.289</x:v>
       </x:c>
       <x:c r="C1170" s="3" t="n">
-        <x:v>1.2511</x:v>
+        <x:v>1.289</x:v>
       </x:c>
       <x:c r="D1170" s="3" t="n">
-        <x:v>1.2511</x:v>
+        <x:v>1.289</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:8">
       <x:c r="A1171" s="2" t="s">
         <x:v>1175</x:v>
       </x:c>
       <x:c r="B1171" s="3" t="n">
-        <x:v>1.2493</x:v>
+        <x:v>1.2915</x:v>
       </x:c>
       <x:c r="C1171" s="3" t="n">
-        <x:v>1.2493</x:v>
+        <x:v>1.2915</x:v>
       </x:c>
       <x:c r="D1171" s="3" t="n">
-        <x:v>1.2493</x:v>
+        <x:v>1.2915</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:8">
       <x:c r="A1172" s="2" t="s">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="B1172" s="3" t="n">
-        <x:v>1.2555</x:v>
+        <x:v>1.2971</x:v>
       </x:c>
       <x:c r="C1172" s="3" t="n">
-        <x:v>1.2555</x:v>
+        <x:v>1.2971</x:v>
       </x:c>
       <x:c r="D1172" s="3" t="n">
-        <x:v>1.2555</x:v>
+        <x:v>1.2971</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:8">
       <x:c r="A1173" s="2" t="s">
         <x:v>1177</x:v>
       </x:c>
       <x:c r="B1173" s="3" t="n">
-        <x:v>1.2468</x:v>
+        <x:v>1.2811</x:v>
       </x:c>
       <x:c r="C1173" s="3" t="n">
-        <x:v>1.2468</x:v>
+        <x:v>1.2811</x:v>
       </x:c>
       <x:c r="D1173" s="3" t="n">
-        <x:v>1.2468</x:v>
+        <x:v>1.2811</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:8">
       <x:c r="A1174" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="B1174" s="3" t="n">
-        <x:v>1.2358</x:v>
+        <x:v>1.2912</x:v>
       </x:c>
       <x:c r="C1174" s="3" t="n">
-        <x:v>1.2358</x:v>
+        <x:v>1.2912</x:v>
       </x:c>
       <x:c r="D1174" s="3" t="n">
-        <x:v>1.2358</x:v>
+        <x:v>1.2912</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:8">
       <x:c r="A1175" s="2" t="s">
-        <x:v>1178</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="B1175" s="3" t="n">
-        <x:v>1.2474</x:v>
+        <x:v>1.281</x:v>
       </x:c>
       <x:c r="C1175" s="3" t="n">
-        <x:v>1.2474</x:v>
+        <x:v>1.281</x:v>
       </x:c>
       <x:c r="D1175" s="3" t="n">
-        <x:v>1.2474</x:v>
+        <x:v>1.281</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:8">
       <x:c r="A1176" s="2" t="s">
-        <x:v>1179</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="B1176" s="3" t="n">
-        <x:v>1.239</x:v>
+        <x:v>1.263</x:v>
       </x:c>
       <x:c r="C1176" s="3" t="n">
-        <x:v>1.239</x:v>
+        <x:v>1.263</x:v>
       </x:c>
       <x:c r="D1176" s="3" t="n">
-        <x:v>1.239</x:v>
+        <x:v>1.263</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:8">
       <x:c r="A1177" s="2" t="s">
-        <x:v>1180</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="B1177" s="3" t="n">
-        <x:v>1.2322</x:v>
+        <x:v>1.2709</x:v>
       </x:c>
       <x:c r="C1177" s="3" t="n">
-        <x:v>1.2322</x:v>
+        <x:v>1.2709</x:v>
       </x:c>
       <x:c r="D1177" s="3" t="n">
-        <x:v>1.2322</x:v>
+        <x:v>1.2709</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:8">
       <x:c r="A1178" s="2" t="s">
-        <x:v>1181</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="B1178" s="3" t="n">
-        <x:v>1.2333</x:v>
+        <x:v>1.2719</x:v>
       </x:c>
       <x:c r="C1178" s="3" t="n">
-        <x:v>1.2333</x:v>
+        <x:v>1.2719</x:v>
       </x:c>
       <x:c r="D1178" s="3" t="n">
-        <x:v>1.2333</x:v>
+        <x:v>1.2719</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:8">
       <x:c r="A1179" s="2" t="s">
-        <x:v>1182</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="B1179" s="3" t="n">
-        <x:v>1.2209</x:v>
+        <x:v>1.2732</x:v>
       </x:c>
       <x:c r="C1179" s="3" t="n">
-        <x:v>1.2209</x:v>
+        <x:v>1.2732</x:v>
       </x:c>
       <x:c r="D1179" s="3" t="n">
-        <x:v>1.2209</x:v>
+        <x:v>1.2732</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:8">
       <x:c r="A1180" s="2" t="s">
-        <x:v>1183</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="B1180" s="3" t="n">
-        <x:v>1.2359</x:v>
+        <x:v>1.2692</x:v>
       </x:c>
       <x:c r="C1180" s="3" t="n">
-        <x:v>1.2359</x:v>
+        <x:v>1.2692</x:v>
       </x:c>
       <x:c r="D1180" s="3" t="n">
-        <x:v>1.2359</x:v>
+        <x:v>1.2692</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:8">
       <x:c r="A1181" s="2" t="s">
-        <x:v>1184</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="B1181" s="3" t="n">
-        <x:v>1.2305</x:v>
+        <x:v>1.2645</x:v>
       </x:c>
       <x:c r="C1181" s="3" t="n">
-        <x:v>1.2305</x:v>
+        <x:v>1.2645</x:v>
       </x:c>
       <x:c r="D1181" s="3" t="n">
-        <x:v>1.2305</x:v>
+        <x:v>1.2645</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:8">
       <x:c r="A1182" s="2" t="s">
-        <x:v>1185</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="B1182" s="3" t="n">
-        <x:v>1.2202</x:v>
+        <x:v>1.264</x:v>
       </x:c>
       <x:c r="C1182" s="3" t="n">
-        <x:v>1.2202</x:v>
+        <x:v>1.264</x:v>
       </x:c>
       <x:c r="D1182" s="3" t="n">
-        <x:v>1.2202</x:v>
+        <x:v>1.264</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:8">
       <x:c r="A1183" s="2" t="s">
-        <x:v>1186</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="B1183" s="3" t="n">
-        <x:v>1.2265</x:v>
+        <x:v>1.2594</x:v>
       </x:c>
       <x:c r="C1183" s="3" t="n">
-        <x:v>1.2265</x:v>
+        <x:v>1.2594</x:v>
       </x:c>
       <x:c r="D1183" s="3" t="n">
-        <x:v>1.2265</x:v>
+        <x:v>1.2594</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:8">
       <x:c r="A1184" s="2" t="s">
-        <x:v>1187</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="B1184" s="3" t="n">
-        <x:v>1.2069</x:v>
+        <x:v>1.2599</x:v>
       </x:c>
       <x:c r="C1184" s="3" t="n">
-        <x:v>1.2069</x:v>
+        <x:v>1.2599</x:v>
       </x:c>
       <x:c r="D1184" s="3" t="n">
-        <x:v>1.2069</x:v>
+        <x:v>1.2599</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:8">
       <x:c r="A1185" s="2" t="s">
-        <x:v>1188</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="B1185" s="3" t="n">
-        <x:v>1.2186</x:v>
+        <x:v>1.2511</x:v>
       </x:c>
       <x:c r="C1185" s="3" t="n">
-        <x:v>1.2186</x:v>
+        <x:v>1.2511</x:v>
       </x:c>
       <x:c r="D1185" s="3" t="n">
-        <x:v>1.2186</x:v>
+        <x:v>1.2511</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:8">
       <x:c r="A1186" s="2" t="s">
-        <x:v>1189</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="B1186" s="3" t="n">
-        <x:v>1.2131</x:v>
+        <x:v>1.2493</x:v>
       </x:c>
       <x:c r="C1186" s="3" t="n">
-        <x:v>1.2131</x:v>
+        <x:v>1.2493</x:v>
       </x:c>
       <x:c r="D1186" s="3" t="n">
-        <x:v>1.2131</x:v>
+        <x:v>1.2493</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:8">
       <x:c r="A1187" s="2" t="s">
-        <x:v>1190</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="B1187" s="3" t="n">
-        <x:v>1.2041</x:v>
+        <x:v>1.2555</x:v>
       </x:c>
       <x:c r="C1187" s="3" t="n">
-        <x:v>1.2041</x:v>
+        <x:v>1.2555</x:v>
       </x:c>
       <x:c r="D1187" s="3" t="n">
-        <x:v>1.2041</x:v>
+        <x:v>1.2555</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:8">
       <x:c r="A1188" s="2" t="s">
-        <x:v>1191</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="B1188" s="3" t="n">
-        <x:v>1.2027</x:v>
+        <x:v>1.2468</x:v>
       </x:c>
       <x:c r="C1188" s="3" t="n">
-        <x:v>1.2027</x:v>
+        <x:v>1.2468</x:v>
       </x:c>
       <x:c r="D1188" s="3" t="n">
-        <x:v>1.2027</x:v>
+        <x:v>1.2468</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:8">
       <x:c r="A1189" s="2" t="s">
-        <x:v>1192</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B1189" s="3" t="n">
-        <x:v>1.2003</x:v>
+        <x:v>1.2358</x:v>
       </x:c>
       <x:c r="C1189" s="3" t="n">
-        <x:v>1.2003</x:v>
+        <x:v>1.2358</x:v>
       </x:c>
       <x:c r="D1189" s="3" t="n">
-        <x:v>1.2003</x:v>
+        <x:v>1.2358</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:8">
       <x:c r="A1190" s="2" t="s">
         <x:v>1193</x:v>
       </x:c>
       <x:c r="B1190" s="3" t="n">
-        <x:v>1.2021</x:v>
+        <x:v>1.2474</x:v>
       </x:c>
       <x:c r="C1190" s="3" t="n">
-        <x:v>1.2021</x:v>
+        <x:v>1.2474</x:v>
       </x:c>
       <x:c r="D1190" s="3" t="n">
-        <x:v>1.2021</x:v>
+        <x:v>1.2474</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:8">
       <x:c r="A1191" s="2" t="s">
         <x:v>1194</x:v>
       </x:c>
       <x:c r="B1191" s="3" t="n">
-        <x:v>1.2034</x:v>
+        <x:v>1.239</x:v>
       </x:c>
       <x:c r="C1191" s="3" t="n">
-        <x:v>1.2034</x:v>
+        <x:v>1.239</x:v>
       </x:c>
       <x:c r="D1191" s="3" t="n">
-        <x:v>1.2034</x:v>
+        <x:v>1.239</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:8">
       <x:c r="A1192" s="2" t="s">
         <x:v>1195</x:v>
       </x:c>
       <x:c r="B1192" s="3" t="n">
-        <x:v>1.201</x:v>
+        <x:v>1.2322</x:v>
       </x:c>
       <x:c r="C1192" s="3" t="n">
-        <x:v>1.201</x:v>
+        <x:v>1.2322</x:v>
       </x:c>
       <x:c r="D1192" s="3" t="n">
-        <x:v>1.201</x:v>
+        <x:v>1.2322</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:8">
       <x:c r="A1193" s="2" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="B1193" s="3" t="n">
-        <x:v>1.1936</x:v>
+        <x:v>1.2333</x:v>
       </x:c>
       <x:c r="C1193" s="3" t="n">
-        <x:v>1.1936</x:v>
+        <x:v>1.2333</x:v>
       </x:c>
       <x:c r="D1193" s="3" t="n">
-        <x:v>1.1936</x:v>
+        <x:v>1.2333</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:8">
       <x:c r="A1194" s="2" t="s">
         <x:v>1197</x:v>
       </x:c>
       <x:c r="B1194" s="3" t="n">
-        <x:v>1.1917</x:v>
+        <x:v>1.2209</x:v>
       </x:c>
       <x:c r="C1194" s="3" t="n">
-        <x:v>1.1917</x:v>
+        <x:v>1.2209</x:v>
       </x:c>
       <x:c r="D1194" s="3" t="n">
-        <x:v>1.1917</x:v>
+        <x:v>1.2209</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:8">
       <x:c r="A1195" s="2" t="s">
         <x:v>1198</x:v>
       </x:c>
       <x:c r="B1195" s="3" t="n">
-        <x:v>1.1972</x:v>
+        <x:v>1.2359</x:v>
       </x:c>
       <x:c r="C1195" s="3" t="n">
-        <x:v>1.1972</x:v>
+        <x:v>1.2359</x:v>
       </x:c>
       <x:c r="D1195" s="3" t="n">
-        <x:v>1.1972</x:v>
+        <x:v>1.2359</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:8">
       <x:c r="A1196" s="2" t="s">
         <x:v>1199</x:v>
       </x:c>
       <x:c r="B1196" s="3" t="n">
-        <x:v>1.2027</x:v>
+        <x:v>1.2305</x:v>
       </x:c>
       <x:c r="C1196" s="3" t="n">
-        <x:v>1.2027</x:v>
+        <x:v>1.2305</x:v>
       </x:c>
       <x:c r="D1196" s="3" t="n">
-        <x:v>1.2027</x:v>
+        <x:v>1.2305</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:8">
       <x:c r="A1197" s="2" t="s">
         <x:v>1200</x:v>
       </x:c>
       <x:c r="B1197" s="3" t="n">
-        <x:v>1.1932</x:v>
+        <x:v>1.2202</x:v>
       </x:c>
       <x:c r="C1197" s="3" t="n">
-        <x:v>1.1932</x:v>
+        <x:v>1.2202</x:v>
       </x:c>
       <x:c r="D1197" s="3" t="n">
-        <x:v>1.1932</x:v>
+        <x:v>1.2202</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:8">
       <x:c r="A1198" s="2" t="s">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="B1198" s="3" t="n">
-        <x:v>1.1956</x:v>
+        <x:v>1.2265</x:v>
       </x:c>
       <x:c r="C1198" s="3" t="n">
-        <x:v>1.1956</x:v>
+        <x:v>1.2265</x:v>
       </x:c>
       <x:c r="D1198" s="3" t="n">
-        <x:v>1.1956</x:v>
+        <x:v>1.2265</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:8">
       <x:c r="A1199" s="2" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="B1199" s="3" t="n">
-        <x:v>1.1922</x:v>
+        <x:v>1.2069</x:v>
       </x:c>
       <x:c r="C1199" s="3" t="n">
-        <x:v>1.1922</x:v>
+        <x:v>1.2069</x:v>
       </x:c>
       <x:c r="D1199" s="3" t="n">
-        <x:v>1.1922</x:v>
+        <x:v>1.2069</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:8">
       <x:c r="A1200" s="2" t="s">
         <x:v>1203</x:v>
       </x:c>
       <x:c r="B1200" s="3" t="n">
-        <x:v>1.1927</x:v>
+        <x:v>1.2186</x:v>
       </x:c>
       <x:c r="C1200" s="3" t="n">
-        <x:v>1.1927</x:v>
+        <x:v>1.2186</x:v>
       </x:c>
       <x:c r="D1200" s="3" t="n">
-        <x:v>1.1927</x:v>
+        <x:v>1.2186</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:8">
       <x:c r="A1201" s="2" t="s">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="B1201" s="3" t="n">
-        <x:v>1.1831</x:v>
+        <x:v>1.2131</x:v>
       </x:c>
       <x:c r="C1201" s="3" t="n">
-        <x:v>1.1831</x:v>
+        <x:v>1.2131</x:v>
       </x:c>
       <x:c r="D1201" s="3" t="n">
-        <x:v>1.1831</x:v>
+        <x:v>1.2131</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:8">
       <x:c r="A1202" s="2" t="s">
         <x:v>1205</x:v>
       </x:c>
       <x:c r="B1202" s="3" t="n">
-        <x:v>1.1789</x:v>
+        <x:v>1.2041</x:v>
       </x:c>
       <x:c r="C1202" s="3" t="n">
-        <x:v>1.1789</x:v>
+        <x:v>1.2041</x:v>
       </x:c>
       <x:c r="D1202" s="3" t="n">
-        <x:v>1.1789</x:v>
+        <x:v>1.2041</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:8">
       <x:c r="A1203" s="2" t="s">
         <x:v>1206</x:v>
       </x:c>
       <x:c r="B1203" s="3" t="n">
-        <x:v>1.1718</x:v>
+        <x:v>1.2027</x:v>
       </x:c>
       <x:c r="C1203" s="3" t="n">
-        <x:v>1.1718</x:v>
+        <x:v>1.2027</x:v>
       </x:c>
       <x:c r="D1203" s="3" t="n">
-        <x:v>1.1718</x:v>
+        <x:v>1.2027</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:8">
       <x:c r="A1204" s="2" t="s">
         <x:v>1207</x:v>
       </x:c>
       <x:c r="B1204" s="3" t="n">
-        <x:v>1.1678</x:v>
+        <x:v>1.2003</x:v>
       </x:c>
       <x:c r="C1204" s="3" t="n">
-        <x:v>1.1678</x:v>
+        <x:v>1.2003</x:v>
       </x:c>
       <x:c r="D1204" s="3" t="n">
-        <x:v>1.1678</x:v>
+        <x:v>1.2003</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:8">
       <x:c r="A1205" s="2" t="s">
         <x:v>1208</x:v>
       </x:c>
       <x:c r="B1205" s="3" t="n">
-        <x:v>1.178</x:v>
+        <x:v>1.2021</x:v>
       </x:c>
       <x:c r="C1205" s="3" t="n">
-        <x:v>1.178</x:v>
+        <x:v>1.2021</x:v>
       </x:c>
       <x:c r="D1205" s="3" t="n">
-        <x:v>1.178</x:v>
+        <x:v>1.2021</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:8">
       <x:c r="A1206" s="2" t="s">
         <x:v>1209</x:v>
       </x:c>
       <x:c r="B1206" s="3" t="n">
-        <x:v>1.1818</x:v>
+        <x:v>1.2034</x:v>
       </x:c>
       <x:c r="C1206" s="3" t="n">
-        <x:v>1.1818</x:v>
+        <x:v>1.2034</x:v>
       </x:c>
       <x:c r="D1206" s="3" t="n">
-        <x:v>1.1818</x:v>
+        <x:v>1.2034</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:8">
       <x:c r="A1207" s="2" t="s">
         <x:v>1210</x:v>
       </x:c>
       <x:c r="B1207" s="3" t="n">
-        <x:v>1.1702</x:v>
+        <x:v>1.201</x:v>
       </x:c>
       <x:c r="C1207" s="3" t="n">
-        <x:v>1.1702</x:v>
+        <x:v>1.201</x:v>
       </x:c>
       <x:c r="D1207" s="3" t="n">
-        <x:v>1.1702</x:v>
+        <x:v>1.201</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:8">
       <x:c r="A1208" s="2" t="s">
         <x:v>1211</x:v>
       </x:c>
       <x:c r="B1208" s="3" t="n">
-        <x:v>1.1529</x:v>
+        <x:v>1.1936</x:v>
       </x:c>
       <x:c r="C1208" s="3" t="n">
-        <x:v>1.1529</x:v>
+        <x:v>1.1936</x:v>
       </x:c>
       <x:c r="D1208" s="3" t="n">
-        <x:v>1.1529</x:v>
+        <x:v>1.1936</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:8">
       <x:c r="A1209" s="2" t="s">
         <x:v>1212</x:v>
       </x:c>
       <x:c r="B1209" s="3" t="n">
-        <x:v>1.1615</x:v>
+        <x:v>1.1917</x:v>
       </x:c>
       <x:c r="C1209" s="3" t="n">
-        <x:v>1.1615</x:v>
+        <x:v>1.1917</x:v>
       </x:c>
       <x:c r="D1209" s="3" t="n">
-        <x:v>1.1615</x:v>
+        <x:v>1.1917</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:8">
       <x:c r="A1210" s="2" t="s">
         <x:v>1213</x:v>
       </x:c>
       <x:c r="B1210" s="3" t="n">
-        <x:v>1.1694</x:v>
+        <x:v>1.1972</x:v>
       </x:c>
       <x:c r="C1210" s="3" t="n">
-        <x:v>1.1694</x:v>
+        <x:v>1.1972</x:v>
       </x:c>
       <x:c r="D1210" s="3" t="n">
-        <x:v>1.1694</x:v>
+        <x:v>1.1972</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:8">
       <x:c r="A1211" s="2" t="s">
         <x:v>1214</x:v>
       </x:c>
       <x:c r="B1211" s="3" t="n">
-        <x:v>1.1839</x:v>
+        <x:v>1.2027</x:v>
       </x:c>
       <x:c r="C1211" s="3" t="n">
-        <x:v>1.1839</x:v>
+        <x:v>1.2027</x:v>
       </x:c>
       <x:c r="D1211" s="3" t="n">
-        <x:v>1.1839</x:v>
+        <x:v>1.2027</x:v>
       </x:c>
     </x:row>
     <x:row r="1212" spans="1:8">
       <x:c r="A1212" s="2" t="s">
         <x:v>1215</x:v>
       </x:c>
       <x:c r="B1212" s="3" t="n">
-        <x:v>1.1881</x:v>
+        <x:v>1.1932</x:v>
       </x:c>
       <x:c r="C1212" s="3" t="n">
-        <x:v>1.1881</x:v>
+        <x:v>1.1932</x:v>
       </x:c>
       <x:c r="D1212" s="3" t="n">
-        <x:v>1.1881</x:v>
+        <x:v>1.1932</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:8">
       <x:c r="A1213" s="2" t="s">
         <x:v>1216</x:v>
       </x:c>
       <x:c r="B1213" s="3" t="n">
-        <x:v>1.1805</x:v>
+        <x:v>1.1956</x:v>
       </x:c>
       <x:c r="C1213" s="3" t="n">
-        <x:v>1.1805</x:v>
+        <x:v>1.1956</x:v>
       </x:c>
       <x:c r="D1213" s="3" t="n">
-        <x:v>1.1805</x:v>
+        <x:v>1.1956</x:v>
       </x:c>
     </x:row>
     <x:row r="1214" spans="1:8">
       <x:c r="A1214" s="2" t="s">
         <x:v>1217</x:v>
       </x:c>
       <x:c r="B1214" s="3" t="n">
-        <x:v>1.186</x:v>
+        <x:v>1.1922</x:v>
       </x:c>
       <x:c r="C1214" s="3" t="n">
-        <x:v>1.186</x:v>
+        <x:v>1.1922</x:v>
       </x:c>
       <x:c r="D1214" s="3" t="n">
-        <x:v>1.186</x:v>
+        <x:v>1.1922</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:8">
       <x:c r="A1215" s="2" t="s">
         <x:v>1218</x:v>
       </x:c>
       <x:c r="B1215" s="3" t="n">
-        <x:v>1.1843</x:v>
+        <x:v>1.1927</x:v>
       </x:c>
       <x:c r="C1215" s="3" t="n">
-        <x:v>1.1843</x:v>
+        <x:v>1.1927</x:v>
       </x:c>
       <x:c r="D1215" s="3" t="n">
-        <x:v>1.1843</x:v>
+        <x:v>1.1927</x:v>
       </x:c>
     </x:row>
     <x:row r="1216" spans="1:8">
       <x:c r="A1216" s="2" t="s">
         <x:v>1219</x:v>
       </x:c>
       <x:c r="B1216" s="3" t="n">
-        <x:v>1.1842</x:v>
+        <x:v>1.1831</x:v>
       </x:c>
       <x:c r="C1216" s="3" t="n">
-        <x:v>1.1842</x:v>
+        <x:v>1.1831</x:v>
       </x:c>
       <x:c r="D1216" s="3" t="n">
-        <x:v>1.1842</x:v>
+        <x:v>1.1831</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:8">
       <x:c r="A1217" s="2" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="B1217" s="3" t="n">
-        <x:v>1.1891</x:v>
+        <x:v>1.1789</x:v>
       </x:c>
       <x:c r="C1217" s="3" t="n">
-        <x:v>1.1891</x:v>
+        <x:v>1.1789</x:v>
       </x:c>
       <x:c r="D1217" s="3" t="n">
-        <x:v>1.1891</x:v>
+        <x:v>1.1789</x:v>
       </x:c>
     </x:row>
     <x:row r="1218" spans="1:8">
       <x:c r="A1218" s="2" t="s">
         <x:v>1221</x:v>
       </x:c>
       <x:c r="B1218" s="3" t="n">
-        <x:v>1.1795</x:v>
+        <x:v>1.1718</x:v>
       </x:c>
       <x:c r="C1218" s="3" t="n">
-        <x:v>1.1795</x:v>
+        <x:v>1.1718</x:v>
       </x:c>
       <x:c r="D1218" s="3" t="n">
-        <x:v>1.1795</x:v>
+        <x:v>1.1718</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:8">
       <x:c r="A1219" s="2" t="s">
         <x:v>1222</x:v>
       </x:c>
       <x:c r="B1219" s="3" t="n">
-        <x:v>1.1807</x:v>
+        <x:v>1.1678</x:v>
       </x:c>
       <x:c r="C1219" s="3" t="n">
-        <x:v>1.1807</x:v>
+        <x:v>1.1678</x:v>
       </x:c>
       <x:c r="D1219" s="3" t="n">
-        <x:v>1.1807</x:v>
+        <x:v>1.1678</x:v>
       </x:c>
     </x:row>
     <x:row r="1220" spans="1:8">
       <x:c r="A1220" s="2" t="s">
         <x:v>1223</x:v>
       </x:c>
       <x:c r="B1220" s="3" t="n">
-        <x:v>1.1761</x:v>
+        <x:v>1.178</x:v>
       </x:c>
       <x:c r="C1220" s="3" t="n">
-        <x:v>1.1761</x:v>
+        <x:v>1.178</x:v>
       </x:c>
       <x:c r="D1220" s="3" t="n">
-        <x:v>1.1761</x:v>
+        <x:v>1.178</x:v>
       </x:c>
     </x:row>
     <x:row r="1221" spans="1:8">
       <x:c r="A1221" s="2" t="s">
         <x:v>1224</x:v>
       </x:c>
       <x:c r="B1221" s="3" t="n">
-        <x:v>1.1862</x:v>
+        <x:v>1.1818</x:v>
       </x:c>
       <x:c r="C1221" s="3" t="n">
-        <x:v>1.1862</x:v>
+        <x:v>1.1818</x:v>
       </x:c>
       <x:c r="D1221" s="3" t="n">
-        <x:v>1.1862</x:v>
+        <x:v>1.1818</x:v>
       </x:c>
     </x:row>
     <x:row r="1222" spans="1:8">
       <x:c r="A1222" s="2" t="s">
         <x:v>1225</x:v>
       </x:c>
       <x:c r="B1222" s="3" t="n">
-        <x:v>1.1753</x:v>
+        <x:v>1.1702</x:v>
       </x:c>
       <x:c r="C1222" s="3" t="n">
-        <x:v>1.1753</x:v>
+        <x:v>1.1702</x:v>
       </x:c>
       <x:c r="D1222" s="3" t="n">
-        <x:v>1.1753</x:v>
+        <x:v>1.1702</x:v>
       </x:c>
     </x:row>
     <x:row r="1223" spans="1:8">
       <x:c r="A1223" s="2" t="s">
         <x:v>1226</x:v>
       </x:c>
       <x:c r="B1223" s="3" t="n">
-        <x:v>1.1795</x:v>
+        <x:v>1.1529</x:v>
       </x:c>
       <x:c r="C1223" s="3" t="n">
-        <x:v>1.1795</x:v>
+        <x:v>1.1529</x:v>
       </x:c>
       <x:c r="D1223" s="3" t="n">
-        <x:v>1.1795</x:v>
+        <x:v>1.1529</x:v>
       </x:c>
     </x:row>
     <x:row r="1224" spans="1:8">
       <x:c r="A1224" s="2" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="B1224" s="3" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.1615</x:v>
       </x:c>
       <x:c r="C1224" s="3" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.1615</x:v>
       </x:c>
       <x:c r="D1224" s="3" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.1615</x:v>
       </x:c>
     </x:row>
     <x:row r="1225" spans="1:8">
       <x:c r="A1225" s="2" t="s">
         <x:v>1228</x:v>
       </x:c>
       <x:c r="B1225" s="3" t="n">
-        <x:v>1.174</x:v>
+        <x:v>1.1694</x:v>
       </x:c>
       <x:c r="C1225" s="3" t="n">
-        <x:v>1.174</x:v>
+        <x:v>1.1694</x:v>
       </x:c>
       <x:c r="D1225" s="3" t="n">
-        <x:v>1.174</x:v>
+        <x:v>1.1694</x:v>
       </x:c>
     </x:row>
     <x:row r="1226" spans="1:8">
       <x:c r="A1226" s="2" t="s">
         <x:v>1229</x:v>
       </x:c>
       <x:c r="B1226" s="3" t="n">
-        <x:v>1.1832</x:v>
+        <x:v>1.1839</x:v>
       </x:c>
       <x:c r="C1226" s="3" t="n">
-        <x:v>1.1832</x:v>
+        <x:v>1.1839</x:v>
       </x:c>
       <x:c r="D1226" s="3" t="n">
-        <x:v>1.1832</x:v>
+        <x:v>1.1839</x:v>
       </x:c>
     </x:row>
     <x:row r="1227" spans="1:8">
       <x:c r="A1227" s="2" t="s">
         <x:v>1230</x:v>
       </x:c>
       <x:c r="B1227" s="3" t="n">
-        <x:v>1.1732</x:v>
+        <x:v>1.1881</x:v>
       </x:c>
       <x:c r="C1227" s="3" t="n">
-        <x:v>1.1732</x:v>
+        <x:v>1.1881</x:v>
       </x:c>
       <x:c r="D1227" s="3" t="n">
-        <x:v>1.1732</x:v>
+        <x:v>1.1881</x:v>
       </x:c>
     </x:row>
     <x:row r="1228" spans="1:8">
       <x:c r="A1228" s="2" t="s">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="B1228" s="3" t="n">
-        <x:v>1.1664</x:v>
+        <x:v>1.1805</x:v>
       </x:c>
       <x:c r="C1228" s="3" t="n">
-        <x:v>1.1664</x:v>
+        <x:v>1.1805</x:v>
       </x:c>
       <x:c r="D1228" s="3" t="n">
-        <x:v>1.1664</x:v>
+        <x:v>1.1805</x:v>
       </x:c>
     </x:row>
     <x:row r="1229" spans="1:8">
       <x:c r="A1229" s="2" t="s">
         <x:v>1232</x:v>
       </x:c>
       <x:c r="B1229" s="3" t="n">
-        <x:v>1.1788</x:v>
+        <x:v>1.186</x:v>
       </x:c>
       <x:c r="C1229" s="3" t="n">
-        <x:v>1.1788</x:v>
+        <x:v>1.186</x:v>
       </x:c>
       <x:c r="D1229" s="3" t="n">
-        <x:v>1.1788</x:v>
+        <x:v>1.186</x:v>
       </x:c>
     </x:row>
     <x:row r="1230" spans="1:8">
       <x:c r="A1230" s="2" t="s">
         <x:v>1233</x:v>
       </x:c>
       <x:c r="B1230" s="3" t="n">
-        <x:v>1.1802</x:v>
+        <x:v>1.1843</x:v>
       </x:c>
       <x:c r="C1230" s="3" t="n">
-        <x:v>1.1802</x:v>
+        <x:v>1.1843</x:v>
       </x:c>
       <x:c r="D1230" s="3" t="n">
-        <x:v>1.1802</x:v>
+        <x:v>1.1843</x:v>
       </x:c>
     </x:row>
     <x:row r="1231" spans="1:8">
       <x:c r="A1231" s="2" t="s">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="B1231" s="3" t="n">
-        <x:v>1.1829</x:v>
+        <x:v>1.1842</x:v>
       </x:c>
       <x:c r="C1231" s="3" t="n">
-        <x:v>1.1829</x:v>
+        <x:v>1.1842</x:v>
       </x:c>
       <x:c r="D1231" s="3" t="n">
-        <x:v>1.1829</x:v>
+        <x:v>1.1842</x:v>
       </x:c>
     </x:row>
     <x:row r="1232" spans="1:8">
       <x:c r="A1232" s="2" t="s">
         <x:v>1235</x:v>
       </x:c>
       <x:c r="B1232" s="3" t="n">
-        <x:v>1.1738</x:v>
+        <x:v>1.1891</x:v>
       </x:c>
       <x:c r="C1232" s="3" t="n">
-        <x:v>1.1738</x:v>
+        <x:v>1.1891</x:v>
       </x:c>
       <x:c r="D1232" s="3" t="n">
-        <x:v>1.1738</x:v>
+        <x:v>1.1891</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:8">
       <x:c r="A1233" s="2" t="s">
         <x:v>1236</x:v>
       </x:c>
       <x:c r="B1233" s="3" t="n">
-        <x:v>1.1649</x:v>
+        <x:v>1.1795</x:v>
       </x:c>
       <x:c r="C1233" s="3" t="n">
-        <x:v>1.1649</x:v>
+        <x:v>1.1795</x:v>
       </x:c>
       <x:c r="D1233" s="3" t="n">
-        <x:v>1.1649</x:v>
+        <x:v>1.1795</x:v>
       </x:c>
     </x:row>
     <x:row r="1234" spans="1:8">
       <x:c r="A1234" s="2" t="s">
         <x:v>1237</x:v>
       </x:c>
       <x:c r="B1234" s="3" t="n">
-        <x:v>1.1596</x:v>
+        <x:v>1.1807</x:v>
       </x:c>
       <x:c r="C1234" s="3" t="n">
-        <x:v>1.1596</x:v>
+        <x:v>1.1807</x:v>
       </x:c>
       <x:c r="D1234" s="3" t="n">
-        <x:v>1.1596</x:v>
+        <x:v>1.1807</x:v>
       </x:c>
     </x:row>
     <x:row r="1235" spans="1:8">
       <x:c r="A1235" s="2" t="s">
         <x:v>1238</x:v>
       </x:c>
       <x:c r="B1235" s="3" t="n">
-        <x:v>1.1547</x:v>
+        <x:v>1.1761</x:v>
       </x:c>
       <x:c r="C1235" s="3" t="n">
-        <x:v>1.1547</x:v>
+        <x:v>1.1761</x:v>
       </x:c>
       <x:c r="D1235" s="3" t="n">
-        <x:v>1.1547</x:v>
+        <x:v>1.1761</x:v>
       </x:c>
     </x:row>
     <x:row r="1236" spans="1:8">
       <x:c r="A1236" s="2" t="s">
         <x:v>1239</x:v>
       </x:c>
       <x:c r="B1236" s="3" t="n">
-        <x:v>1.1371</x:v>
+        <x:v>1.1862</x:v>
       </x:c>
       <x:c r="C1236" s="3" t="n">
-        <x:v>1.1371</x:v>
+        <x:v>1.1862</x:v>
       </x:c>
       <x:c r="D1236" s="3" t="n">
-        <x:v>1.1371</x:v>
+        <x:v>1.1862</x:v>
       </x:c>
     </x:row>
     <x:row r="1237" spans="1:8">
       <x:c r="A1237" s="2" t="s">
         <x:v>1240</x:v>
       </x:c>
       <x:c r="B1237" s="3" t="n">
-        <x:v>1.1363</x:v>
+        <x:v>1.1753</x:v>
       </x:c>
       <x:c r="C1237" s="3" t="n">
-        <x:v>1.1363</x:v>
+        <x:v>1.1753</x:v>
       </x:c>
       <x:c r="D1237" s="3" t="n">
-        <x:v>1.1363</x:v>
+        <x:v>1.1753</x:v>
       </x:c>
     </x:row>
     <x:row r="1238" spans="1:8">
       <x:c r="A1238" s="2" t="s">
         <x:v>1241</x:v>
       </x:c>
       <x:c r="B1238" s="3" t="n">
-        <x:v>1.1354</x:v>
+        <x:v>1.1795</x:v>
       </x:c>
       <x:c r="C1238" s="3" t="n">
-        <x:v>1.1354</x:v>
+        <x:v>1.1795</x:v>
       </x:c>
       <x:c r="D1238" s="3" t="n">
-        <x:v>1.1354</x:v>
+        <x:v>1.1795</x:v>
       </x:c>
     </x:row>
     <x:row r="1239" spans="1:8">
       <x:c r="A1239" s="2" t="s">
         <x:v>1242</x:v>
       </x:c>
       <x:c r="B1239" s="3" t="n">
-        <x:v>1.1376</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="C1239" s="3" t="n">
-        <x:v>1.1376</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D1239" s="3" t="n">
-        <x:v>1.1376</x:v>
+        <x:v>1.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1240" spans="1:8">
       <x:c r="A1240" s="2" t="s">
         <x:v>1243</x:v>
       </x:c>
       <x:c r="B1240" s="3" t="n">
-        <x:v>1.1246</x:v>
+        <x:v>1.174</x:v>
       </x:c>
       <x:c r="C1240" s="3" t="n">
-        <x:v>1.1246</x:v>
+        <x:v>1.174</x:v>
       </x:c>
       <x:c r="D1240" s="3" t="n">
-        <x:v>1.1246</x:v>
+        <x:v>1.174</x:v>
       </x:c>
     </x:row>
     <x:row r="1241" spans="1:8">
       <x:c r="A1241" s="2" t="s">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="B1241" s="3" t="n">
-        <x:v>1.1096</x:v>
+        <x:v>1.1832</x:v>
       </x:c>
       <x:c r="C1241" s="3" t="n">
-        <x:v>1.1096</x:v>
+        <x:v>1.1832</x:v>
       </x:c>
       <x:c r="D1241" s="3" t="n">
-        <x:v>1.1096</x:v>
+        <x:v>1.1832</x:v>
       </x:c>
     </x:row>
     <x:row r="1242" spans="1:8">
       <x:c r="A1242" s="2" t="s">
         <x:v>1245</x:v>
       </x:c>
       <x:c r="B1242" s="3" t="n">
-        <x:v>1.1052</x:v>
+        <x:v>1.1732</x:v>
       </x:c>
       <x:c r="C1242" s="3" t="n">
-        <x:v>1.1052</x:v>
+        <x:v>1.1732</x:v>
       </x:c>
       <x:c r="D1242" s="3" t="n">
-        <x:v>1.1052</x:v>
+        <x:v>1.1732</x:v>
       </x:c>
     </x:row>
     <x:row r="1243" spans="1:8">
       <x:c r="A1243" s="2" t="s">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="B1243" s="3" t="n">
-        <x:v>1.1036</x:v>
+        <x:v>1.1664</x:v>
       </x:c>
       <x:c r="C1243" s="3" t="n">
-        <x:v>1.1036</x:v>
+        <x:v>1.1664</x:v>
       </x:c>
       <x:c r="D1243" s="3" t="n">
-        <x:v>1.1036</x:v>
+        <x:v>1.1664</x:v>
       </x:c>
     </x:row>
     <x:row r="1244" spans="1:8">
       <x:c r="A1244" s="2" t="s">
         <x:v>1247</x:v>
       </x:c>
       <x:c r="B1244" s="3" t="n">
-        <x:v>1.0974</x:v>
+        <x:v>1.1788</x:v>
       </x:c>
       <x:c r="C1244" s="3" t="n">
-        <x:v>1.0974</x:v>
+        <x:v>1.1788</x:v>
       </x:c>
       <x:c r="D1244" s="3" t="n">
-        <x:v>1.0974</x:v>
+        <x:v>1.1788</x:v>
       </x:c>
     </x:row>
     <x:row r="1245" spans="1:8">
       <x:c r="A1245" s="2" t="s">
         <x:v>1248</x:v>
       </x:c>
       <x:c r="B1245" s="3" t="n">
-        <x:v>1.0945</x:v>
+        <x:v>1.1802</x:v>
       </x:c>
       <x:c r="C1245" s="3" t="n">
-        <x:v>1.0945</x:v>
+        <x:v>1.1802</x:v>
       </x:c>
       <x:c r="D1245" s="3" t="n">
-        <x:v>1.0945</x:v>
+        <x:v>1.1802</x:v>
       </x:c>
     </x:row>
     <x:row r="1246" spans="1:8">
       <x:c r="A1246" s="2" t="s">
         <x:v>1249</x:v>
       </x:c>
       <x:c r="B1246" s="3" t="n">
-        <x:v>1.1124</x:v>
+        <x:v>1.1829</x:v>
       </x:c>
       <x:c r="C1246" s="3" t="n">
-        <x:v>1.1124</x:v>
+        <x:v>1.1829</x:v>
       </x:c>
       <x:c r="D1246" s="3" t="n">
-        <x:v>1.1124</x:v>
+        <x:v>1.1829</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:8">
       <x:c r="A1247" s="2" t="s">
         <x:v>1250</x:v>
       </x:c>
       <x:c r="B1247" s="3" t="n">
-        <x:v>1.1064</x:v>
+        <x:v>1.1738</x:v>
       </x:c>
       <x:c r="C1247" s="3" t="n">
-        <x:v>1.1064</x:v>
+        <x:v>1.1738</x:v>
       </x:c>
       <x:c r="D1247" s="3" t="n">
-        <x:v>1.1064</x:v>
+        <x:v>1.1738</x:v>
       </x:c>
     </x:row>
     <x:row r="1248" spans="1:8">
       <x:c r="A1248" s="2" t="s">
         <x:v>1251</x:v>
       </x:c>
       <x:c r="B1248" s="3" t="n">
-        <x:v>1.1067</x:v>
+        <x:v>1.1649</x:v>
       </x:c>
       <x:c r="C1248" s="3" t="n">
-        <x:v>1.1067</x:v>
+        <x:v>1.1649</x:v>
       </x:c>
       <x:c r="D1248" s="3" t="n">
-        <x:v>1.1067</x:v>
+        <x:v>1.1649</x:v>
       </x:c>
     </x:row>
     <x:row r="1249" spans="1:8">
       <x:c r="A1249" s="2" t="s">
         <x:v>1252</x:v>
       </x:c>
       <x:c r="B1249" s="3" t="n">
-        <x:v>1.0997</x:v>
+        <x:v>1.1596</x:v>
       </x:c>
       <x:c r="C1249" s="3" t="n">
-        <x:v>1.0997</x:v>
+        <x:v>1.1596</x:v>
       </x:c>
       <x:c r="D1249" s="3" t="n">
-        <x:v>1.0997</x:v>
+        <x:v>1.1596</x:v>
       </x:c>
     </x:row>
     <x:row r="1250" spans="1:8">
       <x:c r="A1250" s="2" t="s">
         <x:v>1253</x:v>
       </x:c>
       <x:c r="B1250" s="3" t="n">
-        <x:v>1.0981</x:v>
+        <x:v>1.1547</x:v>
       </x:c>
       <x:c r="C1250" s="3" t="n">
-        <x:v>1.0981</x:v>
+        <x:v>1.1547</x:v>
       </x:c>
       <x:c r="D1250" s="3" t="n">
-        <x:v>1.0981</x:v>
+        <x:v>1.1547</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:8">
       <x:c r="A1251" s="2" t="s">
         <x:v>1254</x:v>
       </x:c>
       <x:c r="B1251" s="3" t="n">
-        <x:v>1.0945</x:v>
+        <x:v>1.1371</x:v>
       </x:c>
       <x:c r="C1251" s="3" t="n">
-        <x:v>1.0945</x:v>
+        <x:v>1.1371</x:v>
       </x:c>
       <x:c r="D1251" s="3" t="n">
-        <x:v>1.0945</x:v>
+        <x:v>1.1371</x:v>
       </x:c>
     </x:row>
     <x:row r="1252" spans="1:8">
       <x:c r="A1252" s="2" t="s">
         <x:v>1255</x:v>
       </x:c>
       <x:c r="B1252" s="3" t="n">
-        <x:v>1.0969</x:v>
+        <x:v>1.1363</x:v>
       </x:c>
       <x:c r="C1252" s="3" t="n">
-        <x:v>1.0969</x:v>
+        <x:v>1.1363</x:v>
       </x:c>
       <x:c r="D1252" s="3" t="n">
-        <x:v>1.0969</x:v>
+        <x:v>1.1363</x:v>
       </x:c>
     </x:row>
     <x:row r="1253" spans="1:8">
       <x:c r="A1253" s="2" t="s">
         <x:v>1256</x:v>
       </x:c>
       <x:c r="B1253" s="3" t="n">
-        <x:v>1.091</x:v>
+        <x:v>1.1354</x:v>
       </x:c>
       <x:c r="C1253" s="3" t="n">
-        <x:v>1.091</x:v>
+        <x:v>1.1354</x:v>
       </x:c>
       <x:c r="D1253" s="3" t="n">
-        <x:v>1.091</x:v>
+        <x:v>1.1354</x:v>
       </x:c>
     </x:row>
     <x:row r="1254" spans="1:8">
       <x:c r="A1254" s="2" t="s">
         <x:v>1257</x:v>
       </x:c>
       <x:c r="B1254" s="3" t="n">
-        <x:v>1.0937</x:v>
+        <x:v>1.1376</x:v>
       </x:c>
       <x:c r="C1254" s="3" t="n">
-        <x:v>1.0937</x:v>
+        <x:v>1.1376</x:v>
       </x:c>
       <x:c r="D1254" s="3" t="n">
-        <x:v>1.0937</x:v>
+        <x:v>1.1376</x:v>
       </x:c>
     </x:row>
     <x:row r="1255" spans="1:8">
       <x:c r="A1255" s="2" t="s">
         <x:v>1258</x:v>
       </x:c>
       <x:c r="B1255" s="3" t="n">
-        <x:v>1.0558</x:v>
+        <x:v>1.1246</x:v>
       </x:c>
       <x:c r="C1255" s="3" t="n">
-        <x:v>1.0558</x:v>
+        <x:v>1.1246</x:v>
       </x:c>
       <x:c r="D1255" s="3" t="n">
-        <x:v>1.0558</x:v>
+        <x:v>1.1246</x:v>
       </x:c>
     </x:row>
     <x:row r="1256" spans="1:8">
       <x:c r="A1256" s="2" t="s">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="B1256" s="3" t="n">
-        <x:v>1.0665</x:v>
+        <x:v>1.1096</x:v>
       </x:c>
       <x:c r="C1256" s="3" t="n">
-        <x:v>1.0665</x:v>
+        <x:v>1.1096</x:v>
       </x:c>
       <x:c r="D1256" s="3" t="n">
-        <x:v>1.0665</x:v>
+        <x:v>1.1096</x:v>
       </x:c>
     </x:row>
     <x:row r="1257" spans="1:8">
       <x:c r="A1257" s="2" t="s">
         <x:v>1260</x:v>
       </x:c>
       <x:c r="B1257" s="3" t="n">
-        <x:v>1.0726</x:v>
+        <x:v>1.1052</x:v>
       </x:c>
       <x:c r="C1257" s="3" t="n">
-        <x:v>1.0726</x:v>
+        <x:v>1.1052</x:v>
       </x:c>
       <x:c r="D1257" s="3" t="n">
-        <x:v>1.0726</x:v>
+        <x:v>1.1052</x:v>
       </x:c>
     </x:row>
     <x:row r="1258" spans="1:8">
       <x:c r="A1258" s="2" t="s">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="B1258" s="3" t="n">
-        <x:v>1.0822</x:v>
+        <x:v>1.1036</x:v>
       </x:c>
       <x:c r="C1258" s="3" t="n">
-        <x:v>1.0822</x:v>
+        <x:v>1.1036</x:v>
       </x:c>
       <x:c r="D1258" s="3" t="n">
-        <x:v>1.0822</x:v>
+        <x:v>1.1036</x:v>
       </x:c>
     </x:row>
     <x:row r="1259" spans="1:8">
       <x:c r="A1259" s="2" t="s">
         <x:v>1262</x:v>
       </x:c>
       <x:c r="B1259" s="3" t="n">
-        <x:v>1.0658</x:v>
+        <x:v>1.0974</x:v>
       </x:c>
       <x:c r="C1259" s="3" t="n">
-        <x:v>1.0658</x:v>
+        <x:v>1.0974</x:v>
       </x:c>
       <x:c r="D1259" s="3" t="n">
-        <x:v>1.0658</x:v>
+        <x:v>1.0974</x:v>
       </x:c>
     </x:row>
     <x:row r="1260" spans="1:8">
       <x:c r="A1260" s="2" t="s">
         <x:v>1263</x:v>
       </x:c>
       <x:c r="B1260" s="3" t="n">
-        <x:v>1.0456</x:v>
+        <x:v>1.0945</x:v>
       </x:c>
       <x:c r="C1260" s="3" t="n">
-        <x:v>1.0456</x:v>
+        <x:v>1.0945</x:v>
       </x:c>
       <x:c r="D1260" s="3" t="n">
-        <x:v>1.0456</x:v>
+        <x:v>1.0945</x:v>
       </x:c>
     </x:row>
     <x:row r="1261" spans="1:8">
       <x:c r="A1261" s="2" t="s">
         <x:v>1264</x:v>
       </x:c>
       <x:c r="B1261" s="3" t="n">
-        <x:v>1.0724</x:v>
+        <x:v>1.1124</x:v>
       </x:c>
       <x:c r="C1261" s="3" t="n">
-        <x:v>1.0724</x:v>
+        <x:v>1.1124</x:v>
       </x:c>
       <x:c r="D1261" s="3" t="n">
-        <x:v>1.0724</x:v>
+        <x:v>1.1124</x:v>
       </x:c>
     </x:row>
     <x:row r="1262" spans="1:8">
       <x:c r="A1262" s="2" t="s">
         <x:v>1265</x:v>
       </x:c>
       <x:c r="B1262" s="3" t="n">
-        <x:v>1.0627</x:v>
+        <x:v>1.1064</x:v>
       </x:c>
       <x:c r="C1262" s="3" t="n">
-        <x:v>1.0627</x:v>
+        <x:v>1.1064</x:v>
       </x:c>
       <x:c r="D1262" s="3" t="n">
-        <x:v>1.0627</x:v>
+        <x:v>1.1064</x:v>
       </x:c>
     </x:row>
     <x:row r="1263" spans="1:8">
       <x:c r="A1263" s="2" t="s">
         <x:v>1266</x:v>
       </x:c>
       <x:c r="B1263" s="3" t="n">
-        <x:v>1.0606</x:v>
+        <x:v>1.1067</x:v>
       </x:c>
       <x:c r="C1263" s="3" t="n">
-        <x:v>1.0606</x:v>
+        <x:v>1.1067</x:v>
       </x:c>
       <x:c r="D1263" s="3" t="n">
-        <x:v>1.0606</x:v>
+        <x:v>1.1067</x:v>
       </x:c>
     </x:row>
     <x:row r="1264" spans="1:8">
       <x:c r="A1264" s="2" t="s">
         <x:v>1267</x:v>
       </x:c>
       <x:c r="B1264" s="3" t="n">
-        <x:v>1.0701</x:v>
+        <x:v>1.0997</x:v>
       </x:c>
       <x:c r="C1264" s="3" t="n">
-        <x:v>1.0701</x:v>
+        <x:v>1.0997</x:v>
       </x:c>
       <x:c r="D1264" s="3" t="n">
-        <x:v>1.0701</x:v>
+        <x:v>1.0997</x:v>
       </x:c>
     </x:row>
     <x:row r="1265" spans="1:8">
       <x:c r="A1265" s="2" t="s">
         <x:v>1268</x:v>
       </x:c>
       <x:c r="B1265" s="3" t="n">
-        <x:v>1.0892</x:v>
+        <x:v>1.0981</x:v>
       </x:c>
       <x:c r="C1265" s="3" t="n">
-        <x:v>1.0892</x:v>
+        <x:v>1.0981</x:v>
       </x:c>
       <x:c r="D1265" s="3" t="n">
-        <x:v>1.0892</x:v>
+        <x:v>1.0981</x:v>
       </x:c>
     </x:row>
     <x:row r="1266" spans="1:8">
       <x:c r="A1266" s="2" t="s">
         <x:v>1269</x:v>
       </x:c>
       <x:c r="B1266" s="3" t="n">
-        <x:v>1.0922</x:v>
+        <x:v>1.0945</x:v>
       </x:c>
       <x:c r="C1266" s="3" t="n">
-        <x:v>1.0922</x:v>
+        <x:v>1.0945</x:v>
       </x:c>
       <x:c r="D1266" s="3" t="n">
-        <x:v>1.0922</x:v>
+        <x:v>1.0945</x:v>
       </x:c>
     </x:row>
     <x:row r="1267" spans="1:8">
       <x:c r="A1267" s="2" t="s">
         <x:v>1270</x:v>
       </x:c>
       <x:c r="B1267" s="3" t="n">
-        <x:v>1.0905</x:v>
+        <x:v>1.0969</x:v>
       </x:c>
       <x:c r="C1267" s="3" t="n">
-        <x:v>1.0905</x:v>
+        <x:v>1.0969</x:v>
       </x:c>
       <x:c r="D1267" s="3" t="n">
-        <x:v>1.0905</x:v>
+        <x:v>1.0969</x:v>
       </x:c>
     </x:row>
     <x:row r="1268" spans="1:8">
       <x:c r="A1268" s="2" t="s">
         <x:v>1271</x:v>
       </x:c>
       <x:c r="B1268" s="3" t="n">
-        <x:v>1.0895</x:v>
+        <x:v>1.091</x:v>
       </x:c>
       <x:c r="C1268" s="3" t="n">
-        <x:v>1.0895</x:v>
+        <x:v>1.091</x:v>
       </x:c>
       <x:c r="D1268" s="3" t="n">
-        <x:v>1.0895</x:v>
+        <x:v>1.091</x:v>
       </x:c>
     </x:row>
     <x:row r="1269" spans="1:8">
       <x:c r="A1269" s="2" t="s">
         <x:v>1272</x:v>
       </x:c>
       <x:c r="B1269" s="3" t="n">
-        <x:v>1.0917</x:v>
+        <x:v>1.0937</x:v>
       </x:c>
       <x:c r="C1269" s="3" t="n">
-        <x:v>1.0917</x:v>
+        <x:v>1.0937</x:v>
       </x:c>
       <x:c r="D1269" s="3" t="n">
-        <x:v>1.0917</x:v>
+        <x:v>1.0937</x:v>
       </x:c>
     </x:row>
     <x:row r="1270" spans="1:8">
       <x:c r="A1270" s="2" t="s">
         <x:v>1273</x:v>
       </x:c>
       <x:c r="B1270" s="3" t="n">
-        <x:v>1.0865</x:v>
+        <x:v>1.0558</x:v>
       </x:c>
       <x:c r="C1270" s="3" t="n">
-        <x:v>1.0865</x:v>
+        <x:v>1.0558</x:v>
       </x:c>
       <x:c r="D1270" s="3" t="n">
-        <x:v>1.0865</x:v>
+        <x:v>1.0558</x:v>
       </x:c>
     </x:row>
     <x:row r="1271" spans="1:8">
       <x:c r="A1271" s="2" t="s">
         <x:v>1274</x:v>
       </x:c>
       <x:c r="B1271" s="3" t="n">
-        <x:v>1.0835</x:v>
+        <x:v>1.0665</x:v>
       </x:c>
       <x:c r="C1271" s="3" t="n">
-        <x:v>1.0835</x:v>
+        <x:v>1.0665</x:v>
       </x:c>
       <x:c r="D1271" s="3" t="n">
-        <x:v>1.0835</x:v>
+        <x:v>1.0665</x:v>
       </x:c>
     </x:row>
     <x:row r="1272" spans="1:8">
       <x:c r="A1272" s="2" t="s">
         <x:v>1275</x:v>
       </x:c>
       <x:c r="B1272" s="3" t="n">
-        <x:v>1.085</x:v>
+        <x:v>1.0726</x:v>
       </x:c>
       <x:c r="C1272" s="3" t="n">
-        <x:v>1.085</x:v>
+        <x:v>1.0726</x:v>
       </x:c>
       <x:c r="D1272" s="3" t="n">
-        <x:v>1.085</x:v>
+        <x:v>1.0726</x:v>
       </x:c>
     </x:row>
     <x:row r="1273" spans="1:8">
       <x:c r="A1273" s="2" t="s">
         <x:v>1276</x:v>
       </x:c>
       <x:c r="B1273" s="3" t="n">
-        <x:v>1.0853</x:v>
+        <x:v>1.0822</x:v>
       </x:c>
       <x:c r="C1273" s="3" t="n">
-        <x:v>1.0853</x:v>
+        <x:v>1.0822</x:v>
       </x:c>
       <x:c r="D1273" s="3" t="n">
-        <x:v>1.0853</x:v>
+        <x:v>1.0822</x:v>
       </x:c>
     </x:row>
     <x:row r="1274" spans="1:8">
       <x:c r="A1274" s="2" t="s">
         <x:v>1277</x:v>
       </x:c>
       <x:c r="B1274" s="3" t="n">
-        <x:v>1.0844</x:v>
+        <x:v>1.0658</x:v>
       </x:c>
       <x:c r="C1274" s="3" t="n">
-        <x:v>1.0844</x:v>
+        <x:v>1.0658</x:v>
       </x:c>
       <x:c r="D1274" s="3" t="n">
-        <x:v>1.0844</x:v>
+        <x:v>1.0658</x:v>
       </x:c>
     </x:row>
     <x:row r="1275" spans="1:8">
       <x:c r="A1275" s="2" t="s">
         <x:v>1278</x:v>
       </x:c>
       <x:c r="B1275" s="3" t="n">
-        <x:v>1.0911</x:v>
+        <x:v>1.0456</x:v>
       </x:c>
       <x:c r="C1275" s="3" t="n">
-        <x:v>1.0911</x:v>
+        <x:v>1.0456</x:v>
       </x:c>
       <x:c r="D1275" s="3" t="n">
-        <x:v>1.0911</x:v>
+        <x:v>1.0456</x:v>
       </x:c>
     </x:row>
     <x:row r="1276" spans="1:8">
       <x:c r="A1276" s="2" t="s">
         <x:v>1279</x:v>
       </x:c>
       <x:c r="B1276" s="3" t="n">
-        <x:v>1.0774</x:v>
+        <x:v>1.0724</x:v>
       </x:c>
       <x:c r="C1276" s="3" t="n">
-        <x:v>1.0774</x:v>
+        <x:v>1.0724</x:v>
       </x:c>
       <x:c r="D1276" s="3" t="n">
-        <x:v>1.0774</x:v>
+        <x:v>1.0724</x:v>
       </x:c>
     </x:row>
     <x:row r="1277" spans="1:8">
       <x:c r="A1277" s="2" t="s">
         <x:v>1280</x:v>
       </x:c>
       <x:c r="B1277" s="3" t="n">
-        <x:v>1.0809</x:v>
+        <x:v>1.0627</x:v>
       </x:c>
       <x:c r="C1277" s="3" t="n">
-        <x:v>1.0809</x:v>
+        <x:v>1.0627</x:v>
       </x:c>
       <x:c r="D1277" s="3" t="n">
-        <x:v>1.0809</x:v>
+        <x:v>1.0627</x:v>
       </x:c>
     </x:row>
     <x:row r="1278" spans="1:8">
       <x:c r="A1278" s="2" t="s">
         <x:v>1281</x:v>
       </x:c>
       <x:c r="B1278" s="3" t="n">
-        <x:v>1.0633</x:v>
+        <x:v>1.0606</x:v>
       </x:c>
       <x:c r="C1278" s="3" t="n">
-        <x:v>1.0633</x:v>
+        <x:v>1.0606</x:v>
       </x:c>
       <x:c r="D1278" s="3" t="n">
-        <x:v>1.0633</x:v>
+        <x:v>1.0606</x:v>
       </x:c>
     </x:row>
     <x:row r="1279" spans="1:8">
       <x:c r="A1279" s="2" t="s">
         <x:v>1282</x:v>
       </x:c>
       <x:c r="B1279" s="3" t="n">
-        <x:v>1.0419</x:v>
+        <x:v>1.0701</x:v>
       </x:c>
       <x:c r="C1279" s="3" t="n">
-        <x:v>1.0419</x:v>
+        <x:v>1.0701</x:v>
       </x:c>
       <x:c r="D1279" s="3" t="n">
-        <x:v>1.0419</x:v>
+        <x:v>1.0701</x:v>
       </x:c>
     </x:row>
     <x:row r="1280" spans="1:8">
       <x:c r="A1280" s="2" t="s">
         <x:v>1283</x:v>
       </x:c>
       <x:c r="B1280" s="3" t="n">
-        <x:v>1.0655</x:v>
+        <x:v>1.0892</x:v>
       </x:c>
       <x:c r="C1280" s="3" t="n">
-        <x:v>1.0655</x:v>
+        <x:v>1.0892</x:v>
       </x:c>
       <x:c r="D1280" s="3" t="n">
-        <x:v>1.0655</x:v>
+        <x:v>1.0892</x:v>
       </x:c>
     </x:row>
     <x:row r="1281" spans="1:8">
       <x:c r="A1281" s="2" t="s">
         <x:v>1284</x:v>
       </x:c>
       <x:c r="B1281" s="3" t="n">
-        <x:v>1.0537</x:v>
+        <x:v>1.0922</x:v>
       </x:c>
       <x:c r="C1281" s="3" t="n">
-        <x:v>1.0537</x:v>
+        <x:v>1.0922</x:v>
       </x:c>
       <x:c r="D1281" s="3" t="n">
-        <x:v>1.0537</x:v>
+        <x:v>1.0922</x:v>
       </x:c>
     </x:row>
     <x:row r="1282" spans="1:8">
       <x:c r="A1282" s="2" t="s">
         <x:v>1285</x:v>
       </x:c>
       <x:c r="B1282" s="3" t="n">
-        <x:v>1.0746</x:v>
+        <x:v>1.0905</x:v>
       </x:c>
       <x:c r="C1282" s="3" t="n">
-        <x:v>1.0746</x:v>
+        <x:v>1.0905</x:v>
       </x:c>
       <x:c r="D1282" s="3" t="n">
-        <x:v>1.0746</x:v>
+        <x:v>1.0905</x:v>
       </x:c>
     </x:row>
     <x:row r="1283" spans="1:8">
       <x:c r="A1283" s="2" t="s">
         <x:v>1286</x:v>
       </x:c>
       <x:c r="B1283" s="3" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.0895</x:v>
       </x:c>
       <x:c r="C1283" s="3" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.0895</x:v>
       </x:c>
       <x:c r="D1283" s="3" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.0895</x:v>
       </x:c>
     </x:row>
     <x:row r="1284" spans="1:8">
       <x:c r="A1284" s="2" t="s">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="B1284" s="3" t="n">
-        <x:v>1.0684</x:v>
+        <x:v>1.0917</x:v>
       </x:c>
       <x:c r="C1284" s="3" t="n">
-        <x:v>1.0684</x:v>
+        <x:v>1.0917</x:v>
       </x:c>
       <x:c r="D1284" s="3" t="n">
-        <x:v>1.0684</x:v>
+        <x:v>1.0917</x:v>
       </x:c>
     </x:row>
     <x:row r="1285" spans="1:8">
       <x:c r="A1285" s="2" t="s">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="B1285" s="3" t="n">
-        <x:v>1.0695</x:v>
+        <x:v>1.0865</x:v>
       </x:c>
       <x:c r="C1285" s="3" t="n">
-        <x:v>1.0695</x:v>
+        <x:v>1.0865</x:v>
       </x:c>
       <x:c r="D1285" s="3" t="n">
-        <x:v>1.0695</x:v>
+        <x:v>1.0865</x:v>
       </x:c>
     </x:row>
     <x:row r="1286" spans="1:8">
       <x:c r="A1286" s="2" t="s">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="B1286" s="3" t="n">
-        <x:v>1.0677</x:v>
+        <x:v>1.0835</x:v>
       </x:c>
       <x:c r="C1286" s="3" t="n">
-        <x:v>1.0677</x:v>
+        <x:v>1.0835</x:v>
       </x:c>
       <x:c r="D1286" s="3" t="n">
-        <x:v>1.0677</x:v>
+        <x:v>1.0835</x:v>
       </x:c>
     </x:row>
     <x:row r="1287" spans="1:8">
       <x:c r="A1287" s="2" t="s">
         <x:v>1290</x:v>
       </x:c>
       <x:c r="B1287" s="3" t="n">
-        <x:v>1.0574</x:v>
+        <x:v>1.085</x:v>
       </x:c>
       <x:c r="C1287" s="3" t="n">
-        <x:v>1.0574</x:v>
+        <x:v>1.085</x:v>
       </x:c>
       <x:c r="D1287" s="3" t="n">
-        <x:v>1.0574</x:v>
+        <x:v>1.085</x:v>
       </x:c>
     </x:row>
     <x:row r="1288" spans="1:8">
       <x:c r="A1288" s="2" t="s">
         <x:v>1291</x:v>
       </x:c>
       <x:c r="B1288" s="3" t="n">
-        <x:v>1.0556</x:v>
+        <x:v>1.0853</x:v>
       </x:c>
       <x:c r="C1288" s="3" t="n">
-        <x:v>1.0556</x:v>
+        <x:v>1.0853</x:v>
       </x:c>
       <x:c r="D1288" s="3" t="n">
-        <x:v>1.0556</x:v>
+        <x:v>1.0853</x:v>
       </x:c>
     </x:row>
     <x:row r="1289" spans="1:8">
       <x:c r="A1289" s="2" t="s">
         <x:v>1292</x:v>
       </x:c>
       <x:c r="B1289" s="3" t="n">
-        <x:v>1.0529</x:v>
+        <x:v>1.0844</x:v>
       </x:c>
       <x:c r="C1289" s="3" t="n">
-        <x:v>1.0529</x:v>
+        <x:v>1.0844</x:v>
       </x:c>
       <x:c r="D1289" s="3" t="n">
-        <x:v>1.0529</x:v>
+        <x:v>1.0844</x:v>
       </x:c>
     </x:row>
     <x:row r="1290" spans="1:8">
       <x:c r="A1290" s="2" t="s">
         <x:v>1293</x:v>
       </x:c>
       <x:c r="B1290" s="3" t="n">
-        <x:v>1.0581</x:v>
+        <x:v>1.0911</x:v>
       </x:c>
       <x:c r="C1290" s="3" t="n">
-        <x:v>1.0581</x:v>
+        <x:v>1.0911</x:v>
       </x:c>
       <x:c r="D1290" s="3" t="n">
-        <x:v>1.0581</x:v>
+        <x:v>1.0911</x:v>
       </x:c>
     </x:row>
     <x:row r="1291" spans="1:8">
       <x:c r="A1291" s="2" t="s">
         <x:v>1294</x:v>
       </x:c>
       <x:c r="B1291" s="3" t="n">
-        <x:v>1.0615</x:v>
+        <x:v>1.0774</x:v>
       </x:c>
       <x:c r="C1291" s="3" t="n">
-        <x:v>1.0615</x:v>
+        <x:v>1.0774</x:v>
       </x:c>
       <x:c r="D1291" s="3" t="n">
-        <x:v>1.0615</x:v>
+        <x:v>1.0774</x:v>
       </x:c>
     </x:row>
     <x:row r="1292" spans="1:8">
       <x:c r="A1292" s="2" t="s">
         <x:v>1295</x:v>
       </x:c>
       <x:c r="B1292" s="3" t="n">
-        <x:v>1.0683</x:v>
+        <x:v>1.0809</x:v>
       </x:c>
       <x:c r="C1292" s="3" t="n">
-        <x:v>1.0683</x:v>
+        <x:v>1.0809</x:v>
       </x:c>
       <x:c r="D1292" s="3" t="n">
-        <x:v>1.0683</x:v>
+        <x:v>1.0809</x:v>
       </x:c>
     </x:row>
     <x:row r="1293" spans="1:8">
       <x:c r="A1293" s="2" t="s">
         <x:v>1296</x:v>
       </x:c>
       <x:c r="B1293" s="3" t="n">
-        <x:v>1.0605</x:v>
+        <x:v>1.0633</x:v>
       </x:c>
       <x:c r="C1293" s="3" t="n">
-        <x:v>1.0605</x:v>
+        <x:v>1.0633</x:v>
       </x:c>
       <x:c r="D1293" s="3" t="n">
-        <x:v>1.0605</x:v>
+        <x:v>1.0633</x:v>
       </x:c>
     </x:row>
     <x:row r="1294" spans="1:8">
       <x:c r="A1294" s="2" t="s">
         <x:v>1297</x:v>
       </x:c>
       <x:c r="B1294" s="3" t="n">
-        <x:v>1.0627</x:v>
+        <x:v>1.0419</x:v>
       </x:c>
       <x:c r="C1294" s="3" t="n">
-        <x:v>1.0627</x:v>
+        <x:v>1.0419</x:v>
       </x:c>
       <x:c r="D1294" s="3" t="n">
-        <x:v>1.0627</x:v>
+        <x:v>1.0419</x:v>
       </x:c>
     </x:row>
     <x:row r="1295" spans="1:8">
       <x:c r="A1295" s="2" t="s">
         <x:v>1298</x:v>
       </x:c>
       <x:c r="B1295" s="3" t="n">
-        <x:v>1.0465</x:v>
+        <x:v>1.0655</x:v>
       </x:c>
       <x:c r="C1295" s="3" t="n">
-        <x:v>1.0465</x:v>
+        <x:v>1.0655</x:v>
       </x:c>
       <x:c r="D1295" s="3" t="n">
-        <x:v>1.0465</x:v>
+        <x:v>1.0655</x:v>
       </x:c>
     </x:row>
     <x:row r="1296" spans="1:8">
       <x:c r="A1296" s="2" t="s">
         <x:v>1299</x:v>
       </x:c>
       <x:c r="B1296" s="3" t="n">
-        <x:v>1.0442</x:v>
+        <x:v>1.0537</x:v>
       </x:c>
       <x:c r="C1296" s="3" t="n">
-        <x:v>1.0442</x:v>
+        <x:v>1.0537</x:v>
       </x:c>
       <x:c r="D1296" s="3" t="n">
-        <x:v>1.0442</x:v>
+        <x:v>1.0537</x:v>
       </x:c>
     </x:row>
     <x:row r="1297" spans="1:8">
       <x:c r="A1297" s="2" t="s">
         <x:v>1300</x:v>
       </x:c>
       <x:c r="B1297" s="3" t="n">
-        <x:v>1.0473</x:v>
+        <x:v>1.0746</x:v>
       </x:c>
       <x:c r="C1297" s="3" t="n">
-        <x:v>1.0473</x:v>
+        <x:v>1.0746</x:v>
       </x:c>
       <x:c r="D1297" s="3" t="n">
-        <x:v>1.0473</x:v>
+        <x:v>1.0746</x:v>
       </x:c>
     </x:row>
     <x:row r="1298" spans="1:8">
       <x:c r="A1298" s="2" t="s">
         <x:v>1301</x:v>
       </x:c>
       <x:c r="B1298" s="3" t="n">
-        <x:v>1.0542</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C1298" s="3" t="n">
-        <x:v>1.0542</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D1298" s="3" t="n">
-        <x:v>1.0542</x:v>
+        <x:v>1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1299" spans="1:8">
       <x:c r="A1299" s="2" t="s">
         <x:v>1302</x:v>
       </x:c>
       <x:c r="B1299" s="3" t="n">
-        <x:v>1.0544</x:v>
+        <x:v>1.0684</x:v>
       </x:c>
       <x:c r="C1299" s="3" t="n">
-        <x:v>1.0544</x:v>
+        <x:v>1.0684</x:v>
       </x:c>
       <x:c r="D1299" s="3" t="n">
-        <x:v>1.0544</x:v>
+        <x:v>1.0684</x:v>
       </x:c>
     </x:row>
     <x:row r="1300" spans="1:8">
       <x:c r="A1300" s="2" t="s">
         <x:v>1303</x:v>
       </x:c>
       <x:c r="B1300" s="3" t="n">
-        <x:v>1.0617</x:v>
+        <x:v>1.0695</x:v>
       </x:c>
       <x:c r="C1300" s="3" t="n">
-        <x:v>1.0617</x:v>
+        <x:v>1.0695</x:v>
       </x:c>
       <x:c r="D1300" s="3" t="n">
-        <x:v>1.0617</x:v>
+        <x:v>1.0695</x:v>
       </x:c>
     </x:row>
     <x:row r="1301" spans="1:8">
       <x:c r="A1301" s="2" t="s">
         <x:v>1304</x:v>
       </x:c>
       <x:c r="B1301" s="3" t="n">
-        <x:v>1.0548</x:v>
+        <x:v>1.0677</x:v>
       </x:c>
       <x:c r="C1301" s="3" t="n">
-        <x:v>1.0548</x:v>
+        <x:v>1.0677</x:v>
       </x:c>
       <x:c r="D1301" s="3" t="n">
-        <x:v>1.0548</x:v>
+        <x:v>1.0677</x:v>
       </x:c>
     </x:row>
     <x:row r="1302" spans="1:8">
       <x:c r="A1302" s="2" t="s">
         <x:v>1305</x:v>
       </x:c>
       <x:c r="B1302" s="3" t="n">
-        <x:v>1.0541</x:v>
+        <x:v>1.0574</x:v>
       </x:c>
       <x:c r="C1302" s="3" t="n">
-        <x:v>1.0541</x:v>
+        <x:v>1.0574</x:v>
       </x:c>
       <x:c r="D1302" s="3" t="n">
-        <x:v>1.0541</x:v>
+        <x:v>1.0574</x:v>
       </x:c>
     </x:row>
     <x:row r="1303" spans="1:8">
       <x:c r="A1303" s="2" t="s">
         <x:v>1306</x:v>
       </x:c>
       <x:c r="B1303" s="3" t="n">
-        <x:v>1.0609</x:v>
+        <x:v>1.0556</x:v>
       </x:c>
       <x:c r="C1303" s="3" t="n">
-        <x:v>1.0609</x:v>
+        <x:v>1.0556</x:v>
       </x:c>
       <x:c r="D1303" s="3" t="n">
-        <x:v>1.0609</x:v>
+        <x:v>1.0556</x:v>
       </x:c>
     </x:row>
     <x:row r="1304" spans="1:8">
       <x:c r="A1304" s="2" t="s">
         <x:v>1307</x:v>
       </x:c>
       <x:c r="B1304" s="3" t="n">
-        <x:v>1.0559</x:v>
+        <x:v>1.0529</x:v>
       </x:c>
       <x:c r="C1304" s="3" t="n">
-        <x:v>1.0559</x:v>
+        <x:v>1.0529</x:v>
       </x:c>
       <x:c r="D1304" s="3" t="n">
-        <x:v>1.0559</x:v>
+        <x:v>1.0529</x:v>
       </x:c>
     </x:row>
     <x:row r="1305" spans="1:8">
       <x:c r="A1305" s="2" t="s">
         <x:v>1308</x:v>
       </x:c>
       <x:c r="B1305" s="3" t="n">
-        <x:v>1.0543</x:v>
+        <x:v>1.0581</x:v>
       </x:c>
       <x:c r="C1305" s="3" t="n">
-        <x:v>1.0543</x:v>
+        <x:v>1.0581</x:v>
       </x:c>
       <x:c r="D1305" s="3" t="n">
-        <x:v>1.0543</x:v>
+        <x:v>1.0581</x:v>
       </x:c>
     </x:row>
     <x:row r="1306" spans="1:8">
       <x:c r="A1306" s="2" t="s">
         <x:v>1309</x:v>
       </x:c>
       <x:c r="B1306" s="3" t="n">
-        <x:v>1.0544</x:v>
+        <x:v>1.0615</x:v>
       </x:c>
       <x:c r="C1306" s="3" t="n">
-        <x:v>1.0544</x:v>
+        <x:v>1.0615</x:v>
       </x:c>
       <x:c r="D1306" s="3" t="n">
-        <x:v>1.0544</x:v>
+        <x:v>1.0615</x:v>
       </x:c>
     </x:row>
     <x:row r="1307" spans="1:8">
       <x:c r="A1307" s="2" t="s">
         <x:v>1310</x:v>
       </x:c>
       <x:c r="B1307" s="3" t="n">
-        <x:v>1.0554</x:v>
+        <x:v>1.0683</x:v>
       </x:c>
       <x:c r="C1307" s="3" t="n">
-        <x:v>1.0554</x:v>
+        <x:v>1.0683</x:v>
       </x:c>
       <x:c r="D1307" s="3" t="n">
-        <x:v>1.0554</x:v>
+        <x:v>1.0683</x:v>
       </x:c>
     </x:row>
     <x:row r="1308" spans="1:8">
       <x:c r="A1308" s="2" t="s">
         <x:v>1311</x:v>
       </x:c>
       <x:c r="B1308" s="3" t="n">
-        <x:v>1.0561</x:v>
+        <x:v>1.0605</x:v>
       </x:c>
       <x:c r="C1308" s="3" t="n">
-        <x:v>1.0561</x:v>
+        <x:v>1.0605</x:v>
       </x:c>
       <x:c r="D1308" s="3" t="n">
-        <x:v>1.0561</x:v>
+        <x:v>1.0605</x:v>
       </x:c>
     </x:row>
     <x:row r="1309" spans="1:8">
       <x:c r="A1309" s="2" t="s">
         <x:v>1312</x:v>
       </x:c>
       <x:c r="B1309" s="3" t="n">
-        <x:v>1.0432</x:v>
+        <x:v>1.0627</x:v>
       </x:c>
       <x:c r="C1309" s="3" t="n">
-        <x:v>1.0432</x:v>
+        <x:v>1.0627</x:v>
       </x:c>
       <x:c r="D1309" s="3" t="n">
-        <x:v>1.0432</x:v>
+        <x:v>1.0627</x:v>
       </x:c>
     </x:row>
     <x:row r="1310" spans="1:8">
       <x:c r="A1310" s="2" t="s">
         <x:v>1313</x:v>
       </x:c>
       <x:c r="B1310" s="3" t="n">
-        <x:v>1.0487</x:v>
+        <x:v>1.0465</x:v>
       </x:c>
       <x:c r="C1310" s="3" t="n">
-        <x:v>1.0487</x:v>
+        <x:v>1.0465</x:v>
       </x:c>
       <x:c r="D1310" s="3" t="n">
-        <x:v>1.0487</x:v>
+        <x:v>1.0465</x:v>
       </x:c>
     </x:row>
     <x:row r="1311" spans="1:8">
       <x:c r="A1311" s="2" t="s">
         <x:v>1314</x:v>
       </x:c>
       <x:c r="B1311" s="3" t="n">
-        <x:v>1.0545</x:v>
+        <x:v>1.0442</x:v>
       </x:c>
       <x:c r="C1311" s="3" t="n">
-        <x:v>1.0545</x:v>
+        <x:v>1.0442</x:v>
       </x:c>
       <x:c r="D1311" s="3" t="n">
-        <x:v>1.0545</x:v>
+        <x:v>1.0442</x:v>
       </x:c>
     </x:row>
     <x:row r="1312" spans="1:8">
       <x:c r="A1312" s="2" t="s">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="B1312" s="3" t="n">
-        <x:v>1.0649</x:v>
+        <x:v>1.0473</x:v>
       </x:c>
       <x:c r="C1312" s="3" t="n">
-        <x:v>1.0649</x:v>
+        <x:v>1.0473</x:v>
       </x:c>
       <x:c r="D1312" s="3" t="n">
-        <x:v>1.0649</x:v>
+        <x:v>1.0473</x:v>
       </x:c>
     </x:row>
     <x:row r="1313" spans="1:8">
       <x:c r="A1313" s="2" t="s">
         <x:v>1316</x:v>
       </x:c>
       <x:c r="B1313" s="3" t="n">
-        <x:v>1.0759</x:v>
+        <x:v>1.0542</x:v>
       </x:c>
       <x:c r="C1313" s="3" t="n">
-        <x:v>1.0759</x:v>
+        <x:v>1.0542</x:v>
       </x:c>
       <x:c r="D1313" s="3" t="n">
-        <x:v>1.0759</x:v>
+        <x:v>1.0542</x:v>
       </x:c>
     </x:row>
     <x:row r="1314" spans="1:8">
       <x:c r="A1314" s="2" t="s">
         <x:v>1317</x:v>
       </x:c>
       <x:c r="B1314" s="3" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.0544</x:v>
       </x:c>
       <x:c r="C1314" s="3" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.0544</x:v>
       </x:c>
       <x:c r="D1314" s="3" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.0544</x:v>
       </x:c>
     </x:row>
     <x:row r="1315" spans="1:8">
       <x:c r="A1315" s="2" t="s">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="B1315" s="3" t="n">
-        <x:v>1.0738</x:v>
+        <x:v>1.0617</x:v>
       </x:c>
       <x:c r="C1315" s="3" t="n">
-        <x:v>1.0738</x:v>
+        <x:v>1.0617</x:v>
       </x:c>
       <x:c r="D1315" s="3" t="n">
-        <x:v>1.0738</x:v>
+        <x:v>1.0617</x:v>
       </x:c>
     </x:row>
     <x:row r="1316" spans="1:8">
       <x:c r="A1316" s="2" t="s">
         <x:v>1319</x:v>
       </x:c>
       <x:c r="B1316" s="3" t="n">
-        <x:v>1.0609</x:v>
+        <x:v>1.0548</x:v>
       </x:c>
       <x:c r="C1316" s="3" t="n">
-        <x:v>1.0609</x:v>
+        <x:v>1.0548</x:v>
       </x:c>
       <x:c r="D1316" s="3" t="n">
-        <x:v>1.0609</x:v>
+        <x:v>1.0548</x:v>
       </x:c>
     </x:row>
     <x:row r="1317" spans="1:8">
       <x:c r="A1317" s="2" t="s">
         <x:v>1320</x:v>
       </x:c>
       <x:c r="B1317" s="3" t="n">
-        <x:v>1.0685</x:v>
+        <x:v>1.0541</x:v>
       </x:c>
       <x:c r="C1317" s="3" t="n">
-        <x:v>1.0685</x:v>
+        <x:v>1.0541</x:v>
       </x:c>
       <x:c r="D1317" s="3" t="n">
-        <x:v>1.0685</x:v>
+        <x:v>1.0541</x:v>
       </x:c>
     </x:row>
     <x:row r="1318" spans="1:8">
       <x:c r="A1318" s="2" t="s">
         <x:v>1321</x:v>
       </x:c>
       <x:c r="B1318" s="3" t="n">
-        <x:v>1.0664</x:v>
+        <x:v>1.0609</x:v>
       </x:c>
       <x:c r="C1318" s="3" t="n">
-        <x:v>1.0664</x:v>
+        <x:v>1.0609</x:v>
       </x:c>
       <x:c r="D1318" s="3" t="n">
-        <x:v>1.0664</x:v>
+        <x:v>1.0609</x:v>
       </x:c>
     </x:row>
     <x:row r="1319" spans="1:8">
       <x:c r="A1319" s="2" t="s">
         <x:v>1322</x:v>
       </x:c>
       <x:c r="B1319" s="3" t="n">
-        <x:v>1.0501</x:v>
+        <x:v>1.0559</x:v>
       </x:c>
       <x:c r="C1319" s="3" t="n">
-        <x:v>1.0501</x:v>
+        <x:v>1.0559</x:v>
       </x:c>
       <x:c r="D1319" s="3" t="n">
-        <x:v>1.0501</x:v>
+        <x:v>1.0559</x:v>
       </x:c>
     </x:row>
     <x:row r="1320" spans="1:8">
       <x:c r="A1320" s="2" t="s">
         <x:v>1323</x:v>
       </x:c>
       <x:c r="B1320" s="3" t="n">
-        <x:v>1.0539</x:v>
+        <x:v>1.0543</x:v>
       </x:c>
       <x:c r="C1320" s="3" t="n">
-        <x:v>1.0539</x:v>
+        <x:v>1.0543</x:v>
       </x:c>
       <x:c r="D1320" s="3" t="n">
-        <x:v>1.0539</x:v>
+        <x:v>1.0543</x:v>
       </x:c>
     </x:row>
     <x:row r="1321" spans="1:8">
       <x:c r="A1321" s="2" t="s">
         <x:v>1324</x:v>
       </x:c>
       <x:c r="B1321" s="3" t="n">
-        <x:v>1.0532</x:v>
+        <x:v>1.0544</x:v>
       </x:c>
       <x:c r="C1321" s="3" t="n">
-        <x:v>1.0532</x:v>
+        <x:v>1.0544</x:v>
       </x:c>
       <x:c r="D1321" s="3" t="n">
-        <x:v>1.0532</x:v>
+        <x:v>1.0544</x:v>
       </x:c>
     </x:row>
     <x:row r="1322" spans="1:8">
       <x:c r="A1322" s="2" t="s">
         <x:v>1325</x:v>
       </x:c>
       <x:c r="B1322" s="3" t="n">
-        <x:v>1.0545</x:v>
+        <x:v>1.0554</x:v>
       </x:c>
       <x:c r="C1322" s="3" t="n">
-        <x:v>1.0545</x:v>
+        <x:v>1.0554</x:v>
       </x:c>
       <x:c r="D1322" s="3" t="n">
-        <x:v>1.0545</x:v>
+        <x:v>1.0554</x:v>
       </x:c>
     </x:row>
     <x:row r="1323" spans="1:8">
       <x:c r="A1323" s="2" t="s">
         <x:v>1326</x:v>
       </x:c>
       <x:c r="B1323" s="3" t="n">
-        <x:v>1.0569</x:v>
+        <x:v>1.0561</x:v>
       </x:c>
       <x:c r="C1323" s="3" t="n">
-        <x:v>1.0569</x:v>
+        <x:v>1.0561</x:v>
       </x:c>
       <x:c r="D1323" s="3" t="n">
-        <x:v>1.0569</x:v>
+        <x:v>1.0561</x:v>
       </x:c>
     </x:row>
     <x:row r="1324" spans="1:8">
       <x:c r="A1324" s="2" t="s">
         <x:v>1327</x:v>
       </x:c>
       <x:c r="B1324" s="3" t="n">
-        <x:v>1.0501</x:v>
+        <x:v>1.0432</x:v>
       </x:c>
       <x:c r="C1324" s="3" t="n">
-        <x:v>1.0501</x:v>
+        <x:v>1.0432</x:v>
       </x:c>
       <x:c r="D1324" s="3" t="n">
-        <x:v>1.0501</x:v>
+        <x:v>1.0432</x:v>
       </x:c>
     </x:row>
     <x:row r="1325" spans="1:8">
       <x:c r="A1325" s="2" t="s">
         <x:v>1328</x:v>
       </x:c>
       <x:c r="B1325" s="3" t="n">
-        <x:v>1.0413</x:v>
+        <x:v>1.0487</x:v>
       </x:c>
       <x:c r="C1325" s="3" t="n">
-        <x:v>1.0413</x:v>
+        <x:v>1.0487</x:v>
       </x:c>
       <x:c r="D1325" s="3" t="n">
-        <x:v>1.0413</x:v>
+        <x:v>1.0487</x:v>
       </x:c>
     </x:row>
     <x:row r="1326" spans="1:8">
       <x:c r="A1326" s="2" t="s">
         <x:v>1329</x:v>
       </x:c>
       <x:c r="B1326" s="3" t="n">
-        <x:v>1.0549</x:v>
+        <x:v>1.0545</x:v>
       </x:c>
       <x:c r="C1326" s="3" t="n">
-        <x:v>1.0549</x:v>
+        <x:v>1.0545</x:v>
       </x:c>
       <x:c r="D1326" s="3" t="n">
-        <x:v>1.0549</x:v>
+        <x:v>1.0545</x:v>
       </x:c>
     </x:row>
     <x:row r="1327" spans="1:8">
       <x:c r="A1327" s="2" t="s">
         <x:v>1330</x:v>
       </x:c>
       <x:c r="B1327" s="3" t="n">
-        <x:v>1.0442</x:v>
+        <x:v>1.0649</x:v>
       </x:c>
       <x:c r="C1327" s="3" t="n">
-        <x:v>1.0442</x:v>
+        <x:v>1.0649</x:v>
       </x:c>
       <x:c r="D1327" s="3" t="n">
-        <x:v>1.0442</x:v>
+        <x:v>1.0649</x:v>
       </x:c>
     </x:row>
     <x:row r="1328" spans="1:8">
       <x:c r="A1328" s="2" t="s">
         <x:v>1331</x:v>
       </x:c>
       <x:c r="B1328" s="3" t="n">
-        <x:v>1.0583</x:v>
+        <x:v>1.0759</x:v>
       </x:c>
       <x:c r="C1328" s="3" t="n">
-        <x:v>1.0583</x:v>
+        <x:v>1.0759</x:v>
       </x:c>
       <x:c r="D1328" s="3" t="n">
-        <x:v>1.0583</x:v>
+        <x:v>1.0759</x:v>
       </x:c>
     </x:row>
     <x:row r="1329" spans="1:8">
       <x:c r="A1329" s="2" t="s">
         <x:v>1332</x:v>
       </x:c>
       <x:c r="B1329" s="3" t="n">
-        <x:v>1.0623</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C1329" s="3" t="n">
-        <x:v>1.0623</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D1329" s="3" t="n">
-        <x:v>1.0623</x:v>
+        <x:v>1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1330" spans="1:8">
       <x:c r="A1330" s="2" t="s">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="B1330" s="3" t="n">
-        <x:v>1.0616</x:v>
+        <x:v>1.0738</x:v>
       </x:c>
       <x:c r="C1330" s="3" t="n">
-        <x:v>1.0616</x:v>
+        <x:v>1.0738</x:v>
       </x:c>
       <x:c r="D1330" s="3" t="n">
-        <x:v>1.0616</x:v>
+        <x:v>1.0738</x:v>
       </x:c>
     </x:row>
     <x:row r="1331" spans="1:8">
       <x:c r="A1331" s="2" t="s">
         <x:v>1334</x:v>
       </x:c>
       <x:c r="B1331" s="3" t="n">
-        <x:v>1.0475</x:v>
+        <x:v>1.0609</x:v>
       </x:c>
       <x:c r="C1331" s="3" t="n">
-        <x:v>1.0475</x:v>
+        <x:v>1.0609</x:v>
       </x:c>
       <x:c r="D1331" s="3" t="n">
-        <x:v>1.0475</x:v>
+        <x:v>1.0609</x:v>
       </x:c>
     </x:row>
     <x:row r="1332" spans="1:8">
       <x:c r="A1332" s="2" t="s">
         <x:v>1335</x:v>
       </x:c>
       <x:c r="B1332" s="3" t="n">
-        <x:v>1.0554</x:v>
+        <x:v>1.0685</x:v>
       </x:c>
       <x:c r="C1332" s="3" t="n">
-        <x:v>1.0554</x:v>
+        <x:v>1.0685</x:v>
       </x:c>
       <x:c r="D1332" s="3" t="n">
-        <x:v>1.0554</x:v>
+        <x:v>1.0685</x:v>
       </x:c>
     </x:row>
     <x:row r="1333" spans="1:8">
       <x:c r="A1333" s="2" t="s">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="B1333" s="3" t="n">
-        <x:v>1.0482</x:v>
+        <x:v>1.0664</x:v>
       </x:c>
       <x:c r="C1333" s="3" t="n">
-        <x:v>1.0482</x:v>
+        <x:v>1.0664</x:v>
       </x:c>
       <x:c r="D1333" s="3" t="n">
-        <x:v>1.0482</x:v>
+        <x:v>1.0664</x:v>
       </x:c>
     </x:row>
     <x:row r="1334" spans="1:8">
       <x:c r="A1334" s="2" t="s">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="B1334" s="3" t="n">
-        <x:v>1.0454</x:v>
+        <x:v>1.0501</x:v>
       </x:c>
       <x:c r="C1334" s="3" t="n">
-        <x:v>1.0454</x:v>
+        <x:v>1.0501</x:v>
       </x:c>
       <x:c r="D1334" s="3" t="n">
-        <x:v>1.0454</x:v>
+        <x:v>1.0501</x:v>
       </x:c>
     </x:row>
     <x:row r="1335" spans="1:8">
       <x:c r="A1335" s="2" t="s">
         <x:v>1338</x:v>
       </x:c>
       <x:c r="B1335" s="3" t="n">
-        <x:v>1.0222</x:v>
+        <x:v>1.0539</x:v>
       </x:c>
       <x:c r="C1335" s="3" t="n">
-        <x:v>1.0222</x:v>
+        <x:v>1.0539</x:v>
       </x:c>
       <x:c r="D1335" s="3" t="n">
-        <x:v>1.0222</x:v>
+        <x:v>1.0539</x:v>
       </x:c>
     </x:row>
     <x:row r="1336" spans="1:8">
       <x:c r="A1336" s="2" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="B1336" s="3" t="n">
-        <x:v>1.023</x:v>
+        <x:v>1.0532</x:v>
       </x:c>
       <x:c r="C1336" s="3" t="n">
-        <x:v>1.023</x:v>
+        <x:v>1.0532</x:v>
       </x:c>
       <x:c r="D1336" s="3" t="n">
-        <x:v>1.023</x:v>
+        <x:v>1.0532</x:v>
       </x:c>
     </x:row>
     <x:row r="1337" spans="1:8">
       <x:c r="A1337" s="2" t="s">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="B1337" s="3" t="n">
-        <x:v>1.0235</x:v>
+        <x:v>1.0545</x:v>
       </x:c>
       <x:c r="C1337" s="3" t="n">
-        <x:v>1.0235</x:v>
+        <x:v>1.0545</x:v>
       </x:c>
       <x:c r="D1337" s="3" t="n">
-        <x:v>1.0235</x:v>
+        <x:v>1.0545</x:v>
       </x:c>
     </x:row>
     <x:row r="1338" spans="1:8">
       <x:c r="A1338" s="2" t="s">
         <x:v>1341</x:v>
       </x:c>
       <x:c r="B1338" s="3" t="n">
-        <x:v>0.9953</x:v>
+        <x:v>1.0569</x:v>
       </x:c>
       <x:c r="C1338" s="3" t="n">
-        <x:v>0.9953</x:v>
+        <x:v>1.0569</x:v>
       </x:c>
       <x:c r="D1338" s="3" t="n">
-        <x:v>0.9953</x:v>
+        <x:v>1.0569</x:v>
       </x:c>
     </x:row>
     <x:row r="1339" spans="1:8">
       <x:c r="A1339" s="2" t="s">
         <x:v>1342</x:v>
       </x:c>
       <x:c r="B1339" s="3" t="n">
-        <x:v>0.9939</x:v>
+        <x:v>1.0501</x:v>
       </x:c>
       <x:c r="C1339" s="3" t="n">
-        <x:v>0.9939</x:v>
+        <x:v>1.0501</x:v>
       </x:c>
       <x:c r="D1339" s="3" t="n">
-        <x:v>0.9939</x:v>
+        <x:v>1.0501</x:v>
       </x:c>
     </x:row>
     <x:row r="1340" spans="1:8">
       <x:c r="A1340" s="2" t="s">
         <x:v>1343</x:v>
       </x:c>
       <x:c r="B1340" s="3" t="n">
-        <x:v>0.9847</x:v>
+        <x:v>1.0413</x:v>
       </x:c>
       <x:c r="C1340" s="3" t="n">
-        <x:v>0.9847</x:v>
+        <x:v>1.0413</x:v>
       </x:c>
       <x:c r="D1340" s="3" t="n">
-        <x:v>0.9847</x:v>
+        <x:v>1.0413</x:v>
       </x:c>
     </x:row>
     <x:row r="1341" spans="1:8">
       <x:c r="A1341" s="2" t="s">
         <x:v>1344</x:v>
       </x:c>
       <x:c r="B1341" s="3" t="n">
-        <x:v>0.9932</x:v>
+        <x:v>1.0549</x:v>
       </x:c>
       <x:c r="C1341" s="3" t="n">
-        <x:v>0.9932</x:v>
+        <x:v>1.0549</x:v>
       </x:c>
       <x:c r="D1341" s="3" t="n">
-        <x:v>0.9932</x:v>
+        <x:v>1.0549</x:v>
       </x:c>
     </x:row>
     <x:row r="1342" spans="1:8">
       <x:c r="A1342" s="2" t="s">
         <x:v>1345</x:v>
       </x:c>
       <x:c r="B1342" s="3" t="n">
-        <x:v>0.9775</x:v>
+        <x:v>1.0442</x:v>
       </x:c>
       <x:c r="C1342" s="3" t="n">
-        <x:v>0.9775</x:v>
+        <x:v>1.0442</x:v>
       </x:c>
       <x:c r="D1342" s="3" t="n">
-        <x:v>0.9775</x:v>
+        <x:v>1.0442</x:v>
       </x:c>
     </x:row>
     <x:row r="1343" spans="1:8">
       <x:c r="A1343" s="2" t="s">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="B1343" s="3" t="n">
-        <x:v>1.0026</x:v>
+        <x:v>1.0583</x:v>
       </x:c>
       <x:c r="C1343" s="3" t="n">
-        <x:v>1.0026</x:v>
+        <x:v>1.0583</x:v>
       </x:c>
       <x:c r="D1343" s="3" t="n">
-        <x:v>1.0026</x:v>
+        <x:v>1.0583</x:v>
       </x:c>
     </x:row>
     <x:row r="1344" spans="1:8">
       <x:c r="A1344" s="2" t="s">
         <x:v>1347</x:v>
       </x:c>
       <x:c r="B1344" s="3" t="n">
-        <x:v>1.0114</x:v>
+        <x:v>1.0623</x:v>
       </x:c>
       <x:c r="C1344" s="3" t="n">
-        <x:v>1.0114</x:v>
+        <x:v>1.0623</x:v>
       </x:c>
       <x:c r="D1344" s="3" t="n">
-        <x:v>1.0114</x:v>
+        <x:v>1.0623</x:v>
       </x:c>
     </x:row>
     <x:row r="1345" spans="1:8">
       <x:c r="A1345" s="2" t="s">
         <x:v>1348</x:v>
       </x:c>
       <x:c r="B1345" s="3" t="n">
-        <x:v>1.0418</x:v>
+        <x:v>1.0616</x:v>
       </x:c>
       <x:c r="C1345" s="3" t="n">
-        <x:v>1.0418</x:v>
+        <x:v>1.0616</x:v>
       </x:c>
       <x:c r="D1345" s="3" t="n">
-        <x:v>1.0418</x:v>
+        <x:v>1.0616</x:v>
       </x:c>
     </x:row>
     <x:row r="1346" spans="1:8">
       <x:c r="A1346" s="2" t="s">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="B1346" s="3" t="n">
-        <x:v>1.0372</x:v>
+        <x:v>1.0475</x:v>
       </x:c>
       <x:c r="C1346" s="3" t="n">
-        <x:v>1.0372</x:v>
+        <x:v>1.0475</x:v>
       </x:c>
       <x:c r="D1346" s="3" t="n">
-        <x:v>1.0372</x:v>
+        <x:v>1.0475</x:v>
       </x:c>
     </x:row>
     <x:row r="1347" spans="1:8">
       <x:c r="A1347" s="2" t="s">
         <x:v>1350</x:v>
       </x:c>
       <x:c r="B1347" s="3" t="n">
-        <x:v>1.0279</x:v>
+        <x:v>1.0554</x:v>
       </x:c>
       <x:c r="C1347" s="3" t="n">
-        <x:v>1.0279</x:v>
+        <x:v>1.0554</x:v>
       </x:c>
       <x:c r="D1347" s="3" t="n">
-        <x:v>1.0279</x:v>
+        <x:v>1.0554</x:v>
       </x:c>
     </x:row>
     <x:row r="1348" spans="1:8">
       <x:c r="A1348" s="2" t="s">
         <x:v>1351</x:v>
       </x:c>
       <x:c r="B1348" s="3" t="n">
-        <x:v>1.0412</x:v>
+        <x:v>1.0482</x:v>
       </x:c>
       <x:c r="C1348" s="3" t="n">
-        <x:v>1.0412</x:v>
+        <x:v>1.0482</x:v>
       </x:c>
       <x:c r="D1348" s="3" t="n">
-        <x:v>1.0412</x:v>
+        <x:v>1.0482</x:v>
       </x:c>
     </x:row>
     <x:row r="1349" spans="1:8">
       <x:c r="A1349" s="2" t="s">
         <x:v>1352</x:v>
       </x:c>
       <x:c r="B1349" s="3" t="n">
-        <x:v>1.0312</x:v>
+        <x:v>1.0454</x:v>
       </x:c>
       <x:c r="C1349" s="3" t="n">
-        <x:v>1.0312</x:v>
+        <x:v>1.0454</x:v>
       </x:c>
       <x:c r="D1349" s="3" t="n">
-        <x:v>1.0312</x:v>
+        <x:v>1.0454</x:v>
       </x:c>
     </x:row>
     <x:row r="1350" spans="1:8">
       <x:c r="A1350" s="2" t="s">
         <x:v>1353</x:v>
       </x:c>
       <x:c r="B1350" s="3" t="n">
-        <x:v>1.0464</x:v>
+        <x:v>1.0222</x:v>
       </x:c>
       <x:c r="C1350" s="3" t="n">
-        <x:v>1.0464</x:v>
+        <x:v>1.0222</x:v>
       </x:c>
       <x:c r="D1350" s="3" t="n">
-        <x:v>1.0464</x:v>
+        <x:v>1.0222</x:v>
       </x:c>
     </x:row>
     <x:row r="1351" spans="1:8">
       <x:c r="A1351" s="2" t="s">
         <x:v>1354</x:v>
       </x:c>
       <x:c r="B1351" s="3" t="n">
-        <x:v>1.0428</x:v>
+        <x:v>1.023</x:v>
       </x:c>
       <x:c r="C1351" s="3" t="n">
-        <x:v>1.0428</x:v>
+        <x:v>1.023</x:v>
       </x:c>
       <x:c r="D1351" s="3" t="n">
-        <x:v>1.0428</x:v>
+        <x:v>1.023</x:v>
       </x:c>
     </x:row>
     <x:row r="1352" spans="1:8">
       <x:c r="A1352" s="2" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="B1352" s="3" t="n">
-        <x:v>1.033</x:v>
+        <x:v>1.0235</x:v>
       </x:c>
       <x:c r="C1352" s="3" t="n">
-        <x:v>1.033</x:v>
+        <x:v>1.0235</x:v>
       </x:c>
       <x:c r="D1352" s="3" t="n">
-        <x:v>1.033</x:v>
+        <x:v>1.0235</x:v>
       </x:c>
     </x:row>
     <x:row r="1353" spans="1:8">
       <x:c r="A1353" s="2" t="s">
         <x:v>1356</x:v>
       </x:c>
       <x:c r="B1353" s="3" t="n">
-        <x:v>1.0411</x:v>
+        <x:v>0.9953</x:v>
       </x:c>
       <x:c r="C1353" s="3" t="n">
-        <x:v>1.0411</x:v>
+        <x:v>0.9953</x:v>
       </x:c>
       <x:c r="D1353" s="3" t="n">
-        <x:v>1.0411</x:v>
+        <x:v>0.9953</x:v>
       </x:c>
     </x:row>
     <x:row r="1354" spans="1:8">
       <x:c r="A1354" s="2" t="s">
         <x:v>1357</x:v>
       </x:c>
       <x:c r="B1354" s="3" t="n">
-        <x:v>1.0445</x:v>
+        <x:v>0.9939</x:v>
       </x:c>
       <x:c r="C1354" s="3" t="n">
-        <x:v>1.0445</x:v>
+        <x:v>0.9939</x:v>
       </x:c>
       <x:c r="D1354" s="3" t="n">
-        <x:v>1.0445</x:v>
+        <x:v>0.9939</x:v>
       </x:c>
     </x:row>
     <x:row r="1355" spans="1:8">
       <x:c r="A1355" s="2" t="s">
         <x:v>1358</x:v>
       </x:c>
       <x:c r="B1355" s="3" t="n">
-        <x:v>1.0289</x:v>
+        <x:v>0.9847</x:v>
       </x:c>
       <x:c r="C1355" s="3" t="n">
-        <x:v>1.0289</x:v>
+        <x:v>0.9847</x:v>
       </x:c>
       <x:c r="D1355" s="3" t="n">
-        <x:v>1.0289</x:v>
+        <x:v>0.9847</x:v>
       </x:c>
     </x:row>
     <x:row r="1356" spans="1:8">
       <x:c r="A1356" s="2" t="s">
         <x:v>1359</x:v>
       </x:c>
       <x:c r="B1356" s="3" t="n">
-        <x:v>1.0272</x:v>
+        <x:v>0.9932</x:v>
       </x:c>
       <x:c r="C1356" s="3" t="n">
-        <x:v>1.0272</x:v>
+        <x:v>0.9932</x:v>
       </x:c>
       <x:c r="D1356" s="3" t="n">
-        <x:v>1.0272</x:v>
+        <x:v>0.9932</x:v>
       </x:c>
     </x:row>
     <x:row r="1357" spans="1:8">
       <x:c r="A1357" s="2" t="s">
         <x:v>1360</x:v>
       </x:c>
       <x:c r="B1357" s="3" t="n">
-        <x:v>1.0207</x:v>
+        <x:v>0.9775</x:v>
       </x:c>
       <x:c r="C1357" s="3" t="n">
-        <x:v>1.0207</x:v>
+        <x:v>0.9775</x:v>
       </x:c>
       <x:c r="D1357" s="3" t="n">
-        <x:v>1.0207</x:v>
+        <x:v>0.9775</x:v>
       </x:c>
     </x:row>
     <x:row r="1358" spans="1:8">
       <x:c r="A1358" s="2" t="s">
         <x:v>1361</x:v>
       </x:c>
       <x:c r="B1358" s="3" t="n">
-        <x:v>1.0012</x:v>
+        <x:v>1.0026</x:v>
       </x:c>
       <x:c r="C1358" s="3" t="n">
-        <x:v>1.0012</x:v>
+        <x:v>1.0026</x:v>
       </x:c>
       <x:c r="D1358" s="3" t="n">
-        <x:v>1.0012</x:v>
+        <x:v>1.0026</x:v>
       </x:c>
     </x:row>
     <x:row r="1359" spans="1:8">
       <x:c r="A1359" s="2" t="s">
         <x:v>1362</x:v>
       </x:c>
       <x:c r="B1359" s="3" t="n">
-        <x:v>0.9974</x:v>
+        <x:v>1.0114</x:v>
       </x:c>
       <x:c r="C1359" s="3" t="n">
-        <x:v>0.9974</x:v>
+        <x:v>1.0114</x:v>
       </x:c>
       <x:c r="D1359" s="3" t="n">
-        <x:v>0.9974</x:v>
+        <x:v>1.0114</x:v>
       </x:c>
     </x:row>
     <x:row r="1360" spans="1:8">
       <x:c r="A1360" s="2" t="s">
         <x:v>1363</x:v>
       </x:c>
       <x:c r="B1360" s="3" t="n">
-        <x:v>1.0021</x:v>
+        <x:v>1.0418</x:v>
       </x:c>
       <x:c r="C1360" s="3" t="n">
-        <x:v>1.0021</x:v>
+        <x:v>1.0418</x:v>
       </x:c>
       <x:c r="D1360" s="3" t="n">
-        <x:v>1.0021</x:v>
+        <x:v>1.0418</x:v>
       </x:c>
     </x:row>
     <x:row r="1361" spans="1:8">
       <x:c r="A1361" s="2" t="s">
         <x:v>1364</x:v>
       </x:c>
       <x:c r="B1361" s="3" t="n">
-        <x:v>0.9997</x:v>
+        <x:v>1.0372</x:v>
       </x:c>
       <x:c r="C1361" s="3" t="n">
-        <x:v>0.9997</x:v>
+        <x:v>1.0372</x:v>
       </x:c>
       <x:c r="D1361" s="3" t="n">
-        <x:v>0.9997</x:v>
+        <x:v>1.0372</x:v>
       </x:c>
     </x:row>
     <x:row r="1362" spans="1:8">
       <x:c r="A1362" s="2" t="s">
         <x:v>1365</x:v>
       </x:c>
       <x:c r="B1362" s="3" t="n">
-        <x:v>0.9982</x:v>
+        <x:v>1.0279</x:v>
       </x:c>
       <x:c r="C1362" s="3" t="n">
-        <x:v>0.9982</x:v>
+        <x:v>1.0279</x:v>
       </x:c>
       <x:c r="D1362" s="3" t="n">
-        <x:v>0.9982</x:v>
+        <x:v>1.0279</x:v>
       </x:c>
     </x:row>
     <x:row r="1363" spans="1:8">
       <x:c r="A1363" s="2" t="s">
         <x:v>1366</x:v>
       </x:c>
       <x:c r="B1363" s="3" t="n">
-        <x:v>1.0118</x:v>
+        <x:v>1.0412</x:v>
       </x:c>
       <x:c r="C1363" s="3" t="n">
-        <x:v>1.0118</x:v>
+        <x:v>1.0412</x:v>
       </x:c>
       <x:c r="D1363" s="3" t="n">
-        <x:v>1.0118</x:v>
+        <x:v>1.0412</x:v>
       </x:c>
     </x:row>
     <x:row r="1364" spans="1:8">
       <x:c r="A1364" s="2" t="s">
         <x:v>1367</x:v>
       </x:c>
       <x:c r="B1364" s="3" t="n">
-        <x:v>1.0017</x:v>
+        <x:v>1.0312</x:v>
       </x:c>
       <x:c r="C1364" s="3" t="n">
-        <x:v>1.0017</x:v>
+        <x:v>1.0312</x:v>
       </x:c>
       <x:c r="D1364" s="3" t="n">
-        <x:v>1.0017</x:v>
+        <x:v>1.0312</x:v>
       </x:c>
     </x:row>
     <x:row r="1365" spans="1:8">
       <x:c r="A1365" s="2" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="B1365" s="3" t="n">
-        <x:v>0.9892</x:v>
+        <x:v>1.0464</x:v>
       </x:c>
       <x:c r="C1365" s="3" t="n">
-        <x:v>0.9892</x:v>
+        <x:v>1.0464</x:v>
       </x:c>
       <x:c r="D1365" s="3" t="n">
-        <x:v>0.9892</x:v>
+        <x:v>1.0464</x:v>
       </x:c>
     </x:row>
     <x:row r="1366" spans="1:8">
       <x:c r="A1366" s="2" t="s">
         <x:v>1369</x:v>
       </x:c>
       <x:c r="B1366" s="3" t="n">
+        <x:v>1.0428</x:v>
+      </x:c>
+      <x:c r="C1366" s="3" t="n">
+        <x:v>1.0428</x:v>
+      </x:c>
+      <x:c r="D1366" s="3" t="n">
+        <x:v>1.0428</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1367" spans="1:8">
+      <x:c r="A1367" s="2" t="s">
+        <x:v>1370</x:v>
+      </x:c>
+      <x:c r="B1367" s="3" t="n">
+        <x:v>1.033</x:v>
+      </x:c>
+      <x:c r="C1367" s="3" t="n">
+        <x:v>1.033</x:v>
+      </x:c>
+      <x:c r="D1367" s="3" t="n">
+        <x:v>1.033</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1368" spans="1:8">
+      <x:c r="A1368" s="2" t="s">
+        <x:v>1371</x:v>
+      </x:c>
+      <x:c r="B1368" s="3" t="n">
+        <x:v>1.0411</x:v>
+      </x:c>
+      <x:c r="C1368" s="3" t="n">
+        <x:v>1.0411</x:v>
+      </x:c>
+      <x:c r="D1368" s="3" t="n">
+        <x:v>1.0411</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1369" spans="1:8">
+      <x:c r="A1369" s="2" t="s">
+        <x:v>1372</x:v>
+      </x:c>
+      <x:c r="B1369" s="3" t="n">
+        <x:v>1.0445</x:v>
+      </x:c>
+      <x:c r="C1369" s="3" t="n">
+        <x:v>1.0445</x:v>
+      </x:c>
+      <x:c r="D1369" s="3" t="n">
+        <x:v>1.0445</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1370" spans="1:8">
+      <x:c r="A1370" s="2" t="s">
+        <x:v>1373</x:v>
+      </x:c>
+      <x:c r="B1370" s="3" t="n">
+        <x:v>1.0289</x:v>
+      </x:c>
+      <x:c r="C1370" s="3" t="n">
+        <x:v>1.0289</x:v>
+      </x:c>
+      <x:c r="D1370" s="3" t="n">
+        <x:v>1.0289</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1371" spans="1:8">
+      <x:c r="A1371" s="2" t="s">
+        <x:v>1374</x:v>
+      </x:c>
+      <x:c r="B1371" s="3" t="n">
+        <x:v>1.0272</x:v>
+      </x:c>
+      <x:c r="C1371" s="3" t="n">
+        <x:v>1.0272</x:v>
+      </x:c>
+      <x:c r="D1371" s="3" t="n">
+        <x:v>1.0272</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1372" spans="1:8">
+      <x:c r="A1372" s="2" t="s">
+        <x:v>1375</x:v>
+      </x:c>
+      <x:c r="B1372" s="3" t="n">
+        <x:v>1.0207</x:v>
+      </x:c>
+      <x:c r="C1372" s="3" t="n">
+        <x:v>1.0207</x:v>
+      </x:c>
+      <x:c r="D1372" s="3" t="n">
+        <x:v>1.0207</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1373" spans="1:8">
+      <x:c r="A1373" s="2" t="s">
+        <x:v>1376</x:v>
+      </x:c>
+      <x:c r="B1373" s="3" t="n">
+        <x:v>1.0012</x:v>
+      </x:c>
+      <x:c r="C1373" s="3" t="n">
+        <x:v>1.0012</x:v>
+      </x:c>
+      <x:c r="D1373" s="3" t="n">
+        <x:v>1.0012</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1374" spans="1:8">
+      <x:c r="A1374" s="2" t="s">
+        <x:v>1377</x:v>
+      </x:c>
+      <x:c r="B1374" s="3" t="n">
+        <x:v>0.9974</x:v>
+      </x:c>
+      <x:c r="C1374" s="3" t="n">
+        <x:v>0.9974</x:v>
+      </x:c>
+      <x:c r="D1374" s="3" t="n">
+        <x:v>0.9974</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1375" spans="1:8">
+      <x:c r="A1375" s="2" t="s">
+        <x:v>1378</x:v>
+      </x:c>
+      <x:c r="B1375" s="3" t="n">
+        <x:v>1.0021</x:v>
+      </x:c>
+      <x:c r="C1375" s="3" t="n">
+        <x:v>1.0021</x:v>
+      </x:c>
+      <x:c r="D1375" s="3" t="n">
+        <x:v>1.0021</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1376" spans="1:8">
+      <x:c r="A1376" s="2" t="s">
+        <x:v>1379</x:v>
+      </x:c>
+      <x:c r="B1376" s="3" t="n">
+        <x:v>0.9997</x:v>
+      </x:c>
+      <x:c r="C1376" s="3" t="n">
+        <x:v>0.9997</x:v>
+      </x:c>
+      <x:c r="D1376" s="3" t="n">
+        <x:v>0.9997</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1377" spans="1:8">
+      <x:c r="A1377" s="2" t="s">
+        <x:v>1380</x:v>
+      </x:c>
+      <x:c r="B1377" s="3" t="n">
+        <x:v>0.9982</x:v>
+      </x:c>
+      <x:c r="C1377" s="3" t="n">
+        <x:v>0.9982</x:v>
+      </x:c>
+      <x:c r="D1377" s="3" t="n">
+        <x:v>0.9982</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1378" spans="1:8">
+      <x:c r="A1378" s="2" t="s">
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="B1378" s="3" t="n">
+        <x:v>1.0118</x:v>
+      </x:c>
+      <x:c r="C1378" s="3" t="n">
+        <x:v>1.0118</x:v>
+      </x:c>
+      <x:c r="D1378" s="3" t="n">
+        <x:v>1.0118</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1379" spans="1:8">
+      <x:c r="A1379" s="2" t="s">
+        <x:v>1382</x:v>
+      </x:c>
+      <x:c r="B1379" s="3" t="n">
+        <x:v>1.0017</x:v>
+      </x:c>
+      <x:c r="C1379" s="3" t="n">
+        <x:v>1.0017</x:v>
+      </x:c>
+      <x:c r="D1379" s="3" t="n">
+        <x:v>1.0017</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1380" spans="1:8">
+      <x:c r="A1380" s="2" t="s">
+        <x:v>1383</x:v>
+      </x:c>
+      <x:c r="B1380" s="3" t="n">
+        <x:v>0.9892</x:v>
+      </x:c>
+      <x:c r="C1380" s="3" t="n">
+        <x:v>0.9892</x:v>
+      </x:c>
+      <x:c r="D1380" s="3" t="n">
+        <x:v>0.9892</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1381" spans="1:8">
+      <x:c r="A1381" s="2" t="s">
+        <x:v>1384</x:v>
+      </x:c>
+      <x:c r="B1381" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C1366" s="2" t="s">
-[...8 lines deleted...]
-        <x:v>1371</x:v>
+      <x:c r="C1381" s="2" t="s">
+        <x:v>1385</x:v>
+      </x:c>
+      <x:c r="D1381" s="2" t="s">
+        <x:v>1385</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1383" spans="1:8">
+      <x:c r="A1383" s="1" t="s">
+        <x:v>1386</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>