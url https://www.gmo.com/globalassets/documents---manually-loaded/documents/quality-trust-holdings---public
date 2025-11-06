--- v0 (2025-10-06)
+++ v1 (2025-11-06)
@@ -1,83 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\PerformanceSystems\ParcelsHoldings\ParcelsHoldingsExport\GMO\2025_08\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{637D6712-DCCD-4AC4-91D0-25337570546A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FD8C4183-84CA-4D78-ADB0-5BB3A92157B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{21B1BD0A-53DB-469C-A2F7-639B78D5B1E1}"/>
+    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{60362F90-1EC0-4C24-9AF7-1052CFC5CFB8}"/>
   </bookViews>
   <sheets>
-    <sheet name="August" sheetId="1" r:id="rId1"/>
+    <sheet name="September" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="748" uniqueCount="320">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="735" uniqueCount="318">
   <si>
     <t>GMO Quality Trust</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -182,180 +184,174 @@
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>EURTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (EUR)</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>EU</t>
   </si>
   <si>
-    <t>GBPTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (GBP)</t>
+    <t>HKDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (HKD)</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>TWDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (TWD)</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>TWD</t>
+  </si>
+  <si>
+    <t>TW</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>002824100</t>
+  </si>
+  <si>
+    <t>Abbott Laboratories</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2002305</t>
+  </si>
+  <si>
+    <t>ABT</t>
+  </si>
+  <si>
+    <t>Health Care</t>
+  </si>
+  <si>
+    <t>US0028241000</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>02079K305</t>
+  </si>
+  <si>
+    <t>Alphabet Inc-Cl A</t>
+  </si>
+  <si>
+    <t>BYVY8G0</t>
+  </si>
+  <si>
+    <t>GOOGL</t>
+  </si>
+  <si>
+    <t>Communication Services</t>
+  </si>
+  <si>
+    <t>US02079K3059</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>023135106</t>
+  </si>
+  <si>
+    <t>Amazon.com Inc</t>
+  </si>
+  <si>
+    <t>2000019</t>
+  </si>
+  <si>
+    <t>AMZN</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>US0231351067</t>
+  </si>
+  <si>
+    <t>0237400</t>
+  </si>
+  <si>
+    <t>Diageo Plc</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>GB</t>
-  </si>
-[...115 lines deleted...]
-    <t>Diageo Plc</t>
   </si>
   <si>
     <t>DGE</t>
   </si>
   <si>
     <t>Consumer Staples</t>
   </si>
   <si>
     <t>GB0002374006</t>
   </si>
   <si>
     <t>XLON</t>
   </si>
   <si>
     <t>036752103</t>
   </si>
   <si>
     <t>Elevance Health Inc</t>
   </si>
   <si>
     <t>BSPHGL4</t>
   </si>
   <si>
     <t>ELV</t>
   </si>
@@ -1388,92 +1384,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{60E00726-E14A-4521-AF52-F9B0884912D8}">
-  <dimension ref="A1:Z65"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6583F5EF-47EE-42C0-900B-849FE195AE52}">
+  <dimension ref="A1:Z64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45898</v>
+        <v>45930</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1583,4101 +1579,4021 @@
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>2.63E-4</v>
+        <v>2.5300000000000002E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>358708.68</v>
+        <v>952088.48</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
-        <v>358708.68</v>
+        <v>952088.48</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M5" s="4">
-        <v>358708.68</v>
+        <v>952088.48</v>
       </c>
       <c r="N5" s="4">
-        <v>358708.68</v>
+        <v>952088.48</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>6.2399999999999999E-4</v>
+        <v>1.5950000000000001E-3</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
         <v>817.4</v>
       </c>
       <c r="E6" s="5">
-        <v>1.912126</v>
+        <v>1.8963920000000001</v>
       </c>
       <c r="F6" s="4">
-        <v>1562.9713837500001</v>
+        <v>1550.1111131800001</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.52297822501713409</v>
+        <v>0.52731703686045228</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4">
-        <v>817.4</v>
+        <v>817.39999899999998</v>
       </c>
       <c r="N6" s="4">
-        <v>1562.9713837500001</v>
+        <v>1550.1111131800001</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
         <v>1.9999999999999999E-6</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>1068.71</v>
+        <v>-34091.839999999997</v>
       </c>
       <c r="E7" s="5">
-        <v>1.7883880000000001</v>
+        <v>1.7729159999999999</v>
       </c>
       <c r="F7" s="4">
-        <v>1911.26822765</v>
+        <v>-60441.964541679998</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>0.55916275174457664</v>
+        <v>0.56404255344590859</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4">
-        <v>1068.7100009999999</v>
+        <v>-34091.840015000002</v>
       </c>
       <c r="N7" s="4">
-        <v>1911.26822765</v>
+        <v>-60441.964541679998</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>3.0000000000000001E-6</v>
+        <v>-1.01E-4</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>79948.149999999994</v>
+        <v>0.46</v>
       </c>
       <c r="E8" s="5">
-        <v>2.0642480000000001</v>
+        <v>0.19393199999999999</v>
       </c>
       <c r="F8" s="4">
-        <v>165032.77014132999</v>
+        <v>8.9208490000000001E-2</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>51</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.48443802902086081</v>
+        <v>5.1564601499220162</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4">
-        <v>79948.149890999994</v>
+        <v>0.46</v>
       </c>
       <c r="N8" s="4">
-        <v>165032.77014132999</v>
+        <v>8.9208490000000001E-2</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>2.8699999999999998E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>0.46</v>
+        <v>1464906.51</v>
       </c>
       <c r="E9" s="5">
-        <v>0.19598699999999999</v>
+        <v>4.9507000000000002E-2</v>
       </c>
       <c r="F9" s="4">
-        <v>9.0153940000000002E-2</v>
+        <v>72522.657165080003</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>56</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>5.1023839256129566</v>
+        <v>20.199294317453724</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4">
-        <v>0.46</v>
+        <v>1464906.496761</v>
       </c>
       <c r="N9" s="4">
-        <v>9.0153940000000002E-2</v>
+        <v>72522.657165080003</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>0</v>
+        <v>1.21E-4</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>525</v>
+        <v>10954426.43</v>
       </c>
       <c r="E10" s="5">
-        <v>4.9980999999999998E-2</v>
+        <v>1.5088649999999999</v>
       </c>
       <c r="F10" s="4">
-        <v>26.239848129999999</v>
+        <v>16528746.027914001</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>20.007738993442665</v>
+        <v>0.6627499997382138</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4">
-        <v>525.00003200000003</v>
+        <v>10954426.425673001</v>
       </c>
       <c r="N10" s="4">
-        <v>26.239848129999999</v>
+        <v>16528746.027914001</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>0</v>
+        <v>2.7691E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>29</v>
+        <v>66</v>
       </c>
       <c r="D11" s="4">
-        <v>6455957.7699999996</v>
+        <v>90424</v>
       </c>
       <c r="E11" s="5">
-        <v>1.527884</v>
+        <v>202.09732199999999</v>
       </c>
       <c r="F11" s="4">
-        <v>9863953.8120703008</v>
+        <v>18274448.223311901</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J11" s="5">
-        <v>1</v>
+        <v>133.94</v>
       </c>
       <c r="K11" s="5">
-        <v>0.65450000035343003</v>
+        <v>0.6627499997382138</v>
       </c>
       <c r="L11" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M11" s="4">
+        <v>12111390.555215999</v>
+      </c>
+      <c r="N11" s="4">
+        <v>18274448.223311901</v>
+      </c>
+      <c r="O11" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="M11" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P11" s="3" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="Q11" s="3" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="R11" s="3" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="S11" s="3" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>1.7174999999999999E-2</v>
+        <v>3.0615E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D12" s="4">
-        <v>88697</v>
+        <v>76488</v>
       </c>
       <c r="E12" s="5">
-        <v>202.689076</v>
+        <v>366.804979</v>
       </c>
       <c r="F12" s="4">
-        <v>17977912.9411765</v>
+        <v>28056179.253111999</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H12" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J12" s="5">
-        <v>132.66</v>
+        <v>243.1</v>
       </c>
       <c r="K12" s="5">
-        <v>0.65450000035343003</v>
+        <v>0.6627499997382138</v>
       </c>
       <c r="L12" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="M12" s="4">
-        <v>11766544.026353</v>
+        <v>18594232.792654999</v>
       </c>
       <c r="N12" s="4">
-        <v>17977912.9411765</v>
+        <v>28056179.253111999</v>
       </c>
       <c r="O12" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="P12" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q12" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="R12" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="S12" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T12" s="4">
+        <v>1</v>
+      </c>
+      <c r="W12" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="P12" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>3.1303999999999998E-2</v>
+        <v>4.7003000000000003E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B13" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" s="4">
+        <v>37990</v>
+      </c>
+      <c r="E13" s="5">
+        <v>331.30139600000001</v>
+      </c>
+      <c r="F13" s="4">
+        <v>12586140.022632901</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J13" s="5">
+        <v>219.57</v>
+      </c>
+      <c r="K13" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L13" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M13" s="4">
+        <v>8341464.2967050001</v>
+      </c>
+      <c r="N13" s="4">
+        <v>12586140.022632901</v>
+      </c>
+      <c r="O13" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="P13" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q13" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="R13" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="S13" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="C13" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O13" s="3" t="s">
+      <c r="T13" s="4">
+        <v>1</v>
+      </c>
+      <c r="W13" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="P13" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>4.2499000000000002E-2</v>
+        <v>2.1086000000000001E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B14" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" s="4">
+        <v>192048</v>
+      </c>
+      <c r="E14" s="5">
+        <v>36.065890000000003</v>
+      </c>
+      <c r="F14" s="4">
+        <v>6926382.0869105998</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H14" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J14" s="5">
+        <v>17.754999999999999</v>
+      </c>
+      <c r="K14" s="5">
+        <v>0.49229340761922702</v>
+      </c>
+      <c r="L14" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M14" s="4">
+        <v>3409812.2400369998</v>
+      </c>
+      <c r="N14" s="4">
+        <v>6926382.0869105998</v>
+      </c>
+      <c r="O14" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="C14" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P14" s="3" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="Q14" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="R14" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="S14" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>2.2703000000000001E-2</v>
+        <v>1.1604E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D15" s="4">
-        <v>188389</v>
+        <v>27316</v>
       </c>
       <c r="E15" s="5">
-        <v>42.296432000000003</v>
+        <v>487.54432300000002</v>
       </c>
       <c r="F15" s="4">
-        <v>7968182.4578159098</v>
+        <v>13317760.724254999</v>
       </c>
       <c r="G15" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H15" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I15" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J15" s="5">
+        <v>323.12</v>
+      </c>
+      <c r="K15" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L15" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M15" s="4">
+        <v>8826345.9165129997</v>
+      </c>
+      <c r="N15" s="4">
+        <v>13317760.724254999</v>
+      </c>
+      <c r="O15" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="P15" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q15" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R15" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="S15" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H15" s="3" t="s">
-[...29 lines deleted...]
-      <c r="R15" s="3" t="s">
+      <c r="T15" s="4">
+        <v>1</v>
+      </c>
+      <c r="W15" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="S15" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>1.3873999999999999E-2</v>
+        <v>2.2311000000000001E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D16" s="4">
-        <v>26795</v>
+        <v>66275</v>
       </c>
       <c r="E16" s="5">
-        <v>486.86019800000003</v>
+        <v>384.20218799999998</v>
       </c>
       <c r="F16" s="4">
-        <v>13045419.0221543</v>
+        <v>25463000</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H16" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J16" s="5">
-        <v>318.64999999999998</v>
+        <v>254.63</v>
       </c>
       <c r="K16" s="5">
-        <v>0.65450000035343003</v>
+        <v>0.6627499997382138</v>
       </c>
       <c r="L16" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="M16" s="4">
-        <v>8538226.7546100002</v>
+        <v>16875603.243333999</v>
       </c>
       <c r="N16" s="4">
-        <v>13045419.0221543</v>
+        <v>25463000</v>
       </c>
       <c r="O16" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="P16" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q16" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R16" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="S16" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T16" s="4">
+        <v>1</v>
+      </c>
+      <c r="W16" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="Q16" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>2.2714999999999999E-2</v>
+        <v>4.2659000000000002E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D17" s="4">
-        <v>65013</v>
+        <v>29451</v>
       </c>
       <c r="E17" s="5">
-        <v>354.68296400000003</v>
+        <v>497.789514</v>
       </c>
       <c r="F17" s="4">
-        <v>23059003.544690602</v>
+        <v>14660398.958883399</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H17" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J17" s="5">
-        <v>232.14</v>
+        <v>329.91</v>
       </c>
       <c r="K17" s="5">
-        <v>0.65450000035343003</v>
+        <v>0.6627499997382138</v>
       </c>
       <c r="L17" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="M17" s="4">
-        <v>15092117.828149</v>
+        <v>9716179.4061619993</v>
       </c>
       <c r="N17" s="4">
-        <v>23059003.544690602</v>
+        <v>14660398.958883399</v>
       </c>
       <c r="O17" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="P17" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="Q17" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="P17" s="3" t="s">
-[...2 lines deleted...]
-      <c r="Q17" s="3" t="s">
+      <c r="R17" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="S17" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T17" s="4">
+        <v>1</v>
+      </c>
+      <c r="W17" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="R17" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>4.0150999999999999E-2</v>
+        <v>2.4560999999999999E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D18" s="4">
-        <v>28890</v>
+        <v>16841</v>
       </c>
       <c r="E18" s="5">
-        <v>454.377387</v>
+        <v>434.93021499999998</v>
       </c>
       <c r="F18" s="4">
-        <v>13126962.7196333</v>
+        <v>7324659.7510373499</v>
       </c>
       <c r="G18" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J18" s="5">
+        <v>288.25</v>
+      </c>
+      <c r="K18" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L18" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M18" s="4">
+        <v>4854418.2480819998</v>
+      </c>
+      <c r="N18" s="4">
+        <v>7324659.7510373499</v>
+      </c>
+      <c r="O18" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="P18" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="Q18" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R18" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="S18" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H18" s="3" t="s">
-[...23 lines deleted...]
-      <c r="P18" s="3" t="s">
+      <c r="T18" s="4">
+        <v>1</v>
+      </c>
+      <c r="W18" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="Q18" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>2.2856999999999999E-2</v>
+        <v>1.2271000000000001E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D19" s="4">
-        <v>16520</v>
+        <v>77082</v>
       </c>
       <c r="E19" s="5">
-        <v>459.69442299999997</v>
+        <v>100.067899</v>
       </c>
       <c r="F19" s="4">
-        <v>7594151.8716577701</v>
+        <v>7713433.7834779397</v>
       </c>
       <c r="G19" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J19" s="5">
+        <v>66.319999999999993</v>
+      </c>
+      <c r="K19" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L19" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M19" s="4">
+        <v>5112078.2379799997</v>
+      </c>
+      <c r="N19" s="4">
+        <v>7713433.7834779397</v>
+      </c>
+      <c r="O19" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="P19" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q19" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="R19" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="S19" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H19" s="3" t="s">
-[...23 lines deleted...]
-      <c r="P19" s="3" t="s">
+      <c r="T19" s="4">
+        <v>1</v>
+      </c>
+      <c r="W19" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="Q19" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.3223E-2</v>
+        <v>1.2921999999999999E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D20" s="4">
-        <v>75607</v>
+        <v>41649</v>
       </c>
       <c r="E20" s="5">
-        <v>105.408709</v>
+        <v>203.19879299999999</v>
       </c>
       <c r="F20" s="4">
-        <v>7969636.25668451</v>
+        <v>8463026.5258393101</v>
       </c>
       <c r="G20" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J20" s="5">
+        <v>134.66999999999999</v>
+      </c>
+      <c r="K20" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L20" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M20" s="4">
+        <v>5608870.827784</v>
+      </c>
+      <c r="N20" s="4">
+        <v>8463026.5258393101</v>
+      </c>
+      <c r="O20" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="P20" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q20" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="R20" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="S20" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H20" s="3" t="s">
-[...23 lines deleted...]
-      <c r="P20" s="3" t="s">
+      <c r="T20" s="4">
+        <v>1</v>
+      </c>
+      <c r="W20" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="Q20" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.3877E-2</v>
+        <v>1.4178E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D21" s="4">
-        <v>40856</v>
+        <v>23901</v>
       </c>
       <c r="E21" s="5">
-        <v>247.42551599999999</v>
+        <v>1108.07997</v>
       </c>
       <c r="F21" s="4">
-        <v>10108816.867838001</v>
+        <v>26484219.358732499</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J21" s="5">
-        <v>161.94</v>
+        <v>734.38</v>
       </c>
       <c r="K21" s="5">
-        <v>0.65450000035343003</v>
+        <v>0.6627499997382138</v>
       </c>
       <c r="L21" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="M21" s="4">
-        <v>6616220.6435719999</v>
+        <v>17552416.373066001</v>
       </c>
       <c r="N21" s="4">
-        <v>10108816.867838001</v>
+        <v>26484219.358732499</v>
       </c>
       <c r="O21" s="3" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="P21" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="Q21" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="R21" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="S21" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T21" s="4">
+        <v>1</v>
+      </c>
+      <c r="W21" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="Q21" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.7602E-2</v>
+        <v>4.437E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D22" s="4">
-        <v>23445</v>
+        <v>8896</v>
       </c>
       <c r="E22" s="5">
-        <v>1128.6478219999999</v>
+        <v>922.80271600000003</v>
       </c>
       <c r="F22" s="4">
-        <v>26461148.2047364</v>
+        <v>8209252.9611467496</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H22" s="3" t="s">
-        <v>66</v>
+        <v>133</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="J22" s="5">
-        <v>738.7</v>
+        <v>520.5</v>
       </c>
       <c r="K22" s="5">
-        <v>0.65450000035343003</v>
+        <v>0.56404255344590859</v>
       </c>
       <c r="L22" s="3" t="s">
-        <v>68</v>
+        <v>134</v>
       </c>
       <c r="M22" s="4">
-        <v>17318821.509351999</v>
+        <v>4630368.0020880001</v>
       </c>
       <c r="N22" s="4">
-        <v>26461148.2047364</v>
+        <v>8209252.9611467496</v>
       </c>
       <c r="O22" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="R22" s="3" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>128</v>
+        <v>34</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>4.6074999999999998E-2</v>
+        <v>1.3753E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D23" s="4">
-        <v>8727</v>
+        <v>21591</v>
       </c>
       <c r="E23" s="5">
-        <v>901.526431</v>
+        <v>391.45982700000002</v>
       </c>
       <c r="F23" s="4">
-        <v>7867621.1754774796</v>
+        <v>8452009.1135420706</v>
       </c>
       <c r="G23" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H23" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I23" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J23" s="5">
+        <v>259.44</v>
+      </c>
+      <c r="K23" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L23" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M23" s="4">
+        <v>5601569.0377869997</v>
+      </c>
+      <c r="N23" s="4">
+        <v>8452009.1135420706</v>
+      </c>
+      <c r="O23" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="P23" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="Q23" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="R23" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="S23" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H23" s="3" t="s">
-[...29 lines deleted...]
-      <c r="R23" s="3" t="s">
+      <c r="T23" s="4">
+        <v>1</v>
+      </c>
+      <c r="W23" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="S23" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.3698999999999999E-2</v>
+        <v>1.4159E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D24" s="4">
-        <v>21181</v>
+        <v>12853</v>
       </c>
       <c r="E24" s="5">
-        <v>421.78762399999999</v>
+        <v>674.80950600000006</v>
       </c>
       <c r="F24" s="4">
-        <v>8933883.6669213306</v>
+        <v>8673326.5786495805</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J24" s="5">
-        <v>276.06</v>
+        <v>447.23</v>
       </c>
       <c r="K24" s="5">
-        <v>0.65450000035343003</v>
+        <v>0.6627499997382138</v>
       </c>
       <c r="L24" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="M24" s="4">
-        <v>5847226.8631570004</v>
+        <v>5748247.1877290001</v>
       </c>
       <c r="N24" s="4">
-        <v>8933883.6669213306</v>
+        <v>8673326.5786495805</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="P24" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="Q24" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R24" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="S24" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T24" s="4">
+        <v>1</v>
+      </c>
+      <c r="W24" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="Q24" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.5556E-2</v>
+        <v>1.453E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D25" s="4">
-        <v>12608</v>
+        <v>72209</v>
       </c>
       <c r="E25" s="5">
-        <v>723.13980100000003</v>
+        <v>279.77366999999998</v>
       </c>
       <c r="F25" s="4">
-        <v>9117346.6157372203</v>
+        <v>20202176.959637798</v>
       </c>
       <c r="G25" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J25" s="5">
+        <v>185.42</v>
+      </c>
+      <c r="K25" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L25" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M25" s="4">
+        <v>13388992.774711</v>
+      </c>
+      <c r="N25" s="4">
+        <v>20202176.959637798</v>
+      </c>
+      <c r="O25" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="P25" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="Q25" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R25" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="S25" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H25" s="3" t="s">
-[...23 lines deleted...]
-      <c r="P25" s="3" t="s">
+      <c r="T25" s="4">
+        <v>1</v>
+      </c>
+      <c r="W25" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="Q25" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>1.5875E-2</v>
+        <v>3.3845E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D26" s="4">
-        <v>70834</v>
+        <v>4156</v>
       </c>
       <c r="E26" s="5">
-        <v>270.69518699999998</v>
+        <v>1627.4613360000001</v>
       </c>
       <c r="F26" s="4">
-        <v>19174422.887700502</v>
+        <v>6763729.3096944597</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J26" s="5">
-        <v>177.17</v>
+        <v>1078.5999999999999</v>
       </c>
       <c r="K26" s="5">
-        <v>0.65450000035343003</v>
+        <v>0.6627499997382138</v>
       </c>
       <c r="L26" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="M26" s="4">
-        <v>12549659.786776001</v>
+        <v>4482661.5982290003</v>
       </c>
       <c r="N26" s="4">
-        <v>19174422.887700502</v>
+        <v>6763729.3096944597</v>
       </c>
       <c r="O26" s="3" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="P26" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="Q26" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R26" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="S26" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T26" s="4">
+        <v>1</v>
+      </c>
+      <c r="W26" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="Q26" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>3.3387E-2</v>
+        <v>1.1331000000000001E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D27" s="4">
-        <v>4077</v>
+        <v>34734</v>
       </c>
       <c r="E27" s="5">
-        <v>1332.3147429999999</v>
+        <v>404.047529</v>
       </c>
       <c r="F27" s="4">
-        <v>5431847.2116119303</v>
+        <v>14034186.880422501</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H27" s="3" t="s">
-        <v>66</v>
+        <v>160</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="J27" s="5">
-        <v>872</v>
+        <v>227.9</v>
       </c>
       <c r="K27" s="5">
-        <v>0.65450000035343003</v>
+        <v>0.56404255344590859</v>
       </c>
       <c r="L27" s="3" t="s">
-        <v>68</v>
+        <v>161</v>
       </c>
       <c r="M27" s="4">
-        <v>3555144.0019189999</v>
+        <v>7915878.6035700003</v>
       </c>
       <c r="N27" s="4">
-        <v>5431847.2116119303</v>
+        <v>14034186.880422501</v>
       </c>
       <c r="O27" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="R27" s="3" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>84</v>
+        <v>164</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>155</v>
+        <v>34</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>9.4579999999999994E-3</v>
+        <v>2.3512000000000002E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D28" s="4">
-        <v>34072</v>
+        <v>105632</v>
       </c>
       <c r="E28" s="5">
-        <v>414.36951800000003</v>
+        <v>202.036967</v>
       </c>
       <c r="F28" s="4">
-        <v>14118398.241711199</v>
+        <v>21341568.917389601</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H28" s="3" t="s">
-        <v>162</v>
+        <v>61</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="J28" s="5">
-        <v>231.7</v>
+        <v>133.9</v>
       </c>
       <c r="K28" s="5">
-        <v>0.55916275174457664</v>
+        <v>0.6627499997382138</v>
       </c>
       <c r="L28" s="3" t="s">
-        <v>163</v>
+        <v>63</v>
       </c>
       <c r="M28" s="4">
-        <v>7894482.4110610001</v>
+        <v>14144124.794413</v>
       </c>
       <c r="N28" s="4">
-        <v>14118398.241711199</v>
+        <v>21341568.917389601</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="R28" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="S28" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T28" s="4">
+        <v>1</v>
+      </c>
+      <c r="W28" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="S28" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>2.4583000000000001E-2</v>
+        <v>3.5754000000000001E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D29" s="4">
-        <v>103622</v>
+        <v>7604</v>
       </c>
       <c r="E29" s="5">
-        <v>153.017571</v>
+        <v>1151.2636749999999</v>
       </c>
       <c r="F29" s="4">
-        <v>15855986.7074102</v>
+        <v>8754208.9777442608</v>
       </c>
       <c r="G29" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J29" s="5">
+        <v>763</v>
+      </c>
+      <c r="K29" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M29" s="4">
+        <v>5801851.9977080002</v>
+      </c>
+      <c r="N29" s="4">
+        <v>8754208.9777442608</v>
+      </c>
+      <c r="O29" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="P29" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="Q29" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R29" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="S29" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H29" s="3" t="s">
-[...23 lines deleted...]
-      <c r="P29" s="3" t="s">
+      <c r="T29" s="4">
+        <v>1</v>
+      </c>
+      <c r="W29" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="Q29" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>2.7609000000000002E-2</v>
+        <v>1.4666E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D30" s="4">
-        <v>7459</v>
+        <v>66507</v>
       </c>
       <c r="E30" s="5">
-        <v>1119.2971729999999</v>
+        <v>126.639004</v>
       </c>
       <c r="F30" s="4">
-        <v>8348837.61650116</v>
+        <v>8422380.2489626594</v>
       </c>
       <c r="G30" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J30" s="5">
+        <v>83.93</v>
+      </c>
+      <c r="K30" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M30" s="4">
+        <v>5581932.5077950004</v>
+      </c>
+      <c r="N30" s="4">
+        <v>8422380.2489626594</v>
+      </c>
+      <c r="O30" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="P30" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q30" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R30" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="S30" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H30" s="3" t="s">
-[...23 lines deleted...]
-      <c r="P30" s="3" t="s">
+      <c r="T30" s="4">
+        <v>1</v>
+      </c>
+      <c r="W30" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="Q30" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>1.4537E-2</v>
+        <v>1.4109999999999999E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D31" s="4">
-        <v>65244</v>
+        <v>54086</v>
       </c>
       <c r="E31" s="5">
-        <v>128.52559199999999</v>
+        <v>781.51640899999995</v>
       </c>
       <c r="F31" s="4">
-        <v>8385523.7280366803</v>
+        <v>42269096.491889901</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H31" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J31" s="5">
-        <v>84.12</v>
+        <v>517.95000000000005</v>
       </c>
       <c r="K31" s="5">
-        <v>0.65450000035343003</v>
+        <v>0.6627499997382138</v>
       </c>
       <c r="L31" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="M31" s="4">
-        <v>5488325.2829630002</v>
+        <v>28013843.688933998</v>
       </c>
       <c r="N31" s="4">
-        <v>8385523.7280366803</v>
+        <v>42269096.491889901</v>
       </c>
       <c r="O31" s="3" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="P31" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="Q31" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R31" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="S31" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T31" s="4">
+        <v>1</v>
+      </c>
+      <c r="W31" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="Q31" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>1.4600999999999999E-2</v>
+        <v>7.0815000000000003E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D32" s="4">
-        <v>53055</v>
+        <v>46180</v>
       </c>
       <c r="E32" s="5">
-        <v>774.16348300000004</v>
+        <v>424.35307399999999</v>
       </c>
       <c r="F32" s="4">
-        <v>41073243.621084802</v>
+        <v>19596624.971708801</v>
       </c>
       <c r="G32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H32" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I32" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J32" s="5">
+        <v>281.24</v>
+      </c>
+      <c r="K32" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L32" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M32" s="4">
+        <v>12987663.194869</v>
+      </c>
+      <c r="N32" s="4">
+        <v>19596624.971708801</v>
+      </c>
+      <c r="O32" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="P32" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q32" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R32" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="S32" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H32" s="3" t="s">
-[...23 lines deleted...]
-      <c r="P32" s="3" t="s">
+      <c r="T32" s="4">
+        <v>1</v>
+      </c>
+      <c r="W32" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="Q32" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>7.1518999999999999E-2</v>
+        <v>3.2830999999999999E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D33" s="4">
-        <v>54208</v>
+        <v>370728</v>
       </c>
       <c r="E33" s="5">
-        <v>345.500382</v>
+        <v>64.606217000000001</v>
       </c>
       <c r="F33" s="4">
-        <v>18728884.7058823</v>
+        <v>23951333.547812801</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="J33" s="5">
-        <v>226.13</v>
+        <v>1305</v>
       </c>
       <c r="K33" s="5">
-        <v>0.65450000035343003</v>
+        <v>20.199294317453724</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="M33" s="4">
-        <v>12258055.046619</v>
+        <v>483800035.62777299</v>
       </c>
       <c r="N33" s="4">
-        <v>18728884.7058823</v>
+        <v>23951333.547812801</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="P33" s="3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>77</v>
+        <v>194</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>187</v>
+        <v>34</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>3.2611000000000001E-2</v>
+        <v>4.0126000000000002E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D34" s="4">
-        <v>363663</v>
+        <v>59759</v>
       </c>
       <c r="E34" s="5">
-        <v>57.977566000000003</v>
+        <v>138.56939</v>
       </c>
       <c r="F34" s="4">
-        <v>21084296.749141499</v>
+        <v>8280768.1517402204</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="J34" s="5">
-        <v>1160</v>
+        <v>73.069999999999993</v>
       </c>
       <c r="K34" s="5">
-        <v>20.007738993442665</v>
+        <v>0.52731703686045228</v>
       </c>
       <c r="L34" s="3" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="M34" s="4">
-        <v>421849106.21711397</v>
+        <v>4366590.1247039996</v>
       </c>
       <c r="N34" s="4">
-        <v>21084296.749141499</v>
+        <v>8280768.1517402204</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>3.6713000000000003E-2</v>
+        <v>1.3873E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D35" s="4">
-        <v>58618</v>
+        <v>19647</v>
       </c>
       <c r="E35" s="5">
-        <v>144.15514099999999</v>
+        <v>287.55941200000001</v>
       </c>
       <c r="F35" s="4">
-        <v>8450086.0814998709</v>
+        <v>5649679.75858167</v>
       </c>
       <c r="G35" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I35" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J35" s="5">
+        <v>190.58</v>
+      </c>
+      <c r="K35" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L35" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M35" s="4">
+        <v>3744325.2585200001</v>
+      </c>
+      <c r="N35" s="4">
+        <v>5649679.75858167</v>
+      </c>
+      <c r="O35" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="P35" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q35" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R35" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="S35" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H35" s="3" t="s">
-[...29 lines deleted...]
-      <c r="R35" s="3" t="s">
+      <c r="T35" s="4">
+        <v>1</v>
+      </c>
+      <c r="W35" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="S35" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>1.4713E-2</v>
+        <v>9.4649999999999995E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D36" s="4">
-        <v>19271</v>
+        <v>41799</v>
       </c>
       <c r="E36" s="5">
-        <v>277.52482800000001</v>
+        <v>357.60090500000001</v>
       </c>
       <c r="F36" s="4">
-        <v>5348180.9625668498</v>
+        <v>14947360.2414183</v>
       </c>
       <c r="G36" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H36" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I36" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J36" s="5">
+        <v>237</v>
+      </c>
+      <c r="K36" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L36" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M36" s="4">
+        <v>9906362.9960859995</v>
+      </c>
+      <c r="N36" s="4">
+        <v>14947360.2414183</v>
+      </c>
+      <c r="O36" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="P36" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="Q36" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R36" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="S36" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H36" s="3" t="s">
-[...23 lines deleted...]
-      <c r="P36" s="3" t="s">
+      <c r="T36" s="4">
+        <v>1</v>
+      </c>
+      <c r="W36" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="Q36" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>9.3120000000000008E-3</v>
+        <v>2.5041000000000001E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D37" s="4">
-        <v>41533</v>
+        <v>41013</v>
       </c>
       <c r="E37" s="5">
-        <v>391.52024399999999</v>
+        <v>218.091286</v>
       </c>
       <c r="F37" s="4">
-        <v>16261010.3132162</v>
+        <v>8944577.9253112096</v>
       </c>
       <c r="G37" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J37" s="5">
+        <v>144.54</v>
+      </c>
+      <c r="K37" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L37" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M37" s="4">
+        <v>5928019.0176579999</v>
+      </c>
+      <c r="N37" s="4">
+        <v>8944577.9253112096</v>
+      </c>
+      <c r="O37" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="P37" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="Q37" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="R37" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="S37" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H37" s="3" t="s">
-[...23 lines deleted...]
-      <c r="P37" s="3" t="s">
+      <c r="T37" s="4">
+        <v>1</v>
+      </c>
+      <c r="W37" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="Q37" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.8313999999999999E-2</v>
+        <v>1.4985E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D38" s="4">
-        <v>40230</v>
+        <v>51450</v>
       </c>
       <c r="E38" s="5">
-        <v>208.72421700000001</v>
+        <v>277.22368899999998</v>
       </c>
       <c r="F38" s="4">
-        <v>8396975.2482811492</v>
+        <v>14263158.807996999</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H38" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J38" s="5">
-        <v>136.61000000000001</v>
+        <v>183.73</v>
       </c>
       <c r="K38" s="5">
-        <v>0.65450000035343003</v>
+        <v>0.6627499997382138</v>
       </c>
       <c r="L38" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="M38" s="4">
-        <v>5495820.3029669998</v>
+        <v>9452908.496266</v>
       </c>
       <c r="N38" s="4">
-        <v>8396975.2482811492</v>
+        <v>14263158.807996999</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="P38" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="Q38" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R38" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="S38" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T38" s="4">
+        <v>1</v>
+      </c>
+      <c r="W38" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="Q38" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>1.4621E-2</v>
+        <v>2.3895E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D39" s="4">
-        <v>50469</v>
+        <v>24216</v>
       </c>
       <c r="E39" s="5">
-        <v>309.365928</v>
+        <v>731.82949900000006</v>
       </c>
       <c r="F39" s="4">
-        <v>15613389.0297937</v>
+        <v>17721983.130894002</v>
       </c>
       <c r="G39" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H39" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I39" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J39" s="5">
+        <v>485.02</v>
+      </c>
+      <c r="K39" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L39" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M39" s="4">
+        <v>11745244.31536</v>
+      </c>
+      <c r="N39" s="4">
+        <v>17721983.130894002</v>
+      </c>
+      <c r="O39" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="P39" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="Q39" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R39" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="S39" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H39" s="3" t="s">
-[...23 lines deleted...]
-      <c r="P39" s="3" t="s">
+      <c r="T39" s="4">
+        <v>1</v>
+      </c>
+      <c r="W39" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="Q39" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.7185999999999998E-2</v>
+        <v>2.9690000000000001E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D40" s="4">
-        <v>22848</v>
+        <v>21578</v>
       </c>
       <c r="E40" s="5">
-        <v>752.81894499999999</v>
+        <v>167.453791</v>
       </c>
       <c r="F40" s="4">
-        <v>17200407.272727299</v>
+        <v>3613317.9026782401</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H40" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J40" s="5">
-        <v>492.72</v>
+        <v>110.98</v>
       </c>
       <c r="K40" s="5">
-        <v>0.65450000035343003</v>
+        <v>0.6627499997382138</v>
       </c>
       <c r="L40" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="M40" s="4">
-        <v>11257666.566079</v>
+        <v>2394726.4390540002</v>
       </c>
       <c r="N40" s="4">
-        <v>17200407.272727299</v>
+        <v>3613317.9026782401</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="P40" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q40" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="R40" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="S40" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T40" s="4">
+        <v>1</v>
+      </c>
+      <c r="W40" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="Q40" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.9950000000000001E-2</v>
+        <v>6.0530000000000002E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B41" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D41" s="4">
+        <v>190962</v>
+      </c>
+      <c r="E41" s="5">
+        <v>72.923424999999995</v>
+      </c>
+      <c r="F41" s="4">
+        <v>13925603.108261</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H41" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I41" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J41" s="5">
+        <v>48.33</v>
+      </c>
+      <c r="K41" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L41" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M41" s="4">
+        <v>9229193.4563539997</v>
+      </c>
+      <c r="N41" s="4">
+        <v>13925603.108261</v>
+      </c>
+      <c r="O41" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="P41" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="Q41" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="C41" s="3" t="s">
-[...11 lines deleted...]
-      <c r="G41" s="3" t="s">
+      <c r="R41" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="S41" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H41" s="3" t="s">
-[...26 lines deleted...]
-      <c r="Q41" s="3" t="s">
+      <c r="T41" s="4">
+        <v>1</v>
+      </c>
+      <c r="W41" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="R41" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>7.0809999999999996E-3</v>
+        <v>2.333E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D42" s="4">
-        <v>187327</v>
+        <v>61440</v>
       </c>
       <c r="E42" s="5">
-        <v>74.606570000000005</v>
+        <v>147.823463</v>
       </c>
       <c r="F42" s="4">
-        <v>13975824.919786099</v>
+        <v>9082273.5571482591</v>
       </c>
       <c r="G42" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J42" s="5">
+        <v>97.97</v>
+      </c>
+      <c r="K42" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L42" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M42" s="4">
+        <v>6019276.7976219999</v>
+      </c>
+      <c r="N42" s="4">
+        <v>9082273.5571482591</v>
+      </c>
+      <c r="O42" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="P42" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="Q42" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="R42" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="S42" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H42" s="3" t="s">
-[...23 lines deleted...]
-      <c r="P42" s="3" t="s">
+      <c r="T42" s="4">
+        <v>1</v>
+      </c>
+      <c r="W42" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="Q42" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.4334999999999999E-2</v>
+        <v>1.5214999999999999E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D43" s="4">
-        <v>60271</v>
+        <v>30038</v>
       </c>
       <c r="E43" s="5">
-        <v>143.239114</v>
+        <v>521.01093900000001</v>
       </c>
       <c r="F43" s="4">
-        <v>8633164.6294881701</v>
+        <v>15650126.5937382</v>
       </c>
       <c r="G43" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H43" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J43" s="5">
+        <v>345.3</v>
+      </c>
+      <c r="K43" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L43" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M43" s="4">
+        <v>10372121.395903001</v>
+      </c>
+      <c r="N43" s="4">
+        <v>15650126.5937382</v>
+      </c>
+      <c r="O43" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="P43" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="Q43" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R43" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="S43" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H43" s="3" t="s">
-[...26 lines deleted...]
-      <c r="Q43" s="3" t="s">
+      <c r="T43" s="4">
+        <v>1</v>
+      </c>
+      <c r="W43" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="R43" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>1.5032E-2</v>
+        <v>2.6218999999999999E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D44" s="4">
-        <v>29465</v>
+        <v>27403</v>
       </c>
       <c r="E44" s="5">
-        <v>473.44537800000001</v>
+        <v>515.09618999999998</v>
       </c>
       <c r="F44" s="4">
-        <v>13950068.0672269</v>
+        <v>14115180.8977744</v>
       </c>
       <c r="G44" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I44" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J44" s="5">
+        <v>341.38</v>
+      </c>
+      <c r="K44" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L44" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M44" s="4">
+        <v>9354836.1363040004</v>
+      </c>
+      <c r="N44" s="4">
+        <v>14115180.8977744</v>
+      </c>
+      <c r="O44" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="P44" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="Q44" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="R44" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="S44" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H44" s="3" t="s">
-[...23 lines deleted...]
-      <c r="P44" s="3" t="s">
+      <c r="T44" s="4">
+        <v>1</v>
+      </c>
+      <c r="W44" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="Q44" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>2.4289999999999999E-2</v>
+        <v>2.3647000000000001E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D45" s="4">
-        <v>26880</v>
+        <v>69187</v>
       </c>
       <c r="E45" s="5">
-        <v>537.47899099999995</v>
+        <v>126.473029</v>
       </c>
       <c r="F45" s="4">
-        <v>14447435.2941176</v>
+        <v>8750289.4605809208</v>
       </c>
       <c r="G45" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H45" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J45" s="5">
+        <v>83.82</v>
+      </c>
+      <c r="K45" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L45" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M45" s="4">
+        <v>5799254.3377090003</v>
+      </c>
+      <c r="N45" s="4">
+        <v>8750289.4605809208</v>
+      </c>
+      <c r="O45" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="P45" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="Q45" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="R45" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="S45" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H45" s="3" t="s">
-[...23 lines deleted...]
-      <c r="P45" s="3" t="s">
+      <c r="T45" s="4">
+        <v>1</v>
+      </c>
+      <c r="W45" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="Q45" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>2.5156000000000001E-2</v>
+        <v>1.4659E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D46" s="4">
-        <v>86043</v>
+        <v>23787</v>
       </c>
       <c r="E46" s="5">
-        <v>125.561497</v>
+        <v>532.05205599999999</v>
       </c>
       <c r="F46" s="4">
-        <v>10803687.914438499</v>
+        <v>12655922.2519804</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>66</v>
+        <v>133</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="J46" s="5">
-        <v>82.18</v>
+        <v>300.10000000000002</v>
       </c>
       <c r="K46" s="5">
-        <v>0.65450000035343003</v>
+        <v>0.56404255344590859</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>68</v>
+        <v>134</v>
       </c>
       <c r="M46" s="4">
-        <v>7071013.743818</v>
+        <v>7138478.7032190003</v>
       </c>
       <c r="N46" s="4">
-        <v>10803687.914438499</v>
+        <v>12655922.2519804</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P46" s="3" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>77</v>
+        <v>137</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>253</v>
+        <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>1.8811000000000001E-2</v>
+        <v>2.1201999999999999E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D47" s="4">
-        <v>23334</v>
+        <v>130806</v>
       </c>
       <c r="E47" s="5">
-        <v>509.51176400000003</v>
+        <v>89.377593000000005</v>
       </c>
       <c r="F47" s="4">
-        <v>11888947.517647</v>
+        <v>11691125.4771784</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>135</v>
+        <v>88</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="J47" s="5">
-        <v>284.89999999999998</v>
+        <v>44</v>
       </c>
       <c r="K47" s="5">
-        <v>0.55916275174457664</v>
+        <v>0.49229340761922702</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>136</v>
+        <v>90</v>
       </c>
       <c r="M47" s="4">
-        <v>6647856.6093140002</v>
+        <v>5755464.0000639996</v>
       </c>
       <c r="N47" s="4">
-        <v>11888947.517647</v>
+        <v>11691125.4771784</v>
       </c>
       <c r="O47" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>241</v>
+        <v>92</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>139</v>
+        <v>94</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>2.0701000000000001E-2</v>
+        <v>1.9585999999999999E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D48" s="4">
-        <v>128310</v>
+        <v>34303</v>
       </c>
       <c r="E48" s="5">
-        <v>96.028795000000002</v>
+        <v>119.67182200000001</v>
       </c>
       <c r="F48" s="4">
-        <v>12321454.622246001</v>
+        <v>4105102.5084873699</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>51</v>
+        <v>266</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="J48" s="5">
-        <v>46.52</v>
+        <v>67.5</v>
       </c>
       <c r="K48" s="5">
-        <v>0.48443802902086081</v>
+        <v>0.56404255344590859</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>53</v>
+        <v>267</v>
       </c>
       <c r="M48" s="4">
-        <v>5968981.1918700002</v>
+        <v>2315452.501044</v>
       </c>
       <c r="N48" s="4">
-        <v>12321454.622246001</v>
+        <v>4105102.5084873699</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="P48" s="3" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>96</v>
+        <v>270</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>2.1454000000000001E-2</v>
+        <v>6.8770000000000003E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D49" s="4">
-        <v>34303</v>
+        <v>36789</v>
       </c>
       <c r="E49" s="5">
-        <v>128.048587</v>
+        <v>372.086005</v>
       </c>
       <c r="F49" s="4">
-        <v>4392450.6698243003</v>
+        <v>13688672.048283599</v>
       </c>
       <c r="G49" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J49" s="5">
+        <v>246.6</v>
+      </c>
+      <c r="K49" s="5">
+        <v>0.6627499997382138</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M49" s="4">
+        <v>9072167.3964159992</v>
+      </c>
+      <c r="N49" s="4">
+        <v>13688672.048283599</v>
+      </c>
+      <c r="O49" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="P49" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="Q49" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R49" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="S49" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="H49" s="3" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>7.6480000000000003E-3</v>
+        <v>2.2932999999999999E-2</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D50" s="4">
-        <v>36467</v>
+        <v>6243</v>
       </c>
       <c r="E50" s="5">
-        <v>397.20397200000002</v>
+        <v>1468.15164</v>
       </c>
       <c r="F50" s="4">
-        <v>14484837.2650878</v>
+        <v>9165670.6940777209</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>66</v>
+        <v>277</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="J50" s="5">
-        <v>259.97000000000003</v>
+        <v>828.1</v>
       </c>
       <c r="K50" s="5">
-        <v>0.65450000035343003</v>
+        <v>0.56404255344590859</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>68</v>
+        <v>278</v>
       </c>
       <c r="M50" s="4">
-        <v>9480325.9951189999</v>
+        <v>5169828.3023309996</v>
       </c>
       <c r="N50" s="4">
-        <v>14484837.2650878</v>
+        <v>9165670.6940777209</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>77</v>
+        <v>281</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.5221E-2</v>
+        <v>1.5355000000000001E-2</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D51" s="4">
-        <v>6123</v>
+        <v>9231</v>
       </c>
       <c r="E51" s="5">
-        <v>1138.487852</v>
+        <v>141.56733299999999</v>
       </c>
       <c r="F51" s="4">
-        <v>6970961.1258976404</v>
+        <v>1306808.05167861</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>279</v>
+        <v>160</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J51" s="5">
-        <v>636.6</v>
+        <v>79.849999999999994</v>
       </c>
       <c r="K51" s="5">
-        <v>0.55916275174457664</v>
+        <v>0.56404255344590859</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>280</v>
+        <v>161</v>
       </c>
       <c r="M51" s="4">
-        <v>3897901.8054610002</v>
+        <v>737095.35033199994</v>
       </c>
       <c r="N51" s="4">
-        <v>6970961.1258976404</v>
+        <v>1306808.05167861</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>106</v>
+        <v>239</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>283</v>
+        <v>164</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>1.2137999999999999E-2</v>
+        <v>2.189E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D52" s="4">
-        <v>9231</v>
+        <v>251651</v>
       </c>
       <c r="E52" s="5">
-        <v>159.52421699999999</v>
+        <v>51.371803</v>
       </c>
       <c r="F52" s="4">
-        <v>1472568.0467532501</v>
+        <v>12927765.6201999</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>162</v>
+        <v>88</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="J52" s="5">
-        <v>89.2</v>
+        <v>25.29</v>
       </c>
       <c r="K52" s="5">
-        <v>0.55916275174457664</v>
+        <v>0.49229340761922702</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>163</v>
+        <v>90</v>
       </c>
       <c r="M52" s="4">
-        <v>823405.201153</v>
+        <v>6364253.7900700001</v>
       </c>
       <c r="N52" s="4">
-        <v>1472568.0467532501</v>
+        <v>12927765.6201999</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>241</v>
+        <v>84</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>166</v>
+        <v>94</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>2.5639999999999999E-3</v>
+        <v>2.1658E-2</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D53" s="4">
-        <v>246846</v>
+        <v>109177</v>
       </c>
       <c r="E53" s="5">
-        <v>51.853898000000001</v>
+        <v>50.545831999999997</v>
       </c>
       <c r="F53" s="4">
-        <v>12799927.2148143</v>
+        <v>5518442.2742361398</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>51</v>
+        <v>133</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="J53" s="5">
-        <v>25.12</v>
+        <v>28.51</v>
       </c>
       <c r="K53" s="5">
-        <v>0.48443802902086081</v>
+        <v>0.56404255344590859</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>53</v>
+        <v>134</v>
       </c>
       <c r="M53" s="4">
-        <v>6200771.5115550002</v>
+        <v>3112636.2714030002</v>
       </c>
       <c r="N53" s="4">
-        <v>12799927.2148143</v>
+        <v>5518442.2742361398</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>96</v>
+        <v>137</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>2.2287000000000001E-2</v>
+        <v>9.2449999999999997E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D54" s="4">
-        <v>105890</v>
+        <v>1484253</v>
       </c>
       <c r="E54" s="5">
-        <v>47.571123</v>
+        <v>6.7520709999999999</v>
       </c>
       <c r="F54" s="4">
-        <v>5037306.2139037503</v>
+        <v>10021781.514228599</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H54" s="3" t="s">
-        <v>135</v>
+        <v>88</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="J54" s="5">
-        <v>26.6</v>
+        <v>3.3239999999999998</v>
       </c>
       <c r="K54" s="5">
-        <v>0.55916275174457664</v>
+        <v>0.49229340761922702</v>
       </c>
       <c r="L54" s="3" t="s">
-        <v>136</v>
+        <v>90</v>
       </c>
       <c r="M54" s="4">
-        <v>2816674.0039459998</v>
+        <v>4933656.972054</v>
       </c>
       <c r="N54" s="4">
-        <v>5037306.2139037503</v>
+        <v>10021781.514228599</v>
       </c>
       <c r="O54" s="3" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="P54" s="3" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>106</v>
+        <v>70</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>139</v>
+        <v>94</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>8.7709999999999993E-3</v>
+        <v>1.6788999999999998E-2</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D55" s="4">
-        <v>1455955</v>
+        <v>43962</v>
       </c>
       <c r="E55" s="5">
-        <v>7.4911539999999999</v>
+        <v>81.858421000000007</v>
       </c>
       <c r="F55" s="4">
-        <v>10906783.471321199</v>
+        <v>3598659.9065125301</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>51</v>
+        <v>300</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>52</v>
+        <v>301</v>
       </c>
       <c r="J55" s="5">
-        <v>3.629</v>
+        <v>344.65</v>
       </c>
       <c r="K55" s="5">
-        <v>0.48443802902086081</v>
+        <v>4.2103181931133173</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>53</v>
+        <v>302</v>
       </c>
       <c r="M55" s="4">
-        <v>5283660.6878040005</v>
+        <v>15151503.275217</v>
       </c>
       <c r="N55" s="4">
-        <v>10906783.471321199</v>
+        <v>3598659.9065125301</v>
       </c>
       <c r="O55" s="3" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>96</v>
+        <v>305</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>1.8991000000000001E-2</v>
+        <v>6.0280000000000004E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>71</v>
+        <v>308</v>
       </c>
       <c r="D56" s="4">
-        <v>43962</v>
+        <v>-263617.3</v>
       </c>
       <c r="E56" s="5">
-        <v>85.962559999999996</v>
+        <v>1</v>
       </c>
       <c r="F56" s="4">
-        <v>3779086.0674078399</v>
+        <v>-263617.3</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>72</v>
+        <v>309</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>302</v>
+        <v>31</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>303</v>
+        <v>32</v>
       </c>
       <c r="J56" s="5">
-        <v>358.8</v>
+        <v>1</v>
       </c>
       <c r="K56" s="5">
-        <v>4.1739101398885978</v>
+        <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>304</v>
+        <v>33</v>
       </c>
       <c r="M56" s="4">
-        <v>15773565.656265</v>
+        <v>-263617.3</v>
       </c>
       <c r="N56" s="4">
-        <v>3779086.0674078399</v>
+        <v>-263617.3</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>300</v>
+        <v>34</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>305</v>
+        <v>34</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>306</v>
+        <v>34</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>307</v>
+        <v>35</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>6.5799999999999999E-3</v>
+        <v>-4.4099999999999999E-4</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="C57" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="B57" s="3" t="s">
+      <c r="D57" s="4">
+        <v>-52746.57</v>
+      </c>
+      <c r="E57" s="5">
+        <v>1</v>
+      </c>
+      <c r="F57" s="4">
+        <v>-52746.57</v>
+      </c>
+      <c r="G57" s="3" t="s">
         <v>309</v>
-      </c>
-[...13 lines deleted...]
-        <v>311</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J57" s="5">
         <v>1</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="4">
-        <v>-271315.32</v>
+        <v>-52746.57</v>
       </c>
       <c r="N57" s="4">
-        <v>-271315.32</v>
+        <v>-52746.57</v>
       </c>
       <c r="O57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>34</v>
+        <v>310</v>
       </c>
       <c r="Q57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S57" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>-4.7199999999999998E-4</v>
-[...3 lines deleted...]
-      <c r="A58" s="3" t="s">
+        <v>-8.7999999999999998E-5</v>
+      </c>
+    </row>
+    <row r="59" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A59" s="3" t="s">
         <v>312</v>
-      </c>
-[...67 lines deleted...]
-        <v>-9.1000000000000003E-5</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>318</v>
-[...4 lines deleted...]
-        <v>319</v>
+        <v>317</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
-</file>
-[...4 lines deleted...]
-</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>August</vt:lpstr>
+      <vt:lpstr>September</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>GMO, LLC</Company>
+  <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Odayne Smith</dc:creator>
+  <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>