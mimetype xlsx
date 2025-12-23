--- v1 (2025-11-06)
+++ v2 (2025-12-23)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_10\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FD8C4183-84CA-4D78-ADB0-5BB3A92157B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7325A1EF-EF85-4E7F-908E-C944B3924B2A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{60362F90-1EC0-4C24-9AF7-1052CFC5CFB8}"/>
+    <workbookView xWindow="1560" yWindow="1860" windowWidth="11520" windowHeight="8265" xr2:uid="{8EF1991C-8E1D-4434-8D8E-F06B6A914A12}"/>
   </bookViews>
   <sheets>
-    <sheet name="September" sheetId="1" r:id="rId1"/>
+    <sheet name="October" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="735" uniqueCount="318">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="722" uniqueCount="313">
   <si>
     <t>GMO Quality Trust</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -590,65 +590,50 @@
     <t>Merck &amp; Co. Inc.</t>
   </si>
   <si>
     <t>2778844</t>
   </si>
   <si>
     <t>MRK</t>
   </si>
   <si>
     <t>US58933Y1055</t>
   </si>
   <si>
     <t>594918104</t>
   </si>
   <si>
     <t>Microsoft Corp</t>
   </si>
   <si>
     <t>2588173</t>
   </si>
   <si>
     <t>MSFT</t>
   </si>
   <si>
     <t>US5949181045</t>
-  </si>
-[...13 lines deleted...]
-    <t>US68389X1054</t>
   </si>
   <si>
     <t>6889106</t>
   </si>
   <si>
     <t>Taiwan Semiconductor Manufac</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>TW0002330008</t>
   </si>
   <si>
     <t>XTAI</t>
   </si>
   <si>
     <t>7123870</t>
   </si>
   <si>
     <t>Nestle Sa-Reg</t>
   </si>
   <si>
     <t>NESN</t>
   </si>
@@ -1384,92 +1369,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6583F5EF-47EE-42C0-900B-849FE195AE52}">
-  <dimension ref="A1:Z64"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5983766E-6049-4A7D-8ECE-4A929ED4B2A5}">
+  <dimension ref="A1:Z63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45930</v>
+        <v>45961</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1579,4021 +1564,3947 @@
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>2.5300000000000002E-4</v>
+        <v>2.3800000000000001E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>952088.48</v>
+        <v>1108926.67</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
-        <v>952088.48</v>
+        <v>1108926.67</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M5" s="4">
-        <v>952088.48</v>
+        <v>1108926.67</v>
       </c>
       <c r="N5" s="4">
-        <v>952088.48</v>
+        <v>1108926.67</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>1.5950000000000001E-3</v>
+        <v>1.7409999999999999E-3</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
         <v>817.4</v>
       </c>
       <c r="E6" s="5">
-        <v>1.8963920000000001</v>
+        <v>1.902876</v>
       </c>
       <c r="F6" s="4">
-        <v>1550.1111131800001</v>
+        <v>1555.4109316900001</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.52731703686045228</v>
+        <v>0.52552028728764688</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4">
         <v>817.39999899999998</v>
       </c>
       <c r="N6" s="4">
-        <v>1550.1111131800001</v>
+        <v>1555.4109316900001</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
         <v>1.9999999999999999E-6</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>-34091.839999999997</v>
+        <v>9710.15</v>
       </c>
       <c r="E7" s="5">
-        <v>1.7729159999999999</v>
+        <v>1.76308</v>
       </c>
       <c r="F7" s="4">
-        <v>-60441.964541679998</v>
+        <v>17119.76648591</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>0.56404255344590859</v>
+        <v>0.56718939465186125</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4">
-        <v>-34091.840015000002</v>
+        <v>9710.1499889999996</v>
       </c>
       <c r="N7" s="4">
-        <v>-60441.964541679998</v>
+        <v>17119.76648591</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>-1.01E-4</v>
+        <v>2.5999999999999998E-5</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
         <v>0.46</v>
       </c>
       <c r="E8" s="5">
-        <v>0.19393199999999999</v>
+        <v>0.19653799999999999</v>
       </c>
       <c r="F8" s="4">
-        <v>8.9208490000000001E-2</v>
+        <v>9.0407550000000003E-2</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>51</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>5.1564601499220162</v>
+        <v>5.0880706875484476</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4">
         <v>0.46</v>
       </c>
       <c r="N8" s="4">
-        <v>8.9208490000000001E-2</v>
+        <v>9.0407550000000003E-2</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>1464906.51</v>
+        <v>525</v>
       </c>
       <c r="E9" s="5">
-        <v>4.9507000000000002E-2</v>
+        <v>4.9689999999999998E-2</v>
       </c>
       <c r="F9" s="4">
-        <v>72522.657165080003</v>
+        <v>26.087480670000001</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>56</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>20.199294317453724</v>
+        <v>20.124595395009585</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4">
-        <v>1464906.496761</v>
+        <v>524.99999300000002</v>
       </c>
       <c r="N9" s="4">
-        <v>72522.657165080003</v>
+        <v>26.087480670000001</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>1.21E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>10954426.43</v>
+        <v>13504016.289999999</v>
       </c>
       <c r="E10" s="5">
-        <v>1.5088649999999999</v>
+        <v>1.5275339999999999</v>
       </c>
       <c r="F10" s="4">
-        <v>16528746.027914001</v>
+        <v>20627841.273963101</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4">
-        <v>10954426.425673001</v>
+        <v>13504016.260695999</v>
       </c>
       <c r="N10" s="4">
-        <v>16528746.027914001</v>
+        <v>20627841.273963101</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>2.7691E-2</v>
+        <v>3.2399999999999998E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D11" s="4">
-        <v>90424</v>
+        <v>92040</v>
       </c>
       <c r="E11" s="5">
-        <v>202.09732199999999</v>
+        <v>188.83372800000001</v>
       </c>
       <c r="F11" s="4">
-        <v>18274448.223311901</v>
+        <v>17380256.320170999</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J11" s="5">
-        <v>133.94</v>
+        <v>123.62</v>
       </c>
       <c r="K11" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M11" s="4">
-        <v>12111390.555215999</v>
+        <v>11377984.775309</v>
       </c>
       <c r="N11" s="4">
-        <v>18274448.223311901</v>
+        <v>17380256.320170999</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>64</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>3.0615E-2</v>
+        <v>2.7299E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D12" s="4">
-        <v>76488</v>
+        <v>82370</v>
       </c>
       <c r="E12" s="5">
-        <v>366.804979</v>
+        <v>429.52722899999998</v>
       </c>
       <c r="F12" s="4">
-        <v>28056179.253111999</v>
+        <v>35380157.794241101</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J12" s="5">
-        <v>243.1</v>
+        <v>281.19</v>
       </c>
       <c r="K12" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M12" s="4">
-        <v>18594232.792654999</v>
+        <v>23161620.249738999</v>
       </c>
       <c r="N12" s="4">
-        <v>28056179.253111999</v>
+        <v>35380157.794241101</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>77</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>78</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>4.7003000000000003E-2</v>
+        <v>5.5572000000000003E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D13" s="4">
-        <v>37990</v>
+        <v>43305</v>
       </c>
       <c r="E13" s="5">
-        <v>331.30139600000001</v>
+        <v>373.054305</v>
       </c>
       <c r="F13" s="4">
-        <v>12586140.022632901</v>
+        <v>16155116.627205299</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J13" s="5">
-        <v>219.57</v>
+        <v>244.22</v>
       </c>
       <c r="K13" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M13" s="4">
-        <v>8341464.2967050001</v>
+        <v>10575947.07705</v>
       </c>
       <c r="N13" s="4">
-        <v>12586140.022632901</v>
+        <v>16155116.627205299</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>82</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>83</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>85</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.1086000000000001E-2</v>
+        <v>2.5375000000000002E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D14" s="4">
-        <v>192048</v>
+        <v>195481</v>
       </c>
       <c r="E14" s="5">
-        <v>36.065890000000003</v>
+        <v>35.121630000000003</v>
       </c>
       <c r="F14" s="4">
-        <v>6926382.0869105998</v>
+        <v>6865611.33029099</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>88</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="J14" s="5">
-        <v>17.754999999999999</v>
+        <v>17.5</v>
       </c>
       <c r="K14" s="5">
-        <v>0.49229340761922702</v>
+        <v>0.49826844738774495</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4">
-        <v>3409812.2400369998</v>
+        <v>3420917.4979110002</v>
       </c>
       <c r="N14" s="4">
-        <v>6926382.0869105998</v>
+        <v>6865611.33029099</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>86</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>91</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>92</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>93</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>94</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>1.1604E-2</v>
+        <v>1.0782999999999999E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="4">
-        <v>27316</v>
+        <v>27034</v>
       </c>
       <c r="E15" s="5">
-        <v>487.54432300000002</v>
+        <v>484.53372100000001</v>
       </c>
       <c r="F15" s="4">
-        <v>13317760.724254999</v>
+        <v>13098884.5948216</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J15" s="5">
-        <v>323.12</v>
+        <v>317.2</v>
       </c>
       <c r="K15" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M15" s="4">
-        <v>8826345.9165129997</v>
+        <v>8575184.7813910004</v>
       </c>
       <c r="N15" s="4">
-        <v>13317760.724254999</v>
+        <v>13098884.5948216</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>98</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>70</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>99</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>2.2311000000000001E-2</v>
+        <v>2.0573999999999999E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D16" s="4">
-        <v>66275</v>
+        <v>71709</v>
       </c>
       <c r="E16" s="5">
-        <v>384.20218799999998</v>
+        <v>412.99931400000003</v>
       </c>
       <c r="F16" s="4">
-        <v>25463000</v>
+        <v>29615767.707935501</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J16" s="5">
-        <v>254.63</v>
+        <v>270.37</v>
       </c>
       <c r="K16" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M16" s="4">
-        <v>16875603.243333999</v>
+        <v>19387962.287928</v>
       </c>
       <c r="N16" s="4">
-        <v>25463000</v>
+        <v>29615767.707935501</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>102</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>103</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>104</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>105</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>100</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>4.2659000000000002E-2</v>
+        <v>4.6517999999999997E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D17" s="4">
-        <v>29451</v>
+        <v>32356</v>
       </c>
       <c r="E17" s="5">
-        <v>497.789514</v>
+        <v>564.62231799999995</v>
       </c>
       <c r="F17" s="4">
-        <v>14660398.958883399</v>
+        <v>18268919.697548199</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J17" s="5">
-        <v>329.91</v>
+        <v>369.63</v>
       </c>
       <c r="K17" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M17" s="4">
-        <v>9716179.4061619993</v>
+        <v>11959748.254047001</v>
       </c>
       <c r="N17" s="4">
-        <v>14660398.958883399</v>
+        <v>18268919.697548199</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>108</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>109</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>104</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>110</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>106</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.4560999999999999E-2</v>
+        <v>2.8694999999999998E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D18" s="4">
-        <v>16841</v>
+        <v>19373</v>
       </c>
       <c r="E18" s="5">
-        <v>434.93021499999998</v>
+        <v>373.34453600000001</v>
       </c>
       <c r="F18" s="4">
-        <v>7324659.7510373499</v>
+        <v>7232803.6813564403</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J18" s="5">
-        <v>288.25</v>
+        <v>244.41</v>
       </c>
       <c r="K18" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M18" s="4">
-        <v>4854418.2480819998</v>
+        <v>4734954.9197249999</v>
       </c>
       <c r="N18" s="4">
-        <v>7324659.7510373499</v>
+        <v>7232803.6813564403</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>113</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>114</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>70</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>115</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>111</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.2271000000000001E-2</v>
+        <v>1.136E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="4">
-        <v>77082</v>
+        <v>93565</v>
       </c>
       <c r="E19" s="5">
-        <v>100.067899</v>
+        <v>105.247079</v>
       </c>
       <c r="F19" s="4">
-        <v>7713433.7834779397</v>
+        <v>9847442.9084243402</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J19" s="5">
-        <v>66.319999999999993</v>
+        <v>68.900000000000006</v>
       </c>
       <c r="K19" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M19" s="4">
-        <v>5112078.2379799997</v>
+        <v>6446628.4860100001</v>
       </c>
       <c r="N19" s="4">
-        <v>7713433.7834779397</v>
+        <v>9847442.9084243402</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>118</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>119</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>92</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>120</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>116</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.2921999999999999E-2</v>
+        <v>1.5467E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D20" s="4">
-        <v>41649</v>
+        <v>42396</v>
       </c>
       <c r="E20" s="5">
-        <v>203.19879299999999</v>
+        <v>200.68739099999999</v>
       </c>
       <c r="F20" s="4">
-        <v>8463026.5258393101</v>
+        <v>8508342.5952799097</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J20" s="5">
-        <v>134.66999999999999</v>
+        <v>131.38</v>
       </c>
       <c r="K20" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M20" s="4">
-        <v>5608870.827784</v>
+        <v>5569986.4679129999</v>
       </c>
       <c r="N20" s="4">
-        <v>8463026.5258393101</v>
+        <v>8508342.5952799097</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>123</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>124</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>92</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>125</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>121</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.4178E-2</v>
+        <v>1.3363999999999999E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D21" s="4">
-        <v>23901</v>
+        <v>25844</v>
       </c>
       <c r="E21" s="5">
-        <v>1108.07997</v>
+        <v>990.37653899999998</v>
       </c>
       <c r="F21" s="4">
-        <v>26484219.358732499</v>
+        <v>25595291.224318299</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J21" s="5">
-        <v>734.38</v>
+        <v>648.35</v>
       </c>
       <c r="K21" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M21" s="4">
-        <v>17552416.373066001</v>
+        <v>16755957.363639001</v>
       </c>
       <c r="N21" s="4">
-        <v>26484219.358732499</v>
+        <v>25595291.224318299</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>128</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>129</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>77</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>130</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>126</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>4.437E-2</v>
+        <v>4.0203000000000003E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D22" s="4">
-        <v>8896</v>
+        <v>9055</v>
       </c>
       <c r="E22" s="5">
-        <v>922.80271600000003</v>
+        <v>1079.1809679999999</v>
       </c>
       <c r="F22" s="4">
-        <v>8209252.9611467496</v>
+        <v>9771983.6555411201</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>133</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J22" s="5">
-        <v>520.5</v>
+        <v>612.1</v>
       </c>
       <c r="K22" s="5">
-        <v>0.56404255344590859</v>
+        <v>0.56718939465186125</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>134</v>
       </c>
       <c r="M22" s="4">
-        <v>4630368.0020880001</v>
+        <v>5542565.4941339996</v>
       </c>
       <c r="N22" s="4">
-        <v>8209252.9611467496</v>
+        <v>9771983.6555411201</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>131</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>135</v>
       </c>
       <c r="Q22" s="3" t="s">
         <v>84</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>136</v>
       </c>
       <c r="S22" s="3" t="s">
         <v>137</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.3753E-2</v>
+        <v>1.5349E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D23" s="4">
-        <v>21591</v>
+        <v>24079</v>
       </c>
       <c r="E23" s="5">
-        <v>391.45982700000002</v>
+        <v>392.515085</v>
       </c>
       <c r="F23" s="4">
-        <v>8452009.1135420706</v>
+        <v>9451370.7171771098</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J23" s="5">
-        <v>259.44</v>
+        <v>256.95999999999998</v>
       </c>
       <c r="K23" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M23" s="4">
-        <v>5601569.0377869997</v>
+        <v>6187339.8265730003</v>
       </c>
       <c r="N23" s="4">
-        <v>8452009.1135420706</v>
+        <v>9451370.7171771098</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>140</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>141</v>
       </c>
       <c r="Q23" s="3" t="s">
         <v>84</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>142</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.4159E-2</v>
+        <v>1.4845000000000001E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D24" s="4">
-        <v>12853</v>
+        <v>13082</v>
       </c>
       <c r="E24" s="5">
-        <v>674.80950600000006</v>
+        <v>816.13075900000001</v>
       </c>
       <c r="F24" s="4">
-        <v>8673326.5786495805</v>
+        <v>10676622.561674099</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J24" s="5">
-        <v>447.23</v>
+        <v>534.28</v>
       </c>
       <c r="K24" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M24" s="4">
-        <v>5748247.1877290001</v>
+        <v>6989450.944832</v>
       </c>
       <c r="N24" s="4">
-        <v>8673326.5786495805</v>
+        <v>10676622.561674099</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>145</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>146</v>
       </c>
       <c r="Q24" s="3" t="s">
         <v>70</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>147</v>
       </c>
       <c r="S24" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.453E-2</v>
+        <v>1.677E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D25" s="4">
-        <v>72209</v>
+        <v>73501</v>
       </c>
       <c r="E25" s="5">
-        <v>279.77366999999998</v>
+        <v>288.50530900000001</v>
       </c>
       <c r="F25" s="4">
-        <v>20202176.959637798</v>
+        <v>21205428.656534001</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J25" s="5">
-        <v>185.42</v>
+        <v>188.87</v>
       </c>
       <c r="K25" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M25" s="4">
-        <v>13388992.774711</v>
+        <v>13882133.839875</v>
       </c>
       <c r="N25" s="4">
-        <v>20202176.959637798</v>
+        <v>21205428.656534001</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>150</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>151</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>70</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>152</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>3.3845E-2</v>
+        <v>3.3307000000000003E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="4">
-        <v>4156</v>
+        <v>5168</v>
       </c>
       <c r="E26" s="5">
-        <v>1627.4613360000001</v>
+        <v>1846.3912049999999</v>
       </c>
       <c r="F26" s="4">
-        <v>6763729.3096944597</v>
+        <v>9542149.7288627401</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J26" s="5">
-        <v>1078.5999999999999</v>
+        <v>1208.74</v>
       </c>
       <c r="K26" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M26" s="4">
-        <v>4482661.5982290003</v>
+        <v>6246768.3064440005</v>
       </c>
       <c r="N26" s="4">
-        <v>6763729.3096944597</v>
+        <v>9542149.7288627401</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>155</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>156</v>
       </c>
       <c r="Q26" s="3" t="s">
         <v>104</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>157</v>
       </c>
       <c r="S26" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.1331000000000001E-2</v>
+        <v>1.4988E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D27" s="4">
-        <v>34734</v>
+        <v>35354</v>
       </c>
       <c r="E27" s="5">
-        <v>404.047529</v>
+        <v>395.72319599999997</v>
       </c>
       <c r="F27" s="4">
-        <v>14034186.880422501</v>
+        <v>13990397.857267199</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>160</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J27" s="5">
-        <v>227.9</v>
+        <v>224.45</v>
       </c>
       <c r="K27" s="5">
-        <v>0.56404255344590859</v>
+        <v>0.56718939465186125</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>161</v>
       </c>
       <c r="M27" s="4">
-        <v>7915878.6035700003</v>
+        <v>7935205.2916019997</v>
       </c>
       <c r="N27" s="4">
-        <v>14034186.880422501</v>
+        <v>13990397.857267199</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>162</v>
       </c>
       <c r="Q27" s="3" t="s">
         <v>104</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>163</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>164</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>2.3512000000000002E-2</v>
+        <v>2.1975000000000001E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D28" s="4">
-        <v>105632</v>
+        <v>107520</v>
       </c>
       <c r="E28" s="5">
-        <v>202.036967</v>
+        <v>240.52547200000001</v>
       </c>
       <c r="F28" s="4">
-        <v>21341568.917389601</v>
+        <v>25861298.709233899</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J28" s="5">
-        <v>133.9</v>
+        <v>157.46</v>
       </c>
       <c r="K28" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M28" s="4">
-        <v>14144124.794413</v>
+        <v>16930099.163261</v>
       </c>
       <c r="N28" s="4">
-        <v>21341568.917389601</v>
+        <v>25861298.709233899</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>167</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Q28" s="3" t="s">
         <v>104</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>169</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>165</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>3.5754000000000001E-2</v>
+        <v>4.0620000000000003E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D29" s="4">
-        <v>7604</v>
+        <v>7740</v>
       </c>
       <c r="E29" s="5">
-        <v>1151.2636749999999</v>
+        <v>1318.0478149999999</v>
       </c>
       <c r="F29" s="4">
-        <v>8754208.9777442608</v>
+        <v>10201690.0633926</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J29" s="5">
-        <v>763</v>
+        <v>862.86</v>
       </c>
       <c r="K29" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M29" s="4">
-        <v>5801851.9977080002</v>
+        <v>6678536.3855069997</v>
       </c>
       <c r="N29" s="4">
-        <v>8754208.9777442608</v>
+        <v>10201690.0633926</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>172</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>173</v>
       </c>
       <c r="Q29" s="3" t="s">
         <v>70</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>174</v>
       </c>
       <c r="S29" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>170</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.4666E-2</v>
+        <v>1.6024E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D30" s="4">
-        <v>66507</v>
+        <v>67696</v>
       </c>
       <c r="E30" s="5">
-        <v>126.639004</v>
+        <v>131.337356</v>
       </c>
       <c r="F30" s="4">
-        <v>8422380.2489626594</v>
+        <v>8891013.6408767905</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J30" s="5">
-        <v>83.93</v>
+        <v>85.98</v>
       </c>
       <c r="K30" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M30" s="4">
-        <v>5581932.5077950004</v>
+        <v>5820502.0673690001</v>
       </c>
       <c r="N30" s="4">
-        <v>8422380.2489626594</v>
+        <v>8891013.6408767905</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>177</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>178</v>
       </c>
       <c r="Q30" s="3" t="s">
         <v>70</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>179</v>
       </c>
       <c r="S30" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>175</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>1.4109999999999999E-2</v>
+        <v>1.3965E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D31" s="4">
-        <v>54086</v>
+        <v>57282</v>
       </c>
       <c r="E31" s="5">
-        <v>781.51640899999995</v>
+        <v>790.97227699999996</v>
       </c>
       <c r="F31" s="4">
-        <v>42269096.491889901</v>
+        <v>45308473.871534303</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J31" s="5">
-        <v>517.95000000000005</v>
+        <v>517.80999999999995</v>
       </c>
       <c r="K31" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M31" s="4">
-        <v>28013843.688933998</v>
+        <v>29661192.355634999</v>
       </c>
       <c r="N31" s="4">
-        <v>42269096.491889901</v>
+        <v>45308473.871534303</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>182</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>183</v>
       </c>
       <c r="Q31" s="3" t="s">
         <v>104</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>184</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>7.0815000000000003E-2</v>
+        <v>7.1166999999999994E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D32" s="4">
-        <v>46180</v>
+        <v>400508</v>
       </c>
       <c r="E32" s="5">
-        <v>424.35307399999999</v>
+        <v>74.535659999999993</v>
       </c>
       <c r="F32" s="4">
-        <v>19596624.971708801</v>
+        <v>29852127.737036001</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="J32" s="5">
-        <v>281.24</v>
+        <v>1500</v>
       </c>
       <c r="K32" s="5">
-        <v>0.6627499997382138</v>
+        <v>20.124595395009585</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="M32" s="4">
-        <v>12987663.194869</v>
+        <v>600761992.38799202</v>
       </c>
       <c r="N32" s="4">
-        <v>19596624.971708801</v>
+        <v>29852127.737036001</v>
       </c>
       <c r="O32" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="P32" s="3" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="Q32" s="3" t="s">
         <v>104</v>
       </c>
       <c r="R32" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="S32" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="S32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>185</v>
+        <v>34</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>3.2830999999999999E-2</v>
+        <v>4.6889E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D33" s="4">
-        <v>370728</v>
+        <v>60827</v>
       </c>
       <c r="E33" s="5">
-        <v>64.606217000000001</v>
+        <v>146.293115</v>
       </c>
       <c r="F33" s="4">
-        <v>23951333.547812801</v>
+        <v>8898571.3229957707</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="J33" s="5">
-        <v>1305</v>
+        <v>76.88</v>
       </c>
       <c r="K33" s="5">
-        <v>20.199294317453724</v>
+        <v>0.52552028728764688</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="M33" s="4">
-        <v>483800035.62777299</v>
+        <v>4676379.7581099998</v>
       </c>
       <c r="N33" s="4">
-        <v>23951333.547812801</v>
+        <v>8898571.3229957707</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>190</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>192</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>104</v>
+        <v>92</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>193</v>
       </c>
       <c r="S33" s="3" t="s">
         <v>194</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>4.0126000000000002E-2</v>
+        <v>1.3977E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D34" s="4">
-        <v>59759</v>
+        <v>19996</v>
       </c>
       <c r="E34" s="5">
-        <v>138.56939</v>
+        <v>268.76957199999998</v>
       </c>
       <c r="F34" s="4">
-        <v>8280768.1517402204</v>
+        <v>5374316.3522492899</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="J34" s="5">
-        <v>73.069999999999993</v>
+        <v>175.95</v>
       </c>
       <c r="K34" s="5">
-        <v>0.52731703686045228</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L34" s="3" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="M34" s="4">
-        <v>4366590.1247039996</v>
+        <v>3518296.192365</v>
       </c>
       <c r="N34" s="4">
-        <v>8280768.1517402204</v>
+        <v>5374316.3522492899</v>
       </c>
       <c r="O34" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="P34" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q34" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R34" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="S34" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="T34" s="4">
+        <v>1</v>
+      </c>
+      <c r="W34" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="P34" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>1.3873E-2</v>
+        <v>8.4410000000000006E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D35" s="4">
-        <v>19647</v>
+        <v>42545</v>
       </c>
       <c r="E35" s="5">
-        <v>287.55941200000001</v>
+        <v>397.785077</v>
       </c>
       <c r="F35" s="4">
-        <v>5649679.75858167</v>
+        <v>16923766.058199</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J35" s="5">
-        <v>190.58</v>
+        <v>260.41000000000003</v>
       </c>
       <c r="K35" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M35" s="4">
-        <v>3744325.2585200001</v>
+        <v>11079143.425958</v>
       </c>
       <c r="N35" s="4">
-        <v>5649679.75858167</v>
+        <v>16923766.058199</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>202</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>203</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>70</v>
+        <v>104</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>204</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>9.4649999999999995E-3</v>
+        <v>2.6582000000000001E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D36" s="4">
-        <v>41799</v>
+        <v>41745</v>
       </c>
       <c r="E36" s="5">
-        <v>357.60090500000001</v>
+        <v>214.06858700000001</v>
       </c>
       <c r="F36" s="4">
-        <v>14947360.2414183</v>
+        <v>8936293.1337355692</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J36" s="5">
-        <v>237</v>
+        <v>140.13999999999999</v>
       </c>
       <c r="K36" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M36" s="4">
-        <v>9906362.9960859995</v>
+        <v>5850144.2873050002</v>
       </c>
       <c r="N36" s="4">
-        <v>14947360.2414183</v>
+        <v>8936293.1337355692</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>207</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>208</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>104</v>
+        <v>84</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>209</v>
       </c>
       <c r="S36" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>205</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.5041000000000001E-2</v>
+        <v>1.4036E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D37" s="4">
-        <v>41013</v>
+        <v>52369</v>
       </c>
       <c r="E37" s="5">
-        <v>218.091286</v>
+        <v>246.63560699999999</v>
       </c>
       <c r="F37" s="4">
-        <v>8944577.9253112096</v>
+        <v>12916060.0931795</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J37" s="5">
-        <v>144.54</v>
+        <v>161.46</v>
       </c>
       <c r="K37" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M37" s="4">
-        <v>5928019.0176579999</v>
+        <v>8455498.7216510009</v>
       </c>
       <c r="N37" s="4">
-        <v>8944577.9253112096</v>
+        <v>12916060.0931795</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>212</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>213</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>214</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>1.4985E-2</v>
+        <v>2.0286999999999999E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D38" s="4">
-        <v>51450</v>
+        <v>26594</v>
       </c>
       <c r="E38" s="5">
-        <v>277.22368899999998</v>
+        <v>866.707403</v>
       </c>
       <c r="F38" s="4">
-        <v>14263158.807996999</v>
+        <v>23049216.619567599</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J38" s="5">
-        <v>183.73</v>
+        <v>567.39</v>
       </c>
       <c r="K38" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M38" s="4">
-        <v>9452908.496266</v>
+        <v>15089169.627256</v>
       </c>
       <c r="N38" s="4">
-        <v>14263158.807996999</v>
+        <v>23049216.619567599</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>217</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>218</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>104</v>
+        <v>70</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>219</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>2.3895E-2</v>
+        <v>3.6202999999999999E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D39" s="4">
-        <v>24216</v>
+        <v>27343</v>
       </c>
       <c r="E39" s="5">
-        <v>731.82949900000006</v>
+        <v>160.98678699999999</v>
       </c>
       <c r="F39" s="4">
-        <v>17721983.130894002</v>
+        <v>4401861.7123653796</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J39" s="5">
-        <v>485.02</v>
+        <v>105.39</v>
       </c>
       <c r="K39" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M39" s="4">
-        <v>11745244.31536</v>
+        <v>2881678.7637459999</v>
       </c>
       <c r="N39" s="4">
-        <v>17721983.130894002</v>
+        <v>4401861.7123653796</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>222</v>
       </c>
       <c r="P39" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q39" s="3" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>224</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.9690000000000001E-2</v>
+        <v>6.914E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D40" s="4">
-        <v>21578</v>
+        <v>194376</v>
       </c>
       <c r="E40" s="5">
-        <v>167.453791</v>
+        <v>71.305278000000001</v>
       </c>
       <c r="F40" s="4">
-        <v>3613317.9026782401</v>
+        <v>13860034.6444664</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J40" s="5">
-        <v>110.98</v>
+        <v>46.68</v>
       </c>
       <c r="K40" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M40" s="4">
-        <v>2394726.4390540002</v>
+        <v>9073471.6603100002</v>
       </c>
       <c r="N40" s="4">
-        <v>3613317.9026782401</v>
+        <v>13860034.6444664</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>227</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>58</v>
+        <v>228</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>229</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>225</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>6.0530000000000002E-3</v>
+        <v>2.1770000000000001E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D41" s="4">
-        <v>190962</v>
+        <v>62536</v>
       </c>
       <c r="E41" s="5">
-        <v>72.923424999999995</v>
+        <v>147.40701200000001</v>
       </c>
       <c r="F41" s="4">
-        <v>13925603.108261</v>
+        <v>9218244.8636675999</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J41" s="5">
-        <v>48.33</v>
+        <v>96.5</v>
       </c>
       <c r="K41" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M41" s="4">
-        <v>9229193.4563539997</v>
+        <v>6034723.9869039999</v>
       </c>
       <c r="N41" s="4">
-        <v>13925603.108261</v>
+        <v>9218244.8636675999</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>232</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>233</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="S41" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>230</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>2.333E-2</v>
+        <v>1.4479000000000001E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D42" s="4">
-        <v>61440</v>
+        <v>29865</v>
       </c>
       <c r="E42" s="5">
-        <v>147.823463</v>
+        <v>521.74444500000004</v>
       </c>
       <c r="F42" s="4">
-        <v>9082273.5571482591</v>
+        <v>15581897.807988901</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J42" s="5">
-        <v>97.97</v>
+        <v>341.56</v>
       </c>
       <c r="K42" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M42" s="4">
-        <v>6019276.7976219999</v>
+        <v>10200689.377863999</v>
       </c>
       <c r="N42" s="4">
-        <v>9082273.5571482591</v>
+        <v>15581897.807988901</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>239</v>
+        <v>70</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>240</v>
       </c>
       <c r="S42" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>1.5214999999999999E-2</v>
+        <v>2.4473999999999999E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D43" s="4">
-        <v>30038</v>
+        <v>27892</v>
       </c>
       <c r="E43" s="5">
-        <v>521.01093900000001</v>
+        <v>520.49186699999996</v>
       </c>
       <c r="F43" s="4">
-        <v>15650126.5937382</v>
+        <v>14517559.123195499</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J43" s="5">
-        <v>345.3</v>
+        <v>340.74</v>
       </c>
       <c r="K43" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M43" s="4">
-        <v>10372121.395903001</v>
+        <v>9503920.0593759995</v>
       </c>
       <c r="N43" s="4">
-        <v>15650126.5937382</v>
+        <v>14517559.123195499</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>243</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>244</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>70</v>
+        <v>223</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>245</v>
       </c>
       <c r="S43" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>241</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>2.6218999999999999E-2</v>
+        <v>2.2803E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D44" s="4">
-        <v>27403</v>
+        <v>70820</v>
       </c>
       <c r="E44" s="5">
-        <v>515.09618999999998</v>
+        <v>132.849615</v>
       </c>
       <c r="F44" s="4">
-        <v>14115180.8977744</v>
+        <v>9408409.6845642608</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J44" s="5">
-        <v>341.38</v>
+        <v>86.97</v>
       </c>
       <c r="K44" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.65464999857940953</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M44" s="4">
-        <v>9354836.1363040004</v>
+        <v>6159215.3866339996</v>
       </c>
       <c r="N44" s="4">
-        <v>14115180.8977744</v>
+        <v>9408409.6845642608</v>
       </c>
       <c r="O44" s="3" t="s">
         <v>248</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>249</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>250</v>
       </c>
       <c r="S44" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>246</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>2.3647000000000001E-2</v>
+        <v>1.4777999999999999E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D45" s="4">
-        <v>69187</v>
+        <v>24213</v>
       </c>
       <c r="E45" s="5">
-        <v>126.473029</v>
+        <v>542.85218099999997</v>
       </c>
       <c r="F45" s="4">
-        <v>8750289.4605809208</v>
+        <v>13144079.8477659</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>61</v>
+        <v>133</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="J45" s="5">
-        <v>83.82</v>
+        <v>307.89999999999998</v>
       </c>
       <c r="K45" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.56718939465186125</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>63</v>
+        <v>134</v>
       </c>
       <c r="M45" s="4">
-        <v>5799254.3377090003</v>
+        <v>7455182.6921100002</v>
       </c>
       <c r="N45" s="4">
-        <v>8750289.4605809208</v>
+        <v>13144079.8477659</v>
       </c>
       <c r="O45" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="P45" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="P45" s="3" t="s">
+      <c r="Q45" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="R45" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="Q45" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S45" s="3" t="s">
-        <v>72</v>
+        <v>137</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
-        <v>251</v>
+        <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>1.4659E-2</v>
+        <v>2.0645E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D46" s="4">
-        <v>23787</v>
+        <v>133137</v>
       </c>
       <c r="E46" s="5">
-        <v>532.05205599999999</v>
+        <v>92.098947999999993</v>
       </c>
       <c r="F46" s="4">
-        <v>12655922.2519804</v>
+        <v>12261777.678882601</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>133</v>
+        <v>88</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="J46" s="5">
-        <v>300.10000000000002</v>
+        <v>45.89</v>
       </c>
       <c r="K46" s="5">
-        <v>0.56404255344590859</v>
+        <v>0.49826844738774495</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>134</v>
+        <v>90</v>
       </c>
       <c r="M46" s="4">
-        <v>7138478.7032190003</v>
+        <v>6109656.9262699997</v>
       </c>
       <c r="N46" s="4">
-        <v>12655922.2519804</v>
+        <v>12261777.678882601</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="P46" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="Q46" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="R46" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="Q46" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S46" s="3" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>2.1201999999999999E-2</v>
+        <v>1.9258999999999998E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D47" s="4">
-        <v>130806</v>
+        <v>35595</v>
       </c>
       <c r="E47" s="5">
-        <v>89.377593000000005</v>
+        <v>116.92743299999999</v>
       </c>
       <c r="F47" s="4">
-        <v>11691125.4771784</v>
+        <v>4162031.9769036798</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>88</v>
+        <v>261</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>89</v>
+        <v>47</v>
       </c>
       <c r="J47" s="5">
-        <v>44</v>
+        <v>66.319999999999993</v>
       </c>
       <c r="K47" s="5">
-        <v>0.49229340761922702</v>
+        <v>0.56718939465186125</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>90</v>
+        <v>262</v>
       </c>
       <c r="M47" s="4">
-        <v>5755464.0000639996</v>
+        <v>2360660.3975010002</v>
       </c>
       <c r="N47" s="4">
-        <v>11691125.4771784</v>
+        <v>4162031.9769036798</v>
       </c>
       <c r="O47" s="3" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>94</v>
+        <v>265</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>1.9585999999999999E-2</v>
+        <v>6.5370000000000003E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D48" s="4">
-        <v>34303</v>
+        <v>37445</v>
       </c>
       <c r="E48" s="5">
-        <v>119.67182200000001</v>
+        <v>382.036203</v>
       </c>
       <c r="F48" s="4">
-        <v>4105102.5084873699</v>
+        <v>14305345.604521399</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H48" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J48" s="5">
+        <v>250.1</v>
+      </c>
+      <c r="K48" s="5">
+        <v>0.65464999857940953</v>
+      </c>
+      <c r="L48" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M48" s="4">
+        <v>9364994.4796769992</v>
+      </c>
+      <c r="N48" s="4">
+        <v>14305345.604521399</v>
+      </c>
+      <c r="O48" s="3" t="s">
         <v>266</v>
-      </c>
-[...19 lines deleted...]
-        <v>264</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>268</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="R48" s="3" t="s">
         <v>269</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>270</v>
+        <v>72</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>6.8770000000000003E-3</v>
+        <v>2.2468999999999999E-2</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D49" s="4">
-        <v>36789</v>
+        <v>6354</v>
       </c>
       <c r="E49" s="5">
-        <v>372.086005</v>
+        <v>1618.6832979999999</v>
       </c>
       <c r="F49" s="4">
-        <v>13688672.048283599</v>
+        <v>10285113.6654395</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>61</v>
+        <v>272</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="J49" s="5">
-        <v>246.6</v>
+        <v>918.1</v>
       </c>
       <c r="K49" s="5">
-        <v>0.6627499997382138</v>
+        <v>0.56718939465186125</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>63</v>
+        <v>273</v>
       </c>
       <c r="M49" s="4">
-        <v>9072167.3964159992</v>
+        <v>5833607.3938260004</v>
       </c>
       <c r="N49" s="4">
-        <v>13688672.048283599</v>
+        <v>10285113.6654395</v>
       </c>
       <c r="O49" s="3" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="Q49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>72</v>
+        <v>276</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>2.2932999999999999E-2</v>
+        <v>1.6154999999999999E-2</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D50" s="4">
-        <v>6243</v>
+        <v>9231</v>
       </c>
       <c r="E50" s="5">
-        <v>1468.15164</v>
+        <v>142.104209</v>
       </c>
       <c r="F50" s="4">
-        <v>9165670.6940777209</v>
+        <v>1311763.9473306299</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>277</v>
+        <v>160</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J50" s="5">
-        <v>828.1</v>
+        <v>80.599999999999994</v>
       </c>
       <c r="K50" s="5">
-        <v>0.56404255344590859</v>
+        <v>0.56718939465186125</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>278</v>
+        <v>161</v>
       </c>
       <c r="M50" s="4">
-        <v>5169828.3023309996</v>
+        <v>744018.59921200003</v>
       </c>
       <c r="N50" s="4">
-        <v>9165670.6940777209</v>
+        <v>1311763.9473306299</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="P50" s="3" t="s">
         <v>279</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>104</v>
+        <v>234</v>
       </c>
       <c r="R50" s="3" t="s">
         <v>280</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>281</v>
+        <v>164</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>1.5355000000000001E-2</v>
+        <v>2.0600000000000002E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D51" s="4">
-        <v>9231</v>
+        <v>256148</v>
       </c>
       <c r="E51" s="5">
-        <v>141.56733299999999</v>
+        <v>50.595216999999998</v>
       </c>
       <c r="F51" s="4">
-        <v>1306808.05167861</v>
+        <v>12959863.523192501</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>160</v>
+        <v>88</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="J51" s="5">
-        <v>79.849999999999994</v>
+        <v>25.21</v>
       </c>
       <c r="K51" s="5">
-        <v>0.56404255344590859</v>
+        <v>0.49826844738774495</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>161</v>
+        <v>90</v>
       </c>
       <c r="M51" s="4">
-        <v>737095.35033199994</v>
+        <v>6457491.0760580003</v>
       </c>
       <c r="N51" s="4">
-        <v>1306808.05167861</v>
+        <v>12959863.523192501</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="P51" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="Q51" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="R51" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="Q51" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S51" s="3" t="s">
-        <v>164</v>
+        <v>94</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>2.189E-3</v>
+        <v>2.0355999999999999E-2</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D52" s="4">
-        <v>251651</v>
+        <v>122075</v>
       </c>
       <c r="E52" s="5">
-        <v>51.371803</v>
+        <v>43.424647999999998</v>
       </c>
       <c r="F52" s="4">
-        <v>12927765.6201999</v>
+        <v>5301063.9394332804</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>88</v>
+        <v>133</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>89</v>
+        <v>47</v>
       </c>
       <c r="J52" s="5">
-        <v>25.29</v>
+        <v>24.63</v>
       </c>
       <c r="K52" s="5">
-        <v>0.49229340761922702</v>
+        <v>0.56718939465186125</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>90</v>
+        <v>134</v>
       </c>
       <c r="M52" s="4">
-        <v>6364253.7900700001</v>
+        <v>3006707.2468170002</v>
       </c>
       <c r="N52" s="4">
-        <v>12927765.6201999</v>
+        <v>5301063.9394332804</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="P52" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="Q52" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R52" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="Q52" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S52" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>2.1658E-2</v>
+        <v>8.3260000000000001E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D53" s="4">
-        <v>109177</v>
+        <v>1510724</v>
       </c>
       <c r="E53" s="5">
-        <v>50.545831999999997</v>
+        <v>7.106611</v>
       </c>
       <c r="F53" s="4">
-        <v>5518442.2742361398</v>
+        <v>10736127.7014028</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>133</v>
+        <v>88</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="J53" s="5">
-        <v>28.51</v>
+        <v>3.5409999999999999</v>
       </c>
       <c r="K53" s="5">
-        <v>0.56404255344590859</v>
+        <v>0.49826844738774495</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>134</v>
+        <v>90</v>
       </c>
       <c r="M53" s="4">
-        <v>3112636.2714030002</v>
+        <v>5349473.6807340002</v>
       </c>
       <c r="N53" s="4">
-        <v>5518442.2742361398</v>
+        <v>10736127.7014028</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="P53" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="Q53" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R53" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="Q53" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S53" s="3" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>9.2449999999999997E-3</v>
+        <v>1.6863E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D54" s="4">
-        <v>1484253</v>
+        <v>64786</v>
       </c>
       <c r="E54" s="5">
-        <v>6.7520709999999999</v>
+        <v>74.599361999999999</v>
       </c>
       <c r="F54" s="4">
-        <v>10021781.514228599</v>
+        <v>4832994.2728969399</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H54" s="3" t="s">
-        <v>88</v>
+        <v>295</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>89</v>
+        <v>296</v>
       </c>
       <c r="J54" s="5">
-        <v>3.3239999999999998</v>
+        <v>315.95</v>
       </c>
       <c r="K54" s="5">
-        <v>0.49229340761922702</v>
+        <v>4.2352909087913586</v>
       </c>
       <c r="L54" s="3" t="s">
-        <v>90</v>
+        <v>297</v>
       </c>
       <c r="M54" s="4">
-        <v>4933656.972054</v>
+        <v>20469136.706241</v>
       </c>
       <c r="N54" s="4">
-        <v>10021781.514228599</v>
+        <v>4832994.2728969399</v>
       </c>
       <c r="O54" s="3" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="P54" s="3" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="Q54" s="3" t="s">
         <v>70</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>94</v>
+        <v>300</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>1.6788999999999998E-2</v>
+        <v>7.5909999999999997E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>66</v>
+        <v>303</v>
       </c>
       <c r="D55" s="4">
-        <v>43962</v>
+        <v>-293282.59000000003</v>
       </c>
       <c r="E55" s="5">
-        <v>81.858421000000007</v>
+        <v>1</v>
       </c>
       <c r="F55" s="4">
-        <v>3598659.9065125301</v>
+        <v>-293282.59000000003</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>67</v>
+        <v>304</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>300</v>
+        <v>31</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>301</v>
+        <v>32</v>
       </c>
       <c r="J55" s="5">
-        <v>344.65</v>
+        <v>1</v>
       </c>
       <c r="K55" s="5">
-        <v>4.2103181931133173</v>
+        <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>302</v>
+        <v>33</v>
       </c>
       <c r="M55" s="4">
-        <v>15151503.275217</v>
+        <v>-293282.59000000003</v>
       </c>
       <c r="N55" s="4">
-        <v>3598659.9065125301</v>
+        <v>-293282.59000000003</v>
       </c>
       <c r="O55" s="3" t="s">
-        <v>298</v>
+        <v>34</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>303</v>
+        <v>34</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>304</v>
+        <v>34</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>305</v>
+        <v>35</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>6.0280000000000004E-3</v>
+        <v>-4.6000000000000001E-4</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="D56" s="4">
-        <v>-263617.3</v>
+        <v>-52746.57</v>
       </c>
       <c r="E56" s="5">
         <v>1</v>
       </c>
       <c r="F56" s="4">
-        <v>-263617.3</v>
+        <v>-52746.57</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J56" s="5">
         <v>1</v>
       </c>
       <c r="K56" s="5">
         <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M56" s="4">
-        <v>-263617.3</v>
+        <v>-52746.57</v>
       </c>
       <c r="N56" s="4">
-        <v>-263617.3</v>
+        <v>-52746.57</v>
       </c>
       <c r="O56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>34</v>
+        <v>305</v>
       </c>
       <c r="Q56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S56" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>-4.4099999999999999E-4</v>
-[...73 lines deleted...]
-        <v>-8.7999999999999998E-5</v>
+        <v>-8.2000000000000001E-5</v>
+      </c>
+    </row>
+    <row r="58" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A58" s="3" t="s">
+        <v>307</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>316</v>
-[...4 lines deleted...]
-        <v>317</v>
+        <v>312</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>September</vt:lpstr>
+      <vt:lpstr>October</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>