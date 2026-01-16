--- v2 (2025-12-23)
+++ v3 (2026-01-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_10\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7325A1EF-EF85-4E7F-908E-C944B3924B2A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B6E36BF8-CE15-4BC7-9C1F-3D9E3EB15306}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1560" yWindow="1860" windowWidth="11520" windowHeight="8265" xr2:uid="{8EF1991C-8E1D-4434-8D8E-F06B6A914A12}"/>
+    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{E8988623-C9E3-4355-8322-62CA52F76B8B}"/>
   </bookViews>
   <sheets>
-    <sheet name="October" sheetId="1" r:id="rId1"/>
+    <sheet name="November" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="722" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="748" uniqueCount="317">
   <si>
     <t>GMO Quality Trust</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -169,65 +169,95 @@
   <si>
     <t>AUDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (AUD)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
     <t>CHFTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CHF)</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
+    <t>DKKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (DKK)</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>DKK</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
     <t>EURTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (EUR)</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>EU</t>
   </si>
   <si>
+    <t>GBPTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (GBP)</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
     <t>HKDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (HKD)</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HKD</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>TWDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (TWD)</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TWD</t>
@@ -301,59 +331,50 @@
   <si>
     <t>023135106</t>
   </si>
   <si>
     <t>Amazon.com Inc</t>
   </si>
   <si>
     <t>2000019</t>
   </si>
   <si>
     <t>AMZN</t>
   </si>
   <si>
     <t>Consumer Discretionary</t>
   </si>
   <si>
     <t>US0231351067</t>
   </si>
   <si>
     <t>0237400</t>
   </si>
   <si>
     <t>Diageo Plc</t>
   </si>
   <si>
-    <t>United Kingdom</t>
-[...7 lines deleted...]
-  <si>
     <t>DGE</t>
   </si>
   <si>
     <t>Consumer Staples</t>
   </si>
   <si>
     <t>GB0002374006</t>
   </si>
   <si>
     <t>XLON</t>
   </si>
   <si>
     <t>036752103</t>
   </si>
   <si>
     <t>Elevance Health Inc</t>
   </si>
   <si>
     <t>BSPHGL4</t>
   </si>
   <si>
     <t>ELV</t>
   </si>
   <si>
     <t>US0367521038</t>
@@ -920,59 +941,50 @@
     <t>Dassault Systemes Se</t>
   </si>
   <si>
     <t>DSY</t>
   </si>
   <si>
     <t>FR0014003TT8</t>
   </si>
   <si>
     <t>BMX86B7</t>
   </si>
   <si>
     <t>Haleon Plc</t>
   </si>
   <si>
     <t>HLN</t>
   </si>
   <si>
     <t>GB00BMX86B70</t>
   </si>
   <si>
     <t>BP6KMJ1</t>
   </si>
   <si>
     <t>Novo Nordisk A/S-B</t>
-  </si>
-[...7 lines deleted...]
-    <t>DK</t>
   </si>
   <si>
     <t>NOVOB</t>
   </si>
   <si>
     <t>DK0062498333</t>
   </si>
   <si>
     <t>XCSE</t>
   </si>
   <si>
     <t>AUDAccExp</t>
   </si>
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
   </si>
   <si>
     <t>DVTAXRESAUD</t>
   </si>
@@ -1369,92 +1381,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5983766E-6049-4A7D-8ECE-4A929ED4B2A5}">
-  <dimension ref="A1:Z63"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4186F230-9F37-4379-9782-8ACCE943CCB9}">
+  <dimension ref="A1:Z65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45961</v>
+        <v>45989</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1564,3947 +1576,4095 @@
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>2.3800000000000001E-4</v>
+        <v>2.2499999999999999E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>1108926.67</v>
+        <v>1151752.8</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
-        <v>1108926.67</v>
+        <v>1151752.8</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M5" s="4">
-        <v>1108926.67</v>
+        <v>1151752.8</v>
       </c>
       <c r="N5" s="4">
-        <v>1108926.67</v>
+        <v>1151752.8</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>1.7409999999999999E-3</v>
+        <v>1.709E-3</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>817.4</v>
+        <v>-64503.13</v>
       </c>
       <c r="E6" s="5">
-        <v>1.902876</v>
+        <v>1.8990659999999999</v>
       </c>
       <c r="F6" s="4">
-        <v>1555.4109316900001</v>
+        <v>-122495.70863281999</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.52552028728764688</v>
+        <v>0.52657460920844601</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4">
-        <v>817.39999899999998</v>
+        <v>-64503.129903000001</v>
       </c>
       <c r="N6" s="4">
-        <v>1555.4109316900001</v>
+        <v>-122495.70863281999</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>1.9999999999999999E-6</v>
+        <v>-1.8100000000000001E-4</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>9710.15</v>
+        <v>-273018.88</v>
       </c>
       <c r="E7" s="5">
-        <v>1.76308</v>
+        <v>0.23694399999999999</v>
       </c>
       <c r="F7" s="4">
-        <v>17119.76648591</v>
+        <v>-64690.271485819998</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>0.56718939465186125</v>
+        <v>4.2204009878945818</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4">
-        <v>9710.1499889999996</v>
+        <v>-273018.88568499999</v>
       </c>
       <c r="N7" s="4">
-        <v>17119.76648591</v>
+        <v>-64690.271485819998</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>2.5999999999999998E-5</v>
+        <v>-9.6000000000000002E-5</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>0.46</v>
+        <v>-821407.95</v>
       </c>
       <c r="E8" s="5">
-        <v>0.19653799999999999</v>
+        <v>1.769671</v>
       </c>
       <c r="F8" s="4">
-        <v>9.0407550000000003E-2</v>
+        <v>-1453621.52542315</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>51</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>5.0880706875484476</v>
+        <v>0.56507690360437302</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4">
-        <v>0.46</v>
+        <v>-821407.95059799997</v>
       </c>
       <c r="N8" s="4">
-        <v>9.0407550000000003E-2</v>
+        <v>-1453621.52542315</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>0</v>
+        <v>-2.1580000000000002E-3</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>525</v>
+        <v>-138220.67000000001</v>
       </c>
       <c r="E9" s="5">
-        <v>4.9689999999999998E-2</v>
+        <v>2.0204330000000001</v>
       </c>
       <c r="F9" s="4">
-        <v>26.087480670000001</v>
+        <v>-279265.61108569999</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>56</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>20.124595395009585</v>
+        <v>0.49494339594700554</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4">
-        <v>524.99999300000002</v>
+        <v>-138220.66992099999</v>
       </c>
       <c r="N9" s="4">
-        <v>26.087480670000001</v>
+        <v>-279265.61108569999</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>0</v>
+        <v>-4.1399999999999998E-4</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>13504016.289999999</v>
+        <v>0.46</v>
       </c>
       <c r="E10" s="5">
-        <v>1.5275339999999999</v>
+        <v>0.195856</v>
       </c>
       <c r="F10" s="4">
-        <v>20627841.273963101</v>
+        <v>9.0093679999999995E-2</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>0.65464999857940953</v>
+        <v>5.1057964422095576</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4">
-        <v>13504016.260695999</v>
+        <v>0.45999899999999999</v>
       </c>
       <c r="N10" s="4">
-        <v>20627841.273963101</v>
+        <v>9.0093679999999995E-2</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>3.2399999999999998E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C11" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" s="4">
+        <v>525</v>
+      </c>
+      <c r="E11" s="5">
+        <v>4.8585000000000003E-2</v>
+      </c>
+      <c r="F11" s="4">
+        <v>25.507374469999998</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="D11" s="4">
-[...8 lines deleted...]
-      <c r="G11" s="3" t="s">
+      <c r="I11" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="H11" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J11" s="5">
-        <v>123.62</v>
+        <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>0.65464999857940953</v>
+        <v>20.582280961307781</v>
       </c>
       <c r="L11" s="3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="M11" s="4">
-        <v>11377984.775309</v>
+        <v>524.99994700000002</v>
       </c>
       <c r="N11" s="4">
-        <v>17380256.320170999</v>
+        <v>25.507374469999998</v>
       </c>
       <c r="O11" s="3" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>2.7299E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" s="4">
+        <v>11939223.83</v>
+      </c>
+      <c r="E12" s="5">
+        <v>1.5248550000000001</v>
+      </c>
+      <c r="F12" s="4">
+        <v>18205586.810003001</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H12" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I12" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J12" s="5">
+        <v>1</v>
+      </c>
+      <c r="K12" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L12" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M12" s="4">
-        <v>23161620.249738999</v>
+        <v>11939223.820304999</v>
       </c>
       <c r="N12" s="4">
-        <v>35380157.794241101</v>
+        <v>18205586.810003001</v>
       </c>
       <c r="O12" s="3" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
-        <v>79</v>
+        <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
-        <v>73</v>
+        <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>5.5572000000000003E-2</v>
+        <v>2.7029000000000001E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D13" s="4">
+        <v>95652</v>
+      </c>
+      <c r="E13" s="5">
+        <v>196.55382800000001</v>
+      </c>
+      <c r="F13" s="4">
+        <v>18800766.697163802</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J13" s="5">
+        <v>128.9</v>
+      </c>
+      <c r="K13" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L13" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M13" s="4">
+        <v>12329542.789988</v>
+      </c>
+      <c r="N13" s="4">
+        <v>18800766.697163802</v>
+      </c>
+      <c r="O13" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="P13" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q13" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="R13" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="C13" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O13" s="3" t="s">
+      <c r="S13" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="P13" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.5375000000000002E-2</v>
+        <v>2.7913E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" s="4">
+        <v>78251</v>
+      </c>
+      <c r="E14" s="5">
+        <v>488.22811899999999</v>
+      </c>
+      <c r="F14" s="4">
+        <v>38204338.487343699</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H14" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J14" s="5">
+        <v>320.18</v>
+      </c>
+      <c r="K14" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L14" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M14" s="4">
+        <v>25054405.159655001</v>
+      </c>
+      <c r="N14" s="4">
+        <v>38204338.487343699</v>
+      </c>
+      <c r="O14" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="P14" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="Q14" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="C14" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H14" s="3" t="s">
+      <c r="R14" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="I14" s="3" t="s">
+      <c r="S14" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="J14" s="5">
-[...28 lines deleted...]
-      </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>1.0782999999999999E-2</v>
+        <v>5.6721000000000001E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" s="4">
+        <v>58300</v>
+      </c>
+      <c r="E15" s="5">
+        <v>355.62671599999999</v>
+      </c>
+      <c r="F15" s="4">
+        <v>20733037.511436399</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H15" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I15" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J15" s="5">
+        <v>233.22</v>
+      </c>
+      <c r="K15" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L15" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M15" s="4">
+        <v>13596725.988959</v>
+      </c>
+      <c r="N15" s="4">
+        <v>20733037.511436399</v>
+      </c>
+      <c r="O15" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="P15" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q15" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="R15" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S15" s="3" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>2.0573999999999999E-2</v>
+        <v>3.0780999999999999E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D16" s="4">
+        <v>203153</v>
+      </c>
+      <c r="E16" s="5">
+        <v>35.064616000000001</v>
+      </c>
+      <c r="F16" s="4">
+        <v>7123481.8807182098</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H16" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="I16" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="J16" s="5">
+        <v>17.355</v>
+      </c>
+      <c r="K16" s="5">
+        <v>0.49494339594700554</v>
+      </c>
+      <c r="L16" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="M16" s="4">
+        <v>3525720.3130089999</v>
+      </c>
+      <c r="N16" s="4">
+        <v>7123481.8807182098</v>
+      </c>
+      <c r="O16" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="P16" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q16" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R16" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B16" s="3" t="s">
+      <c r="S16" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="C16" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>4.6517999999999997E-2</v>
+        <v>1.0576E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D17" s="4">
+        <v>27830</v>
+      </c>
+      <c r="E17" s="5">
+        <v>515.79750000000001</v>
+      </c>
+      <c r="F17" s="4">
+        <v>14354644.4037816</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J17" s="5">
+        <v>338.26</v>
+      </c>
+      <c r="K17" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L17" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M17" s="4">
+        <v>9413775.7923559994</v>
+      </c>
+      <c r="N17" s="4">
+        <v>14354644.4037816</v>
+      </c>
+      <c r="O17" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="P17" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q17" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R17" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S17" s="3" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.8694999999999998E-2</v>
+        <v>2.1312000000000001E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" s="4">
+        <v>74070</v>
+      </c>
+      <c r="E18" s="5">
+        <v>425.20585599999998</v>
+      </c>
+      <c r="F18" s="4">
+        <v>31494997.712717298</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J18" s="5">
+        <v>278.85000000000002</v>
+      </c>
+      <c r="K18" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L18" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M18" s="4">
+        <v>20654419.483228002</v>
+      </c>
+      <c r="N18" s="4">
+        <v>31494997.712717298</v>
+      </c>
+      <c r="O18" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="P18" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="Q18" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="R18" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="C18" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S18" s="3" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.136E-2</v>
+        <v>4.6760000000000003E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D19" s="4">
+        <v>33492</v>
+      </c>
+      <c r="E19" s="5">
+        <v>614.45562700000005</v>
+      </c>
+      <c r="F19" s="4">
+        <v>20579347.849954199</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J19" s="5">
+        <v>402.96</v>
+      </c>
+      <c r="K19" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L19" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M19" s="4">
+        <v>13495936.309041001</v>
+      </c>
+      <c r="N19" s="4">
+        <v>20579347.849954199</v>
+      </c>
+      <c r="O19" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="P19" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="Q19" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="R19" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="C19" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S19" s="3" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.5467E-2</v>
+        <v>3.0553E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D20" s="4">
+        <v>20581</v>
+      </c>
+      <c r="E20" s="5">
+        <v>422.81183299999998</v>
+      </c>
+      <c r="F20" s="4">
+        <v>8701890.3324184306</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J20" s="5">
+        <v>277.27999999999997</v>
+      </c>
+      <c r="K20" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L20" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M20" s="4">
+        <v>5706699.6753660003</v>
+      </c>
+      <c r="N20" s="4">
+        <v>8701890.3324184306</v>
+      </c>
+      <c r="O20" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="P20" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="Q20" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R20" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="C20" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S20" s="3" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.3363999999999999E-2</v>
+        <v>1.2919E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D21" s="4">
+        <v>103154</v>
+      </c>
+      <c r="E21" s="5">
+        <v>111.49740799999999</v>
+      </c>
+      <c r="F21" s="4">
+        <v>11501403.5986581</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J21" s="5">
+        <v>73.12</v>
+      </c>
+      <c r="K21" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L21" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M21" s="4">
+        <v>7542620.4738750001</v>
+      </c>
+      <c r="N21" s="4">
+        <v>11501403.5986581</v>
+      </c>
+      <c r="O21" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="P21" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="Q21" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R21" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="C21" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S21" s="3" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>4.0203000000000003E-2</v>
+        <v>1.7075E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D22" s="4">
+        <v>44061</v>
+      </c>
+      <c r="E22" s="5">
+        <v>207.959744</v>
+      </c>
+      <c r="F22" s="4">
+        <v>9162914.27264411</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J22" s="5">
+        <v>136.38</v>
+      </c>
+      <c r="K22" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L22" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M22" s="4">
+        <v>6009039.1751199998</v>
+      </c>
+      <c r="N22" s="4">
+        <v>9162914.27264411</v>
+      </c>
+      <c r="O22" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="P22" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B22" s="3" t="s">
+      <c r="Q22" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R22" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="C22" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S22" s="3" t="s">
-        <v>137</v>
+        <v>82</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>34</v>
+        <v>128</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.5349E-2</v>
+        <v>1.3604E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="D23" s="4">
-        <v>24079</v>
+        <v>32014</v>
       </c>
       <c r="E23" s="5">
-        <v>392.515085</v>
+        <v>988.02988800000003</v>
       </c>
       <c r="F23" s="4">
-        <v>9451370.7171771098</v>
+        <v>31630788.807563301</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="H23" s="3" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="J23" s="5">
-        <v>256.95999999999998</v>
+        <v>647.95000000000005</v>
       </c>
       <c r="K23" s="5">
-        <v>0.65464999857940953</v>
+        <v>0.65579999946749046</v>
       </c>
       <c r="L23" s="3" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="M23" s="4">
-        <v>6187339.8265730003</v>
+        <v>20743471.283156</v>
       </c>
       <c r="N23" s="4">
-        <v>9451370.7171771098</v>
+        <v>31630788.807563301</v>
       </c>
       <c r="O23" s="3" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.4845000000000001E-2</v>
+        <v>4.6961000000000003E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D24" s="4">
+        <v>9736</v>
+      </c>
+      <c r="E24" s="5">
+        <v>1124.625685</v>
+      </c>
+      <c r="F24" s="4">
+        <v>10949355.680695301</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H24" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J24" s="5">
+        <v>635.5</v>
+      </c>
+      <c r="K24" s="5">
+        <v>0.56507690360437302</v>
+      </c>
+      <c r="L24" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="M24" s="4">
+        <v>6187228.0045100003</v>
+      </c>
+      <c r="N24" s="4">
+        <v>10949355.680695301</v>
+      </c>
+      <c r="O24" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="P24" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="Q24" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="R24" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="B24" s="3" t="s">
+      <c r="S24" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="C24" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>143</v>
+        <v>34</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.677E-2</v>
+        <v>1.6256E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D25" s="4">
+        <v>25747</v>
+      </c>
+      <c r="E25" s="5">
+        <v>434.62946099999999</v>
+      </c>
+      <c r="F25" s="4">
+        <v>11190404.711802401</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J25" s="5">
+        <v>285.02999999999997</v>
+      </c>
+      <c r="K25" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L25" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M25" s="4">
+        <v>7338667.4040409997</v>
+      </c>
+      <c r="N25" s="4">
+        <v>11190404.711802401</v>
+      </c>
+      <c r="O25" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="P25" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B25" s="3" t="s">
+      <c r="Q25" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="R25" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="C25" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S25" s="3" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>3.3307000000000003E-2</v>
+        <v>1.6614E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D26" s="4">
+        <v>13596</v>
+      </c>
+      <c r="E26" s="5">
+        <v>874.47392600000001</v>
+      </c>
+      <c r="F26" s="4">
+        <v>11889347.483989</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J26" s="5">
+        <v>573.48</v>
+      </c>
+      <c r="K26" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L26" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M26" s="4">
+        <v>7797034.0736680003</v>
+      </c>
+      <c r="N26" s="4">
+        <v>11889347.483989</v>
+      </c>
+      <c r="O26" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="P26" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="Q26" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R26" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="C26" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S26" s="3" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.4988E-2</v>
+        <v>1.7651E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D27" s="4">
+        <v>77528</v>
+      </c>
+      <c r="E27" s="5">
+        <v>315.52302600000002</v>
+      </c>
+      <c r="F27" s="4">
+        <v>24461869.1064349</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H27" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J27" s="5">
+        <v>206.92</v>
+      </c>
+      <c r="K27" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L27" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M27" s="4">
+        <v>16042093.746973</v>
+      </c>
+      <c r="N27" s="4">
+        <v>24461869.1064349</v>
+      </c>
+      <c r="O27" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="P27" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="Q27" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R27" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="C27" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S27" s="3" t="s">
-        <v>164</v>
+        <v>82</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>34</v>
+        <v>155</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>2.1975000000000001E-2</v>
+        <v>3.6318000000000003E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="D28" s="4">
-        <v>107520</v>
+        <v>4966</v>
       </c>
       <c r="E28" s="5">
-        <v>240.52547200000001</v>
+        <v>1792.4214710000001</v>
       </c>
       <c r="F28" s="4">
-        <v>25861298.709233899</v>
+        <v>8901165.0198231302</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="H28" s="3" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="J28" s="5">
-        <v>157.46</v>
+        <v>1175.47</v>
       </c>
       <c r="K28" s="5">
-        <v>0.65464999857940953</v>
+        <v>0.65579999946749046</v>
       </c>
       <c r="L28" s="3" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="M28" s="4">
-        <v>16930099.163261</v>
+        <v>5837384.0152599998</v>
       </c>
       <c r="N28" s="4">
-        <v>25861298.709233899</v>
+        <v>8901165.0198231302</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>4.0620000000000003E-2</v>
+        <v>1.3214999999999999E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D29" s="4">
+        <v>36742</v>
+      </c>
+      <c r="E29" s="5">
+        <v>369.06481000000002</v>
+      </c>
+      <c r="F29" s="4">
+        <v>13560179.254734701</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J29" s="5">
+        <v>208.55</v>
+      </c>
+      <c r="K29" s="5">
+        <v>0.56507690360437302</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="M29" s="4">
+        <v>7662544.1055849995</v>
+      </c>
+      <c r="N29" s="4">
+        <v>13560179.254734701</v>
+      </c>
+      <c r="O29" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="P29" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="Q29" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="R29" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B29" s="3" t="s">
+      <c r="S29" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="C29" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>170</v>
+        <v>34</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.6024E-2</v>
+        <v>2.0132000000000001E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D30" s="4">
+        <v>103281</v>
+      </c>
+      <c r="E30" s="5">
+        <v>237.87740199999999</v>
+      </c>
+      <c r="F30" s="4">
+        <v>24568215.919487599</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J30" s="5">
+        <v>156</v>
+      </c>
+      <c r="K30" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M30" s="4">
+        <v>16111835.986917</v>
+      </c>
+      <c r="N30" s="4">
+        <v>24568215.919487599</v>
+      </c>
+      <c r="O30" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="P30" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="Q30" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="R30" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="C30" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S30" s="3" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>1.3965E-2</v>
+        <v>3.6475E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D31" s="4">
+        <v>8044</v>
+      </c>
+      <c r="E31" s="5">
+        <v>1639.9359569999999</v>
+      </c>
+      <c r="F31" s="4">
+        <v>13191644.8307411</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H31" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J31" s="5">
+        <v>1075.47</v>
+      </c>
+      <c r="K31" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L31" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M31" s="4">
+        <v>8651080.672975</v>
+      </c>
+      <c r="N31" s="4">
+        <v>13191644.8307411</v>
+      </c>
+      <c r="O31" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="P31" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="Q31" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R31" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="C31" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S31" s="3" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>7.1166999999999994E-2</v>
+        <v>1.9585000000000002E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D32" s="4">
+        <v>70352</v>
+      </c>
+      <c r="E32" s="5">
+        <v>159.85056399999999</v>
+      </c>
+      <c r="F32" s="4">
+        <v>11245806.892345199</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H32" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I32" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J32" s="5">
+        <v>104.83</v>
+      </c>
+      <c r="K32" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L32" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M32" s="4">
+        <v>7375000.1540109999</v>
+      </c>
+      <c r="N32" s="4">
+        <v>11245806.892345199</v>
+      </c>
+      <c r="O32" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="P32" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B32" s="3" t="s">
+      <c r="Q32" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R32" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="C32" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S32" s="3" t="s">
-        <v>189</v>
+        <v>82</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>34</v>
+        <v>182</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>4.6889E-2</v>
+        <v>1.6695999999999999E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D33" s="4">
+        <v>59169</v>
+      </c>
+      <c r="E33" s="5">
+        <v>750.24397699999997</v>
+      </c>
+      <c r="F33" s="4">
+        <v>44391185.864592902</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H33" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I33" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J33" s="5">
+        <v>492.01</v>
+      </c>
+      <c r="K33" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L33" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M33" s="4">
+        <v>29111739.666361</v>
+      </c>
+      <c r="N33" s="4">
+        <v>44391185.864592902</v>
+      </c>
+      <c r="O33" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="P33" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="B33" s="3" t="s">
+      <c r="Q33" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="R33" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="C33" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S33" s="3" t="s">
-        <v>194</v>
+        <v>89</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>34</v>
+        <v>187</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>1.3977E-2</v>
+        <v>6.5906000000000006E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D34" s="4">
+        <v>408359</v>
+      </c>
+      <c r="E34" s="5">
+        <v>69.963091000000006</v>
+      </c>
+      <c r="F34" s="4">
+        <v>28570055.129452799</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H34" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I34" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="J34" s="5">
+        <v>1440</v>
+      </c>
+      <c r="K34" s="5">
+        <v>20.582280961307781</v>
+      </c>
+      <c r="L34" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="M34" s="4">
+        <v>588036901.75445104</v>
+      </c>
+      <c r="N34" s="4">
+        <v>28570055.129452799</v>
+      </c>
+      <c r="O34" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="P34" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="Q34" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="R34" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="B34" s="3" t="s">
+      <c r="S34" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="C34" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>195</v>
+        <v>34</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>8.4410000000000006E-3</v>
+        <v>4.2417000000000003E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D35" s="4">
+        <v>63215</v>
+      </c>
+      <c r="E35" s="5">
+        <v>151.60244800000001</v>
+      </c>
+      <c r="F35" s="4">
+        <v>9583548.7586460095</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="I35" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="J35" s="5">
+        <v>79.83</v>
+      </c>
+      <c r="K35" s="5">
+        <v>0.52657460920844601</v>
+      </c>
+      <c r="L35" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="M35" s="4">
+        <v>5046453.4424139997</v>
+      </c>
+      <c r="N35" s="4">
+        <v>9583548.7586460095</v>
+      </c>
+      <c r="O35" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="P35" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="Q35" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R35" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="B35" s="3" t="s">
+      <c r="S35" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="C35" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>200</v>
+        <v>34</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>2.6582000000000001E-2</v>
+        <v>1.4227999999999999E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D36" s="4">
+        <v>20783</v>
+      </c>
+      <c r="E36" s="5">
+        <v>288.47209500000002</v>
+      </c>
+      <c r="F36" s="4">
+        <v>5995315.5535224201</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H36" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I36" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J36" s="5">
+        <v>189.18</v>
+      </c>
+      <c r="K36" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L36" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M36" s="4">
+        <v>3931727.9368070001</v>
+      </c>
+      <c r="N36" s="4">
+        <v>5995315.5535224201</v>
+      </c>
+      <c r="O36" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="P36" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B36" s="3" t="s">
+      <c r="Q36" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R36" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="C36" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S36" s="3" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>1.4036E-2</v>
+        <v>8.9009999999999992E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D37" s="4">
+        <v>45245</v>
+      </c>
+      <c r="E37" s="5">
+        <v>351.54010399999999</v>
+      </c>
+      <c r="F37" s="4">
+        <v>15905431.9914608</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J37" s="5">
+        <v>230.54</v>
+      </c>
+      <c r="K37" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L37" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M37" s="4">
+        <v>10430782.29153</v>
+      </c>
+      <c r="N37" s="4">
+        <v>15905431.9914608</v>
+      </c>
+      <c r="O37" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="P37" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="B37" s="3" t="s">
+      <c r="Q37" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="R37" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="C37" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S37" s="3" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.0286999999999999E-2</v>
+        <v>2.3614E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D38" s="4">
+        <v>43385</v>
+      </c>
+      <c r="E38" s="5">
+        <v>231.655993</v>
+      </c>
+      <c r="F38" s="4">
+        <v>10050395.242451901</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H38" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I38" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J38" s="5">
+        <v>151.91999999999999</v>
+      </c>
+      <c r="K38" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L38" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M38" s="4">
+        <v>6591049.1946480004</v>
+      </c>
+      <c r="N38" s="4">
+        <v>10050395.242451901</v>
+      </c>
+      <c r="O38" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="P38" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="B38" s="3" t="s">
+      <c r="Q38" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="R38" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="C38" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S38" s="3" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>3.6202999999999999E-2</v>
+        <v>1.4921E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D39" s="4">
+        <v>54427</v>
+      </c>
+      <c r="E39" s="5">
+        <v>256.58737400000001</v>
+      </c>
+      <c r="F39" s="4">
+        <v>13965281.015553501</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H39" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I39" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J39" s="5">
+        <v>168.27</v>
+      </c>
+      <c r="K39" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L39" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M39" s="4">
+        <v>9158431.2825630009</v>
+      </c>
+      <c r="N39" s="4">
+        <v>13965281.015553501</v>
+      </c>
+      <c r="O39" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="P39" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B39" s="3" t="s">
+      <c r="Q39" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="R39" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="C39" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S39" s="3" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>6.914E-3</v>
+        <v>2.0733999999999999E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D40" s="4">
+        <v>27874</v>
+      </c>
+      <c r="E40" s="5">
+        <v>900.930162</v>
+      </c>
+      <c r="F40" s="4">
+        <v>25112527.3254041</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I40" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J40" s="5">
+        <v>590.83000000000004</v>
+      </c>
+      <c r="K40" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L40" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M40" s="4">
+        <v>16468795.406626999</v>
+      </c>
+      <c r="N40" s="4">
+        <v>25112527.3254041</v>
+      </c>
+      <c r="O40" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="P40" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="B40" s="3" t="s">
+      <c r="Q40" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R40" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="C40" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S40" s="3" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.1770000000000001E-2</v>
+        <v>3.7283999999999998E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D41" s="4">
+        <v>28245</v>
+      </c>
+      <c r="E41" s="5">
+        <v>165.99573100000001</v>
+      </c>
+      <c r="F41" s="4">
+        <v>4688549.4053065004</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H41" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I41" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J41" s="5">
+        <v>108.86</v>
+      </c>
+      <c r="K41" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L41" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M41" s="4">
+        <v>3074750.697503</v>
+      </c>
+      <c r="N41" s="4">
+        <v>4688549.4053065004</v>
+      </c>
+      <c r="O41" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="P41" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q41" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B41" s="3" t="s">
+      <c r="R41" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="C41" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S41" s="3" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>1.4479000000000001E-2</v>
+        <v>6.9610000000000002E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D42" s="4">
+        <v>202008</v>
+      </c>
+      <c r="E42" s="5">
+        <v>74.794145</v>
+      </c>
+      <c r="F42" s="4">
+        <v>15109015.553522401</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J42" s="5">
+        <v>49.05</v>
+      </c>
+      <c r="K42" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L42" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M42" s="4">
+        <v>9908492.3919539992</v>
+      </c>
+      <c r="N42" s="4">
+        <v>15109015.553522401</v>
+      </c>
+      <c r="O42" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="P42" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q42" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="R42" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S42" s="3" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.4473999999999999E-2</v>
+        <v>2.2432000000000001E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D43" s="4">
+        <v>67769</v>
+      </c>
+      <c r="E43" s="5">
+        <v>133.48581899999999</v>
+      </c>
+      <c r="F43" s="4">
+        <v>9046200.4574565608</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H43" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J43" s="5">
+        <v>87.54</v>
+      </c>
+      <c r="K43" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L43" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M43" s="4">
+        <v>5932498.2551819999</v>
+      </c>
+      <c r="N43" s="4">
+        <v>9046200.4574565608</v>
+      </c>
+      <c r="O43" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="P43" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="Q43" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="B43" s="3" t="s">
+      <c r="R43" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="C43" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S43" s="3" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>2.2803E-2</v>
+        <v>1.3429999999999999E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D44" s="4">
+        <v>30714</v>
+      </c>
+      <c r="E44" s="5">
+        <v>502.85147999999998</v>
+      </c>
+      <c r="F44" s="4">
+        <v>15444580.329368699</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I44" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J44" s="5">
+        <v>329.77</v>
+      </c>
+      <c r="K44" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L44" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M44" s="4">
+        <v>10128555.771775</v>
+      </c>
+      <c r="N44" s="4">
+        <v>15444580.329368699</v>
+      </c>
+      <c r="O44" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="P44" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="B44" s="3" t="s">
+      <c r="Q44" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R44" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="C44" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S44" s="3" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.4777999999999999E-2</v>
+        <v>2.2929999999999999E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D45" s="4">
+        <v>31134</v>
+      </c>
+      <c r="E45" s="5">
+        <v>509.972553</v>
+      </c>
+      <c r="F45" s="4">
+        <v>15877485.452881999</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H45" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J45" s="5">
+        <v>334.44</v>
+      </c>
+      <c r="K45" s="5">
+        <v>0.65579999946749046</v>
+      </c>
+      <c r="L45" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="M45" s="4">
+        <v>10412454.951545</v>
+      </c>
+      <c r="N45" s="4">
+        <v>15877485.452881999</v>
+      </c>
+      <c r="O45" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="P45" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="B45" s="3" t="s">
+      <c r="Q45" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="R45" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="C45" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S45" s="3" t="s">
-        <v>137</v>
+        <v>82</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
-        <v>34</v>
+        <v>248</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>2.0645E-2</v>
+        <v>2.3573E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="D46" s="4">
-        <v>133137</v>
+        <v>68529</v>
       </c>
       <c r="E46" s="5">
-        <v>92.098947999999993</v>
+        <v>130.90881400000001</v>
       </c>
       <c r="F46" s="4">
-        <v>12261777.678882601</v>
+        <v>8971050.0914913192</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="J46" s="5">
-        <v>45.89</v>
+        <v>85.85</v>
       </c>
       <c r="K46" s="5">
-        <v>0.49826844738774495</v>
+        <v>0.65579999946749046</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="M46" s="4">
-        <v>6109656.9262699997</v>
+        <v>5883214.6452219998</v>
       </c>
       <c r="N46" s="4">
-        <v>12261777.678882601</v>
+        <v>8971050.0914913192</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>255</v>
       </c>
       <c r="P46" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="Q46" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="R46" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="Q46" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S46" s="3" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>34</v>
+        <v>253</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>1.9258999999999998E-2</v>
+        <v>1.3318999999999999E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="B47" s="3" t="s">
+      <c r="C47" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D47" s="4">
+        <v>25162</v>
+      </c>
+      <c r="E47" s="5">
+        <v>513.73538399999995</v>
+      </c>
+      <c r="F47" s="4">
+        <v>12926609.738838</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J47" s="5">
+        <v>290.3</v>
+      </c>
+      <c r="K47" s="5">
+        <v>0.56507690360437302</v>
+      </c>
+      <c r="L47" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="M47" s="4">
+        <v>7304528.6053240001</v>
+      </c>
+      <c r="N47" s="4">
+        <v>12926609.738838</v>
+      </c>
+      <c r="O47" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="P47" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="C47" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H47" s="3" t="s">
+      <c r="Q47" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="R47" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="I47" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="S47" s="3" t="s">
-        <v>265</v>
+        <v>144</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>6.5370000000000003E-3</v>
+        <v>1.9191E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="D48" s="4">
-        <v>37445</v>
+        <v>138367</v>
       </c>
       <c r="E48" s="5">
-        <v>382.036203</v>
+        <v>91.808477999999994</v>
       </c>
       <c r="F48" s="4">
-        <v>14305345.604521399</v>
+        <v>12703263.702348201</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="J48" s="5">
-        <v>250.1</v>
+        <v>45.44</v>
       </c>
       <c r="K48" s="5">
-        <v>0.65464999857940953</v>
+        <v>0.49494339594700554</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="M48" s="4">
-        <v>9364994.4796769992</v>
+        <v>6287396.47645</v>
       </c>
       <c r="N48" s="4">
-        <v>14305345.604521399</v>
+        <v>12703263.702348201</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="P48" s="3" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>72</v>
+        <v>101</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>2.2468999999999999E-2</v>
+        <v>1.8859999999999998E-2</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D49" s="4">
+        <v>36991</v>
+      </c>
+      <c r="E49" s="5">
+        <v>112.09093799999999</v>
+      </c>
+      <c r="F49" s="4">
+        <v>4146355.8796386202</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J49" s="5">
+        <v>63.34</v>
+      </c>
+      <c r="K49" s="5">
+        <v>0.56507690360437302</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="M49" s="4">
+        <v>2343009.9417070001</v>
+      </c>
+      <c r="N49" s="4">
+        <v>4146355.8796386202</v>
+      </c>
+      <c r="O49" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="P49" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B49" s="3" t="s">
+      <c r="Q49" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="R49" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="C49" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H49" s="3" t="s">
+      <c r="S49" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="I49" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.6154999999999999E-2</v>
+        <v>6.156E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="D50" s="4">
-        <v>9231</v>
+        <v>39880</v>
       </c>
       <c r="E50" s="5">
-        <v>142.104209</v>
+        <v>381.21378499999997</v>
       </c>
       <c r="F50" s="4">
-        <v>1311763.9473306299</v>
+        <v>15202805.7334553</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>160</v>
+        <v>71</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="J50" s="5">
-        <v>80.599999999999994</v>
+        <v>250</v>
       </c>
       <c r="K50" s="5">
-        <v>0.56718939465186125</v>
+        <v>0.65579999946749046</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>161</v>
+        <v>73</v>
       </c>
       <c r="M50" s="4">
-        <v>744018.59921200003</v>
+        <v>9969999.9919039998</v>
       </c>
       <c r="N50" s="4">
-        <v>1311763.9473306299</v>
+        <v>15202805.7334553</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>234</v>
+        <v>111</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>164</v>
+        <v>82</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.0600000000000002E-3</v>
+        <v>2.2571000000000001E-2</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D51" s="4">
+        <v>5971</v>
+      </c>
+      <c r="E51" s="5">
+        <v>1598.7204469999999</v>
+      </c>
+      <c r="F51" s="4">
+        <v>9545959.7968435697</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J51" s="5">
+        <v>903.4</v>
+      </c>
+      <c r="K51" s="5">
+        <v>0.56507690360437302</v>
+      </c>
+      <c r="L51" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="M51" s="4">
+        <v>5394201.4039319996</v>
+      </c>
+      <c r="N51" s="4">
+        <v>9545959.7968435697</v>
+      </c>
+      <c r="O51" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="P51" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="B51" s="3" t="s">
+      <c r="Q51" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="R51" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="C51" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P51" s="3" t="s">
+      <c r="S51" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="Q51" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>2.0355999999999999E-2</v>
+        <v>1.4172000000000001E-2</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="C52" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D52" s="4">
+        <v>9231</v>
+      </c>
+      <c r="E52" s="5">
+        <v>161.747896</v>
+      </c>
+      <c r="F52" s="4">
+        <v>1493094.82520586</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J52" s="5">
+        <v>91.4</v>
+      </c>
+      <c r="K52" s="5">
+        <v>0.56507690360437302</v>
+      </c>
+      <c r="L52" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="M52" s="4">
+        <v>843713.40061500005</v>
+      </c>
+      <c r="N52" s="4">
+        <v>1493094.82520586</v>
+      </c>
+      <c r="O52" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="P52" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="C52" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P52" s="3" t="s">
+      <c r="Q52" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="R52" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="Q52" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S52" s="3" t="s">
-        <v>137</v>
+        <v>171</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>8.3260000000000001E-3</v>
+        <v>2.2160000000000001E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="B53" s="3" t="s">
+      <c r="C53" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D53" s="4">
+        <v>266197</v>
+      </c>
+      <c r="E53" s="5">
+        <v>47.924672000000001</v>
+      </c>
+      <c r="F53" s="4">
+        <v>12757403.953949301</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="J53" s="5">
+        <v>23.72</v>
+      </c>
+      <c r="K53" s="5">
+        <v>0.49494339594700554</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="M53" s="4">
+        <v>6314192.8364350004</v>
+      </c>
+      <c r="N53" s="4">
+        <v>12757403.953949301</v>
+      </c>
+      <c r="O53" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="P53" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="C53" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P53" s="3" t="s">
+      <c r="Q53" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="R53" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="Q53" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S53" s="3" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>1.6863E-2</v>
+        <v>1.8939999999999999E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="C54" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D54" s="4">
+        <v>135386</v>
+      </c>
+      <c r="E54" s="5">
+        <v>42.666758999999999</v>
+      </c>
+      <c r="F54" s="4">
+        <v>5776481.8231976302</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J54" s="5">
+        <v>24.11</v>
+      </c>
+      <c r="K54" s="5">
+        <v>0.56507690360437302</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="M54" s="4">
+        <v>3264156.4623790001</v>
+      </c>
+      <c r="N54" s="4">
+        <v>5776481.8231976302</v>
+      </c>
+      <c r="O54" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="P54" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="C54" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H54" s="3" t="s">
+      <c r="Q54" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="R54" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="I54" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="S54" s="3" t="s">
-        <v>300</v>
+        <v>144</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>7.5909999999999997E-3</v>
+        <v>8.5760000000000003E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>303</v>
+        <v>76</v>
       </c>
       <c r="D55" s="4">
-        <v>-293282.59000000003</v>
+        <v>1570073</v>
       </c>
       <c r="E55" s="5">
-        <v>1</v>
+        <v>7.4937860000000001</v>
       </c>
       <c r="F55" s="4">
-        <v>-293282.59000000003</v>
+        <v>11765791.4044297</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>304</v>
+        <v>77</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="J55" s="5">
-        <v>1</v>
+        <v>3.7090000000000001</v>
       </c>
       <c r="K55" s="5">
-        <v>1</v>
+        <v>0.49494339594700554</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="M55" s="4">
-        <v>-293282.59000000003</v>
+        <v>5823400.7537120003</v>
       </c>
       <c r="N55" s="4">
-        <v>-293282.59000000003</v>
+        <v>11765791.4044297</v>
       </c>
       <c r="O55" s="3" t="s">
-        <v>34</v>
+        <v>296</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>34</v>
+        <v>298</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>34</v>
+        <v>299</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>35</v>
+        <v>101</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>-4.6000000000000001E-4</v>
+        <v>1.7468000000000001E-2</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D56" s="4">
+        <v>66926</v>
+      </c>
+      <c r="E56" s="5">
+        <v>75.111345999999998</v>
+      </c>
+      <c r="F56" s="4">
+        <v>5026902.0651569003</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H56" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="I56" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="J56" s="5">
+        <v>317</v>
+      </c>
+      <c r="K56" s="5">
+        <v>4.2204009878945818</v>
+      </c>
+      <c r="L56" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="M56" s="4">
+        <v>21215542.441837002</v>
+      </c>
+      <c r="N56" s="4">
+        <v>5026902.0651569003</v>
+      </c>
+      <c r="O56" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="P56" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="Q56" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R56" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="S56" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="T56" s="4">
+        <v>1</v>
+      </c>
+      <c r="W56" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X56" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y56" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z56" s="6">
+        <v>7.463E-3</v>
+      </c>
+    </row>
+    <row r="57" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A57" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="B56" s="3" t="s">
+      <c r="B57" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="C56" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H56" s="3" t="s">
+      <c r="C57" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="D57" s="4">
+        <v>-292295.61</v>
+      </c>
+      <c r="E57" s="5">
+        <v>1</v>
+      </c>
+      <c r="F57" s="4">
+        <v>-292295.61</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="H57" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="I56" s="3" t="s">
+      <c r="I57" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="J56" s="5">
-[...5 lines deleted...]
-      <c r="L56" s="3" t="s">
+      <c r="J57" s="5">
+        <v>1</v>
+      </c>
+      <c r="K57" s="5">
+        <v>1</v>
+      </c>
+      <c r="L57" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="M56" s="4">
-[...17 lines deleted...]
-      <c r="S56" s="3" t="s">
+      <c r="M57" s="4">
+        <v>-292295.61</v>
+      </c>
+      <c r="N57" s="4">
+        <v>-292295.61</v>
+      </c>
+      <c r="O57" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P57" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q57" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R57" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S57" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="T56" s="4">
-[...12 lines deleted...]
-        <v>-8.2000000000000001E-5</v>
+      <c r="T57" s="4">
+        <v>1</v>
+      </c>
+      <c r="W57" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X57" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y57" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z57" s="6">
+        <v>-4.3300000000000001E-4</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="C58" s="3" t="s">
         <v>307</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A59" s="3" t="s">
+      <c r="D58" s="4">
+        <v>-52746.57</v>
+      </c>
+      <c r="E58" s="5">
+        <v>1</v>
+      </c>
+      <c r="F58" s="4">
+        <v>-52746.57</v>
+      </c>
+      <c r="G58" s="3" t="s">
         <v>308</v>
+      </c>
+      <c r="H58" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I58" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J58" s="5">
+        <v>1</v>
+      </c>
+      <c r="K58" s="5">
+        <v>1</v>
+      </c>
+      <c r="L58" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M58" s="4">
+        <v>-52746.57</v>
+      </c>
+      <c r="N58" s="4">
+        <v>-52746.57</v>
+      </c>
+      <c r="O58" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P58" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="Q58" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R58" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S58" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T58" s="4">
+        <v>1</v>
+      </c>
+      <c r="W58" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X58" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y58" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z58" s="6">
+        <v>-7.7999999999999999E-5</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>312</v>
+        <v>314</v>
+      </c>
+    </row>
+    <row r="64" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A64" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="65" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A65" s="3" t="s">
+        <v>316</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>October</vt:lpstr>
+      <vt:lpstr>November</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>