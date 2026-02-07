--- v3 (2026-01-16)
+++ v4 (2026-02-07)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B6E36BF8-CE15-4BC7-9C1F-3D9E3EB15306}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{CC876F76-9AE7-4442-90E3-D7A76341A99A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{E8988623-C9E3-4355-8322-62CA52F76B8B}"/>
+    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{5094DDCF-8145-4B11-9BFD-CB3195A938EC}"/>
   </bookViews>
   <sheets>
-    <sheet name="November" sheetId="1" r:id="rId1"/>
+    <sheet name="December" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="748" uniqueCount="317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="748" uniqueCount="319">
   <si>
     <t>GMO Quality Trust</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -169,831 +169,837 @@
   <si>
     <t>AUDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (AUD)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
     <t>CHFTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CHF)</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>DKKTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (DKK)</t>
+    <t>EURTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (EUR)</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>EU</t>
+  </si>
+  <si>
+    <t>GBPTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (GBP)</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>HKDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (HKD)</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>TWDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (TWD)</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>TWD</t>
+  </si>
+  <si>
+    <t>TW</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>002824100</t>
+  </si>
+  <si>
+    <t>Abbott Laboratories</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2002305</t>
+  </si>
+  <si>
+    <t>ABT</t>
+  </si>
+  <si>
+    <t>Health Care</t>
+  </si>
+  <si>
+    <t>US0028241000</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>02079K305</t>
+  </si>
+  <si>
+    <t>Alphabet Inc-Cl A</t>
+  </si>
+  <si>
+    <t>BYVY8G0</t>
+  </si>
+  <si>
+    <t>GOOGL</t>
+  </si>
+  <si>
+    <t>Communication Services</t>
+  </si>
+  <si>
+    <t>US02079K3059</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>023135106</t>
+  </si>
+  <si>
+    <t>Amazon.com Inc</t>
+  </si>
+  <si>
+    <t>2000019</t>
+  </si>
+  <si>
+    <t>AMZN</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>US0231351067</t>
+  </si>
+  <si>
+    <t>0237400</t>
+  </si>
+  <si>
+    <t>Diageo Plc</t>
+  </si>
+  <si>
+    <t>DGE</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>GB0002374006</t>
+  </si>
+  <si>
+    <t>XLON</t>
+  </si>
+  <si>
+    <t>036752103</t>
+  </si>
+  <si>
+    <t>Elevance Health Inc</t>
+  </si>
+  <si>
+    <t>BSPHGL4</t>
+  </si>
+  <si>
+    <t>ELV</t>
+  </si>
+  <si>
+    <t>US0367521038</t>
+  </si>
+  <si>
+    <t>037833100</t>
+  </si>
+  <si>
+    <t>Apple Inc</t>
+  </si>
+  <si>
+    <t>2046251</t>
+  </si>
+  <si>
+    <t>AAPL</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>US0378331005</t>
+  </si>
+  <si>
+    <t>11135F101</t>
+  </si>
+  <si>
+    <t>Broadcom Inc</t>
+  </si>
+  <si>
+    <t>BDZ78H9</t>
+  </si>
+  <si>
+    <t>AVGO</t>
+  </si>
+  <si>
+    <t>US11135F1012</t>
+  </si>
+  <si>
+    <t>125523100</t>
+  </si>
+  <si>
+    <t>The Cigna Group</t>
+  </si>
+  <si>
+    <t>BHJ0775</t>
+  </si>
+  <si>
+    <t>CI</t>
+  </si>
+  <si>
+    <t>US1255231003</t>
+  </si>
+  <si>
+    <t>191216100</t>
+  </si>
+  <si>
+    <t>Coca-Cola Co/The</t>
+  </si>
+  <si>
+    <t>2206657</t>
+  </si>
+  <si>
+    <t>KO</t>
+  </si>
+  <si>
+    <t>US1912161007</t>
+  </si>
+  <si>
+    <t>21036P108</t>
+  </si>
+  <si>
+    <t>Constellation Brands Inc-A</t>
+  </si>
+  <si>
+    <t>2170473</t>
+  </si>
+  <si>
+    <t>STZ</t>
+  </si>
+  <si>
+    <t>US21036P1084</t>
+  </si>
+  <si>
+    <t>30303M102</t>
+  </si>
+  <si>
+    <t>Meta Platforms Inc-Class A</t>
+  </si>
+  <si>
+    <t>B7TL820</t>
+  </si>
+  <si>
+    <t>META</t>
+  </si>
+  <si>
+    <t>US30303M1027</t>
+  </si>
+  <si>
+    <t>4061412</t>
+  </si>
+  <si>
+    <t>Lvmh Moet Hennessy Louis Vui</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>FR0000121014</t>
+  </si>
+  <si>
+    <t>XPAR</t>
+  </si>
+  <si>
+    <t>43300A203</t>
+  </si>
+  <si>
+    <t>Hilton Worldwide Holdings In</t>
+  </si>
+  <si>
+    <t>BYVMW06</t>
+  </si>
+  <si>
+    <t>HLT</t>
+  </si>
+  <si>
+    <t>US43300A2033</t>
+  </si>
+  <si>
+    <t>46120E602</t>
+  </si>
+  <si>
+    <t>Intuitive Surgical Inc</t>
+  </si>
+  <si>
+    <t>2871301</t>
+  </si>
+  <si>
+    <t>ISRG</t>
+  </si>
+  <si>
+    <t>US46120E6023</t>
+  </si>
+  <si>
+    <t>478160104</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t>2475833</t>
+  </si>
+  <si>
+    <t>JNJ</t>
+  </si>
+  <si>
+    <t>US4781601046</t>
+  </si>
+  <si>
+    <t>482480100</t>
+  </si>
+  <si>
+    <t>Kla Corp</t>
+  </si>
+  <si>
+    <t>2480138</t>
+  </si>
+  <si>
+    <t>KLAC</t>
+  </si>
+  <si>
+    <t>US4824801009</t>
+  </si>
+  <si>
+    <t>4846288</t>
+  </si>
+  <si>
+    <t>Sap Se</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>SAP</t>
+  </si>
+  <si>
+    <t>DE0007164600</t>
+  </si>
+  <si>
+    <t>XETR</t>
+  </si>
+  <si>
+    <t>512807306</t>
+  </si>
+  <si>
+    <t>Lam Research Corp</t>
+  </si>
+  <si>
+    <t>BSML4N7</t>
+  </si>
+  <si>
+    <t>LRCX</t>
+  </si>
+  <si>
+    <t>US5128073062</t>
+  </si>
+  <si>
+    <t>532457108</t>
+  </si>
+  <si>
+    <t>Eli Lilly &amp; Co</t>
+  </si>
+  <si>
+    <t>2516152</t>
+  </si>
+  <si>
+    <t>LLY</t>
+  </si>
+  <si>
+    <t>US5324571083</t>
+  </si>
+  <si>
+    <t>58933Y105</t>
+  </si>
+  <si>
+    <t>Merck &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t>2778844</t>
+  </si>
+  <si>
+    <t>MRK</t>
+  </si>
+  <si>
+    <t>US58933Y1055</t>
+  </si>
+  <si>
+    <t>594918104</t>
+  </si>
+  <si>
+    <t>Microsoft Corp</t>
+  </si>
+  <si>
+    <t>2588173</t>
+  </si>
+  <si>
+    <t>MSFT</t>
+  </si>
+  <si>
+    <t>US5949181045</t>
+  </si>
+  <si>
+    <t>6889106</t>
+  </si>
+  <si>
+    <t>Taiwan Semiconductor Manufac</t>
+  </si>
+  <si>
+    <t>2330</t>
+  </si>
+  <si>
+    <t>TW0002330008</t>
+  </si>
+  <si>
+    <t>XTAI</t>
+  </si>
+  <si>
+    <t>7123870</t>
+  </si>
+  <si>
+    <t>Nestle Sa-Reg</t>
+  </si>
+  <si>
+    <t>NESN</t>
+  </si>
+  <si>
+    <t>CH0038863350</t>
+  </si>
+  <si>
+    <t>XSWX</t>
+  </si>
+  <si>
+    <t>74834L100</t>
+  </si>
+  <si>
+    <t>Quest Diagnostics Inc</t>
+  </si>
+  <si>
+    <t>2702791</t>
+  </si>
+  <si>
+    <t>DGX</t>
+  </si>
+  <si>
+    <t>US74834L1008</t>
+  </si>
+  <si>
+    <t>79466L302</t>
+  </si>
+  <si>
+    <t>Salesforce Inc</t>
+  </si>
+  <si>
+    <t>2310525</t>
+  </si>
+  <si>
+    <t>CRM</t>
+  </si>
+  <si>
+    <t>US79466L3024</t>
+  </si>
+  <si>
+    <t>872540109</t>
+  </si>
+  <si>
+    <t>Tjx Companies Inc</t>
+  </si>
+  <si>
+    <t>2989301</t>
+  </si>
+  <si>
+    <t>TJX</t>
+  </si>
+  <si>
+    <t>US8725401090</t>
+  </si>
+  <si>
+    <t>882508104</t>
+  </si>
+  <si>
+    <t>Texas Instruments Inc</t>
+  </si>
+  <si>
+    <t>2885409</t>
+  </si>
+  <si>
+    <t>TXN</t>
+  </si>
+  <si>
+    <t>US8825081040</t>
+  </si>
+  <si>
+    <t>883556102</t>
+  </si>
+  <si>
+    <t>Thermo Fisher Scientific Inc</t>
+  </si>
+  <si>
+    <t>2886907</t>
+  </si>
+  <si>
+    <t>TMO</t>
+  </si>
+  <si>
+    <t>US8835561023</t>
+  </si>
+  <si>
+    <t>892672106</t>
+  </si>
+  <si>
+    <t>Tradeweb Markets Inc-Class A</t>
+  </si>
+  <si>
+    <t>BJXMVK2</t>
+  </si>
+  <si>
+    <t>Financials</t>
+  </si>
+  <si>
+    <t>US8926721064</t>
+  </si>
+  <si>
+    <t>902973304</t>
+  </si>
+  <si>
+    <t>Us Bancorp</t>
+  </si>
+  <si>
+    <t>2736035</t>
+  </si>
+  <si>
+    <t>USB</t>
+  </si>
+  <si>
+    <t>US9029733048</t>
+  </si>
+  <si>
+    <t>90353T100</t>
+  </si>
+  <si>
+    <t>Uber Technologies Inc</t>
+  </si>
+  <si>
+    <t>BK6N347</t>
+  </si>
+  <si>
+    <t>UBER</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>US90353T1007</t>
+  </si>
+  <si>
+    <t>91324P102</t>
+  </si>
+  <si>
+    <t>Unitedhealth Group Inc</t>
+  </si>
+  <si>
+    <t>2917766</t>
+  </si>
+  <si>
+    <t>UNH</t>
+  </si>
+  <si>
+    <t>US91324P1021</t>
+  </si>
+  <si>
+    <t>92826C839</t>
+  </si>
+  <si>
+    <t>Visa Inc-Class A Shares</t>
+  </si>
+  <si>
+    <t>B2PZN04</t>
+  </si>
+  <si>
+    <t>V</t>
+  </si>
+  <si>
+    <t>US92826C8394</t>
+  </si>
+  <si>
+    <t>949746101</t>
+  </si>
+  <si>
+    <t>Wells Fargo &amp; Co</t>
+  </si>
+  <si>
+    <t>2649100</t>
+  </si>
+  <si>
+    <t>WFC</t>
+  </si>
+  <si>
+    <t>US9497461015</t>
+  </si>
+  <si>
+    <t>B058TZ6</t>
+  </si>
+  <si>
+    <t>Safran Sa</t>
+  </si>
+  <si>
+    <t>SAF</t>
+  </si>
+  <si>
+    <t>FR0000073272</t>
+  </si>
+  <si>
+    <t>B3MSM28</t>
+  </si>
+  <si>
+    <t>Amadeus It Group Sa</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>AMS</t>
+  </si>
+  <si>
+    <t>ES0109067019</t>
+  </si>
+  <si>
+    <t>XMAD</t>
+  </si>
+  <si>
+    <t>B4BNMY3</t>
+  </si>
+  <si>
+    <t>Accenture Plc-Cl A</t>
+  </si>
+  <si>
+    <t>ACN</t>
+  </si>
+  <si>
+    <t>IE00B4BNMY34</t>
+  </si>
+  <si>
+    <t>B929F46</t>
+  </si>
+  <si>
+    <t>Asml Holding Nv</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>ASML</t>
+  </si>
+  <si>
+    <t>NL0010273215</t>
+  </si>
+  <si>
+    <t>XAMS</t>
+  </si>
+  <si>
+    <t>BD2P9X9</t>
+  </si>
+  <si>
+    <t>Knorr-Bremse Ag</t>
+  </si>
+  <si>
+    <t>KBX</t>
+  </si>
+  <si>
+    <t>DE000KBX1006</t>
+  </si>
+  <si>
+    <t>BD6K457</t>
+  </si>
+  <si>
+    <t>Compass Group Plc</t>
+  </si>
+  <si>
+    <t>CPG</t>
+  </si>
+  <si>
+    <t>GB00BD6K4575</t>
+  </si>
+  <si>
+    <t>BM8H5Y5</t>
+  </si>
+  <si>
+    <t>Dassault Systemes Se</t>
+  </si>
+  <si>
+    <t>DSY</t>
+  </si>
+  <si>
+    <t>FR0014003TT8</t>
+  </si>
+  <si>
+    <t>BMX86B7</t>
+  </si>
+  <si>
+    <t>Haleon Plc</t>
+  </si>
+  <si>
+    <t>HLN</t>
+  </si>
+  <si>
+    <t>GB00BMX86B70</t>
+  </si>
+  <si>
+    <t>BP6KMJ1</t>
+  </si>
+  <si>
+    <t>Novo Nordisk A/S-B</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>DKK</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
-    <t>EURTCash</t>
-[...638 lines deleted...]
-    <t>B10RZP7</t>
+    <t>NOVOB</t>
+  </si>
+  <si>
+    <t>DK0062498333</t>
+  </si>
+  <si>
+    <t>XCSE</t>
+  </si>
+  <si>
+    <t>BVZG4R4</t>
+  </si>
+  <si>
+    <t>Magnum Ice Cream Co Nv/The</t>
+  </si>
+  <si>
+    <t>MICC</t>
+  </si>
+  <si>
+    <t>NL0015002MS2</t>
+  </si>
+  <si>
+    <t>BVZK7T9</t>
   </si>
   <si>
     <t>Unilever Plc</t>
   </si>
   <si>
     <t>ULVR</t>
   </si>
   <si>
-    <t>GB00B10RZP78</t>
-[...116 lines deleted...]
-    <t>XCSE</t>
+    <t>GB00BVZK7T90</t>
   </si>
   <si>
     <t>AUDAccExp</t>
   </si>
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
   </si>
   <si>
     <t>DVTAXRESAUD</t>
   </si>
   <si>
     <t>AUD DIVIDEND TAX RESERVE SSB AUD D</t>
   </si>
   <si>
     <t>Base Currency - AUD</t>
   </si>
   <si>
     <t>Based on GMO data. Not book of record.</t>
   </si>
@@ -1381,92 +1387,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4186F230-9F37-4379-9782-8ACCE943CCB9}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3895B1D6-E082-47F5-9561-A9A0F04B1BAA}">
   <dimension ref="A1:Z65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45989</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1576,4095 +1582,4095 @@
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>2.2499999999999999E-4</v>
+        <v>2.1599999999999999E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>1151752.8</v>
+        <v>183006.22</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
-        <v>1151752.8</v>
+        <v>183006.22</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M5" s="4">
-        <v>1151752.8</v>
+        <v>183006.22</v>
       </c>
       <c r="N5" s="4">
-        <v>1151752.8</v>
+        <v>183006.22</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>1.709E-3</v>
+        <v>2.61E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>-64503.13</v>
+        <v>817.4</v>
       </c>
       <c r="E6" s="5">
-        <v>1.8990659999999999</v>
+        <v>1.8928210000000001</v>
       </c>
       <c r="F6" s="4">
-        <v>-122495.70863281999</v>
+        <v>1547.19206715</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.52657460920844601</v>
+        <v>0.52831191315574955</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4">
-        <v>-64503.129903000001</v>
+        <v>817.40000099999997</v>
       </c>
       <c r="N6" s="4">
-        <v>-122495.70863281999</v>
+        <v>1547.19206715</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>-1.8100000000000001E-4</v>
+        <v>1.9999999999999999E-6</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>-273018.88</v>
+        <v>-378982.67</v>
       </c>
       <c r="E7" s="5">
-        <v>0.23694399999999999</v>
+        <v>1.761191</v>
       </c>
       <c r="F7" s="4">
-        <v>-64690.271485819998</v>
+        <v>-667460.74346778996</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>4.2204009878945818</v>
+        <v>0.56779769336388775</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4">
-        <v>-273018.88568499999</v>
+        <v>-378982.67055099999</v>
       </c>
       <c r="N7" s="4">
-        <v>-64690.271485819998</v>
+        <v>-667460.74346778996</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>-9.6000000000000002E-5</v>
+        <v>-9.5399999999999999E-4</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>-821407.95</v>
+        <v>-316264.28000000003</v>
       </c>
       <c r="E8" s="5">
-        <v>1.769671</v>
+        <v>2.01702</v>
       </c>
       <c r="F8" s="4">
-        <v>-1453621.52542315</v>
+        <v>-637911.47906426003</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>51</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.56507690360437302</v>
+        <v>0.49578082584710903</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4">
-        <v>-821407.95059799997</v>
+        <v>-316264.27990700002</v>
       </c>
       <c r="N8" s="4">
-        <v>-1453621.52542315</v>
+        <v>-637911.47906426003</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>-2.1580000000000002E-3</v>
+        <v>-9.1200000000000005E-4</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>-138220.67000000001</v>
+        <v>0.46</v>
       </c>
       <c r="E9" s="5">
-        <v>2.0204330000000001</v>
+        <v>0.192662</v>
       </c>
       <c r="F9" s="4">
-        <v>-279265.61108569999</v>
+        <v>8.8624690000000006E-2</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>56</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>0.49494339594700554</v>
+        <v>5.1904269011936837</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4">
-        <v>-138220.66992099999</v>
+        <v>0.45999899999999999</v>
       </c>
       <c r="N9" s="4">
-        <v>-279265.61108569999</v>
+        <v>8.8624690000000006E-2</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>-4.1399999999999998E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>0.46</v>
+        <v>1651548.66</v>
       </c>
       <c r="E10" s="5">
-        <v>0.195856</v>
+        <v>4.7725999999999998E-2</v>
       </c>
       <c r="F10" s="4">
-        <v>9.0093679999999995E-2</v>
+        <v>78822.485748919993</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>5.1057964422095576</v>
+        <v>20.952759698456266</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4">
-        <v>0.45999899999999999</v>
+        <v>1651548.6027319999</v>
       </c>
       <c r="N10" s="4">
-        <v>9.0093679999999995E-2</v>
+        <v>78822.485748919993</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>0</v>
+        <v>1.12E-4</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>525</v>
+        <v>9891963.5800000001</v>
       </c>
       <c r="E11" s="5">
-        <v>4.8585000000000003E-2</v>
+        <v>1.4995879999999999</v>
       </c>
       <c r="F11" s="4">
-        <v>25.507374469999998</v>
+        <v>14833866.056834299</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>20.582280961307781</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4">
-        <v>524.99994700000002</v>
+        <v>9891963.6024689991</v>
       </c>
       <c r="N11" s="4">
-        <v>25.507374469999998</v>
+        <v>14833866.056834299</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>0</v>
+        <v>2.1212000000000002E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="D12" s="4">
-        <v>11939223.83</v>
+        <v>100652</v>
       </c>
       <c r="E12" s="5">
-        <v>1.5248550000000001</v>
+        <v>187.883332</v>
       </c>
       <c r="F12" s="4">
-        <v>18205586.810003001</v>
+        <v>18910833.140886199</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="H12" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J12" s="5">
-        <v>1</v>
+        <v>125.29</v>
       </c>
       <c r="K12" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L12" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="M12" s="4">
+        <v>12610689.108645</v>
+      </c>
+      <c r="N12" s="4">
+        <v>18910833.140886199</v>
+      </c>
+      <c r="O12" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="M12" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P12" s="3" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="Q12" s="3" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="R12" s="3" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="S12" s="3" t="s">
-        <v>35</v>
+        <v>77</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>2.7029000000000001E-2</v>
+        <v>2.7042E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D13" s="4">
-        <v>95652</v>
+        <v>77279</v>
       </c>
       <c r="E13" s="5">
-        <v>196.55382800000001</v>
+        <v>469.37092200000001</v>
       </c>
       <c r="F13" s="4">
-        <v>18800766.697163802</v>
+        <v>36272515.5582214</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J13" s="5">
-        <v>128.9</v>
+        <v>313</v>
       </c>
       <c r="K13" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L13" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M13" s="4">
-        <v>12329542.789988</v>
+        <v>24188327.054942999</v>
       </c>
       <c r="N13" s="4">
-        <v>18800766.697163802</v>
+        <v>36272515.5582214</v>
       </c>
       <c r="O13" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="P13" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q13" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="R13" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="S13" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="T13" s="4">
+        <v>1</v>
+      </c>
+      <c r="W13" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="P13" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.7913E-2</v>
+        <v>5.1868999999999998E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B14" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D14" s="4">
+        <v>68996</v>
+      </c>
+      <c r="E14" s="5">
+        <v>346.13481200000001</v>
+      </c>
+      <c r="F14" s="4">
+        <v>23881917.5526729</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H14" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="J14" s="5">
+        <v>230.82</v>
+      </c>
+      <c r="K14" s="5">
+        <v>0.66685000151474971</v>
+      </c>
+      <c r="L14" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="M14" s="4">
+        <v>15925656.756175</v>
+      </c>
+      <c r="N14" s="4">
+        <v>23881917.5526729</v>
+      </c>
+      <c r="O14" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="P14" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q14" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R14" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="S14" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="C14" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O14" s="3" t="s">
+      <c r="T14" s="4">
+        <v>1</v>
+      </c>
+      <c r="W14" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="P14" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>5.6721000000000001E-2</v>
+        <v>3.4151000000000001E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B15" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D15" s="4">
+        <v>213757</v>
+      </c>
+      <c r="E15" s="5">
+        <v>32.342920999999997</v>
+      </c>
+      <c r="F15" s="4">
+        <v>6913525.72609994</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H15" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I15" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J15" s="5">
+        <v>16.035</v>
+      </c>
+      <c r="K15" s="5">
+        <v>0.49578082584710903</v>
+      </c>
+      <c r="L15" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M15" s="4">
+        <v>3427593.4940010002</v>
+      </c>
+      <c r="N15" s="4">
+        <v>6913525.72609994</v>
+      </c>
+      <c r="O15" s="3" t="s">
         <v>91</v>
-      </c>
-[...37 lines deleted...]
-        <v>92</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>93</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>94</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>3.0780999999999999E-2</v>
+        <v>9.8860000000000007E-3</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B16" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" s="4">
+        <v>29223</v>
+      </c>
+      <c r="E16" s="5">
+        <v>525.68043699999998</v>
+      </c>
+      <c r="F16" s="4">
+        <v>15361959.436155001</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H16" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I16" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="J16" s="5">
+        <v>350.55</v>
+      </c>
+      <c r="K16" s="5">
+        <v>0.66685000151474971</v>
+      </c>
+      <c r="L16" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="M16" s="4">
+        <v>10244122.673269</v>
+      </c>
+      <c r="N16" s="4">
+        <v>15361959.436155001</v>
+      </c>
+      <c r="O16" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="P16" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="Q16" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="R16" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="S16" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="T16" s="4">
+        <v>1</v>
+      </c>
+      <c r="W16" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="C16" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.0576E-2</v>
+        <v>2.1967E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D17" s="4">
-        <v>27830</v>
+        <v>77941</v>
       </c>
       <c r="E17" s="5">
-        <v>515.79750000000001</v>
+        <v>407.677888</v>
       </c>
       <c r="F17" s="4">
-        <v>14354644.4037816</v>
+        <v>31774822.313863602</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H17" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J17" s="5">
-        <v>338.26</v>
+        <v>271.86</v>
       </c>
       <c r="K17" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L17" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M17" s="4">
-        <v>9413775.7923559994</v>
+        <v>21189040.30813</v>
       </c>
       <c r="N17" s="4">
-        <v>14354644.4037816</v>
+        <v>31774822.313863602</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>104</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>105</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>80</v>
+        <v>106</v>
       </c>
       <c r="R17" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>102</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.1312000000000001E-2</v>
+        <v>4.5436999999999998E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D18" s="4">
-        <v>74070</v>
+        <v>35620</v>
       </c>
       <c r="E18" s="5">
-        <v>425.20585599999998</v>
+        <v>519.00727199999994</v>
       </c>
       <c r="F18" s="4">
-        <v>31494997.712717298</v>
+        <v>18487039.064257201</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H18" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J18" s="5">
-        <v>278.85000000000002</v>
+        <v>346.1</v>
       </c>
       <c r="K18" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L18" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M18" s="4">
-        <v>20654419.483228002</v>
+        <v>12328082.028003</v>
       </c>
       <c r="N18" s="4">
-        <v>31494997.712717298</v>
+        <v>18487039.064257201</v>
       </c>
       <c r="O18" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P18" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>4.6760000000000003E-2</v>
+        <v>2.6436000000000001E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D19" s="4">
-        <v>33492</v>
+        <v>21891</v>
       </c>
       <c r="E19" s="5">
-        <v>614.45562700000005</v>
+        <v>412.73149799999999</v>
       </c>
       <c r="F19" s="4">
-        <v>20579347.849954199</v>
+        <v>9035105.2410586905</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H19" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J19" s="5">
-        <v>402.96</v>
+        <v>275.23</v>
       </c>
       <c r="K19" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L19" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M19" s="4">
-        <v>13495936.309041001</v>
+        <v>6025059.9436849998</v>
       </c>
       <c r="N19" s="4">
-        <v>20579347.849954199</v>
+        <v>9035105.2410586905</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>116</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>111</v>
+        <v>75</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>3.0553E-2</v>
+        <v>1.2919999999999999E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D20" s="4">
-        <v>20581</v>
+        <v>107927</v>
       </c>
       <c r="E20" s="5">
-        <v>422.81183299999998</v>
+        <v>104.83617</v>
       </c>
       <c r="F20" s="4">
-        <v>8701890.3324184306</v>
+        <v>11314653.325335501</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H20" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J20" s="5">
-        <v>277.27999999999997</v>
+        <v>69.91</v>
       </c>
       <c r="K20" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L20" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M20" s="4">
-        <v>5706699.6753660003</v>
+        <v>7545176.5871379999</v>
       </c>
       <c r="N20" s="4">
-        <v>8701890.3324184306</v>
+        <v>11314653.325335501</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>121</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.2919E-2</v>
+        <v>1.6178999999999999E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D21" s="4">
-        <v>103154</v>
+        <v>46361</v>
       </c>
       <c r="E21" s="5">
-        <v>111.49740799999999</v>
+        <v>206.883107</v>
       </c>
       <c r="F21" s="4">
-        <v>11501403.5986581</v>
+        <v>9591307.7303741295</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J21" s="5">
-        <v>73.12</v>
+        <v>137.96</v>
       </c>
       <c r="K21" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L21" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M21" s="4">
-        <v>7542620.4738750001</v>
+        <v>6395963.5745280003</v>
       </c>
       <c r="N21" s="4">
-        <v>11501403.5986581</v>
+        <v>9591307.7303741295</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>125</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>126</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.7075E-2</v>
+        <v>1.3715E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D22" s="4">
-        <v>44061</v>
+        <v>33694</v>
       </c>
       <c r="E22" s="5">
-        <v>207.959744</v>
+        <v>989.86278500000003</v>
       </c>
       <c r="F22" s="4">
-        <v>9162914.27264411</v>
+        <v>33352436.7698882</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H22" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J22" s="5">
-        <v>136.38</v>
+        <v>660.09</v>
       </c>
       <c r="K22" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L22" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M22" s="4">
-        <v>6009039.1751199998</v>
+        <v>22241072.51052</v>
       </c>
       <c r="N22" s="4">
-        <v>9162914.27264411</v>
+        <v>33352436.7698882</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>130</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>131</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>99</v>
+        <v>82</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>132</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.3604E-2</v>
+        <v>4.7692999999999999E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D23" s="4">
-        <v>32014</v>
+        <v>10213</v>
       </c>
       <c r="E23" s="5">
-        <v>988.02988800000003</v>
+        <v>1135.9679819999999</v>
       </c>
       <c r="F23" s="4">
-        <v>31630788.807563301</v>
+        <v>11601641.0185948</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H23" s="3" t="s">
-        <v>71</v>
+        <v>135</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="J23" s="5">
-        <v>647.95000000000005</v>
+        <v>645</v>
       </c>
       <c r="K23" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.56779769336388775</v>
       </c>
       <c r="L23" s="3" t="s">
-        <v>73</v>
+        <v>136</v>
       </c>
       <c r="M23" s="4">
-        <v>20743471.283156</v>
+        <v>6587385.0095939999</v>
       </c>
       <c r="N23" s="4">
-        <v>31630788.807563301</v>
+        <v>11601641.0185948</v>
       </c>
       <c r="O23" s="3" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>89</v>
+        <v>139</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>133</v>
+        <v>34</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>4.6961000000000003E-2</v>
+        <v>1.6590000000000001E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D24" s="4">
-        <v>9736</v>
+        <v>27009</v>
       </c>
       <c r="E24" s="5">
-        <v>1124.625685</v>
+        <v>430.75654100000003</v>
       </c>
       <c r="F24" s="4">
-        <v>10949355.680695301</v>
+        <v>11634303.4415535</v>
       </c>
       <c r="G24" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H24" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="J24" s="5">
+        <v>287.25</v>
+      </c>
+      <c r="K24" s="5">
+        <v>0.66685000151474971</v>
+      </c>
+      <c r="L24" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="M24" s="4">
+        <v>7758335.2676229998</v>
+      </c>
+      <c r="N24" s="4">
+        <v>11634303.4415535</v>
+      </c>
+      <c r="O24" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="P24" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="Q24" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R24" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="S24" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="H24" s="3" t="s">
+      <c r="T24" s="4">
+        <v>1</v>
+      </c>
+      <c r="W24" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="I24" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.6256E-2</v>
+        <v>1.6636999999999999E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D25" s="4">
-        <v>25747</v>
+        <v>14307</v>
       </c>
       <c r="E25" s="5">
-        <v>434.62946099999999</v>
+        <v>849.30643899999995</v>
       </c>
       <c r="F25" s="4">
-        <v>11190404.711802401</v>
+        <v>12151027.2475069</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H25" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J25" s="5">
-        <v>285.02999999999997</v>
+        <v>566.36</v>
       </c>
       <c r="K25" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L25" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M25" s="4">
-        <v>7338667.4040409997</v>
+        <v>8102912.5384050002</v>
       </c>
       <c r="N25" s="4">
-        <v>11190404.711802401</v>
+        <v>12151027.2475069</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>147</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>149</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>145</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>1.6614E-2</v>
+        <v>1.7375000000000002E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D26" s="4">
-        <v>13596</v>
+        <v>81472</v>
       </c>
       <c r="E26" s="5">
-        <v>874.47392600000001</v>
+        <v>310.33965599999999</v>
       </c>
       <c r="F26" s="4">
-        <v>11889347.483989</v>
+        <v>25283992.502061799</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J26" s="5">
-        <v>573.48</v>
+        <v>206.95</v>
       </c>
       <c r="K26" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L26" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M26" s="4">
-        <v>7797034.0736680003</v>
+        <v>16860630.438297998</v>
       </c>
       <c r="N26" s="4">
-        <v>11889347.483989</v>
+        <v>25283992.502061799</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>152</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>154</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.7651E-2</v>
+        <v>3.6156000000000001E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D27" s="4">
-        <v>77528</v>
+        <v>5226</v>
       </c>
       <c r="E27" s="5">
-        <v>315.52302600000002</v>
+        <v>1822.118913</v>
       </c>
       <c r="F27" s="4">
-        <v>24461869.1064349</v>
+        <v>9522393.4617979806</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H27" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J27" s="5">
-        <v>206.92</v>
+        <v>1215.08</v>
       </c>
       <c r="K27" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L27" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M27" s="4">
-        <v>16042093.746973</v>
+        <v>6350008.094424</v>
       </c>
       <c r="N27" s="4">
-        <v>24461869.1064349</v>
+        <v>9522393.4617979806</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>157</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>80</v>
+        <v>106</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>159</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>3.6318000000000003E-2</v>
+        <v>1.3617000000000001E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D28" s="4">
-        <v>4966</v>
+        <v>38133</v>
       </c>
       <c r="E28" s="5">
-        <v>1792.4214710000001</v>
+        <v>366.944076</v>
       </c>
       <c r="F28" s="4">
-        <v>8901165.0198231302</v>
+        <v>13992678.4740908</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H28" s="3" t="s">
-        <v>71</v>
+        <v>162</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="J28" s="5">
-        <v>1175.47</v>
+        <v>208.35</v>
       </c>
       <c r="K28" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.56779769336388775</v>
       </c>
       <c r="L28" s="3" t="s">
-        <v>73</v>
+        <v>163</v>
       </c>
       <c r="M28" s="4">
-        <v>5837384.0152599998</v>
+        <v>7945010.5615710001</v>
       </c>
       <c r="N28" s="4">
-        <v>8901165.0198231302</v>
+        <v>13992678.4740908</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>89</v>
+        <v>166</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>160</v>
+        <v>34</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>1.3214999999999999E-2</v>
+        <v>2.0008999999999999E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D29" s="4">
-        <v>36742</v>
+        <v>108348</v>
       </c>
       <c r="E29" s="5">
-        <v>369.06481000000002</v>
+        <v>256.69940700000001</v>
       </c>
       <c r="F29" s="4">
-        <v>13560179.254734701</v>
+        <v>27812867.421459001</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H29" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="J29" s="5">
+        <v>171.18</v>
+      </c>
+      <c r="K29" s="5">
+        <v>0.66685000151474971</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="M29" s="4">
+        <v>18547010.682128999</v>
+      </c>
+      <c r="N29" s="4">
+        <v>27812867.421459001</v>
+      </c>
+      <c r="O29" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="P29" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="Q29" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="R29" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="S29" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="T29" s="4">
+        <v>1</v>
+      </c>
+      <c r="W29" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="I29" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>2.0132000000000001E-2</v>
+        <v>3.9772000000000002E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D30" s="4">
-        <v>103281</v>
+        <v>8464</v>
       </c>
       <c r="E30" s="5">
-        <v>237.87740199999999</v>
+        <v>1611.5768129999999</v>
       </c>
       <c r="F30" s="4">
-        <v>24568215.919487599</v>
+        <v>13640386.1738021</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H30" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J30" s="5">
-        <v>156</v>
+        <v>1074.68</v>
       </c>
       <c r="K30" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L30" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M30" s="4">
-        <v>16111835.986917</v>
+        <v>9096091.5406609997</v>
       </c>
       <c r="N30" s="4">
-        <v>24568215.919487599</v>
+        <v>13640386.1738021</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>174</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>175</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>111</v>
+        <v>75</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>176</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>172</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>3.6475E-2</v>
+        <v>1.9505000000000002E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D31" s="4">
-        <v>8044</v>
+        <v>74030</v>
       </c>
       <c r="E31" s="5">
-        <v>1639.9359569999999</v>
+        <v>157.84659199999999</v>
       </c>
       <c r="F31" s="4">
-        <v>13191644.8307411</v>
+        <v>11685383.2196145</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H31" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J31" s="5">
-        <v>1075.47</v>
+        <v>105.26</v>
       </c>
       <c r="K31" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L31" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M31" s="4">
-        <v>8651080.672975</v>
+        <v>7792397.8176999995</v>
       </c>
       <c r="N31" s="4">
-        <v>13191644.8307411</v>
+        <v>11685383.2196145</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>179</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>181</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>177</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>1.9585000000000002E-2</v>
+        <v>1.6709999999999999E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D32" s="4">
-        <v>70352</v>
+        <v>62261</v>
       </c>
       <c r="E32" s="5">
-        <v>159.85056399999999</v>
+        <v>725.23055999999997</v>
       </c>
       <c r="F32" s="4">
-        <v>11245806.892345199</v>
+        <v>45153579.995501101</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J32" s="5">
-        <v>104.83</v>
+        <v>483.62</v>
       </c>
       <c r="K32" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M32" s="4">
-        <v>7375000.1540109999</v>
+        <v>30110664.888395999</v>
       </c>
       <c r="N32" s="4">
-        <v>11245806.892345199</v>
+        <v>45153579.995501101</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>80</v>
+        <v>106</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>186</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>1.6695999999999999E-2</v>
+        <v>6.4569000000000001E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D33" s="4">
-        <v>59169</v>
+        <v>429348</v>
       </c>
       <c r="E33" s="5">
-        <v>750.24397699999997</v>
+        <v>73.975936000000004</v>
       </c>
       <c r="F33" s="4">
-        <v>44391185.864592902</v>
+        <v>31761418.8537164</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="J33" s="5">
-        <v>492.01</v>
+        <v>1550</v>
       </c>
       <c r="K33" s="5">
-        <v>0.65579999946749046</v>
+        <v>20.952759698456266</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="M33" s="4">
-        <v>29111739.666361</v>
+        <v>665489376.92393804</v>
       </c>
       <c r="N33" s="4">
-        <v>44391185.864592902</v>
+        <v>31761418.8537164</v>
       </c>
       <c r="O33" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="P33" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="P33" s="3" t="s">
+      <c r="Q33" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="R33" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="Q33" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R33" s="3" t="s">
+      <c r="S33" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="S33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>187</v>
+        <v>34</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>6.5906000000000006E-2</v>
+        <v>4.5418E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D34" s="4">
-        <v>408359</v>
+        <v>65605</v>
       </c>
       <c r="E34" s="5">
-        <v>69.963091000000006</v>
+        <v>149.04074299999999</v>
       </c>
       <c r="F34" s="4">
-        <v>28570055.129452799</v>
+        <v>9777817.9476503599</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="J34" s="5">
-        <v>1440</v>
+        <v>78.739999999999995</v>
       </c>
       <c r="K34" s="5">
-        <v>20.582280961307781</v>
+        <v>0.52831191315574955</v>
       </c>
       <c r="L34" s="3" t="s">
-        <v>68</v>
+        <v>43</v>
       </c>
       <c r="M34" s="4">
-        <v>588036901.75445104</v>
+        <v>5165737.7064110003</v>
       </c>
       <c r="N34" s="4">
-        <v>28570055.129452799</v>
+        <v>9777817.9476503599</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>192</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>194</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>195</v>
       </c>
       <c r="S34" s="3" t="s">
         <v>196</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>4.2417000000000003E-2</v>
+        <v>1.3982E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D35" s="4">
-        <v>63215</v>
+        <v>21868</v>
       </c>
       <c r="E35" s="5">
-        <v>151.60244800000001</v>
+        <v>260.22343799999999</v>
       </c>
       <c r="F35" s="4">
-        <v>9583548.7586460095</v>
+        <v>5690566.1543075498</v>
       </c>
       <c r="G35" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I35" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="J35" s="5">
+        <v>173.53</v>
+      </c>
+      <c r="K35" s="5">
+        <v>0.66685000151474971</v>
+      </c>
+      <c r="L35" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="M35" s="4">
+        <v>3794754.0486189998</v>
+      </c>
+      <c r="N35" s="4">
+        <v>5690566.1543075498</v>
+      </c>
+      <c r="O35" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="P35" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q35" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="R35" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="S35" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="H35" s="3" t="s">
-[...20 lines deleted...]
-      <c r="O35" s="3" t="s">
+      <c r="T35" s="4">
+        <v>1</v>
+      </c>
+      <c r="W35" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="P35" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>1.4227999999999999E-2</v>
+        <v>8.1370000000000001E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D36" s="4">
-        <v>20783</v>
+        <v>48020</v>
       </c>
       <c r="E36" s="5">
-        <v>288.47209500000002</v>
+        <v>397.25575400000002</v>
       </c>
       <c r="F36" s="4">
-        <v>5995315.5535224201</v>
+        <v>19076221.339131702</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H36" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J36" s="5">
-        <v>189.18</v>
+        <v>264.91000000000003</v>
       </c>
       <c r="K36" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L36" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M36" s="4">
-        <v>3931727.9368070001</v>
+        <v>12720978.228894999</v>
       </c>
       <c r="N36" s="4">
-        <v>5995315.5535224201</v>
+        <v>19076221.339131702</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>204</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>205</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>80</v>
+        <v>106</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>206</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>202</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>8.9009999999999992E-3</v>
+        <v>2.7278E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D37" s="4">
-        <v>45245</v>
+        <v>45653</v>
       </c>
       <c r="E37" s="5">
-        <v>351.54010399999999</v>
+        <v>230.351653</v>
       </c>
       <c r="F37" s="4">
-        <v>15905431.9914608</v>
+        <v>10516244.027892301</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H37" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J37" s="5">
-        <v>230.54</v>
+        <v>153.61000000000001</v>
       </c>
       <c r="K37" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L37" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M37" s="4">
-        <v>10430782.29153</v>
+        <v>7012757.3459289996</v>
       </c>
       <c r="N37" s="4">
-        <v>15905431.9914608</v>
+        <v>10516244.027892301</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>209</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>111</v>
+        <v>89</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>211</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>207</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.3614E-2</v>
+        <v>1.5037999999999999E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D38" s="4">
-        <v>43385</v>
+        <v>57268</v>
       </c>
       <c r="E38" s="5">
-        <v>231.655993</v>
+        <v>260.163454</v>
       </c>
       <c r="F38" s="4">
-        <v>10050395.242451901</v>
+        <v>14899040.7437954</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H38" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J38" s="5">
-        <v>151.91999999999999</v>
+        <v>173.49</v>
       </c>
       <c r="K38" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L38" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M38" s="4">
-        <v>6591049.1946480004</v>
+        <v>9935425.3425680008</v>
       </c>
       <c r="N38" s="4">
-        <v>10050395.242451901</v>
+        <v>14899040.7437954</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>214</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>216</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>212</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>1.4921E-2</v>
+        <v>2.1305000000000001E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D39" s="4">
-        <v>54427</v>
+        <v>29292</v>
       </c>
       <c r="E39" s="5">
-        <v>256.58737400000001</v>
+        <v>868.93604100000005</v>
       </c>
       <c r="F39" s="4">
-        <v>13965281.015553501</v>
+        <v>25452874.559496</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J39" s="5">
-        <v>168.27</v>
+        <v>579.45000000000005</v>
       </c>
       <c r="K39" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L39" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M39" s="4">
-        <v>9158431.2825630009</v>
+        <v>16973249.438554</v>
       </c>
       <c r="N39" s="4">
-        <v>13965281.015553501</v>
+        <v>25452874.559496</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>219</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>111</v>
+        <v>75</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>221</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>217</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.0733999999999999E-2</v>
+        <v>3.6396999999999999E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D40" s="4">
-        <v>27874</v>
+        <v>30041</v>
       </c>
       <c r="E40" s="5">
-        <v>900.930162</v>
+        <v>161.26565199999999</v>
       </c>
       <c r="F40" s="4">
-        <v>25112527.3254041</v>
+        <v>4844581.4501012098</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H40" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J40" s="5">
-        <v>590.83000000000004</v>
+        <v>107.54</v>
       </c>
       <c r="K40" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L40" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M40" s="4">
-        <v>16468795.406626999</v>
+        <v>3230609.1473380001</v>
       </c>
       <c r="N40" s="4">
-        <v>25112527.3254041</v>
+        <v>4844581.4501012098</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>224</v>
       </c>
       <c r="P40" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q40" s="3" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>226</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>222</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>3.7283999999999998E-2</v>
+        <v>6.927E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D41" s="4">
-        <v>28245</v>
+        <v>212565</v>
       </c>
       <c r="E41" s="5">
-        <v>165.99573100000001</v>
+        <v>80.017994999999999</v>
       </c>
       <c r="F41" s="4">
-        <v>4688549.4053065004</v>
+        <v>17009025.118092399</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H41" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J41" s="5">
-        <v>108.86</v>
+        <v>53.36</v>
       </c>
       <c r="K41" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L41" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M41" s="4">
-        <v>3074750.697503</v>
+        <v>11342468.425764</v>
       </c>
       <c r="N41" s="4">
-        <v>4688549.4053065004</v>
+        <v>17009025.118092399</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>229</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>68</v>
+        <v>230</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>231</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>227</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>6.9610000000000002E-3</v>
+        <v>2.4322E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D42" s="4">
-        <v>202008</v>
+        <v>71814</v>
       </c>
       <c r="E42" s="5">
-        <v>74.794145</v>
+        <v>122.53130400000001</v>
       </c>
       <c r="F42" s="4">
-        <v>15109015.553522401</v>
+        <v>8799463.0576591194</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J42" s="5">
-        <v>49.05</v>
+        <v>81.709999999999994</v>
       </c>
       <c r="K42" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M42" s="4">
-        <v>9908492.3919539992</v>
+        <v>5867921.9533280004</v>
       </c>
       <c r="N42" s="4">
-        <v>15109015.553522401</v>
+        <v>8799463.0576591194</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>234</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>235</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>232</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.2432000000000001E-2</v>
+        <v>1.2583E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D43" s="4">
-        <v>67769</v>
+        <v>32264</v>
       </c>
       <c r="E43" s="5">
-        <v>133.48581899999999</v>
+        <v>495.02886599999999</v>
       </c>
       <c r="F43" s="4">
-        <v>9046200.4574565608</v>
+        <v>15971611.366874</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J43" s="5">
-        <v>87.54</v>
+        <v>330.11</v>
       </c>
       <c r="K43" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L43" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M43" s="4">
-        <v>5932498.2551819999</v>
+        <v>10650669.064192001</v>
       </c>
       <c r="N43" s="4">
-        <v>9046200.4574565608</v>
+        <v>15971611.366874</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="P43" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>241</v>
+        <v>75</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>242</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>1.3429999999999999E-2</v>
+        <v>2.2839000000000002E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D44" s="4">
-        <v>30714</v>
+        <v>32906</v>
       </c>
       <c r="E44" s="5">
-        <v>502.85147999999998</v>
+        <v>525.92037100000005</v>
       </c>
       <c r="F44" s="4">
-        <v>15444580.329368699</v>
+        <v>17305935.757666599</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J44" s="5">
-        <v>329.77</v>
+        <v>350.71</v>
       </c>
       <c r="K44" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M44" s="4">
-        <v>10128555.771775</v>
+        <v>11540463.286214</v>
       </c>
       <c r="N44" s="4">
-        <v>15444580.329368699</v>
+        <v>17305935.757666599</v>
       </c>
       <c r="O44" s="3" t="s">
         <v>245</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>246</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>80</v>
+        <v>225</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>247</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>243</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>2.2929999999999999E-2</v>
+        <v>2.4747000000000002E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D45" s="4">
-        <v>31134</v>
+        <v>71143</v>
       </c>
       <c r="E45" s="5">
-        <v>509.972553</v>
+        <v>139.76156499999999</v>
       </c>
       <c r="F45" s="4">
-        <v>15877485.452881999</v>
+        <v>9943057.0593086705</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J45" s="5">
-        <v>334.44</v>
+        <v>93.2</v>
       </c>
       <c r="K45" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.66685000151474971</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="M45" s="4">
-        <v>10412454.951545</v>
+        <v>6630527.615061</v>
       </c>
       <c r="N45" s="4">
-        <v>15877485.452881999</v>
+        <v>9943057.0593086705</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>250</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>251</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>252</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>248</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>2.3573E-2</v>
+        <v>1.4218E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D46" s="4">
-        <v>68529</v>
+        <v>26477</v>
       </c>
       <c r="E46" s="5">
-        <v>130.90881400000001</v>
+        <v>523.77810499999998</v>
       </c>
       <c r="F46" s="4">
-        <v>8971050.0914913192</v>
+        <v>13868072.913113801</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>71</v>
+        <v>135</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="J46" s="5">
-        <v>85.85</v>
+        <v>297.39999999999998</v>
       </c>
       <c r="K46" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.56779769336388775</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>73</v>
+        <v>136</v>
       </c>
       <c r="M46" s="4">
-        <v>5883214.6452219998</v>
+        <v>7874259.8114679996</v>
       </c>
       <c r="N46" s="4">
-        <v>8971050.0914913192</v>
+        <v>13868072.913113801</v>
       </c>
       <c r="O46" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="P46" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="P46" s="3" t="s">
+      <c r="Q46" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="R46" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="Q46" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S46" s="3" t="s">
-        <v>82</v>
+        <v>139</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>253</v>
+        <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>1.3318999999999999E-2</v>
+        <v>1.9831000000000001E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B47" s="3" t="s">
+      <c r="C47" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D47" s="4">
+        <v>39163</v>
+      </c>
+      <c r="E47" s="5">
+        <v>110.673222</v>
+      </c>
+      <c r="F47" s="4">
+        <v>4334295.3878593296</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H47" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="C47" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I47" s="3" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="J47" s="5">
-        <v>290.3</v>
+        <v>62.84</v>
       </c>
       <c r="K47" s="5">
-        <v>0.56507690360437302</v>
+        <v>0.56779769336388775</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>141</v>
+        <v>260</v>
       </c>
       <c r="M47" s="4">
-        <v>7304528.6053240001</v>
+        <v>2461002.9235840002</v>
       </c>
       <c r="N47" s="4">
-        <v>12926609.738838</v>
+        <v>4334295.3878593296</v>
       </c>
       <c r="O47" s="3" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>241</v>
+        <v>89</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>144</v>
+        <v>263</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>1.9191E-2</v>
+        <v>6.1980000000000004E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D48" s="4">
-        <v>138367</v>
+        <v>41871</v>
       </c>
       <c r="E48" s="5">
-        <v>91.808477999999994</v>
+        <v>402.33935600000001</v>
       </c>
       <c r="F48" s="4">
-        <v>12703263.702348201</v>
+        <v>16846351.203419</v>
       </c>
       <c r="G48" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H48" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="J48" s="5">
+        <v>268.3</v>
+      </c>
+      <c r="K48" s="5">
+        <v>0.66685000151474971</v>
+      </c>
+      <c r="L48" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="M48" s="4">
+        <v>11233989.325517001</v>
+      </c>
+      <c r="N48" s="4">
+        <v>16846351.203419</v>
+      </c>
+      <c r="O48" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="P48" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="Q48" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="R48" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="S48" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="H48" s="3" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>1.8859999999999998E-2</v>
+        <v>2.409E-2</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D49" s="4">
-        <v>36991</v>
+        <v>6270</v>
       </c>
       <c r="E49" s="5">
-        <v>112.09093799999999</v>
+        <v>1622.7610830000001</v>
       </c>
       <c r="F49" s="4">
-        <v>4146355.8796386202</v>
+        <v>10174712.0073479</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H49" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="J49" s="5">
+        <v>921.4</v>
+      </c>
+      <c r="K49" s="5">
+        <v>0.56779769336388775</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="M49" s="4">
+        <v>5777178.0084140003</v>
+      </c>
+      <c r="N49" s="4">
+        <v>10174712.0073479</v>
+      </c>
+      <c r="O49" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="I49" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P49" s="3" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>6.156E-3</v>
+        <v>1.4548999999999999E-2</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D50" s="4">
-        <v>39880</v>
+        <v>9231</v>
       </c>
       <c r="E50" s="5">
-        <v>381.21378499999997</v>
+        <v>167.577292</v>
       </c>
       <c r="F50" s="4">
-        <v>15202805.7334553</v>
+        <v>1546905.98701732</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>71</v>
+        <v>162</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="J50" s="5">
-        <v>250</v>
+        <v>95.15</v>
       </c>
       <c r="K50" s="5">
-        <v>0.65579999946749046</v>
+        <v>0.56779769336388775</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>73</v>
+        <v>163</v>
       </c>
       <c r="M50" s="4">
-        <v>9969999.9919039998</v>
+        <v>878329.65127899998</v>
       </c>
       <c r="N50" s="4">
-        <v>15202805.7334553</v>
+        <v>1546905.98701732</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>111</v>
+        <v>236</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>82</v>
+        <v>166</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.2571000000000001E-2</v>
+        <v>2.212E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D51" s="4">
-        <v>5971</v>
+        <v>280113</v>
       </c>
       <c r="E51" s="5">
-        <v>1598.7204469999999</v>
+        <v>47.682360000000003</v>
       </c>
       <c r="F51" s="4">
-        <v>9545959.7968435697</v>
+        <v>13356449.004972599</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>279</v>
+        <v>51</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>52</v>
       </c>
       <c r="J51" s="5">
-        <v>903.4</v>
+        <v>23.64</v>
       </c>
       <c r="K51" s="5">
-        <v>0.56507690360437302</v>
+        <v>0.49578082584710903</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>280</v>
+        <v>53</v>
       </c>
       <c r="M51" s="4">
-        <v>5394201.4039319996</v>
+        <v>6621871.31807</v>
       </c>
       <c r="N51" s="4">
-        <v>9545959.7968435697</v>
+        <v>13356449.004972599</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="P51" s="3" t="s">
         <v>281</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>111</v>
+        <v>89</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>282</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>283</v>
+        <v>96</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>1.4172000000000001E-2</v>
+        <v>1.9099000000000001E-2</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="C52" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D52" s="4">
+        <v>142502</v>
+      </c>
+      <c r="E52" s="5">
+        <v>41.986786000000002</v>
+      </c>
+      <c r="F52" s="4">
+        <v>5983200.9264092203</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="J52" s="5">
+        <v>23.84</v>
+      </c>
+      <c r="K52" s="5">
+        <v>0.56779769336388775</v>
+      </c>
+      <c r="L52" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="M52" s="4">
+        <v>3397247.6849469999</v>
+      </c>
+      <c r="N52" s="4">
+        <v>5983200.9264092203</v>
+      </c>
+      <c r="O52" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="P52" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="C52" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P52" s="3" t="s">
+      <c r="Q52" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="R52" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="Q52" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S52" s="3" t="s">
-        <v>171</v>
+        <v>139</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>2.2160000000000001E-3</v>
+        <v>8.5550000000000001E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="B53" s="3" t="s">
+      <c r="C53" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D53" s="4">
+        <v>1652177</v>
+      </c>
+      <c r="E53" s="5">
+        <v>7.5597919999999998</v>
+      </c>
+      <c r="F53" s="4">
+        <v>12490114.7268348</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J53" s="5">
+        <v>3.7480000000000002</v>
+      </c>
+      <c r="K53" s="5">
+        <v>0.49578082584710903</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M53" s="4">
+        <v>6192359.3941949997</v>
+      </c>
+      <c r="N53" s="4">
+        <v>12490114.7268348</v>
+      </c>
+      <c r="O53" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="P53" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="C53" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P53" s="3" t="s">
+      <c r="Q53" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="R53" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="Q53" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S53" s="3" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>1.8939999999999999E-2</v>
+        <v>1.7860000000000001E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="C54" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D54" s="4">
+        <v>69458</v>
+      </c>
+      <c r="E54" s="5">
+        <v>76.693641</v>
+      </c>
+      <c r="F54" s="4">
+        <v>5326986.8287321599</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H54" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="C54" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I54" s="3" t="s">
-        <v>52</v>
+        <v>294</v>
       </c>
       <c r="J54" s="5">
-        <v>24.11</v>
+        <v>325.25</v>
       </c>
       <c r="K54" s="5">
-        <v>0.56507690360437302</v>
+        <v>4.2408991893733248</v>
       </c>
       <c r="L54" s="3" t="s">
-        <v>141</v>
+        <v>295</v>
       </c>
       <c r="M54" s="4">
-        <v>3264156.4623790001</v>
+        <v>22591214.123771999</v>
       </c>
       <c r="N54" s="4">
-        <v>5776481.8231976302</v>
+        <v>5326986.8287321599</v>
       </c>
       <c r="O54" s="3" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="P54" s="3" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>111</v>
+        <v>75</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>144</v>
+        <v>298</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>8.5760000000000003E-3</v>
+        <v>7.6169999999999996E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D55" s="4">
-        <v>1570073</v>
+        <v>29301</v>
       </c>
       <c r="E55" s="5">
-        <v>7.4937860000000001</v>
+        <v>23.750413999999999</v>
       </c>
       <c r="F55" s="4">
-        <v>11765791.4044297</v>
+        <v>695910.88826385001</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>56</v>
+        <v>270</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="J55" s="5">
-        <v>3.7090000000000001</v>
+        <v>11.775</v>
       </c>
       <c r="K55" s="5">
-        <v>0.49494339594700554</v>
+        <v>0.49578082584710903</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>58</v>
+        <v>271</v>
       </c>
       <c r="M55" s="4">
-        <v>5823400.7537120003</v>
+        <v>345019.27489900001</v>
       </c>
       <c r="N55" s="4">
-        <v>11765791.4044297</v>
+        <v>695910.88826385001</v>
       </c>
       <c r="O55" s="3" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>1.7468000000000001E-2</v>
+        <v>9.9500000000000001E-4</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D56" s="4">
-        <v>66926</v>
+        <v>129419</v>
       </c>
       <c r="E56" s="5">
-        <v>75.111345999999998</v>
+        <v>98.017101999999994</v>
       </c>
       <c r="F56" s="4">
-        <v>5026902.0651569003</v>
+        <v>12685275.3783313</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="J56" s="5">
-        <v>317</v>
+        <v>48.594999999999999</v>
       </c>
       <c r="K56" s="5">
-        <v>4.2204009878945818</v>
+        <v>0.49578082584710903</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="M56" s="4">
-        <v>21215542.441837002</v>
+        <v>6289116.3031670004</v>
       </c>
       <c r="N56" s="4">
-        <v>5026902.0651569003</v>
+        <v>12685275.3783313</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>304</v>
+        <v>96</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>7.463E-3</v>
+        <v>1.8138999999999999E-2</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D57" s="4">
-        <v>-292295.61</v>
+        <v>-320510.48</v>
       </c>
       <c r="E57" s="5">
         <v>1</v>
       </c>
       <c r="F57" s="4">
-        <v>-292295.61</v>
+        <v>-320510.48</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J57" s="5">
         <v>1</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="4">
-        <v>-292295.61</v>
+        <v>-320510.48</v>
       </c>
       <c r="N57" s="4">
-        <v>-292295.61</v>
+        <v>-320510.48</v>
       </c>
       <c r="O57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S57" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>-4.3300000000000001E-4</v>
+        <v>-4.5800000000000002E-4</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="C58" s="3" t="s">
         <v>309</v>
-      </c>
-[...4 lines deleted...]
-        <v>307</v>
       </c>
       <c r="D58" s="4">
         <v>-52746.57</v>
       </c>
       <c r="E58" s="5">
         <v>1</v>
       </c>
       <c r="F58" s="4">
         <v>-52746.57</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J58" s="5">
         <v>1</v>
       </c>
       <c r="K58" s="5">
         <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M58" s="4">
         <v>-52746.57</v>
       </c>
       <c r="N58" s="4">
         <v>-52746.57</v>
       </c>
       <c r="O58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="Q58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S58" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>-7.7999999999999999E-5</v>
+        <v>-7.4999999999999993E-5</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="65" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>November</vt:lpstr>
+      <vt:lpstr>December</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>