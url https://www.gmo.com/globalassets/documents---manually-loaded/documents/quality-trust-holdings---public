--- v4 (2026-02-07)
+++ v5 (2026-03-23)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2026_01\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CC876F76-9AE7-4442-90E3-D7A76341A99A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0054DFA6-6B71-4BD9-A3E4-40F448CC7089}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{5094DDCF-8145-4B11-9BFD-CB3195A938EC}"/>
+    <workbookView xWindow="390" yWindow="390" windowWidth="11520" windowHeight="8325" xr2:uid="{68CE29DC-BDB6-4449-990B-A894E43FF4A5}"/>
   </bookViews>
   <sheets>
-    <sheet name="December" sheetId="1" r:id="rId1"/>
+    <sheet name="January" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="748" uniqueCount="319">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="761" uniqueCount="328">
   <si>
     <t>GMO Quality Trust</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -806,50 +806,77 @@
     <t>949746101</t>
   </si>
   <si>
     <t>Wells Fargo &amp; Co</t>
   </si>
   <si>
     <t>2649100</t>
   </si>
   <si>
     <t>WFC</t>
   </si>
   <si>
     <t>US9497461015</t>
   </si>
   <si>
     <t>B058TZ6</t>
   </si>
   <si>
     <t>Safran Sa</t>
   </si>
   <si>
     <t>SAF</t>
   </si>
   <si>
     <t>FR0000073272</t>
+  </si>
+  <si>
+    <t>B15C4L6</t>
+  </si>
+  <si>
+    <t>Constellation Software Inc</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>CSU</t>
+  </si>
+  <si>
+    <t>CA21037X1006</t>
+  </si>
+  <si>
+    <t>XTSE</t>
+  </si>
+  <si>
+    <t>21037X100</t>
   </si>
   <si>
     <t>B3MSM28</t>
   </si>
   <si>
     <t>Amadeus It Group Sa</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>AMS</t>
   </si>
   <si>
     <t>ES0109067019</t>
   </si>
   <si>
     <t>XMAD</t>
   </si>
   <si>
     <t>B4BNMY3</t>
   </si>
@@ -1387,92 +1414,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3895B1D6-E082-47F5-9561-A9A0F04B1BAA}">
-  <dimension ref="A1:Z65"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0EB47835-60DC-49D5-AD5B-44A87573602A}">
+  <dimension ref="A1:Z66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>46022</v>
+        <v>46052</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1522,4155 +1549,4229 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>151603.66</v>
+        <v>153313.57</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>151603.66</v>
+        <v>153313.57</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>151603.66</v>
+        <v>153313.57</v>
       </c>
       <c r="N4" s="4">
-        <v>151603.66</v>
+        <v>153313.57</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>2.1599999999999999E-4</v>
+        <v>2.24E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>183006.22</v>
+        <v>-69171.929999999993</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
-        <v>183006.22</v>
+        <v>-69171.929999999993</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M5" s="4">
-        <v>183006.22</v>
+        <v>-69171.929999999993</v>
       </c>
       <c r="N5" s="4">
-        <v>183006.22</v>
+        <v>-69171.929999999993</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>2.61E-4</v>
+        <v>-1.01E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
         <v>817.4</v>
       </c>
       <c r="E6" s="5">
-        <v>1.8928210000000001</v>
+        <v>1.8537110000000001</v>
       </c>
       <c r="F6" s="4">
-        <v>1547.19206715</v>
+        <v>1515.2230585499999</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.52831191315574955</v>
+        <v>0.53945852670359096</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4">
-        <v>817.40000099999997</v>
+        <v>817.39999799999998</v>
       </c>
       <c r="N6" s="4">
-        <v>1547.19206715</v>
+        <v>1515.2230585499999</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
         <v>1.9999999999999999E-6</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>-378982.67</v>
+        <v>116818.7</v>
       </c>
       <c r="E7" s="5">
-        <v>1.761191</v>
+        <v>1.6981660000000001</v>
       </c>
       <c r="F7" s="4">
-        <v>-667460.74346778996</v>
+        <v>198377.51260438</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>0.56779769336388775</v>
+        <v>0.58887067518433545</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4">
-        <v>-378982.67055099999</v>
+        <v>116818.699788</v>
       </c>
       <c r="N7" s="4">
-        <v>-667460.74346778996</v>
+        <v>198377.51260438</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>-9.5399999999999999E-4</v>
+        <v>2.9100000000000003E-4</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>-316264.28000000003</v>
+        <v>92229.49</v>
       </c>
       <c r="E8" s="5">
-        <v>2.01702</v>
+        <v>1.9588179999999999</v>
       </c>
       <c r="F8" s="4">
-        <v>-637911.47906426003</v>
+        <v>180660.79173863001</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>51</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.49578082584710903</v>
+        <v>0.51051193335172773</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4">
-        <v>-316264.27990700002</v>
+        <v>92229.490070999993</v>
       </c>
       <c r="N8" s="4">
-        <v>-637911.47906426003</v>
+        <v>180660.79173863001</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>-9.1200000000000005E-4</v>
+        <v>2.6499999999999999E-4</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
         <v>0.46</v>
       </c>
       <c r="E9" s="5">
-        <v>0.192662</v>
+        <v>0.182779</v>
       </c>
       <c r="F9" s="4">
-        <v>8.8624690000000006E-2</v>
+        <v>8.4078379999999994E-2</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>56</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>5.1904269011936837</v>
+        <v>5.4710853413265159</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4">
         <v>0.45999899999999999</v>
       </c>
       <c r="N9" s="4">
-        <v>8.8624690000000006E-2</v>
+        <v>8.4078379999999994E-2</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>1651548.66</v>
+        <v>527</v>
       </c>
       <c r="E10" s="5">
-        <v>4.7725999999999998E-2</v>
+        <v>4.5358999999999997E-2</v>
       </c>
       <c r="F10" s="4">
-        <v>78822.485748919993</v>
+        <v>23.904228679999999</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>20.952759698456266</v>
+        <v>22.046307386813709</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4">
-        <v>1651548.6027319999</v>
+        <v>526.99997299999995</v>
       </c>
       <c r="N10" s="4">
-        <v>78822.485748919993</v>
+        <v>23.904228679999999</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>1.12E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>9891963.5800000001</v>
+        <v>12274820.960000001</v>
       </c>
       <c r="E11" s="5">
-        <v>1.4995879999999999</v>
+        <v>1.4274500000000001</v>
       </c>
       <c r="F11" s="4">
-        <v>14833866.056834299</v>
+        <v>17521691.4709871</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4">
-        <v>9891963.6024689991</v>
+        <v>12274820.967081999</v>
       </c>
       <c r="N11" s="4">
-        <v>14833866.056834299</v>
+        <v>17521691.4709871</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>2.1212000000000002E-2</v>
+        <v>2.5708000000000002E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D12" s="4">
         <v>100652</v>
       </c>
       <c r="E12" s="5">
-        <v>187.883332</v>
+        <v>156.02027000000001</v>
       </c>
       <c r="F12" s="4">
-        <v>18910833.140886199</v>
+        <v>15703752.1947041</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J12" s="5">
-        <v>125.29</v>
+        <v>109.3</v>
       </c>
       <c r="K12" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M12" s="4">
-        <v>12610689.108645</v>
+        <v>11001263.606347</v>
       </c>
       <c r="N12" s="4">
-        <v>18910833.140886199</v>
+        <v>15703752.1947041</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>69</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>2.7042E-2</v>
+        <v>2.3040999999999999E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D13" s="4">
         <v>77279</v>
       </c>
       <c r="E13" s="5">
-        <v>469.37092200000001</v>
+        <v>482.47805299999999</v>
       </c>
       <c r="F13" s="4">
-        <v>36272515.5582214</v>
+        <v>37285421.454571404</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J13" s="5">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="K13" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M13" s="4">
-        <v>24188327.054942999</v>
+        <v>26120302.015071001</v>
       </c>
       <c r="N13" s="4">
-        <v>36272515.5582214</v>
+        <v>37285421.454571404</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>82</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>83</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>5.1868999999999998E-2</v>
+        <v>5.4706999999999999E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D14" s="4">
         <v>68996</v>
       </c>
       <c r="E14" s="5">
-        <v>346.13481200000001</v>
+        <v>341.588751</v>
       </c>
       <c r="F14" s="4">
-        <v>23881917.5526729</v>
+        <v>23568257.5119549</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J14" s="5">
-        <v>230.82</v>
+        <v>239.3</v>
       </c>
       <c r="K14" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M14" s="4">
-        <v>15925656.756175</v>
+        <v>16510742.809526</v>
       </c>
       <c r="N14" s="4">
-        <v>23881917.5526729</v>
+        <v>23568257.5119549</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>87</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>88</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>90</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>84</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>85</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>3.4151000000000001E-2</v>
+        <v>3.458E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D15" s="4">
         <v>213757</v>
       </c>
       <c r="E15" s="5">
-        <v>32.342920999999997</v>
+        <v>32.819997000000001</v>
       </c>
       <c r="F15" s="4">
-        <v>6913525.72609994</v>
+        <v>7015504.0534633603</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>51</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>52</v>
       </c>
       <c r="J15" s="5">
-        <v>16.035</v>
+        <v>16.754999999999999</v>
       </c>
       <c r="K15" s="5">
-        <v>0.49578082584710903</v>
+        <v>0.51051193335172773</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>53</v>
       </c>
       <c r="M15" s="4">
-        <v>3427593.4940010002</v>
+        <v>3581498.5377699998</v>
       </c>
       <c r="N15" s="4">
-        <v>6913525.72609994</v>
+        <v>7015504.0534633603</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>91</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>93</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>94</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>9.8860000000000007E-3</v>
+        <v>1.0293E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D16" s="4">
         <v>29223</v>
       </c>
       <c r="E16" s="5">
-        <v>525.68043699999998</v>
+        <v>493.52651500000002</v>
       </c>
       <c r="F16" s="4">
-        <v>15361959.436155001</v>
+        <v>14422325.3443722</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J16" s="5">
-        <v>350.55</v>
+        <v>345.74</v>
       </c>
       <c r="K16" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M16" s="4">
-        <v>10244122.673269</v>
+        <v>10103560.025829</v>
       </c>
       <c r="N16" s="4">
-        <v>15361959.436155001</v>
+        <v>14422325.3443722</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>99</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>100</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>75</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>97</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>2.1967E-2</v>
+        <v>2.1160999999999999E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D17" s="4">
         <v>77941</v>
       </c>
       <c r="E17" s="5">
-        <v>407.677888</v>
+        <v>370.39469000000003</v>
       </c>
       <c r="F17" s="4">
-        <v>31774822.313863602</v>
+        <v>28868932.524445102</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J17" s="5">
-        <v>271.86</v>
+        <v>259.48</v>
       </c>
       <c r="K17" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M17" s="4">
-        <v>21189040.30813</v>
+        <v>20224130.691668998</v>
       </c>
       <c r="N17" s="4">
-        <v>31774822.313863602</v>
+        <v>28868932.524445102</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>104</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>105</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>106</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>84</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>102</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>4.5436999999999998E-2</v>
+        <v>4.2358E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D18" s="4">
-        <v>35620</v>
+        <v>33434</v>
       </c>
       <c r="E18" s="5">
-        <v>519.00727199999994</v>
+        <v>472.91413899999998</v>
       </c>
       <c r="F18" s="4">
-        <v>18487039.064257201</v>
+        <v>15811411.319677399</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J18" s="5">
-        <v>346.1</v>
+        <v>331.3</v>
       </c>
       <c r="K18" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M18" s="4">
-        <v>12328082.028003</v>
+        <v>11076684.206390999</v>
       </c>
       <c r="N18" s="4">
-        <v>18487039.064257201</v>
+        <v>15811411.319677399</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>110</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>111</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>106</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>84</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>2.6436000000000001E-2</v>
+        <v>2.3199000000000001E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D19" s="4">
         <v>21891</v>
       </c>
       <c r="E19" s="5">
-        <v>412.73149799999999</v>
+        <v>391.27828099999999</v>
       </c>
       <c r="F19" s="4">
-        <v>9035105.2410586905</v>
+        <v>8565472.8570409007</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J19" s="5">
-        <v>275.23</v>
+        <v>274.11</v>
       </c>
       <c r="K19" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M19" s="4">
-        <v>6025059.9436849998</v>
+        <v>6000542.0134619996</v>
       </c>
       <c r="N19" s="4">
-        <v>9035105.2410586905</v>
+        <v>8565472.8570409007</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>116</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>75</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.2919999999999999E-2</v>
+        <v>1.2567E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D20" s="4">
         <v>107927</v>
       </c>
       <c r="E20" s="5">
-        <v>104.83617</v>
+        <v>106.787524</v>
       </c>
       <c r="F20" s="4">
-        <v>11314653.325335501</v>
+        <v>11525257.1122689</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J20" s="5">
-        <v>69.91</v>
+        <v>74.81</v>
       </c>
       <c r="K20" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M20" s="4">
-        <v>7545176.5871379999</v>
+        <v>8074018.8746579997</v>
       </c>
       <c r="N20" s="4">
-        <v>11314653.325335501</v>
+        <v>11525257.1122689</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>121</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>94</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.6178999999999999E-2</v>
+        <v>1.6910000000000001E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D21" s="4">
         <v>46361</v>
       </c>
       <c r="E21" s="5">
-        <v>206.883107</v>
+        <v>223.68139300000001</v>
       </c>
       <c r="F21" s="4">
-        <v>9591307.7303741295</v>
+        <v>10370093.0697309</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J21" s="5">
-        <v>137.96</v>
+        <v>156.69999999999999</v>
       </c>
       <c r="K21" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M21" s="4">
-        <v>6395963.5745280003</v>
+        <v>7264768.7041910002</v>
       </c>
       <c r="N21" s="4">
-        <v>9591307.7303741295</v>
+        <v>10370093.0697309</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>125</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>126</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>94</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.3715E-2</v>
+        <v>1.5214999999999999E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D22" s="4">
-        <v>33694</v>
+        <v>34396</v>
       </c>
       <c r="E22" s="5">
-        <v>989.86278500000003</v>
+        <v>1022.767825</v>
       </c>
       <c r="F22" s="4">
-        <v>33352436.7698882</v>
+        <v>35179122.118335597</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J22" s="5">
-        <v>660.09</v>
+        <v>716.5</v>
       </c>
       <c r="K22" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M22" s="4">
-        <v>22241072.51052</v>
+        <v>24644734.014219999</v>
       </c>
       <c r="N22" s="4">
-        <v>33352436.7698882</v>
+        <v>35179122.118335597</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>130</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>131</v>
       </c>
       <c r="Q22" s="3" t="s">
         <v>82</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>132</v>
       </c>
       <c r="S22" s="3" t="s">
         <v>84</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>4.7692999999999999E-2</v>
+        <v>5.1616000000000002E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D23" s="4">
         <v>10213</v>
       </c>
       <c r="E23" s="5">
-        <v>1135.9679819999999</v>
+        <v>928.72683800000004</v>
       </c>
       <c r="F23" s="4">
-        <v>11601641.0185948</v>
+        <v>9485087.1766540706</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>135</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J23" s="5">
-        <v>645</v>
+        <v>546.9</v>
       </c>
       <c r="K23" s="5">
-        <v>0.56779769336388775</v>
+        <v>0.58887067518433545</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>136</v>
       </c>
       <c r="M23" s="4">
-        <v>6587385.0095939999</v>
+        <v>5585489.6898980001</v>
       </c>
       <c r="N23" s="4">
-        <v>11601641.0185948</v>
+        <v>9485087.1766540706</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>137</v>
       </c>
       <c r="Q23" s="3" t="s">
         <v>89</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>139</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.6590000000000001E-2</v>
+        <v>1.3917000000000001E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D24" s="4">
         <v>27009</v>
       </c>
       <c r="E24" s="5">
-        <v>430.75654100000003</v>
+        <v>426.10805800000003</v>
       </c>
       <c r="F24" s="4">
-        <v>11634303.4415535</v>
+        <v>11508752.5372921</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J24" s="5">
-        <v>287.25</v>
+        <v>298.51</v>
       </c>
       <c r="K24" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M24" s="4">
-        <v>7758335.2676229998</v>
+        <v>8062456.5946519999</v>
       </c>
       <c r="N24" s="4">
-        <v>11634303.4415535</v>
+        <v>11508752.5372921</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>142</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="Q24" s="3" t="s">
         <v>89</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>144</v>
       </c>
       <c r="S24" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>140</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.6636999999999999E-2</v>
+        <v>1.6886000000000002E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D25" s="4">
         <v>14307</v>
       </c>
       <c r="E25" s="5">
-        <v>849.30643899999995</v>
+        <v>719.74876800000004</v>
       </c>
       <c r="F25" s="4">
-        <v>12151027.2475069</v>
+        <v>10297445.635571999</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J25" s="5">
-        <v>566.36</v>
+        <v>504.22</v>
       </c>
       <c r="K25" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M25" s="4">
-        <v>8102912.5384050002</v>
+        <v>7213875.5441619996</v>
       </c>
       <c r="N25" s="4">
-        <v>12151027.2475069</v>
+        <v>10297445.635571999</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>147</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>75</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>149</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>84</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>145</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>1.7375000000000002E-2</v>
+        <v>1.5108999999999999E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="4">
         <v>81472</v>
       </c>
       <c r="E26" s="5">
-        <v>310.33965599999999</v>
+        <v>324.38798100000002</v>
       </c>
       <c r="F26" s="4">
-        <v>25283992.502061799</v>
+        <v>26428537.577617601</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J26" s="5">
-        <v>206.95</v>
+        <v>227.25</v>
       </c>
       <c r="K26" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M26" s="4">
-        <v>16860630.438297998</v>
+        <v>18514512.010682002</v>
       </c>
       <c r="N26" s="4">
-        <v>25283992.502061799</v>
+        <v>26428537.577617601</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>152</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="Q26" s="3" t="s">
         <v>75</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>154</v>
       </c>
       <c r="S26" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>3.6156000000000001E-2</v>
+        <v>3.8776999999999999E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D27" s="4">
-        <v>5226</v>
+        <v>4788</v>
       </c>
       <c r="E27" s="5">
-        <v>1822.118913</v>
+        <v>2038.3127529999999</v>
       </c>
       <c r="F27" s="4">
-        <v>9522393.4617979806</v>
+        <v>9759441.4674184695</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J27" s="5">
-        <v>1215.08</v>
+        <v>1427.94</v>
       </c>
       <c r="K27" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M27" s="4">
-        <v>6350008.094424</v>
+        <v>6836976.723944</v>
       </c>
       <c r="N27" s="4">
-        <v>9522393.4617979806</v>
+        <v>9759441.4674184695</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>157</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="Q27" s="3" t="s">
         <v>106</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>159</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>84</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>1.3617000000000001E-2</v>
+        <v>1.4319E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D28" s="4">
-        <v>38133</v>
+        <v>50492</v>
       </c>
       <c r="E28" s="5">
-        <v>366.944076</v>
+        <v>289.63914699999998</v>
       </c>
       <c r="F28" s="4">
-        <v>13992678.4740908</v>
+        <v>14624459.7792705</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>162</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J28" s="5">
-        <v>208.35</v>
+        <v>170.56</v>
       </c>
       <c r="K28" s="5">
-        <v>0.56779769336388775</v>
+        <v>0.58887067518433545</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="M28" s="4">
-        <v>7945010.5615710001</v>
+        <v>8611915.5044250004</v>
       </c>
       <c r="N28" s="4">
-        <v>13992678.4740908</v>
+        <v>14624459.7792705</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>160</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>164</v>
       </c>
       <c r="Q28" s="3" t="s">
         <v>106</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>165</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>166</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>2.0008999999999999E-2</v>
+        <v>2.1457E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D29" s="4">
-        <v>108348</v>
+        <v>80209</v>
       </c>
       <c r="E29" s="5">
-        <v>256.69940700000001</v>
+        <v>333.25244400000003</v>
       </c>
       <c r="F29" s="4">
-        <v>27812867.421459001</v>
+        <v>26729845.321533099</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J29" s="5">
-        <v>171.18</v>
+        <v>233.46</v>
       </c>
       <c r="K29" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M29" s="4">
-        <v>18547010.682128999</v>
+        <v>18725593.150804002</v>
       </c>
       <c r="N29" s="4">
-        <v>27812867.421459001</v>
+        <v>26729845.321533099</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>169</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>170</v>
       </c>
       <c r="Q29" s="3" t="s">
         <v>106</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>171</v>
       </c>
       <c r="S29" s="3" t="s">
         <v>84</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>167</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>3.9772000000000002E-2</v>
+        <v>3.9218999999999997E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D30" s="4">
         <v>8464</v>
       </c>
       <c r="E30" s="5">
-        <v>1611.5768129999999</v>
+        <v>1480.4796220000001</v>
       </c>
       <c r="F30" s="4">
-        <v>13640386.1738021</v>
+        <v>12530779.530369001</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J30" s="5">
-        <v>1074.68</v>
+        <v>1037.1500000000001</v>
       </c>
       <c r="K30" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M30" s="4">
-        <v>9096091.5406609997</v>
+        <v>8778437.6050649993</v>
       </c>
       <c r="N30" s="4">
-        <v>13640386.1738021</v>
+        <v>12530779.530369001</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>174</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>175</v>
       </c>
       <c r="Q30" s="3" t="s">
         <v>75</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>176</v>
       </c>
       <c r="S30" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>172</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>1.9505000000000002E-2</v>
+        <v>1.8384999999999999E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D31" s="4">
         <v>74030</v>
       </c>
       <c r="E31" s="5">
-        <v>157.84659199999999</v>
+        <v>157.40489600000001</v>
       </c>
       <c r="F31" s="4">
-        <v>11685383.2196145</v>
+        <v>11652684.4622082</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J31" s="5">
-        <v>105.26</v>
+        <v>110.27</v>
       </c>
       <c r="K31" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M31" s="4">
-        <v>7792397.8176999995</v>
+        <v>8163288.1047099996</v>
       </c>
       <c r="N31" s="4">
-        <v>11685383.2196145</v>
+        <v>11652684.4622082</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>179</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="Q31" s="3" t="s">
         <v>75</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>181</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>177</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>1.6709999999999999E-2</v>
+        <v>1.7097000000000001E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D32" s="4">
         <v>62261</v>
       </c>
       <c r="E32" s="5">
-        <v>725.23055999999997</v>
+        <v>614.2174</v>
       </c>
       <c r="F32" s="4">
-        <v>45153579.995501101</v>
+        <v>38241789.579616003</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J32" s="5">
-        <v>483.62</v>
+        <v>430.29</v>
       </c>
       <c r="K32" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M32" s="4">
-        <v>30110664.888395999</v>
+        <v>26790285.705458</v>
       </c>
       <c r="N32" s="4">
-        <v>45153579.995501101</v>
+        <v>38241789.579616003</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="Q32" s="3" t="s">
         <v>106</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>186</v>
       </c>
       <c r="S32" s="3" t="s">
         <v>84</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>6.4569000000000001E-2</v>
+        <v>5.611E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D33" s="4">
-        <v>429348</v>
+        <v>384486</v>
       </c>
       <c r="E33" s="5">
-        <v>73.975936000000004</v>
+        <v>80.512349</v>
       </c>
       <c r="F33" s="4">
-        <v>31761418.8537164</v>
+        <v>30955869.550677799</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>61</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J33" s="5">
-        <v>1550</v>
+        <v>1775</v>
       </c>
       <c r="K33" s="5">
-        <v>20.952759698456266</v>
+        <v>22.046307386813709</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>63</v>
       </c>
       <c r="M33" s="4">
-        <v>665489376.92393804</v>
+        <v>682462615.54035103</v>
       </c>
       <c r="N33" s="4">
-        <v>31761418.8537164</v>
+        <v>30955869.550677799</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>189</v>
       </c>
       <c r="Q33" s="3" t="s">
         <v>106</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>190</v>
       </c>
       <c r="S33" s="3" t="s">
         <v>191</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>4.5418E-2</v>
+        <v>4.5420000000000002E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D34" s="4">
-        <v>65605</v>
+        <v>66518</v>
       </c>
       <c r="E34" s="5">
-        <v>149.04074299999999</v>
+        <v>136.11797100000001</v>
       </c>
       <c r="F34" s="4">
-        <v>9777817.9476503599</v>
+        <v>9054295.1700768191</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>41</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>42</v>
       </c>
       <c r="J34" s="5">
-        <v>78.739999999999995</v>
+        <v>73.430000000000007</v>
       </c>
       <c r="K34" s="5">
-        <v>0.52831191315574955</v>
+        <v>0.53945852670359096</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>43</v>
       </c>
       <c r="M34" s="4">
-        <v>5165737.7064110003</v>
+        <v>4884416.7327889996</v>
       </c>
       <c r="N34" s="4">
-        <v>9777817.9476503599</v>
+        <v>9054295.1700768191</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>192</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>194</v>
       </c>
       <c r="Q34" s="3" t="s">
         <v>94</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>195</v>
       </c>
       <c r="S34" s="3" t="s">
         <v>196</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>1.3982E-2</v>
+        <v>1.3285E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D35" s="4">
         <v>21868</v>
       </c>
       <c r="E35" s="5">
-        <v>260.22343799999999</v>
+        <v>266.97594700000002</v>
       </c>
       <c r="F35" s="4">
-        <v>5690566.1543075498</v>
+        <v>5838230.0192705803</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J35" s="5">
-        <v>173.53</v>
+        <v>187.03</v>
       </c>
       <c r="K35" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M35" s="4">
-        <v>3794754.0486189998</v>
+        <v>4089972.0423590001</v>
       </c>
       <c r="N35" s="4">
-        <v>5690566.1543075498</v>
+        <v>5838230.0192705803</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>199</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="Q35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>201</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>197</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>8.1370000000000001E-3</v>
+        <v>8.5660000000000007E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D36" s="4">
-        <v>48020</v>
+        <v>56209</v>
       </c>
       <c r="E36" s="5">
-        <v>397.25575400000002</v>
+        <v>303.03333099999998</v>
       </c>
       <c r="F36" s="4">
-        <v>19076221.339131702</v>
+        <v>17033200.499607399</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J36" s="5">
-        <v>264.91000000000003</v>
+        <v>212.29</v>
       </c>
       <c r="K36" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M36" s="4">
-        <v>12720978.228894999</v>
+        <v>11932608.616885001</v>
       </c>
       <c r="N36" s="4">
-        <v>19076221.339131702</v>
+        <v>17033200.499607399</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>204</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>205</v>
       </c>
       <c r="Q36" s="3" t="s">
         <v>106</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>206</v>
       </c>
       <c r="S36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>202</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.7278E-2</v>
+        <v>2.4992E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D37" s="4">
         <v>45653</v>
       </c>
       <c r="E37" s="5">
-        <v>230.351653</v>
+        <v>213.84626399999999</v>
       </c>
       <c r="F37" s="4">
-        <v>10516244.027892301</v>
+        <v>9762723.4744129702</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J37" s="5">
-        <v>153.61000000000001</v>
+        <v>149.81</v>
       </c>
       <c r="K37" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M37" s="4">
-        <v>7012757.3459289996</v>
+        <v>6839275.9339460004</v>
       </c>
       <c r="N37" s="4">
-        <v>10516244.027892301</v>
+        <v>9762723.4744129702</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>209</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="Q37" s="3" t="s">
         <v>89</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>211</v>
       </c>
       <c r="S37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>207</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>1.5037999999999999E-2</v>
+        <v>1.4324E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D38" s="4">
         <v>57268</v>
       </c>
       <c r="E38" s="5">
-        <v>260.163454</v>
+        <v>307.68681700000002</v>
       </c>
       <c r="F38" s="4">
-        <v>14899040.7437954</v>
+        <v>17620608.664620601</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J38" s="5">
-        <v>173.49</v>
+        <v>215.55</v>
       </c>
       <c r="K38" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M38" s="4">
-        <v>9935425.3425680008</v>
+        <v>12344117.407121999</v>
       </c>
       <c r="N38" s="4">
-        <v>14899040.7437954</v>
+        <v>17620608.664620601</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>214</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="Q38" s="3" t="s">
         <v>106</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>216</v>
       </c>
       <c r="S38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>212</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>2.1305000000000001E-2</v>
+        <v>2.5853999999999999E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D39" s="4">
         <v>29292</v>
       </c>
       <c r="E39" s="5">
-        <v>868.93604100000005</v>
+        <v>825.93676300000004</v>
       </c>
       <c r="F39" s="4">
-        <v>25452874.559496</v>
+        <v>24193339.690243401</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J39" s="5">
-        <v>579.45000000000005</v>
+        <v>578.61</v>
       </c>
       <c r="K39" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M39" s="4">
-        <v>16973249.438554</v>
+        <v>16948644.129779</v>
       </c>
       <c r="N39" s="4">
-        <v>25452874.559496</v>
+        <v>24193339.690243401</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>219</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="Q39" s="3" t="s">
         <v>75</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>221</v>
       </c>
       <c r="S39" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>217</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>3.6396999999999999E-2</v>
+        <v>3.5497000000000001E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D40" s="4">
         <v>30041</v>
       </c>
       <c r="E40" s="5">
-        <v>161.26565199999999</v>
+        <v>147.12725699999999</v>
       </c>
       <c r="F40" s="4">
-        <v>4844581.4501012098</v>
+        <v>4419849.9321961403</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J40" s="5">
-        <v>107.54</v>
+        <v>103.07</v>
       </c>
       <c r="K40" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M40" s="4">
-        <v>3230609.1473380001</v>
+        <v>3096325.8717860002</v>
       </c>
       <c r="N40" s="4">
-        <v>4844581.4501012098</v>
+        <v>4419849.9321961403</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>224</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>63</v>
       </c>
       <c r="Q40" s="3" t="s">
         <v>225</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>226</v>
       </c>
       <c r="S40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>222</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>6.927E-3</v>
+        <v>6.4850000000000003E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D41" s="4">
         <v>212565</v>
       </c>
       <c r="E41" s="5">
-        <v>80.017994999999999</v>
+        <v>80.094211999999999</v>
       </c>
       <c r="F41" s="4">
-        <v>17009025.118092399</v>
+        <v>17025226.108057901</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J41" s="5">
-        <v>53.36</v>
+        <v>56.11</v>
       </c>
       <c r="K41" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M41" s="4">
-        <v>11342468.425764</v>
+        <v>11927022.156881001</v>
       </c>
       <c r="N41" s="4">
-        <v>17009025.118092399</v>
+        <v>17025226.108057901</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>229</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>230</v>
       </c>
       <c r="Q41" s="3" t="s">
         <v>225</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>231</v>
       </c>
       <c r="S41" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>227</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>2.4322E-2</v>
+        <v>2.4979999999999999E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D42" s="4">
-        <v>71814</v>
+        <v>87672</v>
       </c>
       <c r="E42" s="5">
-        <v>122.53130400000001</v>
+        <v>114.26736099999999</v>
       </c>
       <c r="F42" s="4">
-        <v>8799463.0576591194</v>
+        <v>10018048.1050603</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J42" s="5">
-        <v>81.709999999999994</v>
+        <v>80.05</v>
       </c>
       <c r="K42" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M42" s="4">
-        <v>5867921.9533280004</v>
+        <v>7018143.604049</v>
       </c>
       <c r="N42" s="4">
-        <v>8799463.0576591194</v>
+        <v>10018048.1050603</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>234</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>235</v>
       </c>
       <c r="Q42" s="3" t="s">
         <v>236</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>237</v>
       </c>
       <c r="S42" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>232</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>1.2583E-2</v>
+        <v>1.4699E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D43" s="4">
-        <v>32264</v>
+        <v>36326</v>
       </c>
       <c r="E43" s="5">
-        <v>495.02886599999999</v>
+        <v>409.57818800000001</v>
       </c>
       <c r="F43" s="4">
-        <v>15971611.366874</v>
+        <v>14878337.2778531</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J43" s="5">
-        <v>330.11</v>
+        <v>286.93</v>
       </c>
       <c r="K43" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M43" s="4">
-        <v>10650669.064192001</v>
+        <v>10423019.186014</v>
       </c>
       <c r="N43" s="4">
-        <v>15971611.366874</v>
+        <v>14878337.2778531</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>240</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>241</v>
       </c>
       <c r="Q43" s="3" t="s">
         <v>75</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>242</v>
       </c>
       <c r="S43" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>238</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>2.2839000000000002E-2</v>
+        <v>2.1829999999999999E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D44" s="4">
         <v>32906</v>
       </c>
       <c r="E44" s="5">
-        <v>525.92037100000005</v>
+        <v>459.396188</v>
       </c>
       <c r="F44" s="4">
-        <v>17305935.757666599</v>
+        <v>15116890.985654101</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J44" s="5">
-        <v>350.71</v>
+        <v>321.83</v>
       </c>
       <c r="K44" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M44" s="4">
-        <v>11540463.286214</v>
+        <v>10590137.98611</v>
       </c>
       <c r="N44" s="4">
-        <v>17305935.757666599</v>
+        <v>15116890.985654101</v>
       </c>
       <c r="O44" s="3" t="s">
         <v>245</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>246</v>
       </c>
       <c r="Q44" s="3" t="s">
         <v>225</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>247</v>
       </c>
       <c r="S44" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>243</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>2.4747000000000002E-2</v>
+        <v>2.2179999999999998E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D45" s="4">
-        <v>71143</v>
+        <v>66022</v>
       </c>
       <c r="E45" s="5">
-        <v>139.76156499999999</v>
+        <v>129.169938</v>
       </c>
       <c r="F45" s="4">
-        <v>9943057.0593086705</v>
+        <v>8528057.6404253896</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J45" s="5">
-        <v>93.2</v>
+        <v>90.49</v>
       </c>
       <c r="K45" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M45" s="4">
-        <v>6630527.615061</v>
+        <v>5974330.7834470002</v>
       </c>
       <c r="N45" s="4">
-        <v>9943057.0593086705</v>
+        <v>8528057.6404253896</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>250</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>251</v>
       </c>
       <c r="Q45" s="3" t="s">
         <v>225</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>252</v>
       </c>
       <c r="S45" s="3" t="s">
         <v>77</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>248</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>1.4218E-2</v>
+        <v>1.2512000000000001E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D46" s="4">
         <v>26477</v>
       </c>
       <c r="E46" s="5">
-        <v>523.77810499999998</v>
+        <v>511.14788499999997</v>
       </c>
       <c r="F46" s="4">
-        <v>13868072.913113801</v>
+        <v>13533662.5195204</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>135</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J46" s="5">
-        <v>297.39999999999998</v>
+        <v>301</v>
       </c>
       <c r="K46" s="5">
-        <v>0.56779769336388775</v>
+        <v>0.58887067518433545</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>136</v>
       </c>
       <c r="M46" s="4">
-        <v>7874259.8114679996</v>
+        <v>7969576.9855859997</v>
       </c>
       <c r="N46" s="4">
-        <v>13868072.913113801</v>
+        <v>13533662.5195204</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>253</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>255</v>
       </c>
       <c r="Q46" s="3" t="s">
         <v>236</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>256</v>
       </c>
       <c r="S46" s="3" t="s">
         <v>139</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>1.9831000000000001E-2</v>
+        <v>1.9857E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D47" s="4">
-        <v>39163</v>
+        <v>1018</v>
       </c>
       <c r="E47" s="5">
-        <v>110.673222</v>
+        <v>2648.9859970000002</v>
       </c>
       <c r="F47" s="4">
-        <v>4334295.3878593296</v>
+        <v>2696667.75578479</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>259</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>47</v>
+        <v>260</v>
       </c>
       <c r="J47" s="5">
-        <v>62.84</v>
+        <v>2512.96</v>
       </c>
       <c r="K47" s="5">
-        <v>0.56779769336388775</v>
+        <v>0.94864978628485586</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="M47" s="4">
-        <v>2461002.9235840002</v>
+        <v>2558193.2902060002</v>
       </c>
       <c r="N47" s="4">
-        <v>4334295.3878593296</v>
+        <v>2696667.75578479</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>257</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>89</v>
+        <v>106</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
-        <v>34</v>
+        <v>265</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>6.1980000000000004E-3</v>
+        <v>3.9560000000000003E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D48" s="4">
-        <v>41871</v>
+        <v>46389</v>
       </c>
       <c r="E48" s="5">
-        <v>402.33935600000001</v>
+        <v>96.150143999999997</v>
       </c>
       <c r="F48" s="4">
-        <v>16846351.203419</v>
+        <v>4460309.0049061496</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>66</v>
+        <v>268</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="J48" s="5">
-        <v>268.3</v>
+        <v>56.62</v>
       </c>
       <c r="K48" s="5">
-        <v>0.66685000151474971</v>
+        <v>0.58887067518433545</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>68</v>
+        <v>269</v>
       </c>
       <c r="M48" s="4">
-        <v>11233989.325517001</v>
+        <v>2626545.1752490001</v>
       </c>
       <c r="N48" s="4">
-        <v>16846351.203419</v>
+        <v>4460309.0049061496</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="P48" s="3" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>106</v>
+        <v>89</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>77</v>
+        <v>272</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>2.409E-2</v>
+        <v>6.5440000000000003E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D49" s="4">
-        <v>6270</v>
+        <v>48871</v>
       </c>
       <c r="E49" s="5">
-        <v>1622.7610830000001</v>
+        <v>376.33288099999999</v>
       </c>
       <c r="F49" s="4">
-        <v>10174712.0073479</v>
+        <v>18391764.242380999</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>270</v>
+        <v>66</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>47</v>
+        <v>67</v>
       </c>
       <c r="J49" s="5">
-        <v>921.4</v>
+        <v>263.64</v>
       </c>
       <c r="K49" s="5">
-        <v>0.56779769336388775</v>
+        <v>0.70055000040421733</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>271</v>
+        <v>68</v>
       </c>
       <c r="M49" s="4">
-        <v>5777178.0084140003</v>
+        <v>12884350.447434001</v>
       </c>
       <c r="N49" s="4">
-        <v>10174712.0073479</v>
+        <v>18391764.242380999</v>
       </c>
       <c r="O49" s="3" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="Q49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>274</v>
+        <v>77</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.4548999999999999E-2</v>
+        <v>2.6984999999999999E-2</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D50" s="4">
-        <v>9231</v>
+        <v>4574</v>
       </c>
       <c r="E50" s="5">
-        <v>167.577292</v>
+        <v>2064.2902610000001</v>
       </c>
       <c r="F50" s="4">
-        <v>1546905.98701732</v>
+        <v>9442063.6385126095</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>162</v>
+        <v>279</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J50" s="5">
-        <v>95.15</v>
+        <v>1215.5999999999999</v>
       </c>
       <c r="K50" s="5">
-        <v>0.56779769336388775</v>
+        <v>0.58887067518433545</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>163</v>
+        <v>280</v>
       </c>
       <c r="M50" s="4">
-        <v>878329.65127899998</v>
+        <v>5560154.3899440002</v>
       </c>
       <c r="N50" s="4">
-        <v>1546905.98701732</v>
+        <v>9442063.6385126095</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>236</v>
+        <v>106</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>166</v>
+        <v>283</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.212E-3</v>
+        <v>1.3853000000000001E-2</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D51" s="4">
-        <v>280113</v>
+        <v>9231</v>
       </c>
       <c r="E51" s="5">
-        <v>47.682360000000003</v>
+        <v>167.184416</v>
       </c>
       <c r="F51" s="4">
-        <v>13356449.004972599</v>
+        <v>1543279.34239883</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>51</v>
+        <v>162</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="J51" s="5">
-        <v>23.64</v>
+        <v>98.45</v>
       </c>
       <c r="K51" s="5">
-        <v>0.49578082584710903</v>
+        <v>0.58887067518433545</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>53</v>
+        <v>163</v>
       </c>
       <c r="M51" s="4">
-        <v>6621871.31807</v>
+        <v>908791.94835600001</v>
       </c>
       <c r="N51" s="4">
-        <v>13356449.004972599</v>
+        <v>1543279.34239883</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>89</v>
+        <v>236</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>96</v>
+        <v>166</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>1.9099000000000001E-2</v>
+        <v>2.264E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D52" s="4">
-        <v>142502</v>
+        <v>280113</v>
       </c>
       <c r="E52" s="5">
-        <v>41.986786000000002</v>
+        <v>42.839351000000001</v>
       </c>
       <c r="F52" s="4">
-        <v>5983200.9264092203</v>
+        <v>11999859.189418999</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>135</v>
+        <v>51</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="J52" s="5">
-        <v>23.84</v>
+        <v>21.87</v>
       </c>
       <c r="K52" s="5">
-        <v>0.56779769336388775</v>
+        <v>0.51051193335172773</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>136</v>
+        <v>53</v>
       </c>
       <c r="M52" s="4">
-        <v>3397247.6849469999</v>
+        <v>6126071.3147379998</v>
       </c>
       <c r="N52" s="4">
-        <v>5983200.9264092203</v>
+        <v>11999859.189418999</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>106</v>
+        <v>89</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>139</v>
+        <v>96</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>8.5550000000000001E-3</v>
+        <v>1.7606E-2</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D53" s="4">
-        <v>1652177</v>
+        <v>162343</v>
       </c>
       <c r="E53" s="5">
-        <v>7.5597919999999998</v>
+        <v>39.431407999999998</v>
       </c>
       <c r="F53" s="4">
-        <v>12490114.7268348</v>
+        <v>6401413.09805011</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>51</v>
+        <v>135</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="J53" s="5">
-        <v>3.7480000000000002</v>
+        <v>23.22</v>
       </c>
       <c r="K53" s="5">
-        <v>0.49578082584710903</v>
+        <v>0.58887067518433545</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>53</v>
+        <v>136</v>
       </c>
       <c r="M53" s="4">
-        <v>6192359.3941949997</v>
+        <v>3769604.4531820002</v>
       </c>
       <c r="N53" s="4">
-        <v>12490114.7268348</v>
+        <v>6401413.09805011</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>75</v>
+        <v>106</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>96</v>
+        <v>139</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>1.7860000000000001E-2</v>
+        <v>9.3919999999999993E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D54" s="4">
-        <v>69458</v>
+        <v>1652177</v>
       </c>
       <c r="E54" s="5">
-        <v>76.693641</v>
+        <v>7.4219619999999997</v>
       </c>
       <c r="F54" s="4">
-        <v>5326986.8287321599</v>
+        <v>12262394.3709646</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H54" s="3" t="s">
-        <v>293</v>
+        <v>51</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>294</v>
+        <v>52</v>
       </c>
       <c r="J54" s="5">
-        <v>325.25</v>
+        <v>3.7890000000000001</v>
       </c>
       <c r="K54" s="5">
-        <v>4.2408991893733248</v>
+        <v>0.51051193335172773</v>
       </c>
       <c r="L54" s="3" t="s">
-        <v>295</v>
+        <v>53</v>
       </c>
       <c r="M54" s="4">
-        <v>22591214.123771999</v>
+        <v>6260098.657842</v>
       </c>
       <c r="N54" s="4">
-        <v>5326986.8287321599</v>
+        <v>12262394.3709646</v>
       </c>
       <c r="O54" s="3" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="P54" s="3" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="Q54" s="3" t="s">
         <v>75</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>298</v>
+        <v>96</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>7.6169999999999996E-3</v>
+        <v>1.7992000000000001E-2</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D55" s="4">
-        <v>29301</v>
+        <v>70420</v>
       </c>
       <c r="E55" s="5">
-        <v>23.750413999999999</v>
+        <v>84.036527000000007</v>
       </c>
       <c r="F55" s="4">
-        <v>695910.88826385001</v>
+        <v>5917852.32987074</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>270</v>
+        <v>302</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>52</v>
+        <v>303</v>
       </c>
       <c r="J55" s="5">
-        <v>11.775</v>
+        <v>369.55</v>
       </c>
       <c r="K55" s="5">
-        <v>0.49578082584710903</v>
+        <v>4.397492514588242</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>271</v>
+        <v>304</v>
       </c>
       <c r="M55" s="4">
-        <v>345019.27489900001</v>
+        <v>26023711.323045</v>
       </c>
       <c r="N55" s="4">
-        <v>695910.88826385001</v>
+        <v>5917852.32987074</v>
       </c>
       <c r="O55" s="3" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>96</v>
+        <v>307</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>9.9500000000000001E-4</v>
+        <v>8.6829999999999997E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D56" s="4">
-        <v>129419</v>
+        <v>29301</v>
       </c>
       <c r="E56" s="5">
-        <v>98.017101999999994</v>
+        <v>25.415664</v>
       </c>
       <c r="F56" s="4">
-        <v>12685275.3783313</v>
+        <v>744704.38486724999</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>51</v>
+        <v>279</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>52</v>
       </c>
       <c r="J56" s="5">
-        <v>48.594999999999999</v>
+        <v>12.975</v>
       </c>
       <c r="K56" s="5">
-        <v>0.49578082584710903</v>
+        <v>0.51051193335172773</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>53</v>
+        <v>280</v>
       </c>
       <c r="M56" s="4">
-        <v>6289116.3031670004</v>
+        <v>380180.475294</v>
       </c>
       <c r="N56" s="4">
-        <v>12685275.3783313</v>
+        <v>744704.38486724999</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="Q56" s="3" t="s">
         <v>94</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="S56" s="3" t="s">
         <v>96</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>1.8138999999999999E-2</v>
+        <v>1.0920000000000001E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>309</v>
+        <v>71</v>
       </c>
       <c r="D57" s="4">
-        <v>-320510.48</v>
+        <v>129419</v>
       </c>
       <c r="E57" s="5">
-        <v>1</v>
+        <v>96.775407000000001</v>
       </c>
       <c r="F57" s="4">
-        <v>-320510.48</v>
+        <v>12524576.375653001</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>310</v>
+        <v>72</v>
       </c>
       <c r="H57" s="3" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="J57" s="5">
-        <v>1</v>
+        <v>49.405000000000001</v>
       </c>
       <c r="K57" s="5">
-        <v>1</v>
+        <v>0.51051193335172773</v>
       </c>
       <c r="L57" s="3" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="M57" s="4">
-        <v>-320510.48</v>
+        <v>6393945.6999460002</v>
       </c>
       <c r="N57" s="4">
-        <v>-320510.48</v>
+        <v>12524576.375653001</v>
       </c>
       <c r="O57" s="3" t="s">
-        <v>34</v>
+        <v>312</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>34</v>
+        <v>314</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>34</v>
+        <v>315</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>-4.5800000000000002E-4</v>
+        <v>1.8376E-2</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="D58" s="4">
-        <v>-52746.57</v>
+        <v>-329393.81</v>
       </c>
       <c r="E58" s="5">
         <v>1</v>
       </c>
       <c r="F58" s="4">
-        <v>-52746.57</v>
+        <v>-329393.81</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J58" s="5">
         <v>1</v>
       </c>
       <c r="K58" s="5">
         <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M58" s="4">
-        <v>-52746.57</v>
+        <v>-329393.81</v>
       </c>
       <c r="N58" s="4">
-        <v>-52746.57</v>
+        <v>-329393.81</v>
       </c>
       <c r="O58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>311</v>
+        <v>34</v>
       </c>
       <c r="Q58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S58" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>-7.4999999999999993E-5</v>
-[...4 lines deleted...]
-        <v>313</v>
+        <v>-4.8299999999999998E-4</v>
+      </c>
+    </row>
+    <row r="59" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A59" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="D59" s="4">
+        <v>-52746.57</v>
+      </c>
+      <c r="E59" s="5">
+        <v>1</v>
+      </c>
+      <c r="F59" s="4">
+        <v>-52746.57</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J59" s="5">
+        <v>1</v>
+      </c>
+      <c r="K59" s="5">
+        <v>1</v>
+      </c>
+      <c r="L59" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M59" s="4">
+        <v>-52746.57</v>
+      </c>
+      <c r="N59" s="4">
+        <v>-52746.57</v>
+      </c>
+      <c r="O59" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P59" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="Q59" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R59" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S59" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T59" s="4">
+        <v>1</v>
+      </c>
+      <c r="W59" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X59" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y59" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z59" s="6">
+        <v>-7.7000000000000001E-5</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>316</v>
+        <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>317</v>
+        <v>325</v>
       </c>
     </row>
     <row r="65" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>318</v>
+        <v>326</v>
+      </c>
+    </row>
+    <row r="66" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A66" s="3" t="s">
+        <v>327</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>December</vt:lpstr>
+      <vt:lpstr>January</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>