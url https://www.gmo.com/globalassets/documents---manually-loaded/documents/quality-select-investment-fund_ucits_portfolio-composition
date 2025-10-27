--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ce2e113c23e47e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6b6303e0938479eafffa4cb4d5c5319.psmdcp" Id="R4b517a9454eb4941" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re18a3db713114cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07bf6b55cdf24294b19c441292f24990.psmdcp" Id="Rc9d376a53506411a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Market Cap Ranges" sheetId="5" r:id="rId5"/>
     <x:sheet name="Top Equity Holdings" sheetId="6" r:id="rId6"/>
     <x:sheet name="Characteristics" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <x:si>
     <x:t>Risk Profile - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/29/2023 to 08/31/2025</x:t>
+    <x:t>From 09/29/2023 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -178,51 +178,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
@@ -253,174 +253,174 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (134.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (5.8 &amp; Below)</x:t>
+    <x:t>Large (144.8 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.2 To 144.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.0 To 49.2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Alphabet Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Abbott Laboratories</x:t>
   </x:si>
   <x:si>
-    <x:t>Unilever PLC</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>22.0x</x:t>
-[...2 lines deleted...]
-    <x:t>23.7x</x:t>
+    <x:t>24.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>26.7%</x:t>
-[...2 lines deleted...]
-    <x:t>21.6%</x:t>
+    <x:t>26.8%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.4%</x:t>
   </x:si>
   <x:si>
     <x:t>1.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Free Cash Flow Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>3.4%</x:t>
-[...2 lines deleted...]
-    <x:t>3.2%</x:t>
+    <x:t>3.3%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>281.1 USD</x:t>
-[...2 lines deleted...]
-    <x:t>161.9 USD</x:t>
+    <x:t>271.2 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
   <x:si>
-    <x:t>0.5x</x:t>
+    <x:t>0.4x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -802,98 +802,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.84</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.89</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.83</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.62</x:v>
+        <x:v>1.73</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>11.12</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>11.43</x:v>
+        <x:v>11.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -959,76 +959,76 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>78.7</x:v>
+        <x:v>78.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>72.1</x:v>
+        <x:v>72.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1053,153 +1053,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>24.7</x:v>
+        <x:v>24.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>38.6</x:v>
+        <x:v>40.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>26.3</x:v>
+        <x:v>27.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
@@ -1251,75 +1251,75 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>79.9</x:v>
+        <x:v>83.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1353,131 +1353,131 @@
         <x:v>52</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">