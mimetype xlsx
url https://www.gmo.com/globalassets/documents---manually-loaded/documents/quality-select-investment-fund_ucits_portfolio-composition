--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re18a3db713114cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07bf6b55cdf24294b19c441292f24990.psmdcp" Id="Rc9d376a53506411a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d37222f27674654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/895f0b97aa3d4766bf3c84bcce12ea31.psmdcp" Id="R915f6b32948341ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Market Cap Ranges" sheetId="5" r:id="rId5"/>
     <x:sheet name="Top Equity Holdings" sheetId="6" r:id="rId6"/>
     <x:sheet name="Characteristics" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <x:si>
     <x:t>Risk Profile - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/29/2023 to 09/30/2025</x:t>
+    <x:t>From 09/29/2023 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -178,51 +178,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
@@ -253,171 +253,171 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (149.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (48.6 To 149.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Apple Inc</x:t>
-[...5 lines deleted...]
-    <x:t>Lam Research Corp</x:t>
+    <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
-    <x:t>Oracle Corp</x:t>
+    <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Abbott Laboratories</x:t>
   </x:si>
   <x:si>
-    <x:t>Thermo Fisher Scientific Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>24.2x</x:t>
-[...2 lines deleted...]
-    <x:t>23.8x</x:t>
+    <x:t>23.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>26.8%</x:t>
-[...2 lines deleted...]
-    <x:t>22.1%</x:t>
+    <x:t>27.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.2%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.4%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.6%</x:t>
+    <x:t>1.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Free Cash Flow Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>3.3%</x:t>
   </x:si>
   <x:si>
     <x:t>3.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>271.2 USD</x:t>
-[...2 lines deleted...]
-    <x:t>166.9 USD</x:t>
+    <x:t>280.1 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176.7 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3x</x:t>
+    <x:t>0.1x</x:t>
   </x:si>
   <x:si>
     <x:t>0.4x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -802,98 +802,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.06</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.89</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.68</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.73</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>10.94</x:v>
+        <x:v>10.76</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>11.23</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -948,87 +948,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>15.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>78.9</x:v>
+        <x:v>77.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>72.4</x:v>
+        <x:v>72.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1053,153 +1053,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>24.6</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>40.3</x:v>
+        <x:v>39.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.4</x:v>
+        <x:v>28.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
@@ -1251,75 +1251,75 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>83.2</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1342,150 +1342,150 @@
       <x:c r="A1" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1568,54 +1568,54 @@
         <x:v>78</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>1295</x:v>
+        <x:v>1296</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">