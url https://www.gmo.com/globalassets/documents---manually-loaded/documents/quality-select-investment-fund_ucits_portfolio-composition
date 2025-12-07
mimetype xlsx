--- v2 (2025-11-17)
+++ v3 (2025-12-07)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d37222f27674654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/895f0b97aa3d4766bf3c84bcce12ea31.psmdcp" Id="R915f6b32948341ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c5ea217ab1d4e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8543f9b629be416aa9b40be4ea464248.psmdcp" Id="Ref7ba6bee99a4c4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Market Cap Ranges" sheetId="5" r:id="rId5"/>
     <x:sheet name="Top Equity Holdings" sheetId="6" r:id="rId6"/>
     <x:sheet name="Characteristics" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <x:si>
     <x:t>Risk Profile - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/29/2023 to 10/31/2025</x:t>
+    <x:t>From 09/29/2023 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -802,98 +802,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.73</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.89</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.83</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.78</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.78</x:v>
+        <x:v>1.73</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>10.76</x:v>
+        <x:v>10.55</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>11</x:v>
+        <x:v>10.84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>