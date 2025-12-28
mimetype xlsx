--- v3 (2025-12-07)
+++ v4 (2025-12-28)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c5ea217ab1d4e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8543f9b629be416aa9b40be4ea464248.psmdcp" Id="Ref7ba6bee99a4c4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree95187cd79b4a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c230a84495584eaf9694375fea35a133.psmdcp" Id="Ra4f349d5f6174454" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Market Cap Ranges" sheetId="5" r:id="rId5"/>
     <x:sheet name="Top Equity Holdings" sheetId="6" r:id="rId6"/>
     <x:sheet name="Characteristics" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
   <x:si>
     <x:t>Risk Profile - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>From 09/29/2023 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
@@ -178,51 +178,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
@@ -253,162 +253,159 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (149.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Apple Inc</x:t>
+    <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Meta Platforms Inc</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Abbott Laboratories</x:t>
+    <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.4x</x:t>
-[...2 lines deleted...]
-    <x:t>25.1x</x:t>
+    <x:t>24.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>27.1%</x:t>
-[...2 lines deleted...]
-    <x:t>22.2%</x:t>
+    <x:t>27.0%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.7%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4%</x:t>
-[...2 lines deleted...]
-    <x:t>1.5%</x:t>
+    <x:t>1.3%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Free Cash Flow Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>3.3%</x:t>
   </x:si>
   <x:si>
     <x:t>3.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>280.1 USD</x:t>
-[...2 lines deleted...]
-    <x:t>176.7 USD</x:t>
+    <x:t>275.0 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.1x</x:t>
   </x:si>
   <x:si>
     <x:t>0.4x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
@@ -948,87 +945,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>15.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>77.1</x:v>
+        <x:v>78.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>72.7</x:v>
+        <x:v>72.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1053,164 +1050,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>16.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>25</x:v>
+        <x:v>26.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>39.1</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>28.6</x:v>
+        <x:v>27.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1251,75 +1248,75 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>80</x:v>
+        <x:v>84.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1342,153 +1339,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1516,117 +1513,117 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="s">
+      <x:c r="C7" s="3" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="s">
+      <x:c r="C9" s="3" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="C10" s="3" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>1296</x:v>
+        <x:v>1293</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B12" s="3" t="s">
+      <x:c r="C12" s="3" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>