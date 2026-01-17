--- v4 (2025-12-28)
+++ v5 (2026-01-17)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree95187cd79b4a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c230a84495584eaf9694375fea35a133.psmdcp" Id="Ra4f349d5f6174454" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d840cd32c7c48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/549a5a1cba79421f946af14cae67bac8.psmdcp" Id="Rae1cf17885414723" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Market Cap Ranges" sheetId="5" r:id="rId5"/>
     <x:sheet name="Top Equity Holdings" sheetId="6" r:id="rId6"/>
     <x:sheet name="Characteristics" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <x:si>
     <x:t>Risk Profile - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/29/2023 to 11/30/2025</x:t>
+    <x:t>From 09/29/2023 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -178,51 +178,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
@@ -253,159 +253,162 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Meta Platforms Inc</x:t>
-[...2 lines deleted...]
-    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+    <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Lam Research Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
-    <x:t>Broadcom Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Abbott Laboratories</x:t>
+  </x:si>
+  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>24.2x</x:t>
+    <x:t>23.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>27.0%</x:t>
-[...2 lines deleted...]
-    <x:t>22.7%</x:t>
+    <x:t>26.4%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.3%</x:t>
   </x:si>
   <x:si>
     <x:t>1.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Free Cash Flow Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>3.3%</x:t>
   </x:si>
   <x:si>
     <x:t>3.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>275.0 USD</x:t>
-[...2 lines deleted...]
-    <x:t>176.8 USD</x:t>
+    <x:t>285.8 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176.0 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.1x</x:t>
   </x:si>
   <x:si>
     <x:t>0.4x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
@@ -832,65 +835,65 @@
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.88</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.82</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.73</x:v>
+        <x:v>1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>10.55</x:v>
+        <x:v>10.37</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>10.84</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -945,87 +948,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>16.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>78.9</x:v>
+        <x:v>77.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>72.5</x:v>
+        <x:v>71.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1050,164 +1053,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>26.4</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>37</x:v>
+        <x:v>37.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.3</x:v>
+        <x:v>27.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1248,75 +1251,75 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>84.5</x:v>
+        <x:v>81.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>12.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1339,153 +1342,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1513,117 +1516,117 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>1293</x:v>
+        <x:v>1290</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>