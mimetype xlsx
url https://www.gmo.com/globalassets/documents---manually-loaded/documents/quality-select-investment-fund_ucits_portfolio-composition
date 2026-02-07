--- v5 (2026-01-17)
+++ v6 (2026-02-07)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d840cd32c7c48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/549a5a1cba79421f946af14cae67bac8.psmdcp" Id="Rae1cf17885414723" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R312298d208c0492e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6a5c6fcb74b344cc86cbe00b3ee4242c.psmdcp" Id="R1077db2a25c549e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Market Cap Ranges" sheetId="5" r:id="rId5"/>
     <x:sheet name="Top Equity Holdings" sheetId="6" r:id="rId6"/>
     <x:sheet name="Characteristics" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <x:si>
     <x:t>Risk Profile - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/29/2023 to 12/31/2025</x:t>
+    <x:t>From 09/29/2023 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -802,98 +802,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>3.01</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.88</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.82</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.84</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.71</x:v>
+        <x:v>1.77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>10.37</x:v>
+        <x:v>10.19</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>10.66</x:v>
+        <x:v>10.47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>