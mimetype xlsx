--- v6 (2026-02-07)
+++ v7 (2026-02-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R312298d208c0492e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6a5c6fcb74b344cc86cbe00b3ee4242c.psmdcp" Id="R1077db2a25c549e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R913ab09d29a84f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7309107e64e84fbfa8a4043aad150cac.psmdcp" Id="Rf0a4fe1f04874f87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Market Cap Ranges" sheetId="5" r:id="rId5"/>
     <x:sheet name="Top Equity Holdings" sheetId="6" r:id="rId6"/>
     <x:sheet name="Characteristics" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <x:si>
     <x:t>Risk Profile - Quality Select Investment Fund</x:t>
@@ -178,51 +178,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
@@ -253,174 +253,174 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Johnson &amp; Johnson</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Abbott Laboratories</x:t>
+    <x:t>Coca-Cola Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.3x</x:t>
-[...2 lines deleted...]
-    <x:t>23.6x</x:t>
+    <x:t>23.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>26.4%</x:t>
-[...2 lines deleted...]
-    <x:t>22.1%</x:t>
+    <x:t>25.8%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.8%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.3%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.6%</x:t>
+    <x:t>1.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Free Cash Flow Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>3.3%</x:t>
+    <x:t>3.4%</x:t>
   </x:si>
   <x:si>
     <x:t>3.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>285.8 USD</x:t>
-[...2 lines deleted...]
-    <x:t>176.0 USD</x:t>
+    <x:t>289.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.1x</x:t>
   </x:si>
   <x:si>
-    <x:t>0.4x</x:t>
+    <x:t>0.5x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -948,87 +948,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>77.6</x:v>
+        <x:v>77.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>71.9</x:v>
+        <x:v>71.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1053,142 +1053,142 @@
       <x:c r="A1" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>25.8</x:v>
+        <x:v>25.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>37.1</x:v>
+        <x:v>36.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>26.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
@@ -1251,75 +1251,75 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>81.8</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1342,153 +1342,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1568,51 +1568,51 @@
         <x:v>78</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>1290</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>