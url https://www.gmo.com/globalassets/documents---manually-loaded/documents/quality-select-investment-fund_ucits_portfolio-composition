--- v7 (2026-02-27)
+++ v8 (2026-03-20)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R913ab09d29a84f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7309107e64e84fbfa8a4043aad150cac.psmdcp" Id="Rf0a4fe1f04874f87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reed83ca6297e4d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ac059db390a94f978052c70f202b759e.psmdcp" Id="Ra33830194817472f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Market Cap Ranges" sheetId="5" r:id="rId5"/>
     <x:sheet name="Top Equity Holdings" sheetId="6" r:id="rId6"/>
     <x:sheet name="Characteristics" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <x:si>
     <x:t>Risk Profile - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/29/2023 to 01/31/2026</x:t>
+    <x:t>From 09/29/2023 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -178,51 +178,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
@@ -253,174 +253,174 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Coca-Cola Co/The</x:t>
+    <x:t>Unilever PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Quality Select Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.4x</x:t>
-[...2 lines deleted...]
-    <x:t>23.7x</x:t>
+    <x:t>21.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>25.8%</x:t>
-[...2 lines deleted...]
-    <x:t>21.8%</x:t>
+    <x:t>25.7%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.3%</x:t>
   </x:si>
   <x:si>
     <x:t>1.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Free Cash Flow Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>3.4%</x:t>
+    <x:t>3.5%</x:t>
   </x:si>
   <x:si>
     <x:t>3.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>289.9 USD</x:t>
-[...2 lines deleted...]
-    <x:t>179.9 USD</x:t>
+    <x:t>294.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172.0 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>0.1x</x:t>
-[...2 lines deleted...]
-    <x:t>0.5x</x:t>
+    <x:t>0.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.6x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -802,98 +802,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.88</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.86</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.77</x:v>
+        <x:v>1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>10.19</x:v>
+        <x:v>10.16</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>10.47</x:v>
+        <x:v>10.31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -948,87 +948,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>12.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>77.8</x:v>
+        <x:v>77.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>71.2</x:v>
+        <x:v>70.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1053,164 +1053,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>25.5</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>12.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>36.8</x:v>
+        <x:v>35.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>26.2</x:v>
+        <x:v>25.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1251,75 +1251,75 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>81</x:v>
+        <x:v>79.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>12.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1342,139 +1342,139 @@
       <x:c r="A1" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -1568,54 +1568,54 @@
         <x:v>78</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>1290</x:v>
+        <x:v>1288</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">