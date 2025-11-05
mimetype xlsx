--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -4,51 +4,51 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ff378ff9e194016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/923235e8bc864aa288de74965937ee95.psmdcp" Id="R2bc0f9301b6a463d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a6709dce18449c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ac463c48c614508b1396e7948d7f773.psmdcp" Id="Rf56d195014664e8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="GBP Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="NOK Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class D_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="NOK Class DH_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="NOK Class A_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class D_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="NOK Class DH_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="NOK Class A_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class D_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="NOK Class DH_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>