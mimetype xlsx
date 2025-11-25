--- v1 (2025-11-05)
+++ v2 (2025-11-25)
@@ -4,102 +4,105 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a6709dce18449c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ac463c48c614508b1396e7948d7f773.psmdcp" Id="Rf56d195014664e8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a5338f49738431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b3df2ceb22174b57a606b97d567bfa46.psmdcp" Id="R643121dd888c44ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="GBP Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="NOK Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class D_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="NOK Class DH_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="NOK Class A_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class D_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="NOK Class DH_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="NOK Class A_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class D_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="NOK Class DH_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="103">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="113">
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (EUR,%)</x:t>
+    <x:t>As of 10/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/06/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
@@ -128,50 +131,53 @@
   <x:si>
     <x:t>05/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>02/29/2024</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2023</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
@@ -194,201 +200,225 @@
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | GBP Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (GBP,%)</x:t>
+    <x:t>As of 10/31/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | NOK Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (NOK,%)</x:t>
+    <x:t>As of 10/31/2025 (NOK,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/20/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | USD Class D</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (USD,%)</x:t>
+    <x:t>As of 10/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | NOK Class DH</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/13/2023</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World (in Local) +</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder. The GMO share class represented utilized</x:t>
   </x:si>
   <x:si>
     <x:t>NAV based hedging prior to switching the look-through hedging on 6/11/2025. Therefore, the MSCI World (in Local) + index return consists of MSCI World (in USD) from inception through</x:t>
   </x:si>
   <x:si>
     <x:t>6/11/2025 and the MSCI World (in Local) thereafter.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (EUR,%)</x:t>
+    <x:t>Month-End as of 10/31/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quality Select Investment Fund A EUR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/06/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 10/31/2025 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quality Select Investment Fund A GBP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 10/31/2025 (NOK,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in NOK as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quality Select Investment Fund A NOK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in NOK as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quality Select Investment Fund D USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quality Select Investment Fund DH NOK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
-[...2 lines deleted...]
-    <x:t>Month-End as of 09/30/2025 (GBP,%)</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in GBP as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Quality Select Investment Fund A GBP</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in GBP as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (NOK,%)</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (NOK,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in NOK as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Quality Select Investment Fund A NOK</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in NOK as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Quality Select Investment Fund D USD</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -729,5935 +759,6075 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D59"/>
+  <x:dimension ref="A1:D61"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>2.82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>3.88</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>6.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-8.97</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-8.92</x:v>
+        <x:v>-4.78</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-8.01</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-8.97</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-8.92</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-8.01</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>3.13</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
+        <x:v>0.52</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
         <x:v>1</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>3.35</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-2.72</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>5.96</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
+        <x:v>-0.15</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>-2.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:4">
+      <x:c r="A31" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
-      <x:c r="C30" s="4" t="n">
+      <x:c r="C31" s="4" t="n">
         <x:v>-3.16</x:v>
       </x:c>
-      <x:c r="D30" s="4" t="n">
+      <x:c r="D31" s="4" t="n">
         <x:v>-2.25</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="33" spans="1:4">
-      <x:c r="A33" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A33" s="2" t="s"/>
+      <x:c r="B33" s="3" t="s"/>
+      <x:c r="C33" s="3" t="s"/>
+      <x:c r="D33" s="3" t="s"/>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-5.86</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>-5.86</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>13.34</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>11.33</x:v>
+        <x:v>2.14</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
+        <x:v>5.69</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>5.85</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>3.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:4">
+      <x:c r="A41" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>13.34</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>13.5</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>11.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
-      <x:c r="C40" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>-3.16</x:v>
       </x:c>
-      <x:c r="D40" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>-2.25</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="44" spans="1:4">
-      <x:c r="A44" s="2" t="n">
+      <x:c r="A44" s="2" t="s"/>
+      <x:c r="B44" s="3" t="s"/>
+      <x:c r="C44" s="3" t="s"/>
+      <x:c r="D44" s="3" t="s"/>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>4.69</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>5.19</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>7.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B44" s="4" t="n">
+      <x:c r="B46" s="4" t="n">
         <x:v>28.28</x:v>
       </x:c>
-      <x:c r="C44" s="4" t="n">
+      <x:c r="C46" s="4" t="n">
         <x:v>29.01</x:v>
       </x:c>
-      <x:c r="D44" s="4" t="n">
+      <x:c r="D46" s="4" t="n">
         <x:v>26.6</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
-      <x:c r="A53" s="2" t="s">
+      <x:c r="A53" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="1" t="s">
+      <x:c r="A55" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
-      <x:c r="A56" s="1" t="s">
+      <x:c r="A56" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
-      <x:c r="A58" s="2" t="s">
+      <x:c r="A58" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="1" t="s">
         <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="1" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>12.32</x:v>
+        <x:v>16.12</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>16.86</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>19.1</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.26</x:v>
+        <x:v>20.27</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>17.07</x:v>
+        <x:v>22.51</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-4.94</x:v>
+        <x:v>-4.15</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-7.13</x:v>
+        <x:v>-5.65</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3.43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>12.72</x:v>
+        <x:v>16.58</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>10.47</x:v>
+        <x:v>17.42</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>19.68</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>17.26</x:v>
+        <x:v>20.27</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>17.07</x:v>
+        <x:v>22.51</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-6.61</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.840625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.27</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-0.26</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4.98</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>14.71</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>11.37</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-1.89</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-3.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-6.39</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0.17</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>5.58</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>15.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>11.37</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-3.33</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-5.79</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-0.58</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-0.56</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.87</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4.73</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>5.77</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>3.17</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>11.07</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>13.85</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-6.34</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-5.25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.02</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-0.48</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>5.33</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>5.77</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>3.17</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>11.07</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>13.85</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-3.64</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-5.74</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.010625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.94</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>13.09</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>10.85</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-2.33</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-4.35</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-6.4</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-1.77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.07</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>13.49</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>11.38</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-3.94</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-5.87</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.27</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>12.32</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>9.94</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>17.26</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.07</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-4.94</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-7.13</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>12.72</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>10.47</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>17.26</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.07</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-4.54</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-6.61</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-2.12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D25"/>
+  <x:dimension ref="A1:D27"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="4.940625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>5.55</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>4.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:4">
+      <x:c r="A8" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
-      <x:c r="C7" s="4" t="n">
+      <x:c r="C8" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
-      <x:c r="D7" s="4" t="n">
+      <x:c r="D8" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="10" spans="1:4">
-      <x:c r="A10" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B10" s="4" t="n">
+      <x:c r="A10" s="2" t="s"/>
+      <x:c r="B10" s="3" t="s"/>
+      <x:c r="C10" s="3" t="s"/>
+      <x:c r="D10" s="3" t="s"/>
+    </x:row>
+    <x:row r="11" spans="1:4">
+      <x:c r="A11" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>5.55</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>4.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:4">
+      <x:c r="A12" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
-      <x:c r="C10" s="4" t="n">
+      <x:c r="C12" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
-      <x:c r="D10" s="4" t="n">
+      <x:c r="D12" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:4">
-[...17 lines deleted...]
-      </x:c>
+    <x:row r="14" spans="1:4">
+      <x:c r="A14" s="2" t="s"/>
+      <x:c r="B14" s="3" t="s"/>
+      <x:c r="C14" s="3" t="s"/>
+      <x:c r="D14" s="3" t="s"/>
     </x:row>
     <x:row r="15" spans="1:4">
-      <x:c r="A15" s="1" t="s">
-[...4 lines deleted...]
-      <x:c r="A16" s="1" t="s">
+      <x:c r="A15" s="2" t="s">
         <x:v>40</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>6.35</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>6.42</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>5.96</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
-      <x:c r="A19" s="2" t="s">
+      <x:c r="A19" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:4">
+      <x:c r="A20" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="21" spans="1:4">
-      <x:c r="A21" s="1" t="s">
+      <x:c r="A21" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
-      <x:c r="A22" s="1" t="s">
+      <x:c r="A22" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
-      <x:c r="A24" s="2" t="s">
+      <x:c r="A24" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="1" t="s">
         <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:4">
+      <x:c r="A26" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:4">
+      <x:c r="A27" s="1" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D45"/>
+  <x:dimension ref="A1:D47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.43</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.03</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>4.36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-11.35</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-11.3</x:v>
+        <x:v>-1.39</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-10.48</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>-11.35</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>-11.3</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-10.48</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>-1.56</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
+        <x:v>3.49</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>3.54</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:4">
+      <x:c r="A23" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
         <x:v>1.53</x:v>
       </x:c>
-      <x:c r="C22" s="4" t="n">
+      <x:c r="C23" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
-      <x:c r="D22" s="4" t="n">
+      <x:c r="D23" s="4" t="n">
         <x:v>1.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="25" spans="1:4">
-      <x:c r="A25" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A25" s="2" t="s"/>
+      <x:c r="B25" s="3" t="s"/>
+      <x:c r="C25" s="3" t="s"/>
+      <x:c r="D25" s="3" t="s"/>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>7.08</x:v>
+        <x:v>3.43</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-8.43</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-8.91</x:v>
+        <x:v>5.77</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>7.66</x:v>
+        <x:v>7.08</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-8.43</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>5.22</x:v>
+        <x:v>-8.91</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
+        <x:v>5.68</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>5.83</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>7.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:4">
+      <x:c r="A31" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>4.66</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>5.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
         <x:v>1.53</x:v>
       </x:c>
-      <x:c r="C30" s="4" t="n">
+      <x:c r="C32" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
-      <x:c r="D30" s="4" t="n">
+      <x:c r="D32" s="4" t="n">
         <x:v>1.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="34" spans="1:4">
-      <x:c r="A34" s="2" t="n">
+      <x:c r="A34" s="2" t="s"/>
+      <x:c r="B34" s="3" t="s"/>
+      <x:c r="C34" s="3" t="s"/>
+      <x:c r="D34" s="3" t="s"/>
+    </x:row>
+    <x:row r="35" spans="1:4">
+      <x:c r="A35" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>4.17</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>6.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:4">
+      <x:c r="A36" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B34" s="4" t="n">
+      <x:c r="B36" s="4" t="n">
         <x:v>12.14</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="n">
+      <x:c r="C36" s="4" t="n">
         <x:v>12.48</x:v>
       </x:c>
-      <x:c r="D34" s="4" t="n">
+      <x:c r="D36" s="4" t="n">
         <x:v>14.42</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
-      <x:c r="A39" s="2" t="s">
+      <x:c r="A39" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:4">
+      <x:c r="A40" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="41" spans="1:4">
-      <x:c r="A41" s="1" t="s">
+      <x:c r="A41" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
-      <x:c r="A42" s="1" t="s">
+      <x:c r="A42" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
-      <x:c r="A44" s="2" t="s">
+      <x:c r="A44" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="1" t="s">
         <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="1" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D56"/>
+  <x:dimension ref="A1:D58"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.21</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>2.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>5.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-2.31</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>3.53</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-2.31</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>4.59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.76</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>8.48</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
+        <x:v>-0.05</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>-0.01</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:4">
+      <x:c r="A31" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C30" s="4" t="n">
+      <x:c r="C31" s="4" t="n">
         <x:v>-4.57</x:v>
       </x:c>
-      <x:c r="D30" s="4" t="n">
+      <x:c r="D31" s="4" t="n">
         <x:v>-3.35</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="33" spans="1:4">
-      <x:c r="A33" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A33" s="2" t="s"/>
+      <x:c r="B33" s="3" t="s"/>
+      <x:c r="C33" s="3" t="s"/>
+      <x:c r="D33" s="3" t="s"/>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>8.78</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>8.78</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>5.03</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>2.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:4">
+      <x:c r="A41" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>10.81</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>10.94</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C40" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>-4.57</x:v>
       </x:c>
-      <x:c r="D40" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>-3.35</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="44" spans="1:4">
-      <x:c r="A44" s="2" t="n">
+      <x:c r="A44" s="2" t="s"/>
+      <x:c r="B44" s="3" t="s"/>
+      <x:c r="C44" s="3" t="s"/>
+      <x:c r="D44" s="3" t="s"/>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>16.58</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>17.04</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>19.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B44" s="4" t="n">
+      <x:c r="B46" s="4" t="n">
         <x:v>20.5</x:v>
       </x:c>
-      <x:c r="C44" s="4" t="n">
+      <x:c r="C46" s="4" t="n">
         <x:v>21.08</x:v>
       </x:c>
-      <x:c r="D44" s="4" t="n">
+      <x:c r="D46" s="4" t="n">
         <x:v>18.67</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
-      <x:c r="A50" s="2" t="s">
+      <x:c r="A50" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="52" spans="1:4">
-      <x:c r="A52" s="1" t="s">
+      <x:c r="A52" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
-      <x:c r="A53" s="1" t="s">
+      <x:c r="A53" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="2" t="s">
+      <x:c r="A55" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="1" t="s">
         <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="1" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D58"/>
+  <x:dimension ref="A1:D60"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="21.670625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>3.43</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>5.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>3.53</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>4.59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.76</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>8.31</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
+        <x:v>-0.16</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>-0.12</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:4">
+      <x:c r="A31" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
         <x:v>-4.41</x:v>
       </x:c>
-      <x:c r="C30" s="4" t="n">
+      <x:c r="C31" s="4" t="n">
         <x:v>-4.38</x:v>
       </x:c>
-      <x:c r="D30" s="4" t="n">
+      <x:c r="D31" s="4" t="n">
         <x:v>-3.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="33" spans="1:4">
-      <x:c r="A33" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A33" s="2" t="s"/>
+      <x:c r="B33" s="3" t="s"/>
+      <x:c r="C33" s="3" t="s"/>
+      <x:c r="D33" s="3" t="s"/>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>7.72</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>11.07</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>10.62</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
+        <x:v>4.71</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>4.84</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>2.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:4">
+      <x:c r="A41" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>10.62</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>10.75</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
         <x:v>-4.41</x:v>
       </x:c>
-      <x:c r="C40" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>-4.38</x:v>
       </x:c>
-      <x:c r="D40" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>-3.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="44" spans="1:4">
-      <x:c r="A44" s="2" t="n">
+      <x:c r="A44" s="2" t="s"/>
+      <x:c r="B44" s="3" t="s"/>
+      <x:c r="C44" s="3" t="s"/>
+      <x:c r="D44" s="3" t="s"/>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>16.12</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>16.58</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>20.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B44" s="4" t="n">
+      <x:c r="B46" s="4" t="n">
         <x:v>19.51</x:v>
       </x:c>
-      <x:c r="C44" s="4" t="n">
+      <x:c r="C46" s="4" t="n">
         <x:v>20.09</x:v>
       </x:c>
-      <x:c r="D44" s="4" t="n">
+      <x:c r="D46" s="4" t="n">
         <x:v>18.67</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
-      <x:c r="A50" s="2" t="s">
+      <x:c r="A50" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="1" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
-      <x:c r="A54" s="1" t="s">
-        <x:v>46</x:v>
+      <x:c r="A54" s="2" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="1" t="s">
-        <x:v>47</x:v>
+      <x:c r="A55" s="2" t="s">
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="2" t="s">
+      <x:c r="A57" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="1" t="s">
         <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="1" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.840625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>10.68</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>14.71</x:v>
+        <x:v>16.69</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>11.37</x:v>
+        <x:v>14.77</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>16.35</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-3.75</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>15.37</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>11.37</x:v>
+        <x:v>14.77</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>16.35</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-5.79</x:v>
+        <x:v>-3.46</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>6.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>5.96</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>5.96</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>8.03</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>11.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>11.91</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>13.85</x:v>
+        <x:v>15.76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>-3.88</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>-4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>8.64</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>12.32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>11.91</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>13.85</x:v>
+        <x:v>15.76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-3.64</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-4.63</x:v>
+        <x:v>-3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.010625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>13.09</x:v>
+        <x:v>16.58</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>10.85</x:v>
+        <x:v>17.45</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>19.93</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.43</x:v>
+        <x:v>19.78</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>17.25</x:v>
+        <x:v>22.02</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.49</x:v>
+        <x:v>17.04</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>18.01</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>20.51</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>17.43</x:v>
+        <x:v>19.78</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>17.25</x:v>
+        <x:v>22.02</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-5.87</x:v>
+        <x:v>-4.01</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>