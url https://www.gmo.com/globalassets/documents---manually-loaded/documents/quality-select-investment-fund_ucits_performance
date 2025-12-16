--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -4,102 +4,105 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a5338f49738431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b3df2ceb22174b57a606b97d567bfa46.psmdcp" Id="R643121dd888c44ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R527af5b452124733" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32de30a9c4f8481d85a68a2ba8c85fb7.psmdcp" Id="R0f99750e1ae5404f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="GBP Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="NOK Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class D_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="NOK Class DH_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="NOK Class A_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class D_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="NOK Class DH_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="NOK Class A_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class D_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="NOK Class DH_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="113">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="114">
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (EUR,%)</x:t>
+    <x:t>As of 11/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/06/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
@@ -200,183 +203,183 @@
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | GBP Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (GBP,%)</x:t>
+    <x:t>As of 11/30/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | NOK Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (NOK,%)</x:t>
+    <x:t>As of 11/30/2025 (NOK,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/20/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | USD Class D</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (USD,%)</x:t>
+    <x:t>As of 11/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | NOK Class DH</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/13/2023</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World (in Local) +</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder. The GMO share class represented utilized</x:t>
   </x:si>
   <x:si>
     <x:t>NAV based hedging prior to switching the look-through hedging on 6/11/2025. Therefore, the MSCI World (in Local) + index return consists of MSCI World (in USD) from inception through</x:t>
   </x:si>
   <x:si>
     <x:t>6/11/2025 and the MSCI World (in Local) thereafter.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (EUR,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 10/31/2025</x:t>
+    <x:t>Month-End as of 11/30/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund A EUR</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2023</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (GBP,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in GBP as of 10/31/2025</x:t>
+    <x:t>Month-End as of 11/30/2025 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund A GBP</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in GBP as of 10/31/2025</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in NOK as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 11/30/2025 (NOK,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in NOK as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund A NOK</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in NOK as of 10/31/2025</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in NOK as of 11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund D USD</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund DH NOK</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in GBP as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in GBP as of 09/30/2025</x:t>
   </x:si>
@@ -759,6075 +762,6145 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D61"/>
+  <x:dimension ref="A1:D62"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>2.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>3.88</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>6.06</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-8.97</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-8.92</x:v>
+        <x:v>-4.78</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-8.01</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-8.97</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-8.92</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-8.01</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>3.13</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
+        <x:v>0.52</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
         <x:v>1</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>3.35</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-2.72</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>5.96</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
+        <x:v>-0.15</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>-2.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
-      <x:c r="C31" s="4" t="n">
+      <x:c r="C32" s="4" t="n">
         <x:v>-3.16</x:v>
       </x:c>
-      <x:c r="D31" s="4" t="n">
+      <x:c r="D32" s="4" t="n">
         <x:v>-2.25</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="34" spans="1:4">
-      <x:c r="A34" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A34" s="2" t="s"/>
+      <x:c r="B34" s="3" t="s"/>
+      <x:c r="C34" s="3" t="s"/>
+      <x:c r="D34" s="3" t="s"/>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-5.86</x:v>
+        <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>-5.86</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>2.14</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>13.34</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>11.33</x:v>
+        <x:v>3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
+        <x:v>13.34</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>13.5</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>11.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C43" s="4" t="n">
         <x:v>-3.16</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D43" s="4" t="n">
         <x:v>-2.25</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="45" spans="1:4">
-      <x:c r="A45" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A45" s="2" t="s"/>
+      <x:c r="B45" s="3" t="s"/>
+      <x:c r="C45" s="3" t="s"/>
+      <x:c r="D45" s="3" t="s"/>
     </x:row>
     <x:row r="46" spans="1:4">
-      <x:c r="A46" s="2" t="n">
+      <x:c r="A46" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>6.38</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>6.94</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>7.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B46" s="4" t="n">
+      <x:c r="B47" s="4" t="n">
         <x:v>28.28</x:v>
       </x:c>
-      <x:c r="C46" s="4" t="n">
+      <x:c r="C47" s="4" t="n">
         <x:v>29.01</x:v>
       </x:c>
-      <x:c r="D46" s="4" t="n">
+      <x:c r="D47" s="4" t="n">
         <x:v>26.6</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="2" t="s">
-        <x:v>46</x:v>
+      <x:c r="A55" s="1" t="s">
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="1" t="s">
+      <x:c r="A57" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
-      <x:c r="A60" s="2" t="s">
+      <x:c r="A60" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
-      <x:c r="A61" s="1" t="s">
+      <x:c r="A61" s="2" t="s">
         <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="1" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>16.12</x:v>
+        <x:v>18.71</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.86</x:v>
+        <x:v>15.83</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.57</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.51</x:v>
+        <x:v>17.43</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>22.29</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-4.15</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-5.65</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>16.58</x:v>
+        <x:v>19.22</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>17.42</x:v>
+        <x:v>16.38</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>20.72</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.57</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>22.51</x:v>
+        <x:v>17.43</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>22.29</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.840625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.27</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-0.26</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4.98</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>14.71</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>11.37</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-1.89</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-3.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-6.39</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0.17</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>5.58</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>15.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>11.37</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-3.33</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-5.79</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-0.58</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-0.56</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.87</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4.73</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>5.77</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>3.17</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>11.07</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>13.85</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-6.34</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-5.25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.02</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-0.48</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>5.33</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>5.77</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>3.17</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>11.07</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>13.85</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-3.64</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-5.74</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.010625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.94</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>13.09</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>10.85</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-2.33</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-4.35</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-6.4</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-1.77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.07</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>13.49</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>11.38</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>17.43</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.25</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-3.94</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-5.87</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.27</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>12.32</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>9.94</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>17.26</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.07</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-2.23</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-4.94</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-7.13</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>12.72</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>10.47</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>17.26</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.07</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-4.54</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-6.61</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-2.12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D27"/>
+  <x:dimension ref="A1:D28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="4.940625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>5.55</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>4.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:4">
+      <x:c r="A9" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
-      <x:c r="C8" s="4" t="n">
+      <x:c r="C9" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
-      <x:c r="D8" s="4" t="n">
+      <x:c r="D9" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="11" spans="1:4">
-      <x:c r="A11" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A11" s="2" t="s"/>
+      <x:c r="B11" s="3" t="s"/>
+      <x:c r="C11" s="3" t="s"/>
+      <x:c r="D11" s="3" t="s"/>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
+        <x:v>7.09</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>7.19</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>3.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:4">
+      <x:c r="A13" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
-      <x:c r="C12" s="4" t="n">
+      <x:c r="C13" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
-      <x:c r="D12" s="4" t="n">
+      <x:c r="D13" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="15" spans="1:4">
-      <x:c r="A15" s="2" t="s">
-[...13 lines deleted...]
-      <x:c r="A17" s="1" t="s">
+      <x:c r="A15" s="2" t="s"/>
+      <x:c r="B15" s="3" t="s"/>
+      <x:c r="C15" s="3" t="s"/>
+      <x:c r="D15" s="3" t="s"/>
+    </x:row>
+    <x:row r="16" spans="1:4">
+      <x:c r="A16" s="2" t="s">
         <x:v>41</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>7.95</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>8.07</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
-      <x:c r="A21" s="2" t="s">
-        <x:v>46</x:v>
+      <x:c r="A21" s="1" t="s">
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
-      <x:c r="A23" s="1" t="s">
+      <x:c r="A23" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
-      <x:c r="A26" s="2" t="s">
+      <x:c r="A26" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
-      <x:c r="A27" s="1" t="s">
+      <x:c r="A27" s="2" t="s">
         <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:4">
+      <x:c r="A28" s="1" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D47"/>
+  <x:dimension ref="A1:D48"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.43</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.03</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>4.36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-11.35</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-11.3</x:v>
+        <x:v>-1.39</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-10.48</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>-11.35</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>-11.3</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-10.48</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>-1.56</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
+        <x:v>3.49</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>3.54</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:4">
+      <x:c r="A24" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
         <x:v>1.53</x:v>
       </x:c>
-      <x:c r="C23" s="4" t="n">
+      <x:c r="C24" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
-      <x:c r="D23" s="4" t="n">
+      <x:c r="D24" s="4" t="n">
         <x:v>1.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="26" spans="1:4">
-      <x:c r="A26" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A26" s="2" t="s"/>
+      <x:c r="B26" s="3" t="s"/>
+      <x:c r="C26" s="3" t="s"/>
+      <x:c r="D26" s="3" t="s"/>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>7.08</x:v>
+        <x:v>5.77</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-8.43</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-8.91</x:v>
+        <x:v>7.08</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>-8.43</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>7.66</x:v>
+        <x:v>-8.91</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>5.22</x:v>
+        <x:v>7.66</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>4.66</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>5.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:4">
+      <x:c r="A33" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
         <x:v>1.53</x:v>
       </x:c>
-      <x:c r="C32" s="4" t="n">
+      <x:c r="C33" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
-      <x:c r="D32" s="4" t="n">
+      <x:c r="D33" s="4" t="n">
         <x:v>1.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="35" spans="1:4">
-      <x:c r="A35" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A35" s="2" t="s"/>
+      <x:c r="B35" s="3" t="s"/>
+      <x:c r="C35" s="3" t="s"/>
+      <x:c r="D35" s="3" t="s"/>
     </x:row>
     <x:row r="36" spans="1:4">
-      <x:c r="A36" s="2" t="n">
+      <x:c r="A36" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>5.93</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>6.49</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>6.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:4">
+      <x:c r="A37" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B36" s="4" t="n">
+      <x:c r="B37" s="4" t="n">
         <x:v>12.14</x:v>
       </x:c>
-      <x:c r="C36" s="4" t="n">
+      <x:c r="C37" s="4" t="n">
         <x:v>12.48</x:v>
       </x:c>
-      <x:c r="D36" s="4" t="n">
+      <x:c r="D37" s="4" t="n">
         <x:v>14.42</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
-      <x:c r="A41" s="2" t="s">
-        <x:v>46</x:v>
+      <x:c r="A41" s="1" t="s">
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
-      <x:c r="A43" s="1" t="s">
+      <x:c r="A43" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
-      <x:c r="A46" s="2" t="s">
+      <x:c r="A46" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
-      <x:c r="A47" s="1" t="s">
+      <x:c r="A47" s="2" t="s">
         <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="1" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D58"/>
+  <x:dimension ref="A1:D59"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.21</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>2.61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>5.92</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.31</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>3.53</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-2.31</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>4.59</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.76</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>8.48</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
+        <x:v>-0.05</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>-0.01</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C31" s="4" t="n">
+      <x:c r="C32" s="4" t="n">
         <x:v>-4.57</x:v>
       </x:c>
-      <x:c r="D31" s="4" t="n">
+      <x:c r="D32" s="4" t="n">
         <x:v>-3.35</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="34" spans="1:4">
-      <x:c r="A34" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A34" s="2" t="s"/>
+      <x:c r="B34" s="3" t="s"/>
+      <x:c r="C34" s="3" t="s"/>
+      <x:c r="D34" s="3" t="s"/>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>8.78</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>8.78</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>2.66</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
+        <x:v>10.81</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>10.94</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C43" s="4" t="n">
         <x:v>-4.57</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D43" s="4" t="n">
         <x:v>-3.35</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="45" spans="1:4">
-      <x:c r="A45" s="2" t="s">
-[...8 lines deleted...]
-      <x:c r="D45" s="4" t="n">
+      <x:c r="A45" s="2" t="s"/>
+      <x:c r="B45" s="3" t="s"/>
+      <x:c r="C45" s="3" t="s"/>
+      <x:c r="D45" s="3" t="s"/>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>19.26</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
         <x:v>19.78</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A46" s="2" t="n">
+      <x:c r="D46" s="4" t="n">
+        <x:v>20.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B46" s="4" t="n">
+      <x:c r="B47" s="4" t="n">
         <x:v>20.5</x:v>
       </x:c>
-      <x:c r="C46" s="4" t="n">
+      <x:c r="C47" s="4" t="n">
         <x:v>21.08</x:v>
       </x:c>
-      <x:c r="D46" s="4" t="n">
+      <x:c r="D47" s="4" t="n">
         <x:v>18.67</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
-      <x:c r="A52" s="2" t="s">
-        <x:v>46</x:v>
+      <x:c r="A52" s="1" t="s">
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
-      <x:c r="A54" s="1" t="s">
+      <x:c r="A54" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="2" t="s">
+      <x:c r="A57" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
-      <x:c r="A58" s="1" t="s">
+      <x:c r="A58" s="2" t="s">
         <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="1" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D60"/>
+  <x:dimension ref="A1:D61"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="21.670625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>3.43</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>5.92</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>3.53</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>4.59</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.76</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>8.31</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
+        <x:v>-0.16</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>-0.12</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
         <x:v>-4.41</x:v>
       </x:c>
-      <x:c r="C31" s="4" t="n">
+      <x:c r="C32" s="4" t="n">
         <x:v>-4.38</x:v>
       </x:c>
-      <x:c r="D31" s="4" t="n">
+      <x:c r="D32" s="4" t="n">
         <x:v>-3.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="34" spans="1:4">
-      <x:c r="A34" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A34" s="2" t="s"/>
+      <x:c r="B34" s="3" t="s"/>
+      <x:c r="C34" s="3" t="s"/>
+      <x:c r="D34" s="3" t="s"/>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>2.82</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>7.72</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>11.07</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>10.62</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>2.66</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
+        <x:v>10.62</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>10.75</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
         <x:v>-4.41</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C43" s="4" t="n">
         <x:v>-4.38</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D43" s="4" t="n">
         <x:v>-3.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="45" spans="1:4">
-      <x:c r="A45" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A45" s="2" t="s"/>
+      <x:c r="B45" s="3" t="s"/>
+      <x:c r="C45" s="3" t="s"/>
+      <x:c r="D45" s="3" t="s"/>
     </x:row>
     <x:row r="46" spans="1:4">
-      <x:c r="A46" s="2" t="n">
+      <x:c r="A46" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>18.71</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>19.22</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>20.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B46" s="4" t="n">
+      <x:c r="B47" s="4" t="n">
         <x:v>19.51</x:v>
       </x:c>
-      <x:c r="C46" s="4" t="n">
+      <x:c r="C47" s="4" t="n">
         <x:v>20.09</x:v>
       </x:c>
-      <x:c r="D46" s="4" t="n">
+      <x:c r="D47" s="4" t="n">
         <x:v>18.67</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
-      <x:c r="A52" s="2" t="s">
-        <x:v>46</x:v>
+      <x:c r="A52" s="1" t="s">
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
-      <x:c r="A56" s="1" t="s">
-        <x:v>48</x:v>
+      <x:c r="A56" s="2" t="s">
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
-      <x:c r="A59" s="2" t="s">
+      <x:c r="A59" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
-      <x:c r="A60" s="1" t="s">
+      <x:c r="A60" s="2" t="s">
         <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="1" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.840625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>10.68</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>16.69</x:v>
+        <x:v>16.87</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.77</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>17.36</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.77</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-3.46</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>6.35</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>6.35</x:v>
+        <x:v>7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>8.07</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.68</x:v>
+        <x:v>12.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>11.91</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>15.76</x:v>
+        <x:v>14.99</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-3.88</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-4.08</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>8.64</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.32</x:v>
+        <x:v>13.29</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>11.91</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>15.76</x:v>
+        <x:v>14.99</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-3.44</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.010625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>16.58</x:v>
+        <x:v>19.26</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>17.45</x:v>
+        <x:v>16.46</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>21.88</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>17.04</x:v>
+        <x:v>19.78</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>18.01</x:v>
+        <x:v>17.01</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.12</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>22.02</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>21.88</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-4.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>