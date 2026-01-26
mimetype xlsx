--- v3 (2025-12-16)
+++ v4 (2026-01-26)
@@ -4,102 +4,105 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R527af5b452124733" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32de30a9c4f8481d85a68a2ba8c85fb7.psmdcp" Id="R0f99750e1ae5404f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca23dceece1d4b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a13713fe431747eb8566a514f07d540c.psmdcp" Id="R34741e4736474a18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="GBP Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="NOK Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class D_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="NOK Class DH_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="NOK Class A_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class D_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="NOK Class DH_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="NOK Class A_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class D_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="NOK Class DH_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="114">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="107">
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (EUR,%)</x:t>
+    <x:t>As of 12/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/06/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
@@ -134,51 +137,51 @@
   <x:si>
     <x:t>05/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>02/29/2024</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
@@ -203,225 +206,201 @@
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | GBP Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (GBP,%)</x:t>
+    <x:t>As of 12/31/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | NOK Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (NOK,%)</x:t>
+    <x:t>As of 12/31/2025 (NOK,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/20/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | USD Class D</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (USD,%)</x:t>
+    <x:t>As of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | NOK Class DH</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/13/2023</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World (in Local) +</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder. The GMO share class represented utilized</x:t>
   </x:si>
   <x:si>
     <x:t>NAV based hedging prior to switching the look-through hedging on 6/11/2025. Therefore, the MSCI World (in Local) + index return consists of MSCI World (in USD) from inception through</x:t>
   </x:si>
   <x:si>
     <x:t>6/11/2025 and the MSCI World (in Local) thereafter.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (EUR,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund A EUR</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2023</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (GBP,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in GBP as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund A GBP</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in GBP as of 11/30/2025</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in NOK as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 12/31/2025 (NOK,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in NOK as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund A NOK</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in NOK as of 11/30/2025</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in NOK as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund D USD</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund DH NOK</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 09/30/2025 (EUR,%)</x:t>
-[...32 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (NOK,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -762,6145 +741,6215 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D62"/>
+  <x:dimension ref="A1:D63"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>2.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>3.88</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>6.06</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-8.97</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-8.92</x:v>
+        <x:v>-4.78</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-8.01</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-8.97</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-8.92</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-8.01</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>3.13</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
+        <x:v>0.52</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
         <x:v>1</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>3.35</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.72</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>5.96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
+        <x:v>-0.15</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-2.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:4">
+      <x:c r="A33" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
-      <x:c r="C32" s="4" t="n">
+      <x:c r="C33" s="4" t="n">
         <x:v>-3.16</x:v>
       </x:c>
-      <x:c r="D32" s="4" t="n">
+      <x:c r="D33" s="4" t="n">
         <x:v>-2.25</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="35" spans="1:4">
-      <x:c r="A35" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A35" s="2" t="s"/>
+      <x:c r="B35" s="3" t="s"/>
+      <x:c r="C35" s="3" t="s"/>
+      <x:c r="D35" s="3" t="s"/>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-5.86</x:v>
+        <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>-5.86</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>2.14</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>13.34</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>11.33</x:v>
+        <x:v>3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
+        <x:v>13.34</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>13.5</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>11.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:4">
+      <x:c r="A44" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
-      <x:c r="C43" s="4" t="n">
+      <x:c r="C44" s="4" t="n">
         <x:v>-3.16</x:v>
       </x:c>
-      <x:c r="D43" s="4" t="n">
+      <x:c r="D44" s="4" t="n">
         <x:v>-2.25</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="46" spans="1:4">
-      <x:c r="A46" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A46" s="2" t="s"/>
+      <x:c r="B46" s="3" t="s"/>
+      <x:c r="C46" s="3" t="s"/>
+      <x:c r="D46" s="3" t="s"/>
     </x:row>
     <x:row r="47" spans="1:4">
-      <x:c r="A47" s="2" t="n">
+      <x:c r="A47" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>6.08</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>6.69</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>6.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B47" s="4" t="n">
+      <x:c r="B48" s="4" t="n">
         <x:v>28.28</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="n">
+      <x:c r="C48" s="4" t="n">
         <x:v>29.01</x:v>
       </x:c>
-      <x:c r="D47" s="4" t="n">
+      <x:c r="D48" s="4" t="n">
         <x:v>26.6</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
-      <x:c r="A56" s="2" t="s">
-        <x:v>47</x:v>
+      <x:c r="A56" s="1" t="s">
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
-      <x:c r="A58" s="1" t="s">
+      <x:c r="A58" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
-      <x:c r="A61" s="2" t="s">
+      <x:c r="A61" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
-      <x:c r="A62" s="1" t="s">
+      <x:c r="A62" s="2" t="s">
         <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="1" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>18.71</x:v>
+        <x:v>19.71</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.83</x:v>
+        <x:v>19.71</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>20.57</x:v>
+        <x:v>21.21</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>17.43</x:v>
+        <x:v>21.21</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>21.52</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>19.22</x:v>
+        <x:v>20.28</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>16.38</x:v>
+        <x:v>20.28</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>21.1</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>20.57</x:v>
+        <x:v>21.21</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>17.43</x:v>
+        <x:v>21.21</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>21.52</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.840625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>14.71</x:v>
+        <x:v>16.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>11.37</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>16.35</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-3.75</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>15.37</x:v>
+        <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>11.37</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>16.35</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-5.79</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>7.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>7.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>12.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>13.85</x:v>
+        <x:v>14.52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>-2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>12.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>13.85</x:v>
+        <x:v>14.52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-3.64</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-4.63</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.010625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>13.09</x:v>
+        <x:v>20.43</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>10.85</x:v>
+        <x:v>20.43</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>19.93</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>17.43</x:v>
+        <x:v>21.09</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.25</x:v>
+        <x:v>21.09</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>21.7</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>13.49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>20.51</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>17.43</x:v>
+        <x:v>21.09</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>17.25</x:v>
+        <x:v>21.09</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>21.7</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-5.87</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12.32</x:v>
+        <x:v>19.71</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>19.71</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>19.1</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>17.26</x:v>
+        <x:v>21.21</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.07</x:v>
+        <x:v>21.21</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-4.94</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-7.13</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>12.72</x:v>
+        <x:v>20.28</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.47</x:v>
+        <x:v>20.28</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>19.68</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>17.26</x:v>
+        <x:v>21.21</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>17.07</x:v>
+        <x:v>21.21</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.61</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-2.12</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D28"/>
+  <x:dimension ref="A1:D29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="4.940625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>5.55</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>4.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:4">
+      <x:c r="A10" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
-      <x:c r="C9" s="4" t="n">
+      <x:c r="C10" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
-      <x:c r="D9" s="4" t="n">
+      <x:c r="D10" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="12" spans="1:4">
-      <x:c r="A12" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A12" s="2" t="s"/>
+      <x:c r="B12" s="3" t="s"/>
+      <x:c r="C12" s="3" t="s"/>
+      <x:c r="D12" s="3" t="s"/>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
+        <x:v>6.2</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>6.35</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>3.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:4">
+      <x:c r="A14" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
-      <x:c r="C13" s="4" t="n">
+      <x:c r="C14" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
-      <x:c r="D13" s="4" t="n">
+      <x:c r="D14" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="16" spans="1:4">
-      <x:c r="A16" s="2" t="s">
-[...13 lines deleted...]
-      <x:c r="A18" s="1" t="s">
+      <x:c r="A16" s="2" t="s"/>
+      <x:c r="B16" s="3" t="s"/>
+      <x:c r="C16" s="3" t="s"/>
+      <x:c r="D16" s="3" t="s"/>
+    </x:row>
+    <x:row r="17" spans="1:4">
+      <x:c r="A17" s="2" t="s">
         <x:v>42</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>7.05</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>7.22</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
-      <x:c r="A22" s="2" t="s">
-        <x:v>47</x:v>
+      <x:c r="A22" s="1" t="s">
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
-      <x:c r="A24" s="1" t="s">
+      <x:c r="A24" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
-      <x:c r="A27" s="2" t="s">
+      <x:c r="A27" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
-      <x:c r="A28" s="1" t="s">
+      <x:c r="A28" s="2" t="s">
         <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:4">
+      <x:c r="A29" s="1" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D48"/>
+  <x:dimension ref="A1:D49"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>4.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-11.35</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-11.3</x:v>
+        <x:v>-1.39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-10.48</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>-11.35</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>-11.3</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-10.48</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>-1.56</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
+        <x:v>3.49</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>3.54</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:4">
+      <x:c r="A25" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
         <x:v>1.53</x:v>
       </x:c>
-      <x:c r="C24" s="4" t="n">
+      <x:c r="C25" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
-      <x:c r="D24" s="4" t="n">
+      <x:c r="D25" s="4" t="n">
         <x:v>1.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="27" spans="1:4">
-      <x:c r="A27" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A27" s="2" t="s"/>
+      <x:c r="B27" s="3" t="s"/>
+      <x:c r="C27" s="3" t="s"/>
+      <x:c r="D27" s="3" t="s"/>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>7.08</x:v>
+        <x:v>5.77</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-8.43</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-8.91</x:v>
+        <x:v>7.08</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>-8.43</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>7.66</x:v>
+        <x:v>-8.91</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>5.22</x:v>
+        <x:v>7.66</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>4.66</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>5.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:4">
+      <x:c r="A34" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
         <x:v>1.53</x:v>
       </x:c>
-      <x:c r="C33" s="4" t="n">
+      <x:c r="C34" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
-      <x:c r="D33" s="4" t="n">
+      <x:c r="D34" s="4" t="n">
         <x:v>1.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="36" spans="1:4">
-      <x:c r="A36" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A36" s="2" t="s"/>
+      <x:c r="B36" s="3" t="s"/>
+      <x:c r="C36" s="3" t="s"/>
+      <x:c r="D36" s="3" t="s"/>
     </x:row>
     <x:row r="37" spans="1:4">
-      <x:c r="A37" s="2" t="n">
+      <x:c r="A37" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>6.58</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>7.18</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>7.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:4">
+      <x:c r="A38" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B37" s="4" t="n">
+      <x:c r="B38" s="4" t="n">
         <x:v>12.14</x:v>
       </x:c>
-      <x:c r="C37" s="4" t="n">
+      <x:c r="C38" s="4" t="n">
         <x:v>12.48</x:v>
       </x:c>
-      <x:c r="D37" s="4" t="n">
+      <x:c r="D38" s="4" t="n">
         <x:v>14.42</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
-      <x:c r="A42" s="2" t="s">
-        <x:v>47</x:v>
+      <x:c r="A42" s="1" t="s">
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
-      <x:c r="A44" s="1" t="s">
+      <x:c r="A44" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
-      <x:c r="A47" s="2" t="s">
+      <x:c r="A47" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
-      <x:c r="A48" s="1" t="s">
+      <x:c r="A48" s="2" t="s">
         <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:4">
+      <x:c r="A49" s="1" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D59"/>
+  <x:dimension ref="A1:D60"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.21</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>2.61</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>5.92</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-2.31</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>3.53</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-2.31</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>4.59</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.76</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>8.48</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
+        <x:v>-0.05</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-0.01</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:4">
+      <x:c r="A33" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C32" s="4" t="n">
+      <x:c r="C33" s="4" t="n">
         <x:v>-4.57</x:v>
       </x:c>
-      <x:c r="D32" s="4" t="n">
+      <x:c r="D33" s="4" t="n">
         <x:v>-3.35</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="35" spans="1:4">
-      <x:c r="A35" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A35" s="2" t="s"/>
+      <x:c r="B35" s="3" t="s"/>
+      <x:c r="C35" s="3" t="s"/>
+      <x:c r="D35" s="3" t="s"/>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>8.78</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>8.78</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>2.66</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
+        <x:v>10.81</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>10.94</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:4">
+      <x:c r="A44" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C43" s="4" t="n">
+      <x:c r="C44" s="4" t="n">
         <x:v>-4.57</x:v>
       </x:c>
-      <x:c r="D43" s="4" t="n">
+      <x:c r="D44" s="4" t="n">
         <x:v>-3.35</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="46" spans="1:4">
-      <x:c r="A46" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A46" s="2" t="s"/>
+      <x:c r="B46" s="3" t="s"/>
+      <x:c r="C46" s="3" t="s"/>
+      <x:c r="D46" s="3" t="s"/>
     </x:row>
     <x:row r="47" spans="1:4">
-      <x:c r="A47" s="2" t="n">
+      <x:c r="A47" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>20.43</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>21.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B47" s="4" t="n">
+      <x:c r="B48" s="4" t="n">
         <x:v>20.5</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="n">
+      <x:c r="C48" s="4" t="n">
         <x:v>21.08</x:v>
       </x:c>
-      <x:c r="D47" s="4" t="n">
+      <x:c r="D48" s="4" t="n">
         <x:v>18.67</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
-      <x:c r="A53" s="2" t="s">
-        <x:v>47</x:v>
+      <x:c r="A53" s="1" t="s">
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="1" t="s">
+      <x:c r="A55" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
-      <x:c r="A58" s="2" t="s">
+      <x:c r="A58" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
-      <x:c r="A59" s="1" t="s">
+      <x:c r="A59" s="2" t="s">
         <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="1" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D61"/>
+  <x:dimension ref="A1:D62"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="21.670625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.43</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>5.92</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>3.53</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>4.59</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.76</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>8.31</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
+        <x:v>-0.16</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-0.12</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:4">
+      <x:c r="A33" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
         <x:v>-4.41</x:v>
       </x:c>
-      <x:c r="C32" s="4" t="n">
+      <x:c r="C33" s="4" t="n">
         <x:v>-4.38</x:v>
       </x:c>
-      <x:c r="D32" s="4" t="n">
+      <x:c r="D33" s="4" t="n">
         <x:v>-3.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="35" spans="1:4">
-      <x:c r="A35" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A35" s="2" t="s"/>
+      <x:c r="B35" s="3" t="s"/>
+      <x:c r="C35" s="3" t="s"/>
+      <x:c r="D35" s="3" t="s"/>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>7.72</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>11.07</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>10.62</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>2.66</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
+        <x:v>10.62</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>10.75</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:4">
+      <x:c r="A44" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
         <x:v>-4.41</x:v>
       </x:c>
-      <x:c r="C43" s="4" t="n">
+      <x:c r="C44" s="4" t="n">
         <x:v>-4.38</x:v>
       </x:c>
-      <x:c r="D43" s="4" t="n">
+      <x:c r="D44" s="4" t="n">
         <x:v>-3.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="46" spans="1:4">
-      <x:c r="A46" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A46" s="2" t="s"/>
+      <x:c r="B46" s="3" t="s"/>
+      <x:c r="C46" s="3" t="s"/>
+      <x:c r="D46" s="3" t="s"/>
     </x:row>
     <x:row r="47" spans="1:4">
-      <x:c r="A47" s="2" t="n">
+      <x:c r="A47" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>19.71</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>20.28</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>21.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B47" s="4" t="n">
+      <x:c r="B48" s="4" t="n">
         <x:v>19.51</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="n">
+      <x:c r="C48" s="4" t="n">
         <x:v>20.09</x:v>
       </x:c>
-      <x:c r="D47" s="4" t="n">
+      <x:c r="D48" s="4" t="n">
         <x:v>18.67</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
-      <x:c r="A53" s="2" t="s">
-        <x:v>47</x:v>
+      <x:c r="A53" s="1" t="s">
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="1" t="s">
-        <x:v>49</x:v>
+      <x:c r="A57" s="2" t="s">
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
-      <x:c r="A60" s="2" t="s">
+      <x:c r="A60" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
-      <x:c r="A61" s="1" t="s">
+      <x:c r="A61" s="2" t="s">
         <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="1" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.840625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>6.66</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>16.87</x:v>
+        <x:v>16.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>16.86</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6.76</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>17.53</x:v>
+        <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>16.86</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.09</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>7.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.07</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>8.07</x:v>
+        <x:v>7.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>12.65</x:v>
+        <x:v>12.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>14.99</x:v>
+        <x:v>14.52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>-2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>13.29</x:v>
+        <x:v>12.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>14.99</x:v>
+        <x:v>14.52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.010625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.46</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>19.26</x:v>
+        <x:v>20.43</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.46</x:v>
+        <x:v>20.43</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>21.16</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>20.12</x:v>
+        <x:v>21.09</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>16.99</x:v>
+        <x:v>21.09</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>21.15</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>17.01</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>20.12</x:v>
+        <x:v>21.09</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>16.99</x:v>
+        <x:v>21.09</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>21.15</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>