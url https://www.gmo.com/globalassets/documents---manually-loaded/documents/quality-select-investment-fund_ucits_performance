--- v4 (2026-01-26)
+++ v5 (2026-02-15)
@@ -4,102 +4,105 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca23dceece1d4b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a13713fe431747eb8566a514f07d540c.psmdcp" Id="R34741e4736474a18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf69e82c117304c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8db45e623ba4b25b390256e7b33aa4c.psmdcp" Id="R4de445834b9640ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="GBP Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="NOK Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class D_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="NOK Class DH_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="NOK Class A_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class D_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="NOK Class DH_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="NOK Class A_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class D_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="NOK Class DH_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="107">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (EUR,%)</x:t>
+    <x:t>As of 01/31/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/06/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
@@ -137,270 +140,297 @@
   <x:si>
     <x:t>05/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>02/29/2024</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2023</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses the Index for performance comparison purposes only and, where applicable, to compute a performance fee.</x:t>
   </x:si>
   <x:si>
     <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | GBP Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (GBP,%)</x:t>
+    <x:t>As of 01/31/2026 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | NOK Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (NOK,%)</x:t>
+    <x:t>As of 01/31/2026 (NOK,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/20/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | USD Class D</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (USD,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | NOK Class DH</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/13/2023</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World (in Local) +</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder. The GMO share class represented utilized</x:t>
   </x:si>
   <x:si>
     <x:t>NAV based hedging prior to switching the look-through hedging on 6/11/2025. Therefore, the MSCI World (in Local) + index return consists of MSCI World (in USD) from inception through</x:t>
   </x:si>
   <x:si>
     <x:t>6/11/2025 and the MSCI World (in Local) thereafter.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (EUR,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quality Select Investment Fund A EUR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/06/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 01/31/2026 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quality Select Investment Fund A GBP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 01/31/2026 (NOK,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in NOK as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quality Select Investment Fund A NOK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in NOK as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quality Select Investment Fund D USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quality Select Investment Fund DH NOK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
-[...2 lines deleted...]
-    <x:t>Month-End as of 12/31/2025 (GBP,%)</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in GBP as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Quality Select Investment Fund A GBP</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in GBP as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (NOK,%)</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (NOK,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in NOK as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Quality Select Investment Fund A NOK</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in NOK as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Quality Select Investment Fund D USD</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -741,6215 +771,6425 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D63"/>
+  <x:dimension ref="A1:D66"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>2.82</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>3.88</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>6.06</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-8.97</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-8.92</x:v>
+        <x:v>-4.78</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-8.01</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-8.97</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-8.92</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-8.01</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>3.13</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
+        <x:v>0.52</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
         <x:v>1</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>3.35</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-2.72</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>5.96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
+        <x:v>-0.15</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-2.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:4">
+      <x:c r="A34" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
-      <x:c r="C33" s="4" t="n">
+      <x:c r="C34" s="4" t="n">
         <x:v>-3.16</x:v>
       </x:c>
-      <x:c r="D33" s="4" t="n">
+      <x:c r="D34" s="4" t="n">
         <x:v>-2.25</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="36" spans="1:4">
-      <x:c r="A36" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A36" s="2" t="s"/>
+      <x:c r="B36" s="3" t="s"/>
+      <x:c r="C36" s="3" t="s"/>
+      <x:c r="D36" s="3" t="s"/>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-5.86</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>-5.86</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>13.34</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>11.33</x:v>
+        <x:v>2.14</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
+        <x:v>5.69</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>5.85</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>3.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>13.34</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>13.5</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>11.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
-      <x:c r="C44" s="4" t="n">
+      <x:c r="C46" s="4" t="n">
         <x:v>-3.16</x:v>
       </x:c>
-      <x:c r="D44" s="4" t="n">
+      <x:c r="D46" s="4" t="n">
         <x:v>-2.25</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B47" s="4" t="n">
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="2" t="s"/>
+      <x:c r="B48" s="3" t="s"/>
+      <x:c r="C48" s="3" t="s"/>
+      <x:c r="D48" s="3" t="s"/>
+    </x:row>
+    <x:row r="49" spans="1:4">
+      <x:c r="A49" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>0.61</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>0.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:4">
+      <x:c r="A50" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
         <x:v>6.08</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="n">
+      <x:c r="C50" s="4" t="n">
         <x:v>6.69</x:v>
       </x:c>
-      <x:c r="D47" s="4" t="n">
+      <x:c r="D50" s="4" t="n">
         <x:v>6.77</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:4">
-      <x:c r="A48" s="2" t="n">
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B48" s="4" t="n">
+      <x:c r="B51" s="4" t="n">
         <x:v>28.28</x:v>
       </x:c>
-      <x:c r="C48" s="4" t="n">
+      <x:c r="C51" s="4" t="n">
         <x:v>29.01</x:v>
       </x:c>
-      <x:c r="D48" s="4" t="n">
+      <x:c r="D51" s="4" t="n">
         <x:v>26.6</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="2" t="s">
-        <x:v>48</x:v>
+      <x:c r="A57" s="1" t="s">
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
-      <x:c r="A58" s="2" t="s">
+      <x:c r="A58" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:4">
-      <x:c r="A60" s="1" t="s">
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:4">
-      <x:c r="A61" s="1" t="s">
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="1" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="1" t="s">
         <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="1" t="s">
+        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>19.71</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>19.71</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>21.21</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>21.21</x:v>
+        <x:v>19.07</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-4.17</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>20.28</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>20.28</x:v>
+        <x:v>15.45</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.55</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>21.21</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>21.21</x:v>
+        <x:v>19.07</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.840625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.36</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>6.08</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>6.08</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>16.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>6.77</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>6.77</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-0.68</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-0.68</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.51</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>6.69</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>6.69</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>6.77</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>6.77</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-0.08</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-0.08</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>7.05</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>7.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.35</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>7.22</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>7.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.14</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>2.58</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>6.58</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>6.58</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>12.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>4.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>14.52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-0.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-0.97</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.69</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>7.18</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>7.18</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>12.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>4.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>14.52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.45</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-0.37</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-0.37</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.010625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.49</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>20.43</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>20.43</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.12</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>21.09</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>21.09</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-0.67</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-0.67</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.61</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.12</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>21.09</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>21.09</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>19.71</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>19.71</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.37</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>21.21</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>21.21</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.71</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>20.28</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>20.28</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.37</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>21.21</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>21.21</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-0.94</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-0.94</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D29"/>
+  <x:dimension ref="A1:D32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>5.55</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>4.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:4">
+      <x:c r="A11" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
-      <x:c r="C10" s="4" t="n">
+      <x:c r="C11" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
-      <x:c r="D10" s="4" t="n">
+      <x:c r="D11" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="13" spans="1:4">
-      <x:c r="A13" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A13" s="2" t="s"/>
+      <x:c r="B13" s="3" t="s"/>
+      <x:c r="C13" s="3" t="s"/>
+      <x:c r="D13" s="3" t="s"/>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
+        <x:v>-0.05</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>0.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:4">
+      <x:c r="A15" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>6.2</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>6.35</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>3.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:4">
+      <x:c r="A16" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
-      <x:c r="C14" s="4" t="n">
+      <x:c r="C16" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
-      <x:c r="D14" s="4" t="n">
+      <x:c r="D16" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B17" s="4" t="n">
+    <x:row r="18" spans="1:4">
+      <x:c r="A18" s="2" t="s"/>
+      <x:c r="B18" s="3" t="s"/>
+      <x:c r="C18" s="3" t="s"/>
+      <x:c r="D18" s="3" t="s"/>
+    </x:row>
+    <x:row r="19" spans="1:4">
+      <x:c r="A19" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>-0.05</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>0.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:4">
+      <x:c r="A20" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
         <x:v>7.05</x:v>
       </x:c>
-      <x:c r="C17" s="4" t="n">
+      <x:c r="C20" s="4" t="n">
         <x:v>7.22</x:v>
       </x:c>
-      <x:c r="D17" s="4" t="n">
+      <x:c r="D20" s="4" t="n">
         <x:v>4.63</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:4">
+      <x:c r="A23" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="24" spans="1:4">
-      <x:c r="A24" s="2" t="s">
-        <x:v>49</x:v>
+      <x:c r="A24" s="1" t="s">
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:4">
+      <x:c r="A26" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:4">
-      <x:c r="A26" s="1" t="s">
+    <x:row r="27" spans="1:4">
+      <x:c r="A27" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:4">
-      <x:c r="A27" s="1" t="s">
+    <x:row r="28" spans="1:4">
+      <x:c r="A28" s="1" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:4">
+      <x:c r="A30" s="1" t="s">
         <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:4">
+      <x:c r="A31" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="1" t="s">
+        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D49"/>
+  <x:dimension ref="A1:D52"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.43</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.03</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>4.36</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-11.35</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-11.3</x:v>
+        <x:v>-1.39</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-10.48</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>-11.35</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>-11.3</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-10.48</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>-1.56</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
+        <x:v>3.49</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>3.54</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:4">
+      <x:c r="A26" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
         <x:v>1.53</x:v>
       </x:c>
-      <x:c r="C25" s="4" t="n">
+      <x:c r="C26" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
-      <x:c r="D25" s="4" t="n">
+      <x:c r="D26" s="4" t="n">
         <x:v>1.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="28" spans="1:4">
-      <x:c r="A28" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A28" s="2" t="s"/>
+      <x:c r="B28" s="3" t="s"/>
+      <x:c r="C28" s="3" t="s"/>
+      <x:c r="D28" s="3" t="s"/>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>7.08</x:v>
+        <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-8.43</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-8.91</x:v>
+        <x:v>5.77</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>7.66</x:v>
+        <x:v>7.08</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-8.43</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>5.22</x:v>
+        <x:v>-8.91</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
+        <x:v>5.68</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>5.83</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>7.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:4">
+      <x:c r="A35" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>4.66</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>5.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:4">
+      <x:c r="A36" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
         <x:v>1.53</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="n">
+      <x:c r="C36" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
-      <x:c r="D34" s="4" t="n">
+      <x:c r="D36" s="4" t="n">
         <x:v>1.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B37" s="4" t="n">
+    <x:row r="38" spans="1:4">
+      <x:c r="A38" s="2" t="s"/>
+      <x:c r="B38" s="3" t="s"/>
+      <x:c r="C38" s="3" t="s"/>
+      <x:c r="D38" s="3" t="s"/>
+    </x:row>
+    <x:row r="39" spans="1:4">
+      <x:c r="A39" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
+        <x:v>-3.07</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>-3.02</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>-2.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:4">
+      <x:c r="A40" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
         <x:v>6.58</x:v>
       </x:c>
-      <x:c r="C37" s="4" t="n">
+      <x:c r="C40" s="4" t="n">
         <x:v>7.18</x:v>
       </x:c>
-      <x:c r="D37" s="4" t="n">
+      <x:c r="D40" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:4">
-      <x:c r="A38" s="2" t="n">
+    <x:row r="41" spans="1:4">
+      <x:c r="A41" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B38" s="4" t="n">
+      <x:c r="B41" s="4" t="n">
         <x:v>12.14</x:v>
       </x:c>
-      <x:c r="C38" s="4" t="n">
+      <x:c r="C41" s="4" t="n">
         <x:v>12.48</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="n">
+      <x:c r="D41" s="4" t="n">
         <x:v>14.42</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:4">
-[...13 lines deleted...]
-    </x:row>
     <x:row r="43" spans="1:4">
-      <x:c r="A43" s="2" t="s">
-        <x:v>48</x:v>
+      <x:c r="A43" s="1" t="s">
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
-      <x:c r="A44" s="2" t="s">
+      <x:c r="A44" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:4">
-      <x:c r="A46" s="1" t="s">
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:4">
-      <x:c r="A47" s="1" t="s">
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="1" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:4">
+      <x:c r="A50" s="1" t="s">
         <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="1" t="s">
+        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D60"/>
+  <x:dimension ref="A1:D63"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.21</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>2.61</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>5.92</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.31</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>3.53</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-2.31</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>4.59</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.76</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>8.48</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
+        <x:v>-0.05</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-0.01</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:4">
+      <x:c r="A34" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C33" s="4" t="n">
+      <x:c r="C34" s="4" t="n">
         <x:v>-4.57</x:v>
       </x:c>
-      <x:c r="D33" s="4" t="n">
+      <x:c r="D34" s="4" t="n">
         <x:v>-3.35</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="36" spans="1:4">
-      <x:c r="A36" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A36" s="2" t="s"/>
+      <x:c r="B36" s="3" t="s"/>
+      <x:c r="C36" s="3" t="s"/>
+      <x:c r="D36" s="3" t="s"/>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>8.78</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>8.78</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>5.03</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>2.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>10.81</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>10.94</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C44" s="4" t="n">
+      <x:c r="C46" s="4" t="n">
         <x:v>-4.57</x:v>
       </x:c>
-      <x:c r="D44" s="4" t="n">
+      <x:c r="D46" s="4" t="n">
         <x:v>-3.35</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B47" s="4" t="n">
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="2" t="s"/>
+      <x:c r="B48" s="3" t="s"/>
+      <x:c r="C48" s="3" t="s"/>
+      <x:c r="D48" s="3" t="s"/>
+    </x:row>
+    <x:row r="49" spans="1:4">
+      <x:c r="A49" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>1.48</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>1.52</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>2.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:4">
+      <x:c r="A50" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
         <x:v>20.43</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="n">
+      <x:c r="C50" s="4" t="n">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="D47" s="4" t="n">
+      <x:c r="D50" s="4" t="n">
         <x:v>21.09</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:4">
-      <x:c r="A48" s="2" t="n">
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B48" s="4" t="n">
+      <x:c r="B51" s="4" t="n">
         <x:v>20.5</x:v>
       </x:c>
-      <x:c r="C48" s="4" t="n">
+      <x:c r="C51" s="4" t="n">
         <x:v>21.08</x:v>
       </x:c>
-      <x:c r="D48" s="4" t="n">
+      <x:c r="D51" s="4" t="n">
         <x:v>18.67</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="2" t="s">
-        <x:v>49</x:v>
+      <x:c r="A55" s="1" t="s">
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:4">
-      <x:c r="A57" s="1" t="s">
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:4">
-      <x:c r="A58" s="1" t="s">
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="1" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="1" t="s">
         <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="1" t="s">
+        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D62"/>
+  <x:dimension ref="A1:D65"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="21.670625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>3.43</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>5.92</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>3.53</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>4.59</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.76</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>8.31</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
+        <x:v>-0.16</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-0.12</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:4">
+      <x:c r="A34" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
         <x:v>-4.41</x:v>
       </x:c>
-      <x:c r="C33" s="4" t="n">
+      <x:c r="C34" s="4" t="n">
         <x:v>-4.38</x:v>
       </x:c>
-      <x:c r="D33" s="4" t="n">
+      <x:c r="D34" s="4" t="n">
         <x:v>-3.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="36" spans="1:4">
-      <x:c r="A36" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A36" s="2" t="s"/>
+      <x:c r="B36" s="3" t="s"/>
+      <x:c r="C36" s="3" t="s"/>
+      <x:c r="D36" s="3" t="s"/>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>7.72</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>11.07</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>10.62</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
+        <x:v>4.71</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>4.84</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>2.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>10.62</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>10.75</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
         <x:v>-4.41</x:v>
       </x:c>
-      <x:c r="C44" s="4" t="n">
+      <x:c r="C46" s="4" t="n">
         <x:v>-4.38</x:v>
       </x:c>
-      <x:c r="D44" s="4" t="n">
+      <x:c r="D46" s="4" t="n">
         <x:v>-3.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B47" s="4" t="n">
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="2" t="s"/>
+      <x:c r="B48" s="3" t="s"/>
+      <x:c r="C48" s="3" t="s"/>
+      <x:c r="D48" s="3" t="s"/>
+    </x:row>
+    <x:row r="49" spans="1:4">
+      <x:c r="A49" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>1.26</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:4">
+      <x:c r="A50" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
         <x:v>19.71</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="n">
+      <x:c r="C50" s="4" t="n">
         <x:v>20.28</x:v>
       </x:c>
-      <x:c r="D47" s="4" t="n">
+      <x:c r="D50" s="4" t="n">
         <x:v>21.21</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:4">
-      <x:c r="A48" s="2" t="n">
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B48" s="4" t="n">
+      <x:c r="B51" s="4" t="n">
         <x:v>19.51</x:v>
       </x:c>
-      <x:c r="C48" s="4" t="n">
+      <x:c r="C51" s="4" t="n">
         <x:v>20.09</x:v>
       </x:c>
-      <x:c r="D48" s="4" t="n">
+      <x:c r="D51" s="4" t="n">
         <x:v>18.67</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:4">
-      <x:c r="A54" s="2" t="s">
+    <x:row r="55" spans="1:4">
+      <x:c r="A55" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="1" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="59" spans="1:4">
-      <x:c r="A59" s="1" t="s">
-        <x:v>51</x:v>
+      <x:c r="A59" s="2" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
-      <x:c r="A60" s="1" t="s">
+      <x:c r="A60" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="1" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="1" t="s">
         <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="1" t="s">
+        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.840625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>16.06</x:v>
+        <x:v>15.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>16.72</x:v>
+        <x:v>16.38</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>4.85</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6.35</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>7.22</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
         <x:v>7.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>4.85</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>2.36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.55</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>12.35</x:v>
+        <x:v>9.53</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>7.55</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>7.55</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>14.52</x:v>
+        <x:v>11.79</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-2.16</x:v>
+        <x:v>-2.25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.99</x:v>
+        <x:v>10.16</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>7.55</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>7.55</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>14.52</x:v>
+        <x:v>11.79</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>-2.53</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.010625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>20.43</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>20.43</x:v>
+        <x:v>15.83</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>21.09</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>21.09</x:v>
+        <x:v>19.58</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>20.72</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>21</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>21</x:v>
+        <x:v>16.37</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>21.09</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>21.09</x:v>
+        <x:v>19.58</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>20.72</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>