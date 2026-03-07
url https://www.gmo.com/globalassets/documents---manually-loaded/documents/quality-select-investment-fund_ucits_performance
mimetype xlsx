--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -4,102 +4,105 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf69e82c117304c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8db45e623ba4b25b390256e7b33aa4c.psmdcp" Id="R4de445834b9640ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9ab90eddee44a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/65fce8f663204df7a36a774c680078ec.psmdcp" Id="R6896f54562a34e49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="GBP Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="NOK Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class D_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="NOK Class DH_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="NOK Class A_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class D_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="NOK Class DH_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="NOK Class A_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class D_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="NOK Class DH_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="118">
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (EUR,%)</x:t>
+    <x:t>As of 02/28/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/06/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
@@ -212,183 +215,183 @@
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | GBP Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (GBP,%)</x:t>
+    <x:t>As of 02/28/2026 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | NOK Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (NOK,%)</x:t>
+    <x:t>As of 02/28/2026 (NOK,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/20/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | USD Class D</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | NOK Class DH</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/13/2023</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World (in Local) +</x:t>
   </x:si>
   <x:si>
     <x:t>be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder. The GMO share class represented utilized</x:t>
   </x:si>
   <x:si>
     <x:t>NAV based hedging prior to switching the look-through hedging on 6/11/2025. Therefore, the MSCI World (in Local) + index return consists of MSCI World (in USD) from inception through</x:t>
   </x:si>
   <x:si>
     <x:t>6/11/2025 and the MSCI World (in Local) thereafter.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (EUR,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund A EUR</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2023</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (GBP,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in GBP as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund A GBP</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in GBP as of 01/31/2026</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in NOK as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 02/28/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 02/28/2026 (NOK,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in NOK as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund A NOK</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in NOK as of 01/31/2026</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in NOK as of 02/28/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund D USD</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Quality Select Investment Fund DH NOK</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in GBP as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in GBP as of 12/31/2025</x:t>
   </x:si>
@@ -771,6425 +774,6495 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D66"/>
+  <x:dimension ref="A1:D67"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>2.82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>3.88</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-4.78</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>6.06</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-8.97</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-8.92</x:v>
+        <x:v>-4.78</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-8.01</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-8.97</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-8.92</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-8.01</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>3.13</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
+        <x:v>0.52</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
         <x:v>1</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>3.35</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.72</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>5.96</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
+        <x:v>-0.15</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>-2.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:4">
+      <x:c r="A35" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="n">
+      <x:c r="C35" s="4" t="n">
         <x:v>-3.16</x:v>
       </x:c>
-      <x:c r="D34" s="4" t="n">
+      <x:c r="D35" s="4" t="n">
         <x:v>-2.25</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="37" spans="1:4">
-      <x:c r="A37" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A37" s="2" t="s"/>
+      <x:c r="B37" s="3" t="s"/>
+      <x:c r="C37" s="3" t="s"/>
+      <x:c r="D37" s="3" t="s"/>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-5.86</x:v>
+        <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>-5.86</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>2.14</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>13.34</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>11.33</x:v>
+        <x:v>3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
+        <x:v>13.34</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>13.5</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>11.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
-      <x:c r="C46" s="4" t="n">
+      <x:c r="C47" s="4" t="n">
         <x:v>-3.16</x:v>
       </x:c>
-      <x:c r="D46" s="4" t="n">
+      <x:c r="D47" s="4" t="n">
         <x:v>-2.25</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="49" spans="1:4">
-      <x:c r="A49" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A49" s="2" t="s"/>
+      <x:c r="B49" s="3" t="s"/>
+      <x:c r="C49" s="3" t="s"/>
+      <x:c r="D49" s="3" t="s"/>
     </x:row>
     <x:row r="50" spans="1:4">
-      <x:c r="A50" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A50" s="2" t="s">
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>6.08</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>6.69</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>6.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B51" s="4" t="n">
+      <x:c r="B52" s="4" t="n">
         <x:v>28.28</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C52" s="4" t="n">
         <x:v>29.01</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D52" s="4" t="n">
         <x:v>26.6</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
-      <x:c r="A60" s="2" t="s">
-        <x:v>50</x:v>
+      <x:c r="A60" s="1" t="s">
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
-      <x:c r="A62" s="1" t="s">
+      <x:c r="A62" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
-      <x:c r="A65" s="2" t="s">
+      <x:c r="A65" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="1" t="s">
+      <x:c r="A66" s="2" t="s">
         <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="1" t="s">
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>15.16</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>19.98</x:v>
+        <x:v>18.87</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>19.07</x:v>
+        <x:v>21.09</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>20.97</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-2.31</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-2.31</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.45</x:v>
+        <x:v>15.71</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>20.55</x:v>
+        <x:v>19.44</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>19.07</x:v>
+        <x:v>21.09</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>20.97</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.81</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>-5.38</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>-1.28</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.840625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.36</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>6.08</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>6.08</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>16.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>6.77</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>6.77</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-0.68</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-0.68</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.51</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>6.69</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>6.69</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>6.77</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>6.77</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-0.08</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-0.08</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>7.05</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>7.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.35</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>7.22</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>7.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.14</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>2.58</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>6.58</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>6.58</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>12.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>4.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>14.52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-0.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-0.97</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.69</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>7.18</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>7.18</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>12.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>4.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>14.52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.45</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-0.37</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-0.37</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.010625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.49</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>20.43</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>20.43</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.12</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>21.09</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>21.09</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-0.67</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-0.67</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.61</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.12</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>21.09</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>21.09</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>19.71</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>19.71</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.37</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>21.21</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>21.21</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.71</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>20.28</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>20.28</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.37</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>21.21</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>21.21</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-0.94</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-0.94</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D32"/>
+  <x:dimension ref="A1:D33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>2.82</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>5.55</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>4.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:4">
+      <x:c r="A12" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
-      <x:c r="C11" s="4" t="n">
+      <x:c r="C12" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
-      <x:c r="D11" s="4" t="n">
+      <x:c r="D12" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="14" spans="1:4">
-      <x:c r="A14" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A14" s="2" t="s"/>
+      <x:c r="B14" s="3" t="s"/>
+      <x:c r="C14" s="3" t="s"/>
+      <x:c r="D14" s="3" t="s"/>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>6.35</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>3.03</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
+        <x:v>6.2</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>6.35</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>3.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:4">
+      <x:c r="A17" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
-      <x:c r="C16" s="4" t="n">
+      <x:c r="C17" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
-      <x:c r="D16" s="4" t="n">
+      <x:c r="D17" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="19" spans="1:4">
-      <x:c r="A19" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A19" s="2" t="s"/>
+      <x:c r="B19" s="3" t="s"/>
+      <x:c r="C19" s="3" t="s"/>
+      <x:c r="D19" s="3" t="s"/>
     </x:row>
     <x:row r="20" spans="1:4">
-      <x:c r="A20" s="2" t="n">
+      <x:c r="A20" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>0.56</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>0.65</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>3.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:4">
+      <x:c r="A21" s="2" t="n">
         <x:v>2025</x:v>
       </x:c>
-      <x:c r="B20" s="4" t="n">
+      <x:c r="B21" s="4" t="n">
         <x:v>7.05</x:v>
       </x:c>
-      <x:c r="C20" s="4" t="n">
+      <x:c r="C21" s="4" t="n">
         <x:v>7.22</x:v>
       </x:c>
-      <x:c r="D20" s="4" t="n">
+      <x:c r="D21" s="4" t="n">
         <x:v>4.63</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
-      <x:c r="A26" s="2" t="s">
-        <x:v>50</x:v>
+      <x:c r="A26" s="1" t="s">
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
-      <x:c r="A28" s="1" t="s">
+      <x:c r="A28" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
-      <x:c r="A31" s="2" t="s">
+      <x:c r="A31" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
-      <x:c r="A32" s="1" t="s">
+      <x:c r="A32" s="2" t="s">
         <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:4">
+      <x:c r="A33" s="1" t="s">
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D52"/>
+  <x:dimension ref="A1:D53"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-2.16</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.43</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.03</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>4.36</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-11.35</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-11.3</x:v>
+        <x:v>-1.39</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-10.48</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>-11.35</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>-11.3</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-10.48</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>-1.56</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
+        <x:v>3.49</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>3.54</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:4">
+      <x:c r="A27" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
         <x:v>1.53</x:v>
       </x:c>
-      <x:c r="C26" s="4" t="n">
+      <x:c r="C27" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
-      <x:c r="D26" s="4" t="n">
+      <x:c r="D27" s="4" t="n">
         <x:v>1.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="29" spans="1:4">
-      <x:c r="A29" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A29" s="2" t="s"/>
+      <x:c r="B29" s="3" t="s"/>
+      <x:c r="C29" s="3" t="s"/>
+      <x:c r="D29" s="3" t="s"/>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>7.55</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>-5.07</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>7.08</x:v>
+        <x:v>5.77</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-8.43</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-8.91</x:v>
+        <x:v>7.08</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>-8.43</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>7.66</x:v>
+        <x:v>-8.91</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>5.22</x:v>
+        <x:v>7.66</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>4.66</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>5.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:4">
+      <x:c r="A37" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
         <x:v>1.53</x:v>
       </x:c>
-      <x:c r="C36" s="4" t="n">
+      <x:c r="C37" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
-      <x:c r="D36" s="4" t="n">
+      <x:c r="D37" s="4" t="n">
         <x:v>1.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="39" spans="1:4">
-      <x:c r="A39" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A39" s="2" t="s"/>
+      <x:c r="B39" s="3" t="s"/>
+      <x:c r="C39" s="3" t="s"/>
+      <x:c r="D39" s="3" t="s"/>
     </x:row>
     <x:row r="40" spans="1:4">
-      <x:c r="A40" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A40" s="2" t="s">
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>-5.07</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>7.55</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>6.58</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>7.18</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>7.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B41" s="4" t="n">
+      <x:c r="B42" s="4" t="n">
         <x:v>12.14</x:v>
       </x:c>
-      <x:c r="C41" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>12.48</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>14.42</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
-      <x:c r="A46" s="2" t="s">
-        <x:v>50</x:v>
+      <x:c r="A46" s="1" t="s">
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
-      <x:c r="A48" s="1" t="s">
+      <x:c r="A48" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
-      <x:c r="A51" s="2" t="s">
+      <x:c r="A51" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
-      <x:c r="A52" s="1" t="s">
+      <x:c r="A52" s="2" t="s">
         <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:4">
+      <x:c r="A53" s="1" t="s">
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D63"/>
+  <x:dimension ref="A1:D64"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>2.61</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>5.92</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-2.31</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>3.53</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-2.31</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>4.59</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.76</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>8.48</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
+        <x:v>-0.05</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>-0.01</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:4">
+      <x:c r="A35" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="n">
+      <x:c r="C35" s="4" t="n">
         <x:v>-4.57</x:v>
       </x:c>
-      <x:c r="D34" s="4" t="n">
+      <x:c r="D35" s="4" t="n">
         <x:v>-3.35</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="37" spans="1:4">
-      <x:c r="A37" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A37" s="2" t="s"/>
+      <x:c r="B37" s="3" t="s"/>
+      <x:c r="C37" s="3" t="s"/>
+      <x:c r="D37" s="3" t="s"/>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>8.78</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>8.78</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>2.66</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
+        <x:v>10.81</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>10.94</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C46" s="4" t="n">
+      <x:c r="C47" s="4" t="n">
         <x:v>-4.57</x:v>
       </x:c>
-      <x:c r="D46" s="4" t="n">
+      <x:c r="D47" s="4" t="n">
         <x:v>-3.35</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="49" spans="1:4">
-      <x:c r="A49" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A49" s="2" t="s"/>
+      <x:c r="B49" s="3" t="s"/>
+      <x:c r="C49" s="3" t="s"/>
+      <x:c r="D49" s="3" t="s"/>
     </x:row>
     <x:row r="50" spans="1:4">
-      <x:c r="A50" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A50" s="2" t="s">
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>20.43</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>21</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>21.09</x:v>
+        <x:v>2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>20.43</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>21.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B51" s="4" t="n">
+      <x:c r="B52" s="4" t="n">
         <x:v>20.5</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C52" s="4" t="n">
         <x:v>21.08</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D52" s="4" t="n">
         <x:v>18.67</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="2" t="s">
-        <x:v>50</x:v>
+      <x:c r="A57" s="1" t="s">
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
-      <x:c r="A59" s="1" t="s">
+      <x:c r="A59" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
-      <x:c r="A62" s="2" t="s">
+      <x:c r="A62" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
-      <x:c r="A63" s="1" t="s">
+      <x:c r="A63" s="2" t="s">
         <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="1" t="s">
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D65"/>
+  <x:dimension ref="A1:D66"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="21.670625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>3.43</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>5.92</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>3.53</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>4.59</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.76</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>8.31</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
+        <x:v>-0.16</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>-0.12</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:4">
+      <x:c r="A35" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
         <x:v>-4.41</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="n">
+      <x:c r="C35" s="4" t="n">
         <x:v>-4.38</x:v>
       </x:c>
-      <x:c r="D34" s="4" t="n">
+      <x:c r="D35" s="4" t="n">
         <x:v>-3.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="37" spans="1:4">
-      <x:c r="A37" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A37" s="2" t="s"/>
+      <x:c r="B37" s="3" t="s"/>
+      <x:c r="C37" s="3" t="s"/>
+      <x:c r="D37" s="3" t="s"/>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>7.72</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>11.07</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>10.62</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>2.66</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
+        <x:v>10.62</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>10.75</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
         <x:v>-4.41</x:v>
       </x:c>
-      <x:c r="C46" s="4" t="n">
+      <x:c r="C47" s="4" t="n">
         <x:v>-4.38</x:v>
       </x:c>
-      <x:c r="D46" s="4" t="n">
+      <x:c r="D47" s="4" t="n">
         <x:v>-3.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="49" spans="1:4">
-      <x:c r="A49" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A49" s="2" t="s"/>
+      <x:c r="B49" s="3" t="s"/>
+      <x:c r="C49" s="3" t="s"/>
+      <x:c r="D49" s="3" t="s"/>
     </x:row>
     <x:row r="50" spans="1:4">
-      <x:c r="A50" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A50" s="2" t="s">
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>19.71</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>20.28</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>21.21</x:v>
+        <x:v>2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>19.71</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>20.28</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>21.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B51" s="4" t="n">
+      <x:c r="B52" s="4" t="n">
         <x:v>19.51</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C52" s="4" t="n">
         <x:v>20.09</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D52" s="4" t="n">
         <x:v>18.67</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="2" t="s">
-        <x:v>50</x:v>
+      <x:c r="A57" s="1" t="s">
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
-      <x:c r="A61" s="1" t="s">
-        <x:v>52</x:v>
+      <x:c r="A61" s="2" t="s">
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
-      <x:c r="A64" s="2" t="s">
+      <x:c r="A64" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
-      <x:c r="A65" s="1" t="s">
+      <x:c r="A65" s="2" t="s">
         <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="1" t="s">
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.840625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>15.72</x:v>
+        <x:v>14.94</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>15.84</x:v>
+        <x:v>16.01</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>16.38</x:v>
+        <x:v>15.59</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>15.84</x:v>
+        <x:v>16.01</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-4.53</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>7.81</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-2.47</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-2.47</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>7.22</x:v>
+        <x:v>7.92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>7.81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-2.16</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-2.16</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.53</x:v>
+        <x:v>7.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.79</x:v>
+        <x:v>11.12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-2.25</x:v>
+        <x:v>-3.43</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>-2.12</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>-5.07</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>-5.07</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.79</x:v>
+        <x:v>11.12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>-2.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.010625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.83</x:v>
+        <x:v>16.03</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>20.75</x:v>
+        <x:v>19.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>21.33</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>21.03</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>-1.62</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>16.37</x:v>
+        <x:v>16.58</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>19.58</x:v>
+        <x:v>21.33</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>21.03</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>