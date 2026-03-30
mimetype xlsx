--- v6 (2026-03-07)
+++ v7 (2026-03-30)
@@ -4,83 +4,83 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9ab90eddee44a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/65fce8f663204df7a36a774c680078ec.psmdcp" Id="R6896f54562a34e49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7382430687ed4e6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20b6fdb76ca74c209c41fb0c625b637c.psmdcp" Id="R68a593f36e8a40ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="GBP Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="NOK Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class D_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="NOK Class DH_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="NOK Class A_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class D_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="NOK Class DH_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="NOK Class A_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class D_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="NOK Class DH_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="118">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="120">
   <x:si>
     <x:t>Performance - Quality Select Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
     <x:t>As of 02/28/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/06/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
@@ -134,84 +134,90 @@
   <x:si>
     <x:t>08/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>02/29/2024</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>QTD Q1-2026</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses the Index for performance comparison purposes only and, where applicable, to compute a performance fee.</x:t>
   </x:si>
   <x:si>
     <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets. MSCI data may not</x:t>
   </x:si>
@@ -774,51 +780,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D67"/>
+  <x:dimension ref="A1:D70"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
@@ -1182,2434 +1188,2476 @@
         <x:v>5.05</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>4.96</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>5.01</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>5.96</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
+        <x:v>-0.15</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>-2.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:4">
+      <x:c r="A36" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
-      <x:c r="C35" s="4" t="n">
+      <x:c r="C36" s="4" t="n">
         <x:v>-3.16</x:v>
       </x:c>
-      <x:c r="D35" s="4" t="n">
+      <x:c r="D36" s="4" t="n">
         <x:v>-2.25</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="38" spans="1:4">
-      <x:c r="A38" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A38" s="2" t="s"/>
+      <x:c r="B38" s="3" t="s"/>
+      <x:c r="C38" s="3" t="s"/>
+      <x:c r="D38" s="3" t="s"/>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-5.86</x:v>
+        <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>-5.86</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>7.61</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>2.14</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>13.34</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>11.33</x:v>
+        <x:v>3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
+        <x:v>13.34</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>13.5</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>11.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>7.23</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>7.39</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>6.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:4">
+      <x:c r="A49" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="n">
+      <x:c r="C49" s="4" t="n">
         <x:v>-3.16</x:v>
       </x:c>
-      <x:c r="D47" s="4" t="n">
+      <x:c r="D49" s="4" t="n">
         <x:v>-2.25</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B50" s="4" t="n">
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="s"/>
+      <x:c r="B51" s="3" t="s"/>
+      <x:c r="C51" s="3" t="s"/>
+      <x:c r="D51" s="3" t="s"/>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="n">
+      <x:c r="C52" s="4" t="n">
         <x:v>0.09</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="n">
+      <x:c r="D52" s="4" t="n">
         <x:v>2.44</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:4">
-      <x:c r="A51" s="2" t="n">
+    <x:row r="53" spans="1:4">
+      <x:c r="A53" s="2" t="n">
         <x:v>2025</x:v>
       </x:c>
-      <x:c r="B51" s="4" t="n">
+      <x:c r="B53" s="4" t="n">
         <x:v>6.08</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C53" s="4" t="n">
         <x:v>6.69</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D53" s="4" t="n">
         <x:v>6.77</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:4">
-      <x:c r="A52" s="2" t="n">
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B52" s="4" t="n">
+      <x:c r="B54" s="4" t="n">
         <x:v>28.28</x:v>
       </x:c>
-      <x:c r="C52" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>29.01</x:v>
       </x:c>
-      <x:c r="D52" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>26.6</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="1" t="s">
-[...5 lines deleted...]
-        <x:v>48</x:v>
+      <x:c r="A55" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>3.99</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>4.39</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
-      <x:c r="A61" s="2" t="s">
-        <x:v>51</x:v>
+      <x:c r="A61" s="1" t="s">
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
-      <x:c r="A62" s="2" t="s">
+      <x:c r="A62" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:4">
-      <x:c r="A64" s="1" t="s">
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:4">
-      <x:c r="A65" s="1" t="s">
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="1" t="s">
         <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:4">
+      <x:c r="A69" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="1" t="s">
+        <x:v>59</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>15.16</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
         <x:v>18.87</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>2.68</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>2.68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>21.09</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-1.84</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-2.31</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-2.31</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-5.93</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
         <x:v>-1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0.45</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>0.45</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>15.71</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
         <x:v>19.44</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>2.68</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>2.68</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>21.09</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-1.81</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-2.23</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-2.23</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-5.38</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
         <x:v>-1.28</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.840625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.36</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>6.08</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>6.08</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>16.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>6.77</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>6.77</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-0.68</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-0.68</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.51</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>6.69</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>6.69</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>6.77</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>6.77</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-0.08</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-0.08</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>7.05</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>7.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.35</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>7.22</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>7.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.14</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>2.58</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>6.58</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>6.58</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>12.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>4.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>14.52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-0.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-0.97</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.69</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>7.18</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>7.18</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>12.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>4.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>14.52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.45</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-0.37</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-0.37</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-1.52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.010625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.49</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>20.43</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>20.43</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.12</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>21.09</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>21.09</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-0.67</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-0.67</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.61</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.12</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>21.09</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>21.09</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>19.71</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>19.71</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.37</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>21.21</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>21.21</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.71</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>20.28</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>20.28</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.37</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>21.21</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>21.21</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-0.94</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-0.94</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.61</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.65</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
@@ -3672,218 +3720,218 @@
         <x:v>4.52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s"/>
       <x:c r="B14" s="3" t="s"/>
       <x:c r="C14" s="3" t="s"/>
       <x:c r="D14" s="3" t="s"/>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.56</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.65</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>3.03</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>6.35</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.82</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s"/>
       <x:c r="B19" s="3" t="s"/>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0.56</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.65</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>3.03</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>7.05</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>7.22</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D53"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>-2.16</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>-2.12</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
@@ -4156,292 +4204,292 @@
         <x:v>4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>1.53</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s"/>
       <x:c r="B29" s="3" t="s"/>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>-5.16</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>-5.07</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
         <x:v>-2.87</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>7.69</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>3.87</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>4.02</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>5.77</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>4.19</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>4.33</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
         <x:v>7.08</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>-8.43</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>-8.3</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
         <x:v>-8.91</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>5.68</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>5.83</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
         <x:v>7.66</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>4.51</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>4.66</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
         <x:v>5.22</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>1.53</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s"/>
       <x:c r="B39" s="3" t="s"/>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>-5.16</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>-5.07</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
         <x:v>-2.87</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>6.58</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>7.18</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>12.14</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>12.48</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>14.42</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D64"/>
+  <x:dimension ref="A1:D67"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>-0.89</x:v>
@@ -4786,387 +4834,429 @@
         <x:v>5.05</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>2.76</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>8.48</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
+        <x:v>-0.05</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>-0.01</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:4">
+      <x:c r="A36" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C35" s="4" t="n">
+      <x:c r="C36" s="4" t="n">
         <x:v>-4.57</x:v>
       </x:c>
-      <x:c r="D35" s="4" t="n">
+      <x:c r="D36" s="4" t="n">
         <x:v>-3.35</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="38" spans="1:4">
-      <x:c r="A38" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A38" s="2" t="s"/>
+      <x:c r="B38" s="3" t="s"/>
+      <x:c r="C38" s="3" t="s"/>
+      <x:c r="D38" s="3" t="s"/>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>8.78</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>7.27</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>8.78</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>2.66</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
+        <x:v>10.81</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>10.94</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>12.14</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>11.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:4">
+      <x:c r="A49" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="n">
+      <x:c r="C49" s="4" t="n">
         <x:v>-4.57</x:v>
       </x:c>
-      <x:c r="D47" s="4" t="n">
+      <x:c r="D49" s="4" t="n">
         <x:v>-3.35</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B50" s="4" t="n">
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="s"/>
+      <x:c r="B51" s="3" t="s"/>
+      <x:c r="C51" s="3" t="s"/>
+      <x:c r="D51" s="3" t="s"/>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
         <x:v>0.58</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="n">
+      <x:c r="C52" s="4" t="n">
         <x:v>0.66</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="n">
+      <x:c r="D52" s="4" t="n">
         <x:v>2.99</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:4">
-      <x:c r="A51" s="2" t="n">
+    <x:row r="53" spans="1:4">
+      <x:c r="A53" s="2" t="n">
         <x:v>2025</x:v>
       </x:c>
-      <x:c r="B51" s="4" t="n">
+      <x:c r="B53" s="4" t="n">
         <x:v>20.43</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C53" s="4" t="n">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D53" s="4" t="n">
         <x:v>21.09</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:4">
-      <x:c r="A52" s="2" t="n">
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B52" s="4" t="n">
+      <x:c r="B54" s="4" t="n">
         <x:v>20.5</x:v>
       </x:c>
-      <x:c r="C52" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>21.08</x:v>
       </x:c>
-      <x:c r="D52" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>18.67</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="1" t="s">
-[...5 lines deleted...]
-        <x:v>48</x:v>
+      <x:c r="A55" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>6.85</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>7.02</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>7.69</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="59" spans="1:4">
-      <x:c r="A59" s="2" t="s">
-        <x:v>52</x:v>
+      <x:c r="A59" s="1" t="s">
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:4">
-      <x:c r="A61" s="1" t="s">
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:4">
-      <x:c r="A62" s="1" t="s">
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="1" t="s">
         <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="1" t="s">
+        <x:v>59</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D66"/>
+  <x:dimension ref="A1:D69"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="21.670625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.26</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>1.3</x:v>
@@ -5494,1775 +5584,1817 @@
         <x:v>4.96</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>2.73</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>2.77</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>8.31</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
+        <x:v>-0.16</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>-0.12</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:4">
+      <x:c r="A36" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
         <x:v>-4.41</x:v>
       </x:c>
-      <x:c r="C35" s="4" t="n">
+      <x:c r="C36" s="4" t="n">
         <x:v>-4.38</x:v>
       </x:c>
-      <x:c r="D35" s="4" t="n">
+      <x:c r="D36" s="4" t="n">
         <x:v>-3.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="38" spans="1:4">
-      <x:c r="A38" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A38" s="2" t="s"/>
+      <x:c r="B38" s="3" t="s"/>
+      <x:c r="C38" s="3" t="s"/>
+      <x:c r="D38" s="3" t="s"/>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>7.72</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>11.07</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>11.07</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>10.62</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>4.84</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>2.66</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
+        <x:v>10.62</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>10.75</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>11.48</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>11.62</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>11.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:4">
+      <x:c r="A49" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
         <x:v>-4.41</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="n">
+      <x:c r="C49" s="4" t="n">
         <x:v>-4.38</x:v>
       </x:c>
-      <x:c r="D47" s="4" t="n">
+      <x:c r="D49" s="4" t="n">
         <x:v>-3.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B50" s="4" t="n">
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="s"/>
+      <x:c r="B51" s="3" t="s"/>
+      <x:c r="C51" s="3" t="s"/>
+      <x:c r="D51" s="3" t="s"/>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="n">
+      <x:c r="C52" s="4" t="n">
         <x:v>0.45</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="n">
+      <x:c r="D52" s="4" t="n">
         <x:v>2.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:4">
-      <x:c r="A51" s="2" t="n">
+    <x:row r="53" spans="1:4">
+      <x:c r="A53" s="2" t="n">
         <x:v>2025</x:v>
       </x:c>
-      <x:c r="B51" s="4" t="n">
+      <x:c r="B53" s="4" t="n">
         <x:v>19.71</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C53" s="4" t="n">
         <x:v>20.28</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D53" s="4" t="n">
         <x:v>21.21</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:4">
-      <x:c r="A52" s="2" t="n">
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B52" s="4" t="n">
+      <x:c r="B54" s="4" t="n">
         <x:v>19.51</x:v>
       </x:c>
-      <x:c r="C52" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>20.09</x:v>
       </x:c>
-      <x:c r="D52" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>18.67</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="1" t="s">
-[...5 lines deleted...]
-        <x:v>48</x:v>
+      <x:c r="A55" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>6.57</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>6.73</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:4">
-      <x:c r="A58" s="2" t="s">
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="1" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="63" spans="1:4">
-      <x:c r="A63" s="1" t="s">
-        <x:v>54</x:v>
+      <x:c r="A63" s="2" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
-      <x:c r="A64" s="1" t="s">
+      <x:c r="A64" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="1" t="s">
         <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:4">
+      <x:c r="A69" s="1" t="s">
+        <x:v>59</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.840625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>1.77</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
         <x:v>14.94</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>2.44</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>2.44</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>6.87</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>16.01</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-2.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-2.44</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-2.44</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-5.11</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
         <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>2.35</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
         <x:v>15.59</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>2.44</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>2.44</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>6.87</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>16.01</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-2.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-2.35</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-2.35</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-4.53</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
         <x:v>-0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.61</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0.56</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>0.56</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
         <x:v>7.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>2.82</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>3.03</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>3.03</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>7.81</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-2.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-2.47</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-2.47</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
         <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.65</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0.65</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>0.65</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
         <x:v>7.92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>2.82</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>3.03</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>3.03</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>7.81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-2.16</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-2.38</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-2.38</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
         <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>-2.16</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-5.16</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>-5.16</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-2.15</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
         <x:v>7.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>-2.87</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>-2.87</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>2.66</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>11.12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-1.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-2.29</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-2.29</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-4.81</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
         <x:v>-3.43</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>-2.12</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-5.07</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>-5.07</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-1.59</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>-2.87</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>-2.87</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>2.66</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>11.12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-2.21</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-2.21</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-4.25</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
         <x:v>-2.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.010625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0.58</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>0.58</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>16.03</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
         <x:v>19.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>0.73</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>2.99</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>2.99</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>21.33</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-1.62</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-5.3</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
         <x:v>-1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0.66</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>0.66</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>16.58</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
         <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>0.73</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>2.99</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>2.99</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>21.33</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-2.33</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-2.33</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-4.75</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
         <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>