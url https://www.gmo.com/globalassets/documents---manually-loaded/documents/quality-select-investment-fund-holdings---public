--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -1,77 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\PerformanceSystems\ParcelsHoldings\ParcelsHoldingsExport\GMO\2025_08\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{66D60C0B-31DA-4754-9DEB-636EA08E6F92}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{74271049-E410-4DE7-A705-246E75B05CAC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{30812791-2FBE-4BE3-8043-F6D870C4CE57}"/>
+    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{872936A8-90D7-42BC-9EBB-988611334B74}"/>
   </bookViews>
   <sheets>
-    <sheet name="August" sheetId="1" r:id="rId1"/>
+    <sheet name="September" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="683" uniqueCount="309">
   <si>
     <t>GMO Quality Select Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
@@ -161,639 +163,639 @@
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
     <t>EURTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (EUR)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>EU</t>
   </si>
   <si>
-    <t>GBPTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (GBP)</t>
+    <t>HKDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (HKD)</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>NOKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (NOK)</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>TWDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (TWD)</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>TWD</t>
+  </si>
+  <si>
+    <t>TW</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>002824100</t>
+  </si>
+  <si>
+    <t>Abbott Laboratories</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2002305</t>
+  </si>
+  <si>
+    <t>ABT</t>
+  </si>
+  <si>
+    <t>Health Care</t>
+  </si>
+  <si>
+    <t>US0028241000</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>02079K305</t>
+  </si>
+  <si>
+    <t>Alphabet Inc-Cl A</t>
+  </si>
+  <si>
+    <t>BYVY8G0</t>
+  </si>
+  <si>
+    <t>GOOGL</t>
+  </si>
+  <si>
+    <t>Communication Services</t>
+  </si>
+  <si>
+    <t>US02079K3059</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>023135106</t>
+  </si>
+  <si>
+    <t>Amazon.com Inc</t>
+  </si>
+  <si>
+    <t>2000019</t>
+  </si>
+  <si>
+    <t>AMZN</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>US0231351067</t>
+  </si>
+  <si>
+    <t>036752103</t>
+  </si>
+  <si>
+    <t>Elevance Health Inc</t>
+  </si>
+  <si>
+    <t>BSPHGL4</t>
+  </si>
+  <si>
+    <t>ELV</t>
+  </si>
+  <si>
+    <t>US0367521038</t>
+  </si>
+  <si>
+    <t>037833100</t>
+  </si>
+  <si>
+    <t>Apple Inc</t>
+  </si>
+  <si>
+    <t>2046251</t>
+  </si>
+  <si>
+    <t>AAPL</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>US0378331005</t>
+  </si>
+  <si>
+    <t>11135F101</t>
+  </si>
+  <si>
+    <t>Broadcom Inc</t>
+  </si>
+  <si>
+    <t>BDZ78H9</t>
+  </si>
+  <si>
+    <t>AVGO</t>
+  </si>
+  <si>
+    <t>US11135F1012</t>
+  </si>
+  <si>
+    <t>125523100</t>
+  </si>
+  <si>
+    <t>The Cigna Group</t>
+  </si>
+  <si>
+    <t>BHJ0775</t>
+  </si>
+  <si>
+    <t>CI</t>
+  </si>
+  <si>
+    <t>US1255231003</t>
+  </si>
+  <si>
+    <t>191216100</t>
+  </si>
+  <si>
+    <t>Coca-Cola Co/The</t>
+  </si>
+  <si>
+    <t>2206657</t>
+  </si>
+  <si>
+    <t>KO</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>US1912161007</t>
+  </si>
+  <si>
+    <t>30303M102</t>
+  </si>
+  <si>
+    <t>Meta Platforms Inc-Class A</t>
+  </si>
+  <si>
+    <t>B7TL820</t>
+  </si>
+  <si>
+    <t>META</t>
+  </si>
+  <si>
+    <t>US30303M1027</t>
+  </si>
+  <si>
+    <t>43300A203</t>
+  </si>
+  <si>
+    <t>Hilton Worldwide Holdings In</t>
+  </si>
+  <si>
+    <t>BYVMW06</t>
+  </si>
+  <si>
+    <t>HLT</t>
+  </si>
+  <si>
+    <t>US43300A2033</t>
+  </si>
+  <si>
+    <t>46120E602</t>
+  </si>
+  <si>
+    <t>Intuitive Surgical Inc</t>
+  </si>
+  <si>
+    <t>2871301</t>
+  </si>
+  <si>
+    <t>ISRG</t>
+  </si>
+  <si>
+    <t>US46120E6023</t>
+  </si>
+  <si>
+    <t>478160104</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t>2475833</t>
+  </si>
+  <si>
+    <t>JNJ</t>
+  </si>
+  <si>
+    <t>US4781601046</t>
+  </si>
+  <si>
+    <t>482480100</t>
+  </si>
+  <si>
+    <t>Kla Corp</t>
+  </si>
+  <si>
+    <t>2480138</t>
+  </si>
+  <si>
+    <t>KLAC</t>
+  </si>
+  <si>
+    <t>US4824801009</t>
+  </si>
+  <si>
+    <t>4846288</t>
+  </si>
+  <si>
+    <t>Sap Se</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>SAP</t>
+  </si>
+  <si>
+    <t>DE0007164600</t>
+  </si>
+  <si>
+    <t>XETR</t>
+  </si>
+  <si>
+    <t>512807306</t>
+  </si>
+  <si>
+    <t>Lam Research Corp</t>
+  </si>
+  <si>
+    <t>BSML4N7</t>
+  </si>
+  <si>
+    <t>LRCX</t>
+  </si>
+  <si>
+    <t>US5128073062</t>
+  </si>
+  <si>
+    <t>532457108</t>
+  </si>
+  <si>
+    <t>Eli Lilly &amp; Co</t>
+  </si>
+  <si>
+    <t>2516152</t>
+  </si>
+  <si>
+    <t>LLY</t>
+  </si>
+  <si>
+    <t>US5324571083</t>
+  </si>
+  <si>
+    <t>58933Y105</t>
+  </si>
+  <si>
+    <t>Merck &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t>2778844</t>
+  </si>
+  <si>
+    <t>MRK</t>
+  </si>
+  <si>
+    <t>US58933Y1055</t>
+  </si>
+  <si>
+    <t>594918104</t>
+  </si>
+  <si>
+    <t>Microsoft Corp</t>
+  </si>
+  <si>
+    <t>2588173</t>
+  </si>
+  <si>
+    <t>MSFT</t>
+  </si>
+  <si>
+    <t>US5949181045</t>
+  </si>
+  <si>
+    <t>68389X105</t>
+  </si>
+  <si>
+    <t>Oracle Corp</t>
+  </si>
+  <si>
+    <t>2661568</t>
+  </si>
+  <si>
+    <t>ORCL</t>
+  </si>
+  <si>
+    <t>US68389X1054</t>
+  </si>
+  <si>
+    <t>6889106</t>
+  </si>
+  <si>
+    <t>Taiwan Semiconductor Manufac</t>
+  </si>
+  <si>
+    <t>2330</t>
+  </si>
+  <si>
+    <t>TW0002330008</t>
+  </si>
+  <si>
+    <t>XTAI</t>
+  </si>
+  <si>
+    <t>7123870</t>
+  </si>
+  <si>
+    <t>Nestle Sa-Reg</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>NESN</t>
+  </si>
+  <si>
+    <t>CH0038863350</t>
+  </si>
+  <si>
+    <t>XSWX</t>
+  </si>
+  <si>
+    <t>74834L100</t>
+  </si>
+  <si>
+    <t>Quest Diagnostics Inc</t>
+  </si>
+  <si>
+    <t>2702791</t>
+  </si>
+  <si>
+    <t>DGX</t>
+  </si>
+  <si>
+    <t>US74834L1008</t>
+  </si>
+  <si>
+    <t>79466L302</t>
+  </si>
+  <si>
+    <t>Salesforce Inc</t>
+  </si>
+  <si>
+    <t>2310525</t>
+  </si>
+  <si>
+    <t>CRM</t>
+  </si>
+  <si>
+    <t>US79466L3024</t>
+  </si>
+  <si>
+    <t>872540109</t>
+  </si>
+  <si>
+    <t>Tjx Companies Inc</t>
+  </si>
+  <si>
+    <t>2989301</t>
+  </si>
+  <si>
+    <t>TJX</t>
+  </si>
+  <si>
+    <t>US8725401090</t>
+  </si>
+  <si>
+    <t>882508104</t>
+  </si>
+  <si>
+    <t>Texas Instruments Inc</t>
+  </si>
+  <si>
+    <t>2885409</t>
+  </si>
+  <si>
+    <t>TXN</t>
+  </si>
+  <si>
+    <t>US8825081040</t>
+  </si>
+  <si>
+    <t>883556102</t>
+  </si>
+  <si>
+    <t>Thermo Fisher Scientific Inc</t>
+  </si>
+  <si>
+    <t>2886907</t>
+  </si>
+  <si>
+    <t>TMO</t>
+  </si>
+  <si>
+    <t>US8835561023</t>
+  </si>
+  <si>
+    <t>892672106</t>
+  </si>
+  <si>
+    <t>Tradeweb Markets Inc-Class A</t>
+  </si>
+  <si>
+    <t>BJXMVK2</t>
+  </si>
+  <si>
+    <t>Financials</t>
+  </si>
+  <si>
+    <t>US8926721064</t>
+  </si>
+  <si>
+    <t>902973304</t>
+  </si>
+  <si>
+    <t>Us Bancorp</t>
+  </si>
+  <si>
+    <t>2736035</t>
+  </si>
+  <si>
+    <t>USB</t>
+  </si>
+  <si>
+    <t>US9029733048</t>
+  </si>
+  <si>
+    <t>90353T100</t>
+  </si>
+  <si>
+    <t>Uber Technologies Inc</t>
+  </si>
+  <si>
+    <t>BK6N347</t>
+  </si>
+  <si>
+    <t>UBER</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>US90353T1007</t>
+  </si>
+  <si>
+    <t>91324P102</t>
+  </si>
+  <si>
+    <t>Unitedhealth Group Inc</t>
+  </si>
+  <si>
+    <t>2917766</t>
+  </si>
+  <si>
+    <t>UNH</t>
+  </si>
+  <si>
+    <t>US91324P1021</t>
+  </si>
+  <si>
+    <t>92826C839</t>
+  </si>
+  <si>
+    <t>Visa Inc-Class A Shares</t>
+  </si>
+  <si>
+    <t>B2PZN04</t>
+  </si>
+  <si>
+    <t>V</t>
+  </si>
+  <si>
+    <t>US92826C8394</t>
+  </si>
+  <si>
+    <t>949746101</t>
+  </si>
+  <si>
+    <t>Wells Fargo &amp; Co</t>
+  </si>
+  <si>
+    <t>2649100</t>
+  </si>
+  <si>
+    <t>WFC</t>
+  </si>
+  <si>
+    <t>US9497461015</t>
+  </si>
+  <si>
+    <t>B10RZP7</t>
+  </si>
+  <si>
+    <t>Unilever Plc</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>GB</t>
-  </si>
-[...574 lines deleted...]
-    <t>Unilever Plc</t>
   </si>
   <si>
     <t>ULVR</t>
   </si>
   <si>
     <t>GB00B10RZP78</t>
   </si>
   <si>
     <t>XLON</t>
   </si>
   <si>
     <t>B3MSM28</t>
   </si>
   <si>
     <t>Amadeus It Group Sa</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>AMS</t>
   </si>
@@ -1355,92 +1357,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CFC2A3AA-1D20-47D2-B69C-B5045262CEE7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3C317985-6946-49C7-9E96-C655FD97F35B}">
   <dimension ref="A1:Z60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="26.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="6.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45898</v>
+        <v>45930</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1490,3797 +1492,3791 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>24630.967972999999</v>
+        <v>24718.457973</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>24630.96797337</v>
+        <v>24718.457973370001</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>24630.967972999999</v>
+        <v>24718.457973</v>
       </c>
       <c r="N4" s="4">
-        <v>24630.96797337</v>
+        <v>24718.457973370001</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
         <v>7.3999999999999996E-5</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>-118631.93</v>
+        <v>-4278027.21</v>
       </c>
       <c r="E5" s="5">
-        <v>1.1705000000000001</v>
+        <v>1.175</v>
       </c>
       <c r="F5" s="4">
-        <v>-138858.674065</v>
+        <v>-5026681.9717499996</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>-118631.93</v>
+        <v>-4278027.21</v>
       </c>
       <c r="N5" s="4">
-        <v>-138858.674065</v>
+        <v>-5026681.9717499996</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>-4.2000000000000002E-4</v>
+        <v>-1.52E-2</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>99693.92</v>
+        <v>1.66</v>
       </c>
       <c r="E6" s="5">
-        <v>1.3510500000000001</v>
+        <v>0.128528</v>
       </c>
       <c r="F6" s="4">
-        <v>134691.47061600001</v>
+        <v>0.21335663999999999</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.74016505680766809</v>
+        <v>7.7803997725011103</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>99693.92</v>
+        <v>1.659999</v>
       </c>
       <c r="N6" s="4">
-        <v>134691.47061600001</v>
+        <v>0.21335663999999999</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>4.08E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>1.66</v>
+        <v>-100000</v>
       </c>
       <c r="E7" s="5">
-        <v>0.128273</v>
+        <v>0.10022200000000001</v>
       </c>
       <c r="F7" s="4">
-        <v>0.21293380000000001</v>
+        <v>-10022.24939365</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>7.7958497702329206</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>1.659999</v>
+        <v>-100000.003927</v>
       </c>
       <c r="N7" s="4">
-        <v>0.21293380000000001</v>
+        <v>-10022.24939365</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>0</v>
+        <v>-3.0000000000000001E-5</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>-175000</v>
+        <v>1316856.8500000001</v>
       </c>
       <c r="E8" s="5">
-        <v>9.9528000000000005E-2</v>
+        <v>3.2811E-2</v>
       </c>
       <c r="F8" s="4">
-        <v>-17417.354652180002</v>
+        <v>43206.799986880003</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>10.04745008778457</v>
+        <v>30.478001740293898</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>-175000.001529</v>
+        <v>1316856.9251920001</v>
       </c>
       <c r="N8" s="4">
-        <v>-17417.354652180002</v>
+        <v>43206.799986880003</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>-5.1999999999999997E-5</v>
+        <v>1.2999999999999999E-4</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>162340.39000000001</v>
+        <v>484806.84</v>
       </c>
       <c r="E9" s="5">
         <v>1</v>
       </c>
       <c r="F9" s="4">
-        <v>162340.39000000001</v>
+        <v>484806.84</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
-        <v>162340.39000000001</v>
+        <v>484806.84</v>
       </c>
       <c r="N9" s="4">
-        <v>162340.39000000001</v>
+        <v>484806.84</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>4.9100000000000001E-4</v>
+        <v>1.4660000000000001E-3</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D10" s="4">
-        <v>81311</v>
+        <v>79928</v>
       </c>
       <c r="E10" s="5">
-        <v>132.66</v>
+        <v>133.94</v>
       </c>
       <c r="F10" s="4">
-        <v>10786717.26</v>
+        <v>10705556.32</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>132.66</v>
+        <v>133.94</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>10786717.26</v>
+        <v>10705556.32</v>
       </c>
       <c r="N10" s="4">
-        <v>10786717.26</v>
+        <v>10705556.32</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>59</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>3.2680000000000001E-2</v>
+        <v>3.2372999999999999E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D11" s="4">
-        <v>68781</v>
+        <v>67137</v>
       </c>
       <c r="E11" s="5">
-        <v>212.91</v>
+        <v>243.1</v>
       </c>
       <c r="F11" s="4">
-        <v>14644162.710000001</v>
+        <v>16321004.699999999</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>212.91</v>
+        <v>243.1</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>14644162.710000001</v>
+        <v>16321004.699999999</v>
       </c>
       <c r="N11" s="4">
-        <v>14644162.710000001</v>
+        <v>16321004.699999999</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>73</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>4.4366999999999997E-2</v>
+        <v>4.9353000000000001E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D12" s="4">
-        <v>34161</v>
+        <v>33580</v>
       </c>
       <c r="E12" s="5">
-        <v>229</v>
+        <v>219.57</v>
       </c>
       <c r="F12" s="4">
-        <v>7822869</v>
+        <v>7373160.5999999996</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>229</v>
+        <v>219.57</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>7822869</v>
+        <v>7373160.5999999996</v>
       </c>
       <c r="N12" s="4">
-        <v>7822869</v>
+        <v>7373160.5999999996</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>78</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>80</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>2.3699999999999999E-2</v>
+        <v>2.2296E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D13" s="4">
-        <v>24563</v>
+        <v>24144</v>
       </c>
       <c r="E13" s="5">
-        <v>318.64999999999998</v>
+        <v>323.12</v>
       </c>
       <c r="F13" s="4">
-        <v>7826999.9500000002</v>
+        <v>7801409.2800000003</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>318.64999999999998</v>
+        <v>323.12</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>7826999.9500000002</v>
+        <v>7801409.2800000003</v>
       </c>
       <c r="N13" s="4">
-        <v>7826999.9500000002</v>
+        <v>7801409.2800000003</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>85</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.3713000000000001E-2</v>
+        <v>2.3591000000000001E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D14" s="4">
-        <v>59597</v>
+        <v>58583</v>
       </c>
       <c r="E14" s="5">
-        <v>232.14</v>
+        <v>254.63</v>
       </c>
       <c r="F14" s="4">
-        <v>13834847.58</v>
+        <v>14916989.289999999</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>232.14</v>
+        <v>254.63</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>13834847.58</v>
+        <v>14916989.289999999</v>
       </c>
       <c r="N14" s="4">
-        <v>13834847.58</v>
+        <v>14916989.289999999</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>88</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>91</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>86</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>4.1915000000000001E-2</v>
+        <v>4.5108000000000002E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="4">
-        <v>26482</v>
+        <v>26032</v>
       </c>
       <c r="E15" s="5">
-        <v>297.39</v>
+        <v>329.91</v>
       </c>
       <c r="F15" s="4">
-        <v>7875481.9800000004</v>
+        <v>8588217.1199999992</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>297.39</v>
+        <v>329.91</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>7875481.9800000004</v>
+        <v>8588217.1199999992</v>
       </c>
       <c r="N15" s="4">
-        <v>7875481.9800000004</v>
+        <v>8588217.1199999992</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>94</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>2.3859999999999999E-2</v>
+        <v>2.597E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D16" s="4">
-        <v>15143</v>
+        <v>14887</v>
       </c>
       <c r="E16" s="5">
-        <v>300.87</v>
+        <v>288.25</v>
       </c>
       <c r="F16" s="4">
-        <v>4556074.41</v>
+        <v>4291177.75</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>300.87</v>
+        <v>288.25</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>4556074.41</v>
+        <v>4291177.75</v>
       </c>
       <c r="N16" s="4">
-        <v>4556074.41</v>
+        <v>4291177.75</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>99</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>100</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>97</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.3802999999999999E-2</v>
+        <v>1.2976E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="4">
-        <v>137375</v>
+        <v>126807</v>
       </c>
       <c r="E17" s="5">
-        <v>68.989999999999995</v>
+        <v>66.319999999999993</v>
       </c>
       <c r="F17" s="4">
-        <v>9477501.25</v>
+        <v>8409840.2400000002</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>68.989999999999995</v>
+        <v>66.319999999999993</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>9477501.25</v>
+        <v>8409840.2400000002</v>
       </c>
       <c r="N17" s="4">
-        <v>9477501.25</v>
+        <v>8409840.2400000002</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>104</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>105</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>106</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>102</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.8712999999999999E-2</v>
+        <v>2.5430000000000001E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D18" s="4">
-        <v>21493</v>
+        <v>21127</v>
       </c>
       <c r="E18" s="5">
-        <v>738.7</v>
+        <v>734.38</v>
       </c>
       <c r="F18" s="4">
-        <v>15876879.1</v>
+        <v>15515246.26</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>738.7</v>
+        <v>734.38</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>15876879.1</v>
+        <v>15515246.26</v>
       </c>
       <c r="N18" s="4">
-        <v>15876879.1</v>
+        <v>15515246.26</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>110</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>111</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>4.8101999999999999E-2</v>
+        <v>4.6917E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="4">
-        <v>19416</v>
+        <v>19087</v>
       </c>
       <c r="E19" s="5">
-        <v>276.06</v>
+        <v>259.44</v>
       </c>
       <c r="F19" s="4">
-        <v>5359980.96</v>
+        <v>4951931.28</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>276.06</v>
+        <v>259.44</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>5359980.96</v>
+        <v>4951931.28</v>
       </c>
       <c r="N19" s="4">
-        <v>5359980.96</v>
+        <v>4951931.28</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>116</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.6239E-2</v>
+        <v>1.4973999999999999E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="4">
-        <v>11557</v>
+        <v>11361</v>
       </c>
       <c r="E20" s="5">
-        <v>473.29500000000002</v>
+        <v>447.23</v>
       </c>
       <c r="F20" s="4">
-        <v>5469870.3150000004</v>
+        <v>5080980.03</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>473.29500000000002</v>
+        <v>447.23</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>5469870.3150000004</v>
+        <v>5080980.03</v>
       </c>
       <c r="N20" s="4">
-        <v>5469870.3150000004</v>
+        <v>5080980.03</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>121</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.6572E-2</v>
+        <v>1.5363999999999999E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D21" s="4">
-        <v>64935</v>
+        <v>63826</v>
       </c>
       <c r="E21" s="5">
-        <v>177.17</v>
+        <v>185.42</v>
       </c>
       <c r="F21" s="4">
-        <v>11504533.949999999</v>
+        <v>11834616.92</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>177.17</v>
+        <v>185.42</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>11504533.949999999</v>
+        <v>11834616.92</v>
       </c>
       <c r="N21" s="4">
-        <v>11504533.949999999</v>
+        <v>11834616.92</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>125</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>126</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>3.4854999999999997E-2</v>
+        <v>3.5786999999999999E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D22" s="4">
-        <v>3737</v>
+        <v>3673</v>
       </c>
       <c r="E22" s="5">
-        <v>872</v>
+        <v>1078.5999999999999</v>
       </c>
       <c r="F22" s="4">
-        <v>3258664</v>
+        <v>3961697.8</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>872</v>
+        <v>1078.5999999999999</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>3258664</v>
+        <v>3961697.8</v>
       </c>
       <c r="N22" s="4">
-        <v>3258664</v>
+        <v>3961697.8</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>130</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>131</v>
       </c>
       <c r="Q22" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>132</v>
       </c>
       <c r="S22" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>9.8720000000000006E-3</v>
+        <v>1.1979E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D23" s="4">
-        <v>31235</v>
+        <v>30702</v>
       </c>
       <c r="E23" s="5">
-        <v>271.20485000000002</v>
+        <v>267.78250000000003</v>
       </c>
       <c r="F23" s="4">
-        <v>8471083.4897499997</v>
+        <v>8221458.3150000004</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>135</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J23" s="5">
-        <v>231.7</v>
+        <v>227.9</v>
       </c>
       <c r="K23" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>136</v>
       </c>
       <c r="M23" s="4">
-        <v>7237149.5</v>
+        <v>6996985.7999999998</v>
       </c>
       <c r="N23" s="4">
-        <v>8471083.4897499997</v>
+        <v>8221458.3150000004</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>137</v>
       </c>
       <c r="Q23" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>139</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>2.5663999999999999E-2</v>
+        <v>2.4861000000000001E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D24" s="4">
-        <v>94989</v>
+        <v>93371</v>
       </c>
       <c r="E24" s="5">
-        <v>100.15</v>
+        <v>133.9</v>
       </c>
       <c r="F24" s="4">
-        <v>9513148.3499999996</v>
+        <v>12502376.9</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>100.15</v>
+        <v>133.9</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>9513148.3499999996</v>
+        <v>12502376.9</v>
       </c>
       <c r="N24" s="4">
-        <v>9513148.3499999996</v>
+        <v>12502376.9</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>142</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="Q24" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>144</v>
       </c>
       <c r="S24" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>140</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>2.8820999999999999E-2</v>
+        <v>3.7805999999999999E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D25" s="4">
-        <v>6838</v>
+        <v>6721</v>
       </c>
       <c r="E25" s="5">
-        <v>732.58</v>
+        <v>763</v>
       </c>
       <c r="F25" s="4">
-        <v>5009382.04</v>
+        <v>5128123</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>732.58</v>
+        <v>763</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>5009382.04</v>
+        <v>5128123</v>
       </c>
       <c r="N25" s="4">
-        <v>5009382.04</v>
+        <v>5128123</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>147</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>149</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>145</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>1.5176E-2</v>
+        <v>1.5507E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D26" s="4">
-        <v>59803</v>
+        <v>58785</v>
       </c>
       <c r="E26" s="5">
-        <v>84.12</v>
+        <v>83.93</v>
       </c>
       <c r="F26" s="4">
-        <v>5030628.3600000003</v>
+        <v>4933825.05</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>84.12</v>
+        <v>83.93</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>5030628.3600000003</v>
+        <v>4933825.05</v>
       </c>
       <c r="N26" s="4">
-        <v>5030628.3600000003</v>
+        <v>4933825.05</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>152</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="Q26" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>154</v>
       </c>
       <c r="S26" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.5240999999999999E-2</v>
+        <v>1.4919E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D27" s="4">
-        <v>48636</v>
+        <v>47807</v>
       </c>
       <c r="E27" s="5">
-        <v>506.69</v>
+        <v>517.95000000000005</v>
       </c>
       <c r="F27" s="4">
-        <v>24643374.84</v>
+        <v>24761635.649999999</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>506.69</v>
+        <v>517.95000000000005</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>24643374.84</v>
+        <v>24761635.649999999</v>
       </c>
       <c r="N27" s="4">
-        <v>24643374.84</v>
+        <v>24761635.649999999</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>157</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="Q27" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>159</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>7.4662000000000006E-2</v>
+        <v>7.4876999999999999E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D28" s="4">
-        <v>49727</v>
+        <v>40708</v>
       </c>
       <c r="E28" s="5">
-        <v>226.13</v>
+        <v>281.24</v>
       </c>
       <c r="F28" s="4">
-        <v>11244766.51</v>
+        <v>11448717.92</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>226.13</v>
+        <v>281.24</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>11244766.51</v>
+        <v>11448717.92</v>
       </c>
       <c r="N28" s="4">
-        <v>11244766.51</v>
+        <v>11448717.92</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>162</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="Q28" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>164</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>160</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>3.4068000000000001E-2</v>
+        <v>3.4619999999999998E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D29" s="4">
-        <v>333380</v>
+        <v>327701</v>
       </c>
       <c r="E29" s="5">
-        <v>37.946314000000001</v>
+        <v>42.817768000000001</v>
       </c>
       <c r="F29" s="4">
-        <v>12650543.842719</v>
+        <v>14031426.1106371</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H29" s="3" t="s">
-        <v>167</v>
+        <v>54</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>168</v>
+        <v>55</v>
       </c>
       <c r="J29" s="5">
-        <v>1160</v>
+        <v>1305</v>
       </c>
       <c r="K29" s="5">
-        <v>30.569503740790172</v>
+        <v>30.478001740293898</v>
       </c>
       <c r="L29" s="3" t="s">
-        <v>169</v>
+        <v>56</v>
       </c>
       <c r="M29" s="4">
-        <v>386720847.32302999</v>
+        <v>427649829.418805</v>
       </c>
       <c r="N29" s="4">
-        <v>12650543.842719</v>
+        <v>14031426.1106371</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>165</v>
       </c>
       <c r="P29" s="3" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="Q29" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R29" s="3" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>3.8327E-2</v>
+        <v>4.2430000000000002E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D30" s="4">
-        <v>87775</v>
+        <v>81782</v>
       </c>
       <c r="E30" s="5">
-        <v>94.349540000000005</v>
+        <v>91.836862999999994</v>
       </c>
       <c r="F30" s="4">
-        <v>8281530.8804205004</v>
+        <v>7510602.3251429601</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H30" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="J30" s="5">
+        <v>73.069999999999993</v>
+      </c>
+      <c r="K30" s="5">
+        <v>0.79564999687627802</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="M30" s="4">
+        <v>5975810.7165379999</v>
+      </c>
+      <c r="N30" s="4">
+        <v>7510602.3251429601</v>
+      </c>
+      <c r="O30" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="P30" s="3" t="s">
         <v>175</v>
-      </c>
-[...22 lines deleted...]
-        <v>178</v>
       </c>
       <c r="Q30" s="3" t="s">
         <v>106</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>2.5090000000000001E-2</v>
+        <v>2.2710999999999999E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D31" s="4">
-        <v>17665</v>
+        <v>17364</v>
       </c>
       <c r="E31" s="5">
-        <v>181.64</v>
+        <v>190.58</v>
       </c>
       <c r="F31" s="4">
-        <v>3208670.6</v>
+        <v>3309231.12</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>181.64</v>
+        <v>190.58</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>3208670.6</v>
+        <v>3309231.12</v>
       </c>
       <c r="N31" s="4">
-        <v>3208670.6</v>
+        <v>3309231.12</v>
       </c>
       <c r="O31" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="P31" s="3" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="Q31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R31" s="3" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>9.7210000000000005E-3</v>
+        <v>1.0005999999999999E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D32" s="4">
-        <v>37588</v>
+        <v>36947</v>
       </c>
       <c r="E32" s="5">
-        <v>256.25</v>
+        <v>237</v>
       </c>
       <c r="F32" s="4">
-        <v>9631925</v>
+        <v>8756439</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>256.25</v>
+        <v>237</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>9631925</v>
+        <v>8756439</v>
       </c>
       <c r="N32" s="4">
-        <v>9631925</v>
+        <v>8756439</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="P32" s="3" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="Q32" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="S32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>2.9180999999999999E-2</v>
+        <v>2.6478999999999999E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D33" s="4">
-        <v>36879</v>
+        <v>36254</v>
       </c>
       <c r="E33" s="5">
-        <v>136.61000000000001</v>
+        <v>144.54</v>
       </c>
       <c r="F33" s="4">
-        <v>5038040.1900000004</v>
+        <v>5240153.16</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>136.61000000000001</v>
+        <v>144.54</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>5038040.1900000004</v>
+        <v>5240153.16</v>
       </c>
       <c r="N33" s="4">
-        <v>5038040.1900000004</v>
+        <v>5240153.16</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="P33" s="3" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="Q33" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="S33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>1.5263000000000001E-2</v>
+        <v>1.5845000000000001E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D34" s="4">
-        <v>46264</v>
+        <v>45477</v>
       </c>
       <c r="E34" s="5">
-        <v>202.48</v>
+        <v>183.73</v>
       </c>
       <c r="F34" s="4">
-        <v>9367534.7200000007</v>
+        <v>8355489.21</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>202.48</v>
+        <v>183.73</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>9367534.7200000007</v>
+        <v>8355489.21</v>
       </c>
       <c r="N34" s="4">
-        <v>9367534.7200000007</v>
+        <v>8355489.21</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="Q34" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="S34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>2.8379999999999999E-2</v>
+        <v>2.5266E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D35" s="4">
-        <v>20944</v>
+        <v>21345</v>
       </c>
       <c r="E35" s="5">
-        <v>492.72</v>
+        <v>485.02</v>
       </c>
       <c r="F35" s="4">
-        <v>10319527.68</v>
+        <v>10352751.9</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>492.72</v>
+        <v>485.02</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>10319527.68</v>
+        <v>10352751.9</v>
       </c>
       <c r="N35" s="4">
-        <v>10319527.68</v>
+        <v>10352751.9</v>
       </c>
       <c r="O35" s="3" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="P35" s="3" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="Q35" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>3.1265000000000001E-2</v>
+        <v>3.1306E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D36" s="4">
         <v>20535</v>
       </c>
       <c r="E36" s="5">
-        <v>123.36</v>
+        <v>110.98</v>
       </c>
       <c r="F36" s="4">
-        <v>2533197.6</v>
+        <v>2278974.2999999998</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>123.36</v>
+        <v>110.98</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>2533197.6</v>
+        <v>2278974.2999999998</v>
       </c>
       <c r="N36" s="4">
-        <v>2533197.6</v>
+        <v>2278974.2999999998</v>
       </c>
       <c r="O36" s="3" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="P36" s="3" t="s">
-        <v>169</v>
+        <v>56</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="S36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>7.6740000000000003E-3</v>
+        <v>6.8910000000000004E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D37" s="4">
-        <v>171724</v>
+        <v>168802</v>
       </c>
       <c r="E37" s="5">
-        <v>48.83</v>
+        <v>48.33</v>
       </c>
       <c r="F37" s="4">
-        <v>8385282.9199999999</v>
+        <v>8158200.6600000001</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>48.83</v>
+        <v>48.33</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>8385282.9199999999</v>
+        <v>8158200.6600000001</v>
       </c>
       <c r="N37" s="4">
-        <v>8385282.9199999999</v>
+        <v>8158200.6600000001</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="S37" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.5403999999999999E-2</v>
+        <v>2.4670000000000001E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D38" s="4">
-        <v>55249</v>
+        <v>54304</v>
       </c>
       <c r="E38" s="5">
-        <v>93.75</v>
+        <v>97.97</v>
       </c>
       <c r="F38" s="4">
-        <v>5179593.75</v>
+        <v>5320162.88</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>93.75</v>
+        <v>97.97</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>5179593.75</v>
+        <v>5320162.88</v>
       </c>
       <c r="N38" s="4">
-        <v>5179593.75</v>
+        <v>5320162.88</v>
       </c>
       <c r="O38" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="P38" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="Q38" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="R38" s="3" t="s">
         <v>218</v>
-      </c>
-[...7 lines deleted...]
-        <v>221</v>
       </c>
       <c r="S38" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>1.5692000000000001E-2</v>
+        <v>1.6087000000000001E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D39" s="4">
-        <v>27011</v>
+        <v>26552</v>
       </c>
       <c r="E39" s="5">
-        <v>309.87</v>
+        <v>345.3</v>
       </c>
       <c r="F39" s="4">
-        <v>8369898.5700000003</v>
+        <v>9168405.5999999996</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>309.87</v>
+        <v>345.3</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>8369898.5700000003</v>
+        <v>9168405.5999999996</v>
       </c>
       <c r="N39" s="4">
-        <v>8369898.5700000003</v>
+        <v>9168405.5999999996</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="Q39" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="S39" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.5357999999999999E-2</v>
+        <v>2.7723999999999999E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D40" s="4">
-        <v>24641</v>
+        <v>24223</v>
       </c>
       <c r="E40" s="5">
-        <v>351.78</v>
+        <v>341.38</v>
       </c>
       <c r="F40" s="4">
-        <v>8668210.9800000004</v>
+        <v>8269247.7400000002</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>351.78</v>
+        <v>341.38</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>8668210.9800000004</v>
+        <v>8269247.7400000002</v>
       </c>
       <c r="N40" s="4">
-        <v>8668210.9800000004</v>
+        <v>8269247.7400000002</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="S40" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.6262000000000001E-2</v>
+        <v>2.5004999999999999E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D41" s="4">
-        <v>78877</v>
+        <v>61492</v>
       </c>
       <c r="E41" s="5">
-        <v>82.18</v>
+        <v>83.82</v>
       </c>
       <c r="F41" s="4">
-        <v>6482111.8600000003</v>
+        <v>5154259.4400000004</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>82.18</v>
+        <v>83.82</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>6482111.8600000003</v>
+        <v>5154259.4400000004</v>
       </c>
       <c r="N41" s="4">
-        <v>6482111.8600000003</v>
+        <v>5154259.4400000004</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="S41" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>1.9637999999999999E-2</v>
+        <v>1.5585999999999999E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D42" s="4">
-        <v>167985</v>
+        <v>158316</v>
       </c>
       <c r="E42" s="5">
-        <v>62.850845999999997</v>
+        <v>59.234999999999999</v>
       </c>
       <c r="F42" s="4">
-        <v>10557999.36531</v>
+        <v>9377848.2599999998</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H42" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="J42" s="5">
         <v>44</v>
       </c>
-      <c r="I42" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K42" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>46</v>
+        <v>238</v>
       </c>
       <c r="M42" s="4">
-        <v>7814662.2000000002</v>
+        <v>6965904</v>
       </c>
       <c r="N42" s="4">
-        <v>10557999.36531</v>
+        <v>9377848.2599999998</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>239</v>
       </c>
       <c r="Q42" s="3" t="s">
         <v>106</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>240</v>
       </c>
       <c r="S42" s="3" t="s">
         <v>241</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>3.1987000000000002E-2</v>
+        <v>2.8358000000000001E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D43" s="4">
-        <v>31443</v>
+        <v>30906</v>
       </c>
       <c r="E43" s="5">
-        <v>83.8078</v>
+        <v>79.3125</v>
       </c>
       <c r="F43" s="4">
-        <v>2635168.6554</v>
+        <v>2451232.125</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>244</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J43" s="5">
-        <v>71.599999999999994</v>
+        <v>67.5</v>
       </c>
       <c r="K43" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>245</v>
       </c>
       <c r="M43" s="4">
-        <v>2251318.7999999998</v>
+        <v>2086155</v>
       </c>
       <c r="N43" s="4">
-        <v>2635168.6554</v>
+        <v>2451232.125</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>242</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>246</v>
       </c>
       <c r="Q43" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>247</v>
       </c>
       <c r="S43" s="3" t="s">
         <v>248</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>7.9830000000000005E-3</v>
+        <v>7.4120000000000002E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D44" s="4">
-        <v>34185</v>
+        <v>32520</v>
       </c>
       <c r="E44" s="5">
-        <v>259.97000000000003</v>
+        <v>246.6</v>
       </c>
       <c r="F44" s="4">
-        <v>8887074.4499999993</v>
+        <v>8019432</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>259.97000000000003</v>
+        <v>246.6</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>8887074.4499999993</v>
+        <v>8019432</v>
       </c>
       <c r="N44" s="4">
-        <v>8887074.4499999993</v>
+        <v>8019432</v>
       </c>
       <c r="O44" s="3" t="s">
         <v>249</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>251</v>
       </c>
       <c r="Q44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>252</v>
       </c>
       <c r="S44" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>2.6925000000000001E-2</v>
+        <v>2.4250000000000001E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D45" s="4">
-        <v>5614</v>
+        <v>5518</v>
       </c>
       <c r="E45" s="5">
-        <v>745.14030000000002</v>
+        <v>973.01750000000004</v>
       </c>
       <c r="F45" s="4">
-        <v>4183217.6442</v>
+        <v>5369110.5650000004</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>255</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J45" s="5">
-        <v>636.6</v>
+        <v>828.1</v>
       </c>
       <c r="K45" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>256</v>
       </c>
       <c r="M45" s="4">
-        <v>3573872.4</v>
+        <v>4569455.8</v>
       </c>
       <c r="N45" s="4">
-        <v>4183217.6442</v>
+        <v>5369110.5650000004</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>253</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>257</v>
       </c>
       <c r="Q45" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>258</v>
       </c>
       <c r="S45" s="3" t="s">
         <v>259</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>1.2673E-2</v>
+        <v>1.6234999999999999E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D46" s="4">
-        <v>13978</v>
+        <v>13745</v>
       </c>
       <c r="E46" s="5">
-        <v>104.40860000000001</v>
+        <v>93.823750000000004</v>
       </c>
       <c r="F46" s="4">
-        <v>1459423.4108</v>
+        <v>1289607.4437500001</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>135</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J46" s="5">
-        <v>89.2</v>
+        <v>79.849999999999994</v>
       </c>
       <c r="K46" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>136</v>
       </c>
       <c r="M46" s="4">
-        <v>1246837.6000000001</v>
+        <v>1097538.25</v>
       </c>
       <c r="N46" s="4">
-        <v>1459423.4108</v>
+        <v>1289607.4437500001</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>260</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>262</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>263</v>
       </c>
       <c r="S46" s="3" t="s">
         <v>139</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>4.4209999999999996E-3</v>
+        <v>3.8990000000000001E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D47" s="4">
-        <v>226290</v>
+        <v>222446</v>
       </c>
       <c r="E47" s="5">
-        <v>33.938375999999998</v>
+        <v>34.046663000000002</v>
       </c>
       <c r="F47" s="4">
-        <v>7679915.1050399998</v>
+        <v>7573543.8864749996</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>44</v>
+        <v>236</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>45</v>
+        <v>237</v>
       </c>
       <c r="J47" s="5">
-        <v>25.12</v>
+        <v>25.29</v>
       </c>
       <c r="K47" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>46</v>
+        <v>238</v>
       </c>
       <c r="M47" s="4">
-        <v>5684404.7999999998</v>
+        <v>5625659.3399999999</v>
       </c>
       <c r="N47" s="4">
-        <v>7679915.1050399998</v>
+        <v>7573543.8864749996</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>264</v>
       </c>
       <c r="P47" s="3" t="s">
         <v>266</v>
       </c>
       <c r="Q47" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R47" s="3" t="s">
         <v>267</v>
       </c>
       <c r="S47" s="3" t="s">
         <v>241</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>2.3266999999999999E-2</v>
+        <v>2.2901999999999999E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D48" s="4">
-        <v>97074</v>
+        <v>96484</v>
       </c>
       <c r="E48" s="5">
-        <v>31.135300000000001</v>
+        <v>33.499250000000004</v>
       </c>
       <c r="F48" s="4">
-        <v>3022428.1121999999</v>
+        <v>3232141.6370000001</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>270</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J48" s="5">
-        <v>26.6</v>
+        <v>28.51</v>
       </c>
       <c r="K48" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>271</v>
       </c>
       <c r="M48" s="4">
-        <v>2582168.4</v>
+        <v>2750758.84</v>
       </c>
       <c r="N48" s="4">
-        <v>3022428.1121999999</v>
+        <v>3232141.6370000001</v>
       </c>
       <c r="O48" s="3" t="s">
         <v>268</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>272</v>
       </c>
       <c r="Q48" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R48" s="3" t="s">
         <v>273</v>
       </c>
       <c r="S48" s="3" t="s">
         <v>274</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>9.1570000000000002E-3</v>
+        <v>9.7730000000000004E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D49" s="4">
-        <v>1334804</v>
+        <v>1311918</v>
       </c>
       <c r="E49" s="5">
-        <v>4.9029600000000002</v>
+        <v>4.4749350000000003</v>
       </c>
       <c r="F49" s="4">
-        <v>6544491.2205018001</v>
+        <v>5870747.7753299996</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>44</v>
+        <v>236</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>45</v>
+        <v>237</v>
       </c>
       <c r="J49" s="5">
-        <v>3.629</v>
+        <v>3.3239999999999998</v>
       </c>
       <c r="K49" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>46</v>
+        <v>238</v>
       </c>
       <c r="M49" s="4">
-        <v>4844003.716</v>
+        <v>4360815.432</v>
       </c>
       <c r="N49" s="4">
-        <v>6544491.2205018001</v>
+        <v>5870747.7753299996</v>
       </c>
       <c r="O49" s="3" t="s">
         <v>275</v>
       </c>
       <c r="P49" s="3" t="s">
         <v>277</v>
       </c>
       <c r="Q49" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R49" s="3" t="s">
         <v>278</v>
       </c>
       <c r="S49" s="3" t="s">
         <v>241</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.9827000000000001E-2</v>
+        <v>1.7752E-2</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D50" s="4">
-        <v>40297</v>
+        <v>39615</v>
       </c>
       <c r="E50" s="5">
-        <v>56.262495000000001</v>
+        <v>54.251669999999997</v>
       </c>
       <c r="F50" s="4">
-        <v>2267209.7847818402</v>
+        <v>2149179.8498300002</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>281</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>282</v>
       </c>
       <c r="J50" s="5">
-        <v>358.8</v>
+        <v>344.65</v>
       </c>
       <c r="K50" s="5">
-        <v>6.3772500532500382</v>
+        <v>6.3527998154638716</v>
       </c>
       <c r="L50" s="3" t="s">
         <v>283</v>
       </c>
       <c r="M50" s="4">
-        <v>14458563.720728001</v>
+        <v>13653309.353398001</v>
       </c>
       <c r="N50" s="4">
-        <v>2267209.7847818402</v>
+        <v>2149179.8498300002</v>
       </c>
       <c r="O50" s="3" t="s">
         <v>279</v>
       </c>
       <c r="P50" s="3" t="s">
         <v>284</v>
       </c>
       <c r="Q50" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R50" s="3" t="s">
         <v>285</v>
       </c>
       <c r="S50" s="3" t="s">
         <v>286</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>6.868E-3</v>
+        <v>6.4989999999999996E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>289</v>
       </c>
       <c r="D51" s="4">
         <v>700000</v>
       </c>
       <c r="E51" s="5">
-        <v>99.987825999999998</v>
+        <v>99.944682999999998</v>
       </c>
       <c r="F51" s="4">
-        <v>702458.52528890001</v>
+        <v>704740.04894946003</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>290</v>
       </c>
       <c r="H51" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J51" s="5">
-        <v>99.987825999999998</v>
+        <v>99.944682999999998</v>
       </c>
       <c r="K51" s="5">
         <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M51" s="4">
-        <v>702458.525288</v>
+        <v>704740.04894899996</v>
       </c>
       <c r="N51" s="4">
-        <v>702458.52528890001</v>
+        <v>704740.04894946003</v>
       </c>
       <c r="O51" s="3" t="s">
         <v>291</v>
       </c>
       <c r="P51" s="3" t="s">
         <v>292</v>
       </c>
       <c r="Q51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>287</v>
       </c>
       <c r="S51" s="3" t="s">
         <v>293</v>
       </c>
       <c r="T51" s="4">
         <v>0.01</v>
       </c>
       <c r="U51" s="2">
         <v>46507</v>
       </c>
       <c r="V51" s="4">
-        <v>4.2467868280000003</v>
+        <v>4.0478362060000004</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>294</v>
       </c>
       <c r="X51" s="4">
-        <v>2543.7432889000002</v>
+        <v>5127.2679494599997</v>
       </c>
       <c r="Y51" s="4">
-        <v>2543.7432880000001</v>
+        <v>5127.267949</v>
       </c>
       <c r="Z51" s="6">
-        <v>2.1280000000000001E-3</v>
+        <v>2.1310000000000001E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>297</v>
       </c>
       <c r="D52" s="4">
-        <v>-193800.58</v>
+        <v>-225593.36</v>
       </c>
       <c r="E52" s="5">
         <v>1</v>
       </c>
       <c r="F52" s="4">
-        <v>-193800.58</v>
+        <v>-225593.36</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>298</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J52" s="5">
         <v>1</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M52" s="4">
-        <v>-193800.58</v>
+        <v>-225593.36</v>
       </c>
       <c r="N52" s="4">
-        <v>-193800.58</v>
+        <v>-225593.36</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S52" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>-5.8699999999999996E-4</v>
+        <v>-6.8199999999999999E-4</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>301</v>
       </c>
       <c r="D53" s="4">
-        <v>1831762.44</v>
+        <v>6711750.8300000001</v>
       </c>
       <c r="E53" s="5">
         <v>1</v>
       </c>
       <c r="F53" s="4">
-        <v>1831762.44000001</v>
+        <v>6711750.8300000103</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>302</v>
       </c>
       <c r="H53" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J53" s="5">
         <v>1</v>
       </c>
       <c r="K53" s="5">
         <v>1</v>
       </c>
       <c r="L53" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M53" s="4">
-        <v>1831762.44</v>
+        <v>6711750.8300000001</v>
       </c>
       <c r="N53" s="4">
-        <v>1831762.44000001</v>
+        <v>6711750.8300000103</v>
       </c>
       <c r="O53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="R53" s="3" t="s">
         <v>299</v>
       </c>
       <c r="S53" s="3" t="s">
         <v>293</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>5.5490000000000001E-3</v>
+        <v>2.0296000000000002E-2</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
         <v>308</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
-</file>
-[...4 lines deleted...]
-</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>August</vt:lpstr>
+      <vt:lpstr>September</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>GMO, LLC</Company>
+  <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Odayne Smith</dc:creator>
+  <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>