--- v1 (2025-11-05)
+++ v2 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_10\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{74271049-E410-4DE7-A705-246E75B05CAC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8E935A2D-7592-44E8-A6F1-AE4D1DF4C9EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{872936A8-90D7-42BC-9EBB-988611334B74}"/>
+    <workbookView xWindow="1560" yWindow="1860" windowWidth="11520" windowHeight="8265" xr2:uid="{57CA1CFC-1338-47F5-8C82-9ABD4EA0B29A}"/>
   </bookViews>
   <sheets>
-    <sheet name="September" sheetId="1" r:id="rId1"/>
+    <sheet name="October" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="683" uniqueCount="309">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="670" uniqueCount="303">
   <si>
     <t>GMO Quality Select Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -163,425 +163,404 @@
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
     <t>EURTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (EUR)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>EU</t>
   </si>
   <si>
+    <t>GBPTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (GBP)</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
     <t>HKDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (HKD)</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HKD</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
-    <t>NOKTCash</t>
-[...17 lines deleted...]
-    <t>Trade Date Cash (TWD)</t>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>002824100</t>
+  </si>
+  <si>
+    <t>Abbott Laboratories</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2002305</t>
+  </si>
+  <si>
+    <t>ABT</t>
+  </si>
+  <si>
+    <t>Health Care</t>
+  </si>
+  <si>
+    <t>US0028241000</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>02079K305</t>
+  </si>
+  <si>
+    <t>Alphabet Inc-Cl A</t>
+  </si>
+  <si>
+    <t>BYVY8G0</t>
+  </si>
+  <si>
+    <t>GOOGL</t>
+  </si>
+  <si>
+    <t>Communication Services</t>
+  </si>
+  <si>
+    <t>US02079K3059</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>023135106</t>
+  </si>
+  <si>
+    <t>Amazon.com Inc</t>
+  </si>
+  <si>
+    <t>2000019</t>
+  </si>
+  <si>
+    <t>AMZN</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>US0231351067</t>
+  </si>
+  <si>
+    <t>036752103</t>
+  </si>
+  <si>
+    <t>Elevance Health Inc</t>
+  </si>
+  <si>
+    <t>BSPHGL4</t>
+  </si>
+  <si>
+    <t>ELV</t>
+  </si>
+  <si>
+    <t>US0367521038</t>
+  </si>
+  <si>
+    <t>037833100</t>
+  </si>
+  <si>
+    <t>Apple Inc</t>
+  </si>
+  <si>
+    <t>2046251</t>
+  </si>
+  <si>
+    <t>AAPL</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>US0378331005</t>
+  </si>
+  <si>
+    <t>11135F101</t>
+  </si>
+  <si>
+    <t>Broadcom Inc</t>
+  </si>
+  <si>
+    <t>BDZ78H9</t>
+  </si>
+  <si>
+    <t>AVGO</t>
+  </si>
+  <si>
+    <t>US11135F1012</t>
+  </si>
+  <si>
+    <t>125523100</t>
+  </si>
+  <si>
+    <t>The Cigna Group</t>
+  </si>
+  <si>
+    <t>BHJ0775</t>
+  </si>
+  <si>
+    <t>CI</t>
+  </si>
+  <si>
+    <t>US1255231003</t>
+  </si>
+  <si>
+    <t>191216100</t>
+  </si>
+  <si>
+    <t>Coca-Cola Co/The</t>
+  </si>
+  <si>
+    <t>2206657</t>
+  </si>
+  <si>
+    <t>KO</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>US1912161007</t>
+  </si>
+  <si>
+    <t>30303M102</t>
+  </si>
+  <si>
+    <t>Meta Platforms Inc-Class A</t>
+  </si>
+  <si>
+    <t>B7TL820</t>
+  </si>
+  <si>
+    <t>META</t>
+  </si>
+  <si>
+    <t>US30303M1027</t>
+  </si>
+  <si>
+    <t>43300A203</t>
+  </si>
+  <si>
+    <t>Hilton Worldwide Holdings In</t>
+  </si>
+  <si>
+    <t>BYVMW06</t>
+  </si>
+  <si>
+    <t>HLT</t>
+  </si>
+  <si>
+    <t>US43300A2033</t>
+  </si>
+  <si>
+    <t>46120E602</t>
+  </si>
+  <si>
+    <t>Intuitive Surgical Inc</t>
+  </si>
+  <si>
+    <t>2871301</t>
+  </si>
+  <si>
+    <t>ISRG</t>
+  </si>
+  <si>
+    <t>US46120E6023</t>
+  </si>
+  <si>
+    <t>478160104</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t>2475833</t>
+  </si>
+  <si>
+    <t>JNJ</t>
+  </si>
+  <si>
+    <t>US4781601046</t>
+  </si>
+  <si>
+    <t>482480100</t>
+  </si>
+  <si>
+    <t>Kla Corp</t>
+  </si>
+  <si>
+    <t>2480138</t>
+  </si>
+  <si>
+    <t>KLAC</t>
+  </si>
+  <si>
+    <t>US4824801009</t>
+  </si>
+  <si>
+    <t>4846288</t>
+  </si>
+  <si>
+    <t>Sap Se</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>SAP</t>
+  </si>
+  <si>
+    <t>DE0007164600</t>
+  </si>
+  <si>
+    <t>XETR</t>
+  </si>
+  <si>
+    <t>512807306</t>
+  </si>
+  <si>
+    <t>Lam Research Corp</t>
+  </si>
+  <si>
+    <t>BSML4N7</t>
+  </si>
+  <si>
+    <t>LRCX</t>
+  </si>
+  <si>
+    <t>US5128073062</t>
+  </si>
+  <si>
+    <t>532457108</t>
+  </si>
+  <si>
+    <t>Eli Lilly &amp; Co</t>
+  </si>
+  <si>
+    <t>2516152</t>
+  </si>
+  <si>
+    <t>LLY</t>
+  </si>
+  <si>
+    <t>US5324571083</t>
+  </si>
+  <si>
+    <t>58933Y105</t>
+  </si>
+  <si>
+    <t>Merck &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t>2778844</t>
+  </si>
+  <si>
+    <t>MRK</t>
+  </si>
+  <si>
+    <t>US58933Y1055</t>
+  </si>
+  <si>
+    <t>594918104</t>
+  </si>
+  <si>
+    <t>Microsoft Corp</t>
+  </si>
+  <si>
+    <t>2588173</t>
+  </si>
+  <si>
+    <t>MSFT</t>
+  </si>
+  <si>
+    <t>US5949181045</t>
+  </si>
+  <si>
+    <t>6889106</t>
+  </si>
+  <si>
+    <t>Taiwan Semiconductor Manufac</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TWD</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
-    <t>USDTCash</t>
-[...328 lines deleted...]
-  <si>
     <t>2330</t>
   </si>
   <si>
     <t>TW0002330008</t>
   </si>
   <si>
     <t>XTAI</t>
   </si>
   <si>
     <t>7123870</t>
   </si>
   <si>
     <t>Nestle Sa-Reg</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>NESN</t>
@@ -745,59 +724,50 @@
   <si>
     <t>US92826C8394</t>
   </si>
   <si>
     <t>949746101</t>
   </si>
   <si>
     <t>Wells Fargo &amp; Co</t>
   </si>
   <si>
     <t>2649100</t>
   </si>
   <si>
     <t>WFC</t>
   </si>
   <si>
     <t>US9497461015</t>
   </si>
   <si>
     <t>B10RZP7</t>
   </si>
   <si>
     <t>Unilever Plc</t>
   </si>
   <si>
-    <t>United Kingdom</t>
-[...7 lines deleted...]
-  <si>
     <t>ULVR</t>
   </si>
   <si>
     <t>GB00B10RZP78</t>
   </si>
   <si>
     <t>XLON</t>
   </si>
   <si>
     <t>B3MSM28</t>
   </si>
   <si>
     <t>Amadeus It Group Sa</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>AMS</t>
   </si>
   <si>
     <t>ES0109067019</t>
@@ -920,50 +890,62 @@
     <t>XCSE</t>
   </si>
   <si>
     <t>US91282CMX64</t>
   </si>
   <si>
     <t>TF FLOAT 04/30/27</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Government</t>
   </si>
   <si>
     <t>BN2RK98</t>
   </si>
   <si>
     <t>TF</t>
   </si>
   <si>
     <t>XOTC</t>
   </si>
   <si>
     <t>91282CMX6</t>
+  </si>
+  <si>
+    <t>US91282CNQ05</t>
+  </si>
+  <si>
+    <t>TF FLOAT 07/31/27</t>
+  </si>
+  <si>
+    <t>BTY0CX5</t>
+  </si>
+  <si>
+    <t>91282CNQ0</t>
   </si>
   <si>
     <t>USDAccExp</t>
   </si>
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
   </si>
   <si>
     <t>IE00BYXBJ775</t>
   </si>
   <si>
     <t>State Street Us Treasury Liquidity</t>
   </si>
   <si>
     <t>Pooled Investment</t>
   </si>
   <si>
     <t>Fund</t>
   </si>
@@ -1357,92 +1339,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3C317985-6946-49C7-9E96-C655FD97F35B}">
-  <dimension ref="A1:Z60"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D903836-AA9D-4390-9392-D782250D0E7D}">
+  <dimension ref="A1:Z59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="26.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="6.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
-    <col min="23" max="23" width="9.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="9.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45930</v>
+        <v>45961</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1492,3791 +1474,3723 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>24718.457973</v>
+        <v>24264.327972999999</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>24718.457973370001</v>
+        <v>24264.32797337</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>24718.457973</v>
+        <v>24264.327972999999</v>
       </c>
       <c r="N4" s="4">
-        <v>24718.457973370001</v>
+        <v>24264.32797337</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>7.3999999999999996E-5</v>
+        <v>6.9999999999999994E-5</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>-4278027.21</v>
+        <v>7851.17</v>
       </c>
       <c r="E5" s="5">
-        <v>1.175</v>
+        <v>1.1541999999999999</v>
       </c>
       <c r="F5" s="4">
-        <v>-5026681.9717499996</v>
+        <v>9061.8204139999998</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>-4278027.21</v>
+        <v>7851.17</v>
       </c>
       <c r="N5" s="4">
-        <v>-5026681.9717499996</v>
+        <v>9061.8204139999998</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>-1.52E-2</v>
+        <v>2.5999999999999998E-5</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>1.66</v>
+        <v>52.27</v>
       </c>
       <c r="E6" s="5">
-        <v>0.128528</v>
+        <v>1.31385</v>
       </c>
       <c r="F6" s="4">
-        <v>0.21335663999999999</v>
+        <v>68.674939499999994</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>7.7803997725011103</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>1.659999</v>
+        <v>52.27</v>
       </c>
       <c r="N6" s="4">
-        <v>0.21335663999999999</v>
+        <v>68.674939499999994</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>-100000</v>
+        <v>1.66</v>
       </c>
       <c r="E7" s="5">
-        <v>0.10022200000000001</v>
+        <v>0.128664</v>
       </c>
       <c r="F7" s="4">
-        <v>-10022.24939365</v>
+        <v>0.21358173999999999</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>9.977800391908044</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>-100000.003927</v>
+        <v>1.659999</v>
       </c>
       <c r="N7" s="4">
-        <v>-10022.24939365</v>
+        <v>0.21358173999999999</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>-3.0000000000000001E-5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>1316856.8500000001</v>
+        <v>130651.45</v>
       </c>
       <c r="E8" s="5">
-        <v>3.2811E-2</v>
+        <v>1</v>
       </c>
       <c r="F8" s="4">
-        <v>43206.799986880003</v>
+        <v>130651.45</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>30.478001740293898</v>
+        <v>1</v>
       </c>
       <c r="L8" s="3" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="M8" s="4">
-        <v>1316856.9251920001</v>
+        <v>130651.45</v>
       </c>
       <c r="N8" s="4">
-        <v>43206.799986880003</v>
+        <v>130651.45</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>1.2999999999999999E-4</v>
+        <v>3.7800000000000003E-4</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D9" s="4">
+        <v>79928</v>
+      </c>
+      <c r="E9" s="5">
+        <v>123.62</v>
+      </c>
+      <c r="F9" s="4">
+        <v>9880699.3599999994</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>57</v>
-      </c>
-[...16 lines deleted...]
-        <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
-        <v>1</v>
+        <v>123.62</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
-        <v>484806.84</v>
+        <v>9880699.3599999994</v>
       </c>
       <c r="N9" s="4">
-        <v>484806.84</v>
+        <v>9880699.3599999994</v>
       </c>
       <c r="O9" s="3" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="P9" s="3" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="Q9" s="3" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="R9" s="3" t="s">
-        <v>34</v>
+        <v>61</v>
       </c>
       <c r="S9" s="3" t="s">
-        <v>35</v>
+        <v>62</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>1.4660000000000001E-3</v>
+        <v>2.8642000000000001E-2</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D10" s="4">
-        <v>79928</v>
+        <v>71282</v>
       </c>
       <c r="E10" s="5">
-        <v>133.94</v>
+        <v>281.19</v>
       </c>
       <c r="F10" s="4">
-        <v>10705556.32</v>
+        <v>20043785.579999998</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>133.94</v>
+        <v>281.19</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>10705556.32</v>
+        <v>20043785.579999998</v>
       </c>
       <c r="N10" s="4">
-        <v>10705556.32</v>
+        <v>20043785.579999998</v>
       </c>
       <c r="O10" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="P10" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q10" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="R10" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="S10" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="T10" s="4">
+        <v>1</v>
+      </c>
+      <c r="W10" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="P10" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>3.2372999999999999E-2</v>
+        <v>5.8103000000000002E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D11" s="4">
-        <v>67137</v>
+        <v>37475</v>
       </c>
       <c r="E11" s="5">
-        <v>243.1</v>
+        <v>244.22</v>
       </c>
       <c r="F11" s="4">
-        <v>16321004.699999999</v>
+        <v>9152144.5</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>243.1</v>
+        <v>244.22</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>16321004.699999999</v>
+        <v>9152144.5</v>
       </c>
       <c r="N11" s="4">
-        <v>16321004.699999999</v>
+        <v>9152144.5</v>
       </c>
       <c r="O11" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="P11" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q11" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="R11" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="S11" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="T11" s="4">
+        <v>1</v>
+      </c>
+      <c r="W11" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="P11" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>4.9353000000000001E-2</v>
+        <v>2.6530000000000001E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D12" s="4">
-        <v>33580</v>
+        <v>23423</v>
       </c>
       <c r="E12" s="5">
-        <v>219.57</v>
+        <v>317.2</v>
       </c>
       <c r="F12" s="4">
-        <v>7373160.5999999996</v>
+        <v>7429775.5999999996</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>219.57</v>
+        <v>317.2</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>7373160.5999999996</v>
+        <v>7429775.5999999996</v>
       </c>
       <c r="N12" s="4">
-        <v>7373160.5999999996</v>
+        <v>7429775.5999999996</v>
       </c>
       <c r="O12" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P12" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="Q12" s="3" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>80</v>
       </c>
       <c r="S12" s="3" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>2.2296E-2</v>
+        <v>2.1537000000000001E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D13" s="4">
-        <v>24144</v>
+        <v>62059</v>
       </c>
       <c r="E13" s="5">
-        <v>323.12</v>
+        <v>270.37</v>
       </c>
       <c r="F13" s="4">
-        <v>7801409.2800000003</v>
+        <v>16778891.829999998</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>323.12</v>
+        <v>270.37</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>7801409.2800000003</v>
+        <v>16778891.829999998</v>
       </c>
       <c r="N13" s="4">
-        <v>7801409.2800000003</v>
+        <v>16778891.829999998</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="Q13" s="3" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="R13" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="S13" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.3591000000000001E-2</v>
+        <v>4.8639000000000002E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D14" s="4">
-        <v>58583</v>
+        <v>27701</v>
       </c>
       <c r="E14" s="5">
-        <v>254.63</v>
+        <v>369.63</v>
       </c>
       <c r="F14" s="4">
-        <v>14916989.289999999</v>
+        <v>10239120.630000001</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>254.63</v>
+        <v>369.63</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>14916989.289999999</v>
+        <v>10239120.630000001</v>
       </c>
       <c r="N14" s="4">
-        <v>14916989.289999999</v>
+        <v>10239120.630000001</v>
       </c>
       <c r="O14" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P14" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="Q14" s="3" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>91</v>
       </c>
       <c r="S14" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>4.5108000000000002E-2</v>
+        <v>2.9680999999999999E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D15" s="4">
-        <v>26032</v>
+        <v>16770</v>
       </c>
       <c r="E15" s="5">
-        <v>329.91</v>
+        <v>244.41</v>
       </c>
       <c r="F15" s="4">
-        <v>8588217.1199999992</v>
+        <v>4098755.7</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>329.91</v>
+        <v>244.41</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>8588217.1199999992</v>
+        <v>4098755.7</v>
       </c>
       <c r="N15" s="4">
-        <v>8588217.1199999992</v>
+        <v>4098755.7</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>94</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="Q15" s="3" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>2.597E-2</v>
+        <v>1.1880999999999999E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D16" s="4">
-        <v>14887</v>
+        <v>137014</v>
       </c>
       <c r="E16" s="5">
-        <v>288.25</v>
+        <v>68.900000000000006</v>
       </c>
       <c r="F16" s="4">
-        <v>4291177.75</v>
+        <v>9440264.5999999996</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>288.25</v>
+        <v>68.900000000000006</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>4291177.75</v>
+        <v>9440264.5999999996</v>
       </c>
       <c r="N16" s="4">
-        <v>4291177.75</v>
+        <v>9440264.5999999996</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>99</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>100</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>65</v>
+        <v>101</v>
       </c>
       <c r="R16" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>97</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.2976E-2</v>
+        <v>2.7365E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D17" s="4">
-        <v>126807</v>
+        <v>22365</v>
       </c>
       <c r="E17" s="5">
-        <v>66.319999999999993</v>
+        <v>648.35</v>
       </c>
       <c r="F17" s="4">
-        <v>8409840.2400000002</v>
+        <v>14500347.75</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>66.319999999999993</v>
+        <v>648.35</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>8409840.2400000002</v>
+        <v>14500347.75</v>
       </c>
       <c r="N17" s="4">
-        <v>8409840.2400000002</v>
+        <v>14500347.75</v>
       </c>
       <c r="O17" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P17" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>106</v>
+        <v>67</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.5430000000000001E-2</v>
+        <v>4.2034000000000002E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D18" s="4">
-        <v>21127</v>
+        <v>20839</v>
       </c>
       <c r="E18" s="5">
-        <v>734.38</v>
+        <v>256.95999999999998</v>
       </c>
       <c r="F18" s="4">
-        <v>15515246.26</v>
+        <v>5354789.4400000004</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>734.38</v>
+        <v>256.95999999999998</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>15515246.26</v>
+        <v>5354789.4400000004</v>
       </c>
       <c r="N18" s="4">
-        <v>15515246.26</v>
+        <v>5354789.4400000004</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>110</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>111</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>4.6917E-2</v>
+        <v>1.5521999999999999E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D19" s="4">
-        <v>19087</v>
+        <v>11361</v>
       </c>
       <c r="E19" s="5">
-        <v>259.44</v>
+        <v>534.28</v>
       </c>
       <c r="F19" s="4">
-        <v>4951931.28</v>
+        <v>6069955.0800000001</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>259.44</v>
+        <v>534.28</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>4951931.28</v>
+        <v>6069955.0800000001</v>
       </c>
       <c r="N19" s="4">
-        <v>4951931.28</v>
+        <v>6069955.0800000001</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>116</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.4973999999999999E-2</v>
+        <v>1.7595E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D20" s="4">
-        <v>11361</v>
+        <v>63826</v>
       </c>
       <c r="E20" s="5">
-        <v>447.23</v>
+        <v>188.87</v>
       </c>
       <c r="F20" s="4">
-        <v>5080980.03</v>
+        <v>12054816.619999999</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>447.23</v>
+        <v>188.87</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>5080980.03</v>
+        <v>12054816.619999999</v>
       </c>
       <c r="N20" s="4">
-        <v>5080980.03</v>
+        <v>12054816.619999999</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>121</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.5363999999999999E-2</v>
+        <v>3.4944999999999997E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D21" s="4">
-        <v>63826</v>
+        <v>4473</v>
       </c>
       <c r="E21" s="5">
-        <v>185.42</v>
+        <v>1208.74</v>
       </c>
       <c r="F21" s="4">
-        <v>11834616.92</v>
+        <v>5406694.0199999996</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>185.42</v>
+        <v>1208.74</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>11834616.92</v>
+        <v>5406694.0199999996</v>
       </c>
       <c r="N21" s="4">
-        <v>11834616.92</v>
+        <v>5406694.0199999996</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>125</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>126</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>3.5786999999999999E-2</v>
+        <v>1.5672999999999999E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D22" s="4">
-        <v>3673</v>
+        <v>30702</v>
       </c>
       <c r="E22" s="5">
-        <v>1078.5999999999999</v>
+        <v>259.06018999999998</v>
       </c>
       <c r="F22" s="4">
-        <v>3961697.8</v>
+        <v>7953665.9533799998</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H22" s="3" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="J22" s="5">
-        <v>1078.5999999999999</v>
+        <v>224.45</v>
       </c>
       <c r="K22" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L22" s="3" t="s">
-        <v>33</v>
+        <v>131</v>
       </c>
       <c r="M22" s="4">
-        <v>3961697.8</v>
+        <v>6891063.9000000004</v>
       </c>
       <c r="N22" s="4">
-        <v>3961697.8</v>
+        <v>7953665.9533799998</v>
       </c>
       <c r="O22" s="3" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="R22" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>74</v>
+        <v>134</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>128</v>
+        <v>34</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.1979E-2</v>
+        <v>2.3056E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D23" s="4">
-        <v>30702</v>
+        <v>93371</v>
       </c>
       <c r="E23" s="5">
-        <v>267.78250000000003</v>
+        <v>157.46</v>
       </c>
       <c r="F23" s="4">
-        <v>8221458.3150000004</v>
+        <v>14702197.66</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H23" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I23" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J23" s="5">
+        <v>157.46</v>
+      </c>
+      <c r="K23" s="5">
+        <v>1</v>
+      </c>
+      <c r="L23" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M23" s="4">
+        <v>14702197.66</v>
+      </c>
+      <c r="N23" s="4">
+        <v>14702197.66</v>
+      </c>
+      <c r="O23" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="P23" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q23" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="R23" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="S23" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="T23" s="4">
+        <v>1</v>
+      </c>
+      <c r="W23" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="I23" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>2.4861000000000001E-2</v>
+        <v>4.2618999999999997E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D24" s="4">
-        <v>93371</v>
+        <v>6721</v>
       </c>
       <c r="E24" s="5">
-        <v>133.9</v>
+        <v>862.86</v>
       </c>
       <c r="F24" s="4">
-        <v>12502376.9</v>
+        <v>5799282.0599999996</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>133.9</v>
+        <v>862.86</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>12502376.9</v>
+        <v>5799282.0599999996</v>
       </c>
       <c r="N24" s="4">
-        <v>12502376.9</v>
+        <v>5799282.0599999996</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>142</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>144</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>140</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>3.7805999999999999E-2</v>
+        <v>1.6811E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D25" s="4">
-        <v>6721</v>
+        <v>58785</v>
       </c>
       <c r="E25" s="5">
-        <v>763</v>
+        <v>85.98</v>
       </c>
       <c r="F25" s="4">
-        <v>5128123</v>
+        <v>5054334.3</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>763</v>
+        <v>85.98</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>5128123</v>
+        <v>5054334.3</v>
       </c>
       <c r="N25" s="4">
-        <v>5128123</v>
+        <v>5054334.3</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>147</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>149</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>145</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>1.5507E-2</v>
+        <v>1.4651000000000001E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D26" s="4">
-        <v>58785</v>
+        <v>49572</v>
       </c>
       <c r="E26" s="5">
-        <v>83.93</v>
+        <v>517.80999999999995</v>
       </c>
       <c r="F26" s="4">
-        <v>4933825.05</v>
+        <v>25668877.32</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>83.93</v>
+        <v>517.80999999999995</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>4933825.05</v>
+        <v>25668877.32</v>
       </c>
       <c r="N26" s="4">
-        <v>4933825.05</v>
+        <v>25668877.32</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>152</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>154</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.4919E-2</v>
+        <v>7.4410000000000004E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D27" s="4">
-        <v>47807</v>
+        <v>346599</v>
       </c>
       <c r="E27" s="5">
-        <v>517.95000000000005</v>
+        <v>48.794775000000001</v>
       </c>
       <c r="F27" s="4">
-        <v>24761635.649999999</v>
+        <v>16912218.210207801</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H27" s="3" t="s">
-        <v>31</v>
+        <v>157</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>32</v>
+        <v>158</v>
       </c>
       <c r="J27" s="5">
-        <v>517.95000000000005</v>
+        <v>1500</v>
       </c>
       <c r="K27" s="5">
-        <v>1</v>
+        <v>30.740996346432585</v>
       </c>
       <c r="L27" s="3" t="s">
-        <v>33</v>
+        <v>159</v>
       </c>
       <c r="M27" s="4">
-        <v>24761635.649999999</v>
+        <v>519898438.21007001</v>
       </c>
       <c r="N27" s="4">
-        <v>24761635.649999999</v>
+        <v>16912218.210207801</v>
       </c>
       <c r="O27" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="R27" s="3" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>74</v>
+        <v>162</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>155</v>
+        <v>34</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>7.4876999999999999E-2</v>
+        <v>4.9024999999999999E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D28" s="4">
-        <v>40708</v>
+        <v>81782</v>
       </c>
       <c r="E28" s="5">
-        <v>281.24</v>
+        <v>95.770787999999996</v>
       </c>
       <c r="F28" s="4">
-        <v>11448717.92</v>
+        <v>7832326.57739022</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H28" s="3" t="s">
-        <v>31</v>
+        <v>165</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>32</v>
+        <v>166</v>
       </c>
       <c r="J28" s="5">
-        <v>281.24</v>
+        <v>76.88</v>
       </c>
       <c r="K28" s="5">
-        <v>1</v>
+        <v>0.80275000316283507</v>
       </c>
       <c r="L28" s="3" t="s">
-        <v>33</v>
+        <v>167</v>
       </c>
       <c r="M28" s="4">
-        <v>11448717.92</v>
+        <v>6287400.1847719997</v>
       </c>
       <c r="N28" s="4">
-        <v>11448717.92</v>
+        <v>7832326.57739022</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>67</v>
+        <v>170</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>160</v>
+        <v>34</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>3.4619999999999998E-2</v>
+        <v>2.2703999999999998E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D29" s="4">
-        <v>327701</v>
+        <v>17364</v>
       </c>
       <c r="E29" s="5">
-        <v>42.817768000000001</v>
+        <v>175.95</v>
       </c>
       <c r="F29" s="4">
-        <v>14031426.1106371</v>
+        <v>3055195.8</v>
       </c>
       <c r="G29" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J29" s="5">
+        <v>175.95</v>
+      </c>
+      <c r="K29" s="5">
+        <v>1</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M29" s="4">
+        <v>3055195.8</v>
+      </c>
+      <c r="N29" s="4">
+        <v>3055195.8</v>
+      </c>
+      <c r="O29" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="P29" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="Q29" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="R29" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="S29" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="H29" s="3" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>34</v>
+        <v>171</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>4.2430000000000002E-2</v>
+        <v>8.8559999999999993E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D30" s="4">
-        <v>81782</v>
+        <v>36947</v>
       </c>
       <c r="E30" s="5">
-        <v>91.836862999999994</v>
+        <v>260.41000000000003</v>
       </c>
       <c r="F30" s="4">
-        <v>7510602.3251429601</v>
+        <v>9621368.2699999996</v>
       </c>
       <c r="G30" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J30" s="5">
+        <v>260.41000000000003</v>
+      </c>
+      <c r="K30" s="5">
+        <v>1</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M30" s="4">
+        <v>9621368.2699999996</v>
+      </c>
+      <c r="N30" s="4">
+        <v>9621368.2699999996</v>
+      </c>
+      <c r="O30" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="P30" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="Q30" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="R30" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="S30" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="H30" s="3" t="s">
-[...29 lines deleted...]
-      <c r="R30" s="3" t="s">
+      <c r="T30" s="4">
+        <v>1</v>
+      </c>
+      <c r="W30" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="S30" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>2.2710999999999999E-2</v>
+        <v>2.7890000000000002E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D31" s="4">
-        <v>17364</v>
+        <v>36254</v>
       </c>
       <c r="E31" s="5">
-        <v>190.58</v>
+        <v>140.13999999999999</v>
       </c>
       <c r="F31" s="4">
-        <v>3309231.12</v>
+        <v>5080635.5599999996</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>190.58</v>
+        <v>140.13999999999999</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>3309231.12</v>
+        <v>5080635.5599999996</v>
       </c>
       <c r="N31" s="4">
-        <v>3309231.12</v>
+        <v>5080635.5599999996</v>
       </c>
       <c r="O31" s="3" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="P31" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q31" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="R31" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="S31" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="T31" s="4">
+        <v>1</v>
+      </c>
+      <c r="W31" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="Q31" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>1.0005999999999999E-2</v>
+        <v>1.4727000000000001E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D32" s="4">
-        <v>36947</v>
+        <v>45477</v>
       </c>
       <c r="E32" s="5">
-        <v>237</v>
+        <v>161.46</v>
       </c>
       <c r="F32" s="4">
-        <v>8756439</v>
+        <v>7342716.4199999999</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>237</v>
+        <v>161.46</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>8756439</v>
+        <v>7342716.4199999999</v>
       </c>
       <c r="N32" s="4">
-        <v>8756439</v>
+        <v>7342716.4199999999</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="P32" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q32" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="R32" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="S32" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="T32" s="4">
+        <v>1</v>
+      </c>
+      <c r="W32" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="Q32" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>2.6478999999999999E-2</v>
+        <v>2.1284999999999998E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D33" s="4">
-        <v>36254</v>
+        <v>23015</v>
       </c>
       <c r="E33" s="5">
-        <v>144.54</v>
+        <v>567.39</v>
       </c>
       <c r="F33" s="4">
-        <v>5240153.16</v>
+        <v>13058480.85</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>144.54</v>
+        <v>567.39</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>5240153.16</v>
+        <v>13058480.85</v>
       </c>
       <c r="N33" s="4">
-        <v>5240153.16</v>
+        <v>13058480.85</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="P33" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="Q33" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="R33" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="S33" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="T33" s="4">
+        <v>1</v>
+      </c>
+      <c r="W33" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="Q33" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>1.5845000000000001E-2</v>
+        <v>3.7853999999999999E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D34" s="4">
-        <v>45477</v>
+        <v>23662</v>
       </c>
       <c r="E34" s="5">
-        <v>183.73</v>
+        <v>105.39</v>
       </c>
       <c r="F34" s="4">
-        <v>8355489.21</v>
+        <v>2493738.1800000002</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>183.73</v>
+        <v>105.39</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>8355489.21</v>
+        <v>2493738.1800000002</v>
       </c>
       <c r="N34" s="4">
-        <v>8355489.21</v>
+        <v>2493738.1800000002</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="P34" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="Q34" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="R34" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="S34" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="T34" s="4">
+        <v>1</v>
+      </c>
+      <c r="W34" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="Q34" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>2.5266E-2</v>
+        <v>7.228E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D35" s="4">
-        <v>21345</v>
+        <v>168802</v>
       </c>
       <c r="E35" s="5">
-        <v>485.02</v>
+        <v>46.68</v>
       </c>
       <c r="F35" s="4">
-        <v>10352751.9</v>
+        <v>7879677.3600000003</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>485.02</v>
+        <v>46.68</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>10352751.9</v>
+        <v>7879677.3600000003</v>
       </c>
       <c r="N35" s="4">
-        <v>10352751.9</v>
+        <v>7879677.3600000003</v>
       </c>
       <c r="O35" s="3" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="P35" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="Q35" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="R35" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="S35" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="T35" s="4">
+        <v>1</v>
+      </c>
+      <c r="W35" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="Q35" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>3.1306E-2</v>
+        <v>2.2841E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D36" s="4">
-        <v>20535</v>
+        <v>54304</v>
       </c>
       <c r="E36" s="5">
-        <v>110.98</v>
+        <v>96.5</v>
       </c>
       <c r="F36" s="4">
-        <v>2278974.2999999998</v>
+        <v>5240336</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>110.98</v>
+        <v>96.5</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>2278974.2999999998</v>
+        <v>5240336</v>
       </c>
       <c r="N36" s="4">
-        <v>2278974.2999999998</v>
+        <v>5240336</v>
       </c>
       <c r="O36" s="3" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="P36" s="3" t="s">
-        <v>56</v>
+        <v>209</v>
       </c>
       <c r="Q36" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="R36" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="S36" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="T36" s="4">
+        <v>1</v>
+      </c>
+      <c r="W36" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="R36" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>6.8910000000000004E-3</v>
+        <v>1.519E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D37" s="4">
-        <v>168802</v>
+        <v>25876</v>
       </c>
       <c r="E37" s="5">
-        <v>48.33</v>
+        <v>341.56</v>
       </c>
       <c r="F37" s="4">
-        <v>8158200.6600000001</v>
+        <v>8838206.5600000005</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>48.33</v>
+        <v>341.56</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>8158200.6600000001</v>
+        <v>8838206.5600000005</v>
       </c>
       <c r="N37" s="4">
-        <v>8158200.6600000001</v>
+        <v>8838206.5600000005</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>206</v>
+        <v>60</v>
       </c>
       <c r="R37" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="S37" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="T37" s="4">
+        <v>1</v>
+      </c>
+      <c r="W37" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="S37" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.4670000000000001E-2</v>
+        <v>2.562E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D38" s="4">
-        <v>54304</v>
+        <v>24223</v>
       </c>
       <c r="E38" s="5">
-        <v>97.97</v>
+        <v>340.74</v>
       </c>
       <c r="F38" s="4">
-        <v>5320162.88</v>
+        <v>8253745.0199999996</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>97.97</v>
+        <v>340.74</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>5320162.88</v>
+        <v>8253745.0199999996</v>
       </c>
       <c r="N38" s="4">
-        <v>5320162.88</v>
+        <v>8253745.0199999996</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="Q38" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="R38" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="S38" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="T38" s="4">
+        <v>1</v>
+      </c>
+      <c r="W38" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="R38" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>1.6087000000000001E-2</v>
+        <v>2.3925999999999999E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D39" s="4">
-        <v>26552</v>
+        <v>61492</v>
       </c>
       <c r="E39" s="5">
-        <v>345.3</v>
+        <v>86.97</v>
       </c>
       <c r="F39" s="4">
-        <v>9168405.5999999996</v>
+        <v>5347959.24</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>345.3</v>
+        <v>86.97</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>9168405.5999999996</v>
+        <v>5347959.24</v>
       </c>
       <c r="N39" s="4">
-        <v>9168405.5999999996</v>
+        <v>5347959.24</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="P39" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="Q39" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="R39" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="S39" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="T39" s="4">
+        <v>1</v>
+      </c>
+      <c r="W39" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="Q39" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.7723999999999999E-2</v>
+        <v>1.5502E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D40" s="4">
-        <v>24223</v>
+        <v>158316</v>
       </c>
       <c r="E40" s="5">
-        <v>341.38</v>
+        <v>60.292577000000001</v>
       </c>
       <c r="F40" s="4">
-        <v>8269247.7400000002</v>
+        <v>9545279.5411740094</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H40" s="3" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J40" s="5">
-        <v>341.38</v>
+        <v>45.89</v>
       </c>
       <c r="K40" s="5">
-        <v>1</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L40" s="3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="M40" s="4">
-        <v>8269247.7400000002</v>
+        <v>7265121.2400000002</v>
       </c>
       <c r="N40" s="4">
-        <v>8269247.7400000002</v>
+        <v>9545279.5411740094</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>206</v>
+        <v>101</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>67</v>
+        <v>231</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>224</v>
+        <v>34</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.5004999999999999E-2</v>
+        <v>2.767E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D41" s="4">
-        <v>61492</v>
+        <v>30906</v>
       </c>
       <c r="E41" s="5">
-        <v>83.82</v>
+        <v>76.546543999999997</v>
       </c>
       <c r="F41" s="4">
-        <v>5154259.4400000004</v>
+        <v>2365747.488864</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H41" s="3" t="s">
-        <v>31</v>
+        <v>234</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="J41" s="5">
-        <v>83.82</v>
+        <v>66.319999999999993</v>
       </c>
       <c r="K41" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L41" s="3" t="s">
-        <v>33</v>
+        <v>235</v>
       </c>
       <c r="M41" s="4">
-        <v>5154259.4400000004</v>
+        <v>2049685.92</v>
       </c>
       <c r="N41" s="4">
-        <v>5154259.4400000004</v>
+        <v>2365747.488864</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>206</v>
+        <v>74</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>67</v>
+        <v>238</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>229</v>
+        <v>34</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>1.5585999999999999E-2</v>
+        <v>6.8570000000000002E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D42" s="4">
-        <v>158316</v>
+        <v>32520</v>
       </c>
       <c r="E42" s="5">
-        <v>59.234999999999999</v>
+        <v>250.1</v>
       </c>
       <c r="F42" s="4">
-        <v>9377848.2599999998</v>
+        <v>8133252</v>
       </c>
       <c r="G42" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J42" s="5">
+        <v>250.1</v>
+      </c>
+      <c r="K42" s="5">
+        <v>1</v>
+      </c>
+      <c r="L42" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M42" s="4">
+        <v>8133252</v>
+      </c>
+      <c r="N42" s="4">
+        <v>8133252</v>
+      </c>
+      <c r="O42" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="P42" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="Q42" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="R42" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="S42" s="3" t="s">
         <v>62</v>
-      </c>
-[...34 lines deleted...]
-        <v>241</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.8358000000000001E-2</v>
+        <v>2.3577000000000001E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D43" s="4">
-        <v>30906</v>
+        <v>5518</v>
       </c>
       <c r="E43" s="5">
-        <v>79.3125</v>
+        <v>1059.67102</v>
       </c>
       <c r="F43" s="4">
-        <v>2451232.125</v>
+        <v>5847264.68836</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J43" s="5">
-        <v>67.5</v>
+        <v>918.1</v>
       </c>
       <c r="K43" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L43" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="M43" s="4">
-        <v>2086155</v>
+        <v>5066075.8</v>
       </c>
       <c r="N43" s="4">
-        <v>2451232.125</v>
+        <v>5847264.68836</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P43" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>7.4120000000000002E-3</v>
+        <v>1.695E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B44" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D44" s="4">
+        <v>13745</v>
+      </c>
+      <c r="E44" s="5">
+        <v>93.02852</v>
+      </c>
+      <c r="F44" s="4">
+        <v>1278677.0074</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="I44" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J44" s="5">
+        <v>80.599999999999994</v>
+      </c>
+      <c r="K44" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L44" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="M44" s="4">
+        <v>1107847</v>
+      </c>
+      <c r="N44" s="4">
+        <v>1278677.0074</v>
+      </c>
+      <c r="O44" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="C44" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P44" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>90</v>
+        <v>210</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>67</v>
+        <v>134</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>2.4250000000000001E-2</v>
+        <v>3.7060000000000001E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B45" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D45" s="4">
+        <v>222446</v>
+      </c>
+      <c r="E45" s="5">
+        <v>33.122159000000003</v>
+      </c>
+      <c r="F45" s="4">
+        <v>7367891.6696910001</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H45" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J45" s="5">
+        <v>25.21</v>
+      </c>
+      <c r="K45" s="5">
+        <v>0.76112189367127148</v>
+      </c>
+      <c r="L45" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M45" s="4">
+        <v>5607863.6600000001</v>
+      </c>
+      <c r="N45" s="4">
+        <v>7367891.6696910001</v>
+      </c>
+      <c r="O45" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="C45" s="3" t="s">
-[...26 lines deleted...]
-      <c r="L45" s="3" t="s">
+      <c r="P45" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="M45" s="4">
-[...8 lines deleted...]
-      <c r="P45" s="3" t="s">
+      <c r="Q45" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="R45" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="Q45" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S45" s="3" t="s">
-        <v>259</v>
+        <v>231</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>1.6234999999999999E-2</v>
+        <v>2.1357999999999999E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D46" s="4">
+        <v>106012</v>
+      </c>
+      <c r="E46" s="5">
+        <v>28.427945999999999</v>
+      </c>
+      <c r="F46" s="4">
+        <v>3013703.4113520002</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H46" s="3" t="s">
         <v>260</v>
-      </c>
-[...19 lines deleted...]
-        <v>135</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J46" s="5">
-        <v>79.849999999999994</v>
+        <v>24.63</v>
       </c>
       <c r="K46" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>136</v>
+        <v>261</v>
       </c>
       <c r="M46" s="4">
-        <v>1097538.25</v>
+        <v>2611075.56</v>
       </c>
       <c r="N46" s="4">
-        <v>1289607.4437500001</v>
+        <v>3013703.4113520002</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>262</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>217</v>
+        <v>85</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>263</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>139</v>
+        <v>264</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>3.8990000000000001E-3</v>
+        <v>8.7360000000000007E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B47" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D47" s="4">
+        <v>1311918</v>
+      </c>
+      <c r="E47" s="5">
+        <v>4.6523430000000001</v>
+      </c>
+      <c r="F47" s="4">
+        <v>6103492.3270862997</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J47" s="5">
+        <v>3.5409999999999999</v>
+      </c>
+      <c r="K47" s="5">
+        <v>0.76112189367127148</v>
+      </c>
+      <c r="L47" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M47" s="4">
+        <v>4645501.6380000003</v>
+      </c>
+      <c r="N47" s="4">
+        <v>6103492.3270862997</v>
+      </c>
+      <c r="O47" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="C47" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P47" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>2.2901999999999999E-2</v>
+        <v>1.7693E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B48" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D48" s="4">
+        <v>56070</v>
+      </c>
+      <c r="E48" s="5">
+        <v>48.836474000000003</v>
+      </c>
+      <c r="F48" s="4">
+        <v>2738261.0073343599</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H48" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="J48" s="5">
+        <v>315.95</v>
+      </c>
+      <c r="K48" s="5">
+        <v>6.4695498344895066</v>
+      </c>
+      <c r="L48" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="M48" s="4">
+        <v>17715316.046789002</v>
+      </c>
+      <c r="N48" s="4">
+        <v>2738261.0073343599</v>
+      </c>
+      <c r="O48" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="C48" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P48" s="3" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>9.7730000000000004E-3</v>
+        <v>7.9369999999999996E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>61</v>
+        <v>279</v>
       </c>
       <c r="D49" s="4">
-        <v>1311918</v>
+        <v>700000</v>
       </c>
       <c r="E49" s="5">
-        <v>4.4749350000000003</v>
+        <v>99.971349000000004</v>
       </c>
       <c r="F49" s="4">
-        <v>5870747.7753299996</v>
+        <v>699875.77223410003</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>62</v>
+        <v>280</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>236</v>
+        <v>31</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>237</v>
+        <v>32</v>
       </c>
       <c r="J49" s="5">
-        <v>3.3239999999999998</v>
+        <v>99.971349000000004</v>
       </c>
       <c r="K49" s="5">
-        <v>0.74280408542246978</v>
+        <v>1</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>238</v>
+        <v>33</v>
       </c>
       <c r="M49" s="4">
-        <v>4360815.432</v>
+        <v>699875.77223400003</v>
       </c>
       <c r="N49" s="4">
-        <v>5870747.7753299996</v>
+        <v>699875.77223410003</v>
       </c>
       <c r="O49" s="3" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="P49" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="Q49" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R49" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="Q49" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S49" s="3" t="s">
-        <v>241</v>
+        <v>283</v>
       </c>
       <c r="T49" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U49" s="2">
+        <v>46507</v>
+      </c>
+      <c r="V49" s="4">
+        <v>4.0121480829999996</v>
       </c>
       <c r="W49" s="3" t="s">
-        <v>34</v>
+        <v>284</v>
       </c>
       <c r="X49" s="4">
-        <v>0</v>
+        <v>76.329234099999994</v>
       </c>
       <c r="Y49" s="4">
-        <v>0</v>
+        <v>76.329234</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.7752E-2</v>
+        <v>2.0279999999999999E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="C50" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="B50" s="3" t="s">
+      <c r="D50" s="4">
+        <v>7000000</v>
+      </c>
+      <c r="E50" s="5">
+        <v>99.979750999999993</v>
+      </c>
+      <c r="F50" s="4">
+        <v>6999345.6678965501</v>
+      </c>
+      <c r="G50" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="C50" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H50" s="3" t="s">
-        <v>281</v>
+        <v>31</v>
       </c>
       <c r="I50" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J50" s="5">
+        <v>99.979750999999993</v>
+      </c>
+      <c r="K50" s="5">
+        <v>1</v>
+      </c>
+      <c r="L50" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M50" s="4">
+        <v>6999345.6678959997</v>
+      </c>
+      <c r="N50" s="4">
+        <v>6999345.6678965501</v>
+      </c>
+      <c r="O50" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="P50" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="J50" s="5">
-[...19 lines deleted...]
-      </c>
       <c r="Q50" s="3" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="R50" s="3" t="s">
         <v>285</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="T50" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U50" s="2">
+        <v>46599</v>
+      </c>
+      <c r="V50" s="4">
+        <v>4.0111480830000001</v>
       </c>
       <c r="W50" s="3" t="s">
-        <v>34</v>
+        <v>288</v>
       </c>
       <c r="X50" s="4">
-        <v>0</v>
+        <v>763.09789655999998</v>
       </c>
       <c r="Y50" s="4">
-        <v>0</v>
+        <v>763.09789599999999</v>
       </c>
       <c r="Z50" s="6">
-        <v>6.4989999999999996E-3</v>
+        <v>2.0289999999999999E-2</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D51" s="4">
-        <v>700000</v>
+        <v>-238525.36</v>
       </c>
       <c r="E51" s="5">
-        <v>99.944682999999998</v>
+        <v>1</v>
       </c>
       <c r="F51" s="4">
-        <v>704740.04894946003</v>
+        <v>-238525.36</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="H51" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J51" s="5">
-        <v>99.944682999999998</v>
+        <v>1</v>
       </c>
       <c r="K51" s="5">
         <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M51" s="4">
-        <v>704740.04894899996</v>
+        <v>-238525.36</v>
       </c>
       <c r="N51" s="4">
-        <v>704740.04894946003</v>
+        <v>-238525.36</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>291</v>
+        <v>34</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>292</v>
+        <v>34</v>
       </c>
       <c r="Q51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>287</v>
+        <v>34</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>293</v>
+        <v>35</v>
       </c>
       <c r="T51" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>4.0478362060000004</v>
+        <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
-        <v>294</v>
+        <v>34</v>
       </c>
       <c r="X51" s="4">
-        <v>5127.2679494599997</v>
+        <v>0</v>
       </c>
       <c r="Y51" s="4">
-        <v>5127.267949</v>
+        <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>2.1310000000000001E-3</v>
+        <v>-6.9099999999999999E-4</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="C52" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="D52" s="4">
+        <v>361111.84</v>
+      </c>
+      <c r="E52" s="5">
+        <v>1</v>
+      </c>
+      <c r="F52" s="4">
+        <v>361111.84000000998</v>
+      </c>
+      <c r="G52" s="3" t="s">
         <v>296</v>
-      </c>
-[...13 lines deleted...]
-        <v>298</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J52" s="5">
         <v>1</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M52" s="4">
-        <v>-225593.36</v>
+        <v>361111.84</v>
       </c>
       <c r="N52" s="4">
-        <v>-225593.36</v>
+        <v>361111.84000000998</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>34</v>
+        <v>199</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>34</v>
+        <v>293</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>35</v>
+        <v>283</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>-6.8199999999999999E-4</v>
-[...73 lines deleted...]
-        <v>2.0296000000000002E-2</v>
+        <v>1.0460000000000001E-3</v>
+      </c>
+    </row>
+    <row r="54" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A54" s="3" t="s">
+        <v>297</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>307</v>
-[...4 lines deleted...]
-        <v>308</v>
+        <v>302</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>September</vt:lpstr>
+      <vt:lpstr>October</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>