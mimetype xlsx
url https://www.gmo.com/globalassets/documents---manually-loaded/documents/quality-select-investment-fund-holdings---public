--- v2 (2025-12-16)
+++ v3 (2026-01-05)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_10\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8E935A2D-7592-44E8-A6F1-AE4D1DF4C9EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{68AF4266-686E-4BD1-AB71-5948399F0FD2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1560" yWindow="1860" windowWidth="11520" windowHeight="8265" xr2:uid="{57CA1CFC-1338-47F5-8C82-9ABD4EA0B29A}"/>
+    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{B7BEB17C-1A99-4FE0-A782-624045D2D5FD}"/>
   </bookViews>
   <sheets>
-    <sheet name="October" sheetId="1" r:id="rId1"/>
+    <sheet name="November" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="670" uniqueCount="303">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="670" uniqueCount="301">
   <si>
     <t>GMO Quality Select Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -193,50 +193,65 @@
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>HKDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (HKD)</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HKD</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
+    <t>TWDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (TWD)</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>TWD</t>
+  </si>
+  <si>
+    <t>TW</t>
+  </si>
+  <si>
     <t>USDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (USD)</t>
   </si>
   <si>
     <t>002824100</t>
   </si>
   <si>
     <t>Abbott Laboratories</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Common Stock</t>
   </si>
   <si>
     <t>2002305</t>
   </si>
   <si>
     <t>ABT</t>
   </si>
   <si>
     <t>Health Care</t>
@@ -508,59 +523,50 @@
   <si>
     <t>US58933Y1055</t>
   </si>
   <si>
     <t>594918104</t>
   </si>
   <si>
     <t>Microsoft Corp</t>
   </si>
   <si>
     <t>2588173</t>
   </si>
   <si>
     <t>MSFT</t>
   </si>
   <si>
     <t>US5949181045</t>
   </si>
   <si>
     <t>6889106</t>
   </si>
   <si>
     <t>Taiwan Semiconductor Manufac</t>
   </si>
   <si>
-    <t>Taiwan</t>
-[...7 lines deleted...]
-  <si>
     <t>2330</t>
   </si>
   <si>
     <t>TW0002330008</t>
   </si>
   <si>
     <t>XTAI</t>
   </si>
   <si>
     <t>7123870</t>
   </si>
   <si>
     <t>Nestle Sa-Reg</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>NESN</t>
@@ -868,81 +874,69 @@
   <si>
     <t>BP6KMJ1</t>
   </si>
   <si>
     <t>Novo Nordisk A/S-B</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>DKK</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>NOVOB</t>
   </si>
   <si>
     <t>DK0062498333</t>
   </si>
   <si>
     <t>XCSE</t>
   </si>
   <si>
-    <t>US91282CMX64</t>
-[...2 lines deleted...]
-    <t>TF FLOAT 04/30/27</t>
+    <t>US91282CNQ05</t>
+  </si>
+  <si>
+    <t>TF FLOAT 07/31/27</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Government</t>
   </si>
   <si>
-    <t>BN2RK98</t>
+    <t>BTY0CX5</t>
   </si>
   <si>
     <t>TF</t>
   </si>
   <si>
     <t>XOTC</t>
-  </si>
-[...10 lines deleted...]
-    <t>BTY0CX5</t>
   </si>
   <si>
     <t>91282CNQ0</t>
   </si>
   <si>
     <t>USDAccExp</t>
   </si>
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
   </si>
   <si>
     <t>IE00BYXBJ775</t>
   </si>
   <si>
     <t>State Street Us Treasury Liquidity</t>
   </si>
   <si>
     <t>Pooled Investment</t>
   </si>
@@ -1339,92 +1333,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D903836-AA9D-4390-9392-D782250D0E7D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D9AF6E71-A0BD-42F8-8769-4B615254DD24}">
   <dimension ref="A1:Z59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="26.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="6.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45961</v>
+        <v>45989</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1474,3723 +1468,3717 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>24264.327972999999</v>
+        <v>24426.047973000001</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>24264.32797337</v>
+        <v>24426.047973370001</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>24264.327972999999</v>
+        <v>24426.047973000001</v>
       </c>
       <c r="N4" s="4">
-        <v>24264.32797337</v>
+        <v>24426.047973370001</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>6.9999999999999994E-5</v>
+        <v>7.4999999999999993E-5</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>7851.17</v>
+        <v>7894.28</v>
       </c>
       <c r="E5" s="5">
-        <v>1.1541999999999999</v>
+        <v>1.16055</v>
       </c>
       <c r="F5" s="4">
-        <v>9061.8204139999998</v>
+        <v>9161.7066539999996</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>7851.17</v>
+        <v>7894.28</v>
       </c>
       <c r="N5" s="4">
-        <v>9061.8204139999998</v>
+        <v>9161.7066539999996</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>2.5999999999999998E-5</v>
+        <v>2.8E-5</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>52.27</v>
+        <v>62238.8</v>
       </c>
       <c r="E6" s="5">
-        <v>1.31385</v>
+        <v>1.325</v>
       </c>
       <c r="F6" s="4">
-        <v>68.674939499999994</v>
+        <v>82466.41</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.76112189367127148</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>52.27</v>
+        <v>62238.8</v>
       </c>
       <c r="N6" s="4">
-        <v>68.674939499999994</v>
+        <v>82466.41</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>0</v>
+        <v>2.5300000000000002E-4</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
         <v>1.66</v>
       </c>
       <c r="E7" s="5">
-        <v>0.128664</v>
+        <v>0.128442</v>
       </c>
       <c r="F7" s="4">
-        <v>0.21358173999999999</v>
+        <v>0.21321414</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>7.7721999289620927</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>1.659999</v>
+        <v>1.66</v>
       </c>
       <c r="N7" s="4">
-        <v>0.21358173999999999</v>
+        <v>0.21321414</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>130651.45</v>
+        <v>2</v>
       </c>
       <c r="E8" s="5">
-        <v>1</v>
+        <v>3.1862000000000001E-2</v>
       </c>
       <c r="F8" s="4">
-        <v>130651.45</v>
+        <v>6.3724710000000004E-2</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>1</v>
+        <v>31.385004558671913</v>
       </c>
       <c r="L8" s="3" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>130651.45</v>
+        <v>2</v>
       </c>
       <c r="N8" s="4">
-        <v>130651.45</v>
+        <v>6.3724710000000004E-2</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>3.7800000000000003E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>79928</v>
+        <v>-29504.02</v>
       </c>
       <c r="E9" s="5">
-        <v>123.62</v>
+        <v>1</v>
       </c>
       <c r="F9" s="4">
-        <v>9880699.3599999994</v>
+        <v>-29504.02</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
-        <v>123.62</v>
+        <v>1</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
-        <v>9880699.3599999994</v>
+        <v>-29504.02</v>
       </c>
       <c r="N9" s="4">
-        <v>9880699.3599999994</v>
+        <v>-29504.02</v>
       </c>
       <c r="O9" s="3" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>2.8642000000000001E-2</v>
+        <v>-9.0000000000000006E-5</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D10" s="4">
-        <v>71282</v>
+        <v>74804</v>
       </c>
       <c r="E10" s="5">
-        <v>281.19</v>
+        <v>128.9</v>
       </c>
       <c r="F10" s="4">
-        <v>20043785.579999998</v>
+        <v>9642235.5999999996</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>281.19</v>
+        <v>128.9</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>20043785.579999998</v>
+        <v>9642235.5999999996</v>
       </c>
       <c r="N10" s="4">
-        <v>20043785.579999998</v>
+        <v>9642235.5999999996</v>
       </c>
       <c r="O10" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="P10" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q10" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="P10" s="3" t="s">
+      <c r="R10" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="Q10" s="3" t="s">
+      <c r="S10" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="R10" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>5.8103000000000002E-2</v>
+        <v>2.9621000000000001E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D11" s="4">
-        <v>37475</v>
+        <v>60041</v>
       </c>
       <c r="E11" s="5">
-        <v>244.22</v>
+        <v>320.18</v>
       </c>
       <c r="F11" s="4">
-        <v>9152144.5</v>
+        <v>19223927.379999999</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>244.22</v>
+        <v>320.18</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>9152144.5</v>
+        <v>19223927.379999999</v>
       </c>
       <c r="N11" s="4">
-        <v>9152144.5</v>
+        <v>19223927.379999999</v>
       </c>
       <c r="O11" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="P11" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q11" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="P11" s="3" t="s">
+      <c r="R11" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="Q11" s="3" t="s">
+      <c r="S11" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="R11" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>2.6530000000000001E-2</v>
+        <v>5.9056999999999998E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D12" s="4">
-        <v>23423</v>
+        <v>42832</v>
       </c>
       <c r="E12" s="5">
-        <v>317.2</v>
+        <v>233.22</v>
       </c>
       <c r="F12" s="4">
-        <v>7429775.5999999996</v>
+        <v>9989279.0399999991</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>317.2</v>
+        <v>233.22</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>7429775.5999999996</v>
+        <v>9989279.0399999991</v>
       </c>
       <c r="N12" s="4">
-        <v>7429775.5999999996</v>
+        <v>9989279.0399999991</v>
       </c>
       <c r="O12" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="P12" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="P12" s="3" t="s">
+      <c r="Q12" s="3" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>80</v>
       </c>
       <c r="S12" s="3" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>2.1537000000000001E-2</v>
+        <v>3.0686999999999999E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D13" s="4">
-        <v>62059</v>
+        <v>21764</v>
       </c>
       <c r="E13" s="5">
-        <v>270.37</v>
+        <v>338.26</v>
       </c>
       <c r="F13" s="4">
-        <v>16778891.829999998</v>
+        <v>7361890.6399999997</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>270.37</v>
+        <v>338.26</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>16778891.829999998</v>
+        <v>7361890.6399999997</v>
       </c>
       <c r="N13" s="4">
-        <v>16778891.829999998</v>
+        <v>7361890.6399999997</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="Q13" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="R13" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="R13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S13" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>4.8639000000000002E-2</v>
+        <v>2.2616000000000001E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D14" s="4">
-        <v>27701</v>
+        <v>57952</v>
       </c>
       <c r="E14" s="5">
-        <v>369.63</v>
+        <v>278.85000000000002</v>
       </c>
       <c r="F14" s="4">
-        <v>10239120.630000001</v>
+        <v>16159915.199999999</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>369.63</v>
+        <v>278.85000000000002</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>10239120.630000001</v>
+        <v>16159915.199999999</v>
       </c>
       <c r="N14" s="4">
-        <v>10239120.630000001</v>
+        <v>16159915.199999999</v>
       </c>
       <c r="O14" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="P14" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="P14" s="3" t="s">
+      <c r="Q14" s="3" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>91</v>
       </c>
       <c r="S14" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>2.9680999999999999E-2</v>
+        <v>4.9644000000000001E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D15" s="4">
-        <v>16770</v>
+        <v>26149</v>
       </c>
       <c r="E15" s="5">
-        <v>244.41</v>
+        <v>402.96</v>
       </c>
       <c r="F15" s="4">
-        <v>4098755.7</v>
+        <v>10537001.039999999</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>244.41</v>
+        <v>402.96</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>4098755.7</v>
+        <v>10537001.039999999</v>
       </c>
       <c r="N15" s="4">
-        <v>4098755.7</v>
+        <v>10537001.039999999</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>94</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="Q15" s="3" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>1.1880999999999999E-2</v>
+        <v>3.2370000000000003E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D16" s="4">
-        <v>137014</v>
+        <v>16097</v>
       </c>
       <c r="E16" s="5">
-        <v>68.900000000000006</v>
+        <v>277.27999999999997</v>
       </c>
       <c r="F16" s="4">
-        <v>9440264.5999999996</v>
+        <v>4463376.16</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>68.900000000000006</v>
+        <v>277.27999999999997</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>9440264.5999999996</v>
+        <v>4463376.16</v>
       </c>
       <c r="N16" s="4">
-        <v>9440264.5999999996</v>
+        <v>4463376.16</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>99</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>100</v>
       </c>
       <c r="Q16" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="R16" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="R16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S16" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>97</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>2.7365E-2</v>
+        <v>1.3710999999999999E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D17" s="4">
-        <v>22365</v>
+        <v>124893</v>
       </c>
       <c r="E17" s="5">
-        <v>648.35</v>
+        <v>73.12</v>
       </c>
       <c r="F17" s="4">
-        <v>14500347.75</v>
+        <v>9132176.1600000001</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>648.35</v>
+        <v>73.12</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>14500347.75</v>
+        <v>9132176.1600000001</v>
       </c>
       <c r="N17" s="4">
-        <v>14500347.75</v>
+        <v>9132176.1600000001</v>
       </c>
       <c r="O17" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="P17" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="P17" s="3" t="s">
+      <c r="Q17" s="3" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>4.2034000000000002E-2</v>
+        <v>2.8053999999999999E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D18" s="4">
-        <v>20839</v>
+        <v>23778</v>
       </c>
       <c r="E18" s="5">
-        <v>256.95999999999998</v>
+        <v>647.95000000000005</v>
       </c>
       <c r="F18" s="4">
-        <v>5354789.4400000004</v>
+        <v>15406955.1</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>256.95999999999998</v>
+        <v>647.95000000000005</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>5354789.4400000004</v>
+        <v>15406955.1</v>
       </c>
       <c r="N18" s="4">
-        <v>5354789.4400000004</v>
+        <v>15406955.1</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>110</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>111</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.5521999999999999E-2</v>
+        <v>4.7330999999999998E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D19" s="4">
-        <v>11361</v>
+        <v>19458</v>
       </c>
       <c r="E19" s="5">
-        <v>534.28</v>
+        <v>285.02999999999997</v>
       </c>
       <c r="F19" s="4">
-        <v>6069955.0800000001</v>
+        <v>5546113.7400000002</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>534.28</v>
+        <v>285.02999999999997</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>6069955.0800000001</v>
+        <v>5546113.7400000002</v>
       </c>
       <c r="N19" s="4">
-        <v>6069955.0800000001</v>
+        <v>5546113.7400000002</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>116</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.7595E-2</v>
+        <v>1.7038000000000001E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D20" s="4">
-        <v>63826</v>
+        <v>10633</v>
       </c>
       <c r="E20" s="5">
-        <v>188.87</v>
+        <v>573.48</v>
       </c>
       <c r="F20" s="4">
-        <v>12054816.619999999</v>
+        <v>6097812.8399999999</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>188.87</v>
+        <v>573.48</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>12054816.619999999</v>
+        <v>6097812.8399999999</v>
       </c>
       <c r="N20" s="4">
-        <v>12054816.619999999</v>
+        <v>6097812.8399999999</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>121</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>3.4944999999999997E-2</v>
+        <v>1.8731999999999999E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D21" s="4">
-        <v>4473</v>
+        <v>59737</v>
       </c>
       <c r="E21" s="5">
-        <v>1208.74</v>
+        <v>206.92</v>
       </c>
       <c r="F21" s="4">
-        <v>5406694.0199999996</v>
+        <v>12360780.039999999</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>1208.74</v>
+        <v>206.92</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>5406694.0199999996</v>
+        <v>12360780.039999999</v>
       </c>
       <c r="N21" s="4">
-        <v>5406694.0199999996</v>
+        <v>12360780.039999999</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>125</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>126</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.5672999999999999E-2</v>
+        <v>3.7973E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D22" s="4">
-        <v>30702</v>
+        <v>3861</v>
       </c>
       <c r="E22" s="5">
-        <v>259.06018999999998</v>
+        <v>1175.47</v>
       </c>
       <c r="F22" s="4">
-        <v>7953665.9533799998</v>
+        <v>4538489.67</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H22" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J22" s="5">
+        <v>1175.47</v>
+      </c>
+      <c r="K22" s="5">
+        <v>1</v>
+      </c>
+      <c r="L22" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M22" s="4">
+        <v>4538489.67</v>
+      </c>
+      <c r="N22" s="4">
+        <v>4538489.67</v>
+      </c>
+      <c r="O22" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="I22" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L22" s="3" t="s">
+      <c r="P22" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="M22" s="4">
-[...5 lines deleted...]
-      <c r="O22" s="3" t="s">
+      <c r="Q22" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R22" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="S22" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="T22" s="4">
+        <v>1</v>
+      </c>
+      <c r="W22" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="P22" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>2.3056E-2</v>
+        <v>1.3942E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" s="4">
+        <v>28735</v>
+      </c>
+      <c r="E23" s="5">
+        <v>242.032703</v>
+      </c>
+      <c r="F23" s="4">
+        <v>6954809.7063375004</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H23" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="B23" s="3" t="s">
+      <c r="I23" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J23" s="5">
+        <v>208.55</v>
+      </c>
+      <c r="K23" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L23" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="C23" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M23" s="4">
-        <v>14702197.66</v>
+        <v>5992684.25</v>
       </c>
       <c r="N23" s="4">
-        <v>14702197.66</v>
+        <v>6954809.7063375004</v>
       </c>
       <c r="O23" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="P23" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="P23" s="3" t="s">
+      <c r="Q23" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R23" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="Q23" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R23" s="3" t="s">
+      <c r="S23" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="S23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>135</v>
+        <v>34</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>4.2618999999999997E-2</v>
+        <v>2.1364999999999999E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D24" s="4">
-        <v>6721</v>
+        <v>80291</v>
       </c>
       <c r="E24" s="5">
-        <v>862.86</v>
+        <v>156</v>
       </c>
       <c r="F24" s="4">
-        <v>5799282.0599999996</v>
+        <v>12525396</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>862.86</v>
+        <v>156</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>5799282.0599999996</v>
+        <v>12525396</v>
       </c>
       <c r="N24" s="4">
-        <v>5799282.0599999996</v>
+        <v>12525396</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>142</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>144</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>140</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.6811E-2</v>
+        <v>3.8477999999999998E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D25" s="4">
-        <v>58785</v>
+        <v>6290</v>
       </c>
       <c r="E25" s="5">
-        <v>85.98</v>
+        <v>1075.47</v>
       </c>
       <c r="F25" s="4">
-        <v>5054334.3</v>
+        <v>6764706.2999999998</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>85.98</v>
+        <v>1075.47</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>5054334.3</v>
+        <v>6764706.2999999998</v>
       </c>
       <c r="N25" s="4">
-        <v>5054334.3</v>
+        <v>6764706.2999999998</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>147</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>149</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>145</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>1.4651000000000001E-2</v>
+        <v>2.0781000000000001E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D26" s="4">
-        <v>49572</v>
+        <v>55020</v>
       </c>
       <c r="E26" s="5">
-        <v>517.80999999999995</v>
+        <v>104.83</v>
       </c>
       <c r="F26" s="4">
-        <v>25668877.32</v>
+        <v>5767746.5999999996</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>517.80999999999995</v>
+        <v>104.83</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>25668877.32</v>
+        <v>5767746.5999999996</v>
       </c>
       <c r="N26" s="4">
-        <v>25668877.32</v>
+        <v>5767746.5999999996</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>152</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>154</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>7.4410000000000004E-2</v>
+        <v>1.7718000000000001E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D27" s="4">
-        <v>346599</v>
+        <v>46293</v>
       </c>
       <c r="E27" s="5">
-        <v>48.794775000000001</v>
+        <v>492.01</v>
       </c>
       <c r="F27" s="4">
-        <v>16912218.210207801</v>
+        <v>22776618.93</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H27" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J27" s="5">
+        <v>492.01</v>
+      </c>
+      <c r="K27" s="5">
+        <v>1</v>
+      </c>
+      <c r="L27" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M27" s="4">
+        <v>22776618.93</v>
+      </c>
+      <c r="N27" s="4">
+        <v>22776618.93</v>
+      </c>
+      <c r="O27" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="I27" s="3" t="s">
+      <c r="P27" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="J27" s="5">
-[...5 lines deleted...]
-      <c r="L27" s="3" t="s">
+      <c r="Q27" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R27" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="M27" s="4">
-[...5 lines deleted...]
-      <c r="O27" s="3" t="s">
+      <c r="S27" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="T27" s="4">
+        <v>1</v>
+      </c>
+      <c r="W27" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="P27" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>4.9024999999999999E-2</v>
+        <v>6.9971000000000005E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D28" s="4">
+        <v>323657</v>
+      </c>
+      <c r="E28" s="5">
+        <v>45.881784000000003</v>
+      </c>
+      <c r="F28" s="4">
+        <v>14849962.721045</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I28" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J28" s="5">
+        <v>1440</v>
+      </c>
+      <c r="K28" s="5">
+        <v>31.385004558671913</v>
+      </c>
+      <c r="L28" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="M28" s="4">
+        <v>466066147.69610798</v>
+      </c>
+      <c r="N28" s="4">
+        <v>14849962.721045</v>
+      </c>
+      <c r="O28" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="P28" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q28" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R28" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="B28" s="3" t="s">
+      <c r="S28" s="3" t="s">
         <v>164</v>
-      </c>
-[...49 lines deleted...]
-        <v>170</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>2.2703999999999998E-2</v>
+        <v>4.5620000000000001E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D29" s="4">
+        <v>73167</v>
+      </c>
+      <c r="E29" s="5">
+        <v>99.420885999999996</v>
+      </c>
+      <c r="F29" s="4">
+        <v>7274327.9282645201</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="J29" s="5">
+        <v>79.83</v>
+      </c>
+      <c r="K29" s="5">
+        <v>0.80294999975750914</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="M29" s="4">
+        <v>5840921.6082359999</v>
+      </c>
+      <c r="N29" s="4">
+        <v>7274327.9282645201</v>
+      </c>
+      <c r="O29" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="P29" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="Q29" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="R29" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B29" s="3" t="s">
+      <c r="S29" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="C29" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>171</v>
+        <v>34</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>8.8559999999999993E-3</v>
+        <v>2.2346999999999999E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D30" s="4">
-        <v>36947</v>
+        <v>16251</v>
       </c>
       <c r="E30" s="5">
-        <v>260.41000000000003</v>
+        <v>189.18</v>
       </c>
       <c r="F30" s="4">
-        <v>9621368.2699999996</v>
+        <v>3074364.18</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>260.41000000000003</v>
+        <v>189.18</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>9621368.2699999996</v>
+        <v>3074364.18</v>
       </c>
       <c r="N30" s="4">
-        <v>9621368.2699999996</v>
+        <v>3074364.18</v>
       </c>
       <c r="O30" s="3" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="P30" s="3" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>2.7890000000000002E-2</v>
+        <v>9.4439999999999993E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D31" s="4">
-        <v>36254</v>
+        <v>34579</v>
       </c>
       <c r="E31" s="5">
-        <v>140.13999999999999</v>
+        <v>230.54</v>
       </c>
       <c r="F31" s="4">
-        <v>5080635.5599999996</v>
+        <v>7971842.6600000001</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>140.13999999999999</v>
+        <v>230.54</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>5080635.5599999996</v>
+        <v>7971842.6600000001</v>
       </c>
       <c r="N31" s="4">
-        <v>5080635.5599999996</v>
+        <v>7971842.6600000001</v>
       </c>
       <c r="O31" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="P31" s="3" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>74</v>
+        <v>90</v>
       </c>
       <c r="R31" s="3" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>1.4727000000000001E-2</v>
+        <v>2.4490000000000001E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D32" s="4">
-        <v>45477</v>
+        <v>33932</v>
       </c>
       <c r="E32" s="5">
-        <v>161.46</v>
+        <v>151.91999999999999</v>
       </c>
       <c r="F32" s="4">
-        <v>7342716.4199999999</v>
+        <v>5154949.4400000004</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>161.46</v>
+        <v>151.91999999999999</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>7342716.4199999999</v>
+        <v>5154949.4400000004</v>
       </c>
       <c r="N32" s="4">
-        <v>7342716.4199999999</v>
+        <v>5154949.4400000004</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="P32" s="3" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>2.1284999999999998E-2</v>
+        <v>1.5835999999999999E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D33" s="4">
-        <v>23015</v>
+        <v>42564</v>
       </c>
       <c r="E33" s="5">
-        <v>567.39</v>
+        <v>168.27</v>
       </c>
       <c r="F33" s="4">
-        <v>13058480.85</v>
+        <v>7162244.2800000003</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>567.39</v>
+        <v>168.27</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>13058480.85</v>
+        <v>7162244.2800000003</v>
       </c>
       <c r="N33" s="4">
-        <v>13058480.85</v>
+        <v>7162244.2800000003</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="P33" s="3" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>3.7853999999999999E-2</v>
+        <v>2.2002000000000001E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D34" s="4">
-        <v>23662</v>
+        <v>21492</v>
       </c>
       <c r="E34" s="5">
-        <v>105.39</v>
+        <v>590.83000000000004</v>
       </c>
       <c r="F34" s="4">
-        <v>2493738.1800000002</v>
+        <v>12698118.359999999</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>105.39</v>
+        <v>590.83000000000004</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>2493738.1800000002</v>
+        <v>12698118.359999999</v>
       </c>
       <c r="N34" s="4">
-        <v>2493738.1800000002</v>
+        <v>12698118.359999999</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>159</v>
+        <v>196</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>199</v>
+        <v>65</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>7.228E-3</v>
+        <v>3.9009000000000002E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D35" s="4">
-        <v>168802</v>
+        <v>23662</v>
       </c>
       <c r="E35" s="5">
-        <v>46.68</v>
+        <v>108.86</v>
       </c>
       <c r="F35" s="4">
-        <v>7879677.3600000003</v>
+        <v>2575845.3199999998</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>46.68</v>
+        <v>108.86</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>7879677.3600000003</v>
+        <v>2575845.3199999998</v>
       </c>
       <c r="N35" s="4">
-        <v>7879677.3600000003</v>
+        <v>2575845.3199999998</v>
       </c>
       <c r="O35" s="3" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="P35" s="3" t="s">
-        <v>204</v>
+        <v>56</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>2.2841E-2</v>
+        <v>7.9129999999999999E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D36" s="4">
-        <v>54304</v>
+        <v>157978</v>
       </c>
       <c r="E36" s="5">
-        <v>96.5</v>
+        <v>49.05</v>
       </c>
       <c r="F36" s="4">
-        <v>5240336</v>
+        <v>7748820.9000000004</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>96.5</v>
+        <v>49.05</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>5240336</v>
+        <v>7748820.9000000004</v>
       </c>
       <c r="N36" s="4">
-        <v>5240336</v>
+        <v>7748820.9000000004</v>
       </c>
       <c r="O36" s="3" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="P36" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>1.519E-2</v>
+        <v>2.3803999999999999E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D37" s="4">
-        <v>25876</v>
+        <v>50825</v>
       </c>
       <c r="E37" s="5">
-        <v>341.56</v>
+        <v>87.54</v>
       </c>
       <c r="F37" s="4">
-        <v>8838206.5600000005</v>
+        <v>4449220.5</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>341.56</v>
+        <v>87.54</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>8838206.5600000005</v>
+        <v>4449220.5</v>
       </c>
       <c r="N37" s="4">
-        <v>8838206.5600000005</v>
+        <v>4449220.5</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>60</v>
+        <v>212</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.562E-2</v>
+        <v>1.3668E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D38" s="4">
-        <v>24223</v>
+        <v>24020</v>
       </c>
       <c r="E38" s="5">
-        <v>340.74</v>
+        <v>329.77</v>
       </c>
       <c r="F38" s="4">
-        <v>8253745.0199999996</v>
+        <v>7921075.4000000004</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>340.74</v>
+        <v>329.77</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>8253745.0199999996</v>
+        <v>7921075.4000000004</v>
       </c>
       <c r="N38" s="4">
-        <v>8253745.0199999996</v>
+        <v>7921075.4000000004</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>199</v>
+        <v>65</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>2.3925999999999999E-2</v>
+        <v>2.4334000000000001E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D39" s="4">
-        <v>61492</v>
+        <v>22670</v>
       </c>
       <c r="E39" s="5">
-        <v>86.97</v>
+        <v>334.44</v>
       </c>
       <c r="F39" s="4">
-        <v>5347959.24</v>
+        <v>7581754.7999999998</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>86.97</v>
+        <v>334.44</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>5347959.24</v>
+        <v>7581754.7999999998</v>
       </c>
       <c r="N39" s="4">
-        <v>5347959.24</v>
+        <v>7581754.7999999998</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>1.5502E-2</v>
+        <v>2.3290999999999999E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D40" s="4">
+        <v>52595</v>
+      </c>
+      <c r="E40" s="5">
+        <v>85.85</v>
+      </c>
+      <c r="F40" s="4">
+        <v>4515280.75</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I40" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J40" s="5">
+        <v>85.85</v>
+      </c>
+      <c r="K40" s="5">
+        <v>1</v>
+      </c>
+      <c r="L40" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M40" s="4">
+        <v>4515280.75</v>
+      </c>
+      <c r="N40" s="4">
+        <v>4515280.75</v>
+      </c>
+      <c r="O40" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="P40" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="B40" s="3" t="s">
+      <c r="Q40" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="R40" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="C40" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S40" s="3" t="s">
-        <v>231</v>
+        <v>67</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>34</v>
+        <v>224</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.767E-2</v>
+        <v>1.3871E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D41" s="4">
+        <v>146057</v>
+      </c>
+      <c r="E41" s="5">
+        <v>60.207999999999998</v>
+      </c>
+      <c r="F41" s="4">
+        <v>8793799.8559999894</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H41" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I41" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J41" s="5">
+        <v>45.44</v>
+      </c>
+      <c r="K41" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L41" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M41" s="4">
+        <v>6636830.0799989998</v>
+      </c>
+      <c r="N41" s="4">
+        <v>8793799.8559999894</v>
+      </c>
+      <c r="O41" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="P41" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q41" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="R41" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B41" s="3" t="s">
+      <c r="S41" s="3" t="s">
         <v>233</v>
-      </c>
-[...49 lines deleted...]
-        <v>238</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>6.8570000000000002E-3</v>
+        <v>2.7015000000000001E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D42" s="4">
+        <v>28929</v>
+      </c>
+      <c r="E42" s="5">
+        <v>73.509236999999999</v>
+      </c>
+      <c r="F42" s="4">
+        <v>2126548.7171729999</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J42" s="5">
+        <v>63.34</v>
+      </c>
+      <c r="K42" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L42" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="M42" s="4">
+        <v>1832362.86</v>
+      </c>
+      <c r="N42" s="4">
+        <v>2126548.7171729999</v>
+      </c>
+      <c r="O42" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="P42" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="Q42" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="R42" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="B42" s="3" t="s">
+      <c r="S42" s="3" t="s">
         <v>240</v>
-      </c>
-[...49 lines deleted...]
-        <v>62</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.3577000000000001E-2</v>
+        <v>6.5319999999999996E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D43" s="4">
+        <v>30436</v>
+      </c>
+      <c r="E43" s="5">
+        <v>250</v>
+      </c>
+      <c r="F43" s="4">
+        <v>7609000</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H43" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J43" s="5">
+        <v>250</v>
+      </c>
+      <c r="K43" s="5">
+        <v>1</v>
+      </c>
+      <c r="L43" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M43" s="4">
+        <v>7609000</v>
+      </c>
+      <c r="N43" s="4">
+        <v>7609000</v>
+      </c>
+      <c r="O43" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="P43" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="B43" s="3" t="s">
+      <c r="Q43" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R43" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="C43" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S43" s="3" t="s">
-        <v>249</v>
+        <v>67</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>1.695E-2</v>
+        <v>2.3375E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D44" s="4">
-        <v>13745</v>
+        <v>4642</v>
       </c>
       <c r="E44" s="5">
-        <v>93.02852</v>
+        <v>1048.4408699999999</v>
       </c>
       <c r="F44" s="4">
-        <v>1278677.0074</v>
+        <v>4866862.5185399996</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>130</v>
+        <v>247</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J44" s="5">
-        <v>80.599999999999994</v>
+        <v>903.4</v>
       </c>
       <c r="K44" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>131</v>
+        <v>248</v>
       </c>
       <c r="M44" s="4">
-        <v>1107847</v>
+        <v>4193582.8</v>
       </c>
       <c r="N44" s="4">
-        <v>1278677.0074</v>
+        <v>4866862.5185399996</v>
       </c>
       <c r="O44" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="P44" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="Q44" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R44" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="P44" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S44" s="3" t="s">
-        <v>134</v>
+        <v>251</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>3.7060000000000001E-3</v>
+        <v>1.4951000000000001E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D45" s="4">
+        <v>12862</v>
+      </c>
+      <c r="E45" s="5">
+        <v>106.07427</v>
+      </c>
+      <c r="F45" s="4">
+        <v>1364327.2607400001</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H45" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J45" s="5">
+        <v>91.4</v>
+      </c>
+      <c r="K45" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L45" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="M45" s="4">
+        <v>1175586.8</v>
+      </c>
+      <c r="N45" s="4">
+        <v>1364327.2607400001</v>
+      </c>
+      <c r="O45" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="P45" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="B45" s="3" t="s">
+      <c r="Q45" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="R45" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="C45" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S45" s="3" t="s">
-        <v>231</v>
+        <v>139</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>2.1357999999999999E-2</v>
+        <v>4.1910000000000003E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D46" s="4">
+        <v>208188</v>
+      </c>
+      <c r="E46" s="5">
+        <v>31.428999999999998</v>
+      </c>
+      <c r="F46" s="4">
+        <v>6543140.6519999905</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H46" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I46" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J46" s="5">
+        <v>23.72</v>
+      </c>
+      <c r="K46" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L46" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M46" s="4">
+        <v>4938219.3599990001</v>
+      </c>
+      <c r="N46" s="4">
+        <v>6543140.6519999905</v>
+      </c>
+      <c r="O46" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="P46" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B46" s="3" t="s">
+      <c r="Q46" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="R46" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="C46" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S46" s="3" t="s">
-        <v>264</v>
+        <v>233</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>8.7360000000000007E-3</v>
+        <v>2.0101000000000001E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D47" s="4">
+        <v>99146</v>
+      </c>
+      <c r="E47" s="5">
+        <v>27.980861000000001</v>
+      </c>
+      <c r="F47" s="4">
+        <v>2774190.3951329999</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J47" s="5">
+        <v>24.11</v>
+      </c>
+      <c r="K47" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L47" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="M47" s="4">
+        <v>2390410.06</v>
+      </c>
+      <c r="N47" s="4">
+        <v>2774190.3951329999</v>
+      </c>
+      <c r="O47" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="P47" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="Q47" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R47" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="B47" s="3" t="s">
+      <c r="S47" s="3" t="s">
         <v>266</v>
-      </c>
-[...49 lines deleted...]
-        <v>231</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>1.7693E-2</v>
+        <v>8.5220000000000001E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D48" s="4">
+        <v>1227823</v>
+      </c>
+      <c r="E48" s="5">
+        <v>4.9144249999999996</v>
+      </c>
+      <c r="F48" s="4">
+        <v>6034044.0467750002</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H48" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J48" s="5">
+        <v>3.7090000000000001</v>
+      </c>
+      <c r="K48" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L48" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M48" s="4">
+        <v>4553995.5070000002</v>
+      </c>
+      <c r="N48" s="4">
+        <v>6034044.0467750002</v>
+      </c>
+      <c r="O48" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="P48" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="B48" s="3" t="s">
+      <c r="Q48" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="R48" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="C48" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S48" s="3" t="s">
-        <v>276</v>
+        <v>233</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>7.9369999999999996E-3</v>
+        <v>1.8537000000000001E-2</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>279</v>
+        <v>61</v>
       </c>
       <c r="D49" s="4">
-        <v>700000</v>
+        <v>52363</v>
       </c>
       <c r="E49" s="5">
-        <v>99.971349000000004</v>
+        <v>49.258020999999999</v>
       </c>
       <c r="F49" s="4">
-        <v>699875.77223410003</v>
+        <v>2579297.8012586399</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>280</v>
+        <v>62</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>31</v>
+        <v>273</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>32</v>
+        <v>274</v>
       </c>
       <c r="J49" s="5">
-        <v>99.971349000000004</v>
+        <v>317</v>
       </c>
       <c r="K49" s="5">
-        <v>1</v>
+        <v>6.4355000718201802</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>33</v>
+        <v>275</v>
       </c>
       <c r="M49" s="4">
-        <v>699875.77223400003</v>
+        <v>16599071.185245</v>
       </c>
       <c r="N49" s="4">
-        <v>699875.77223410003</v>
+        <v>2579297.8012586399</v>
       </c>
       <c r="O49" s="3" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="R49" s="3" t="s">
         <v>277</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="T49" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>4.0121480829999996</v>
+        <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
-        <v>284</v>
+        <v>34</v>
       </c>
       <c r="X49" s="4">
-        <v>76.329234099999994</v>
+        <v>0</v>
       </c>
       <c r="Y49" s="4">
-        <v>76.329234</v>
+        <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>2.0279999999999999E-3</v>
+        <v>7.9229999999999995E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D50" s="4">
-        <v>7000000</v>
+        <v>4200000</v>
       </c>
       <c r="E50" s="5">
-        <v>99.979750999999993</v>
+        <v>99.969460999999995</v>
       </c>
       <c r="F50" s="4">
-        <v>6999345.6678965501</v>
+        <v>4212168.7013803897</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J50" s="5">
-        <v>99.979750999999993</v>
+        <v>99.969460999999995</v>
       </c>
       <c r="K50" s="5">
         <v>1</v>
       </c>
       <c r="L50" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M50" s="4">
-        <v>6999345.6678959997</v>
+        <v>4212168.7013800004</v>
       </c>
       <c r="N50" s="4">
-        <v>6999345.6678965501</v>
+        <v>4212168.7013803897</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="Q50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R50" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="S50" s="3" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="T50" s="4">
         <v>0.01</v>
       </c>
       <c r="U50" s="2">
         <v>46599</v>
       </c>
       <c r="V50" s="4">
-        <v>4.0111480830000001</v>
+        <v>3.9194078960000001</v>
       </c>
       <c r="W50" s="3" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="X50" s="4">
-        <v>763.09789655999998</v>
+        <v>13451.33938039</v>
       </c>
       <c r="Y50" s="4">
-        <v>763.09789599999999</v>
+        <v>13451.339379999999</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.0289999999999999E-2</v>
+        <v>1.294E-2</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="C51" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="B51" s="3" t="s">
+      <c r="D51" s="4">
+        <v>-236677.38</v>
+      </c>
+      <c r="E51" s="5">
+        <v>1</v>
+      </c>
+      <c r="F51" s="4">
+        <v>-236677.38</v>
+      </c>
+      <c r="G51" s="3" t="s">
         <v>290</v>
-      </c>
-[...13 lines deleted...]
-        <v>292</v>
       </c>
       <c r="H51" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J51" s="5">
         <v>1</v>
       </c>
       <c r="K51" s="5">
         <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M51" s="4">
-        <v>-238525.36</v>
+        <v>-236677.38</v>
       </c>
       <c r="N51" s="4">
-        <v>-238525.36</v>
+        <v>-236677.38</v>
       </c>
       <c r="O51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S51" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>-6.9099999999999999E-4</v>
+        <v>-7.27E-4</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="C52" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="D52" s="4">
+        <v>532554.11</v>
+      </c>
+      <c r="E52" s="5">
+        <v>1</v>
+      </c>
+      <c r="F52" s="4">
+        <v>532554.11000001</v>
+      </c>
+      <c r="G52" s="3" t="s">
         <v>294</v>
-      </c>
-[...13 lines deleted...]
-        <v>296</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J52" s="5">
         <v>1</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M52" s="4">
-        <v>361111.84</v>
+        <v>532554.11</v>
       </c>
       <c r="N52" s="4">
-        <v>361111.84000000998</v>
+        <v>532554.11000001</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>1.0460000000000001E-3</v>
+        <v>1.6360000000000001E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>October</vt:lpstr>
+      <vt:lpstr>November</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>