--- v3 (2026-01-05)
+++ v4 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{68AF4266-686E-4BD1-AB71-5948399F0FD2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9F55ED9F-DD8E-438B-8FD0-3A0C9CF37A15}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{B7BEB17C-1A99-4FE0-A782-624045D2D5FD}"/>
+    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{A0E7CCBF-B2CD-4783-B1CB-6B2A5CE6A269}"/>
   </bookViews>
   <sheets>
-    <sheet name="November" sheetId="1" r:id="rId1"/>
+    <sheet name="December" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="670" uniqueCount="301">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="696" uniqueCount="310">
   <si>
     <t>GMO Quality Select Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -145,350 +145,353 @@
   <si>
     <t>USD TAX RECLAIMS</t>
   </si>
   <si>
     <t>Cash and Cash Equivalents</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
-    <t>EURTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (EUR)</t>
+    <t>GBPTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (GBP)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
-    <t>European Union</t>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>HKDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (HKD)</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>NOKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (NOK)</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>TWDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (TWD)</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>TWD</t>
+  </si>
+  <si>
+    <t>TW</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>002824100</t>
+  </si>
+  <si>
+    <t>Abbott Laboratories</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2002305</t>
+  </si>
+  <si>
+    <t>ABT</t>
+  </si>
+  <si>
+    <t>Health Care</t>
+  </si>
+  <si>
+    <t>US0028241000</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>02079K305</t>
+  </si>
+  <si>
+    <t>Alphabet Inc-Cl A</t>
+  </si>
+  <si>
+    <t>BYVY8G0</t>
+  </si>
+  <si>
+    <t>GOOGL</t>
+  </si>
+  <si>
+    <t>Communication Services</t>
+  </si>
+  <si>
+    <t>US02079K3059</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>023135106</t>
+  </si>
+  <si>
+    <t>Amazon.com Inc</t>
+  </si>
+  <si>
+    <t>2000019</t>
+  </si>
+  <si>
+    <t>AMZN</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>US0231351067</t>
+  </si>
+  <si>
+    <t>036752103</t>
+  </si>
+  <si>
+    <t>Elevance Health Inc</t>
+  </si>
+  <si>
+    <t>BSPHGL4</t>
+  </si>
+  <si>
+    <t>ELV</t>
+  </si>
+  <si>
+    <t>US0367521038</t>
+  </si>
+  <si>
+    <t>037833100</t>
+  </si>
+  <si>
+    <t>Apple Inc</t>
+  </si>
+  <si>
+    <t>2046251</t>
+  </si>
+  <si>
+    <t>AAPL</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>US0378331005</t>
+  </si>
+  <si>
+    <t>11135F101</t>
+  </si>
+  <si>
+    <t>Broadcom Inc</t>
+  </si>
+  <si>
+    <t>BDZ78H9</t>
+  </si>
+  <si>
+    <t>AVGO</t>
+  </si>
+  <si>
+    <t>US11135F1012</t>
+  </si>
+  <si>
+    <t>125523100</t>
+  </si>
+  <si>
+    <t>The Cigna Group</t>
+  </si>
+  <si>
+    <t>BHJ0775</t>
+  </si>
+  <si>
+    <t>CI</t>
+  </si>
+  <si>
+    <t>US1255231003</t>
+  </si>
+  <si>
+    <t>191216100</t>
+  </si>
+  <si>
+    <t>Coca-Cola Co/The</t>
+  </si>
+  <si>
+    <t>2206657</t>
+  </si>
+  <si>
+    <t>KO</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>US1912161007</t>
+  </si>
+  <si>
+    <t>30303M102</t>
+  </si>
+  <si>
+    <t>Meta Platforms Inc-Class A</t>
+  </si>
+  <si>
+    <t>B7TL820</t>
+  </si>
+  <si>
+    <t>META</t>
+  </si>
+  <si>
+    <t>US30303M1027</t>
+  </si>
+  <si>
+    <t>43300A203</t>
+  </si>
+  <si>
+    <t>Hilton Worldwide Holdings In</t>
+  </si>
+  <si>
+    <t>BYVMW06</t>
+  </si>
+  <si>
+    <t>HLT</t>
+  </si>
+  <si>
+    <t>US43300A2033</t>
+  </si>
+  <si>
+    <t>46120E602</t>
+  </si>
+  <si>
+    <t>Intuitive Surgical Inc</t>
+  </si>
+  <si>
+    <t>2871301</t>
+  </si>
+  <si>
+    <t>ISRG</t>
+  </si>
+  <si>
+    <t>US46120E6023</t>
+  </si>
+  <si>
+    <t>478160104</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t>2475833</t>
+  </si>
+  <si>
+    <t>JNJ</t>
+  </si>
+  <si>
+    <t>US4781601046</t>
+  </si>
+  <si>
+    <t>482480100</t>
+  </si>
+  <si>
+    <t>Kla Corp</t>
+  </si>
+  <si>
+    <t>2480138</t>
+  </si>
+  <si>
+    <t>KLAC</t>
+  </si>
+  <si>
+    <t>US4824801009</t>
+  </si>
+  <si>
+    <t>4846288</t>
+  </si>
+  <si>
+    <t>Sap Se</t>
+  </si>
+  <si>
+    <t>Germany</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
-    <t>EU</t>
-[...283 lines deleted...]
-  <si>
     <t>DE</t>
   </si>
   <si>
     <t>SAP</t>
   </si>
   <si>
     <t>DE0007164600</t>
   </si>
   <si>
     <t>XETR</t>
   </si>
   <si>
     <t>512807306</t>
   </si>
   <si>
     <t>Lam Research Corp</t>
   </si>
   <si>
     <t>BSML4N7</t>
   </si>
   <si>
     <t>LRCX</t>
   </si>
   <si>
     <t>US5128073062</t>
@@ -724,222 +727,246 @@
   <si>
     <t>B2PZN04</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>US92826C8394</t>
   </si>
   <si>
     <t>949746101</t>
   </si>
   <si>
     <t>Wells Fargo &amp; Co</t>
   </si>
   <si>
     <t>2649100</t>
   </si>
   <si>
     <t>WFC</t>
   </si>
   <si>
     <t>US9497461015</t>
   </si>
   <si>
-    <t>B10RZP7</t>
+    <t>B3MSM28</t>
+  </si>
+  <si>
+    <t>Amadeus It Group Sa</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>AMS</t>
+  </si>
+  <si>
+    <t>ES0109067019</t>
+  </si>
+  <si>
+    <t>XMAD</t>
+  </si>
+  <si>
+    <t>B4BNMY3</t>
+  </si>
+  <si>
+    <t>Accenture Plc-Cl A</t>
+  </si>
+  <si>
+    <t>ACN</t>
+  </si>
+  <si>
+    <t>IE00B4BNMY34</t>
+  </si>
+  <si>
+    <t>B929F46</t>
+  </si>
+  <si>
+    <t>Asml Holding Nv</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>ASML</t>
+  </si>
+  <si>
+    <t>NL0010273215</t>
+  </si>
+  <si>
+    <t>XAMS</t>
+  </si>
+  <si>
+    <t>BD2P9X9</t>
+  </si>
+  <si>
+    <t>Knorr-Bremse Ag</t>
+  </si>
+  <si>
+    <t>KBX</t>
+  </si>
+  <si>
+    <t>DE000KBX1006</t>
+  </si>
+  <si>
+    <t>BD6K457</t>
+  </si>
+  <si>
+    <t>Compass Group Plc</t>
+  </si>
+  <si>
+    <t>CPG</t>
+  </si>
+  <si>
+    <t>GB00BD6K4575</t>
+  </si>
+  <si>
+    <t>XLON</t>
+  </si>
+  <si>
+    <t>BM8H5Y5</t>
+  </si>
+  <si>
+    <t>Dassault Systemes Se</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>DSY</t>
+  </si>
+  <si>
+    <t>FR0014003TT8</t>
+  </si>
+  <si>
+    <t>XPAR</t>
+  </si>
+  <si>
+    <t>BMX86B7</t>
+  </si>
+  <si>
+    <t>Haleon Plc</t>
+  </si>
+  <si>
+    <t>HLN</t>
+  </si>
+  <si>
+    <t>GB00BMX86B70</t>
+  </si>
+  <si>
+    <t>BP6KMJ1</t>
+  </si>
+  <si>
+    <t>Novo Nordisk A/S-B</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>DKK</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>NOVOB</t>
+  </si>
+  <si>
+    <t>DK0062498333</t>
+  </si>
+  <si>
+    <t>XCSE</t>
+  </si>
+  <si>
+    <t>BVZG4R4</t>
+  </si>
+  <si>
+    <t>Magnum Ice Cream Co Nv/The</t>
+  </si>
+  <si>
+    <t>MICC</t>
+  </si>
+  <si>
+    <t>NL0015002MS2</t>
+  </si>
+  <si>
+    <t>BVZK7T9</t>
   </si>
   <si>
     <t>Unilever Plc</t>
   </si>
   <si>
     <t>ULVR</t>
   </si>
   <si>
-    <t>GB00B10RZP78</t>
-[...137 lines deleted...]
-    <t>XCSE</t>
+    <t>GB00BVZK7T90</t>
   </si>
   <si>
     <t>US91282CNQ05</t>
   </si>
   <si>
     <t>TF FLOAT 07/31/27</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Government</t>
   </si>
   <si>
     <t>BTY0CX5</t>
   </si>
   <si>
     <t>TF</t>
   </si>
   <si>
     <t>XOTC</t>
   </si>
   <si>
     <t>91282CNQ0</t>
+  </si>
+  <si>
+    <t>US91282CPG05</t>
+  </si>
+  <si>
+    <t>TF FLOAT 10/31/27</t>
+  </si>
+  <si>
+    <t>BV3PBK5</t>
+  </si>
+  <si>
+    <t>91282CPG0</t>
   </si>
   <si>
     <t>USDAccExp</t>
   </si>
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
   </si>
   <si>
     <t>IE00BYXBJ775</t>
   </si>
   <si>
     <t>State Street Us Treasury Liquidity</t>
   </si>
   <si>
     <t>Pooled Investment</t>
   </si>
   <si>
     <t>Fund</t>
   </si>
@@ -1333,92 +1360,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D9AF6E71-A0BD-42F8-8769-4B615254DD24}">
-  <dimension ref="A1:Z59"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AEAD5AAD-D4A5-4C03-BE6A-769FB0D4CE8A}">
+  <dimension ref="A1:Z61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="26.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="6.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45989</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1468,3717 +1495,3871 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>24426.047973000001</v>
+        <v>24737.697972999998</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>24426.047973370001</v>
+        <v>24737.697973369999</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>24426.047973000001</v>
+        <v>24737.697972999998</v>
       </c>
       <c r="N4" s="4">
-        <v>24426.047973370001</v>
+        <v>24737.697973369999</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>7.4999999999999993E-5</v>
+        <v>6.8999999999999997E-5</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>7894.28</v>
+        <v>29.91</v>
       </c>
       <c r="E5" s="5">
-        <v>1.16055</v>
+        <v>1.3450500000000001</v>
       </c>
       <c r="F5" s="4">
-        <v>9161.7066539999996</v>
+        <v>40.230445500000002</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>7894.28</v>
+        <v>29.91</v>
       </c>
       <c r="N5" s="4">
-        <v>9161.7066539999996</v>
+        <v>40.230445500000002</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>2.8E-5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>62238.8</v>
+        <v>1.66</v>
       </c>
       <c r="E6" s="5">
-        <v>1.325</v>
+        <v>0.12847700000000001</v>
       </c>
       <c r="F6" s="4">
-        <v>82466.41</v>
+        <v>0.21327166</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.75471698113207553</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>62238.8</v>
+        <v>1.659999</v>
       </c>
       <c r="N6" s="4">
-        <v>82466.41</v>
+        <v>0.21327166</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>2.5300000000000002E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>1.66</v>
+        <v>-100000</v>
       </c>
       <c r="E7" s="5">
-        <v>0.128442</v>
+        <v>9.9139000000000005E-2</v>
       </c>
       <c r="F7" s="4">
-        <v>0.21321414</v>
+        <v>-9913.8977976299993</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>7.7856001432550421</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>1.66</v>
+        <v>-99999.997958000007</v>
       </c>
       <c r="N7" s="4">
-        <v>0.21321414</v>
+        <v>-9913.8977976299993</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>0</v>
+        <v>-2.6999999999999999E-5</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>2</v>
+        <v>1295131.68</v>
       </c>
       <c r="E8" s="5">
-        <v>3.1862000000000001E-2</v>
+        <v>3.1826E-2</v>
       </c>
       <c r="F8" s="4">
-        <v>6.3724710000000004E-2</v>
+        <v>41219.321143840003</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>31.385004558671913</v>
+        <v>31.420495463508864</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>2</v>
+        <v>1295131.4930080001</v>
       </c>
       <c r="N8" s="4">
-        <v>6.3724710000000004E-2</v>
+        <v>41219.321143840003</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>0</v>
+        <v>1.15E-4</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>-29504.02</v>
+        <v>122140.4</v>
       </c>
       <c r="E9" s="5">
         <v>1</v>
       </c>
       <c r="F9" s="4">
-        <v>-29504.02</v>
+        <v>122140.4</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
-        <v>-29504.02</v>
+        <v>122140.4</v>
       </c>
       <c r="N9" s="4">
-        <v>-29504.02</v>
+        <v>122140.4</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>-9.0000000000000006E-5</v>
+        <v>3.4299999999999999E-4</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D10" s="4">
-        <v>74804</v>
+        <v>78879</v>
       </c>
       <c r="E10" s="5">
-        <v>128.9</v>
+        <v>125.29</v>
       </c>
       <c r="F10" s="4">
-        <v>9642235.5999999996</v>
+        <v>9882749.9100000001</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>128.9</v>
+        <v>125.29</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>9642235.5999999996</v>
+        <v>9882749.9100000001</v>
       </c>
       <c r="N10" s="4">
-        <v>9642235.5999999996</v>
+        <v>9882749.9100000001</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>59</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>2.9621000000000001E-2</v>
+        <v>2.777E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D11" s="4">
-        <v>60041</v>
+        <v>60566</v>
       </c>
       <c r="E11" s="5">
-        <v>320.18</v>
+        <v>313</v>
       </c>
       <c r="F11" s="4">
-        <v>19223927.379999999</v>
+        <v>18957158</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>320.18</v>
+        <v>313</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>19223927.379999999</v>
+        <v>18957158</v>
       </c>
       <c r="N11" s="4">
-        <v>19223927.379999999</v>
+        <v>18957158</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>73</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>5.9056999999999998E-2</v>
+        <v>5.3268999999999997E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D12" s="4">
-        <v>42832</v>
+        <v>53642</v>
       </c>
       <c r="E12" s="5">
-        <v>233.22</v>
+        <v>230.82</v>
       </c>
       <c r="F12" s="4">
-        <v>9989279.0399999991</v>
+        <v>12381646.439999999</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>233.22</v>
+        <v>230.82</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>9989279.0399999991</v>
+        <v>12381646.439999999</v>
       </c>
       <c r="N12" s="4">
-        <v>9989279.0399999991</v>
+        <v>12381646.439999999</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>78</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>80</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>3.0686999999999999E-2</v>
+        <v>3.4791999999999997E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D13" s="4">
-        <v>21764</v>
+        <v>22949</v>
       </c>
       <c r="E13" s="5">
-        <v>338.26</v>
+        <v>350.55</v>
       </c>
       <c r="F13" s="4">
-        <v>7361890.6399999997</v>
+        <v>8044771.9500000002</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>338.26</v>
+        <v>350.55</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>7361890.6399999997</v>
+        <v>8044771.9500000002</v>
       </c>
       <c r="N13" s="4">
-        <v>7361890.6399999997</v>
+        <v>8044771.9500000002</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>85</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.2616000000000001E-2</v>
+        <v>2.2605E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D14" s="4">
-        <v>57952</v>
+        <v>61082</v>
       </c>
       <c r="E14" s="5">
-        <v>278.85000000000002</v>
+        <v>271.86</v>
       </c>
       <c r="F14" s="4">
-        <v>16159915.199999999</v>
+        <v>16605752.52</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>278.85000000000002</v>
+        <v>271.86</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>16159915.199999999</v>
+        <v>16605752.52</v>
       </c>
       <c r="N14" s="4">
-        <v>16159915.199999999</v>
+        <v>16605752.52</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>88</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>91</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>86</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>4.9644000000000001E-2</v>
+        <v>4.6662000000000002E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="4">
-        <v>26149</v>
+        <v>27619</v>
       </c>
       <c r="E15" s="5">
-        <v>402.96</v>
+        <v>346.1</v>
       </c>
       <c r="F15" s="4">
-        <v>10537001.039999999</v>
+        <v>9558935.9000000004</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>402.96</v>
+        <v>346.1</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>10537001.039999999</v>
+        <v>9558935.9000000004</v>
       </c>
       <c r="N15" s="4">
-        <v>10537001.039999999</v>
+        <v>9558935.9000000004</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>94</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>3.2370000000000003E-2</v>
+        <v>2.6859999999999998E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D16" s="4">
-        <v>16097</v>
+        <v>16973</v>
       </c>
       <c r="E16" s="5">
-        <v>277.27999999999997</v>
+        <v>275.23</v>
       </c>
       <c r="F16" s="4">
-        <v>4463376.16</v>
+        <v>4671478.79</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>277.27999999999997</v>
+        <v>275.23</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>4463376.16</v>
+        <v>4671478.79</v>
       </c>
       <c r="N16" s="4">
-        <v>4463376.16</v>
+        <v>4671478.79</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>99</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>100</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>97</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.3710999999999999E-2</v>
+        <v>1.3126000000000001E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="4">
-        <v>124893</v>
+        <v>140739</v>
       </c>
       <c r="E17" s="5">
-        <v>73.12</v>
+        <v>69.91</v>
       </c>
       <c r="F17" s="4">
-        <v>9132176.1600000001</v>
+        <v>9839063.4900000002</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>73.12</v>
+        <v>69.91</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>9132176.1600000001</v>
+        <v>9839063.4900000002</v>
       </c>
       <c r="N17" s="4">
-        <v>9132176.1600000001</v>
+        <v>9839063.4900000002</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>104</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>105</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>106</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>102</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.8053999999999999E-2</v>
+        <v>2.7647000000000001E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D18" s="4">
-        <v>23778</v>
+        <v>26407</v>
       </c>
       <c r="E18" s="5">
-        <v>647.95000000000005</v>
+        <v>660.09</v>
       </c>
       <c r="F18" s="4">
-        <v>15406955.1</v>
+        <v>17430996.629999999</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>647.95000000000005</v>
+        <v>660.09</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>15406955.1</v>
+        <v>17430996.629999999</v>
       </c>
       <c r="N18" s="4">
-        <v>15406955.1</v>
+        <v>17430996.629999999</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>110</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>111</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>4.7330999999999998E-2</v>
+        <v>4.8980999999999997E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="4">
-        <v>19458</v>
+        <v>21168</v>
       </c>
       <c r="E19" s="5">
-        <v>285.02999999999997</v>
+        <v>287.25</v>
       </c>
       <c r="F19" s="4">
-        <v>5546113.7400000002</v>
+        <v>6080508</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>285.02999999999997</v>
+        <v>287.25</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>5546113.7400000002</v>
+        <v>6080508</v>
       </c>
       <c r="N19" s="4">
-        <v>5546113.7400000002</v>
+        <v>6080508</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>116</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.7038000000000001E-2</v>
+        <v>1.7086E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="4">
-        <v>10633</v>
+        <v>11212</v>
       </c>
       <c r="E20" s="5">
-        <v>573.48</v>
+        <v>566.36</v>
       </c>
       <c r="F20" s="4">
-        <v>6097812.8399999999</v>
+        <v>6350028.3200000003</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>573.48</v>
+        <v>566.36</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>6097812.8399999999</v>
+        <v>6350028.3200000003</v>
       </c>
       <c r="N20" s="4">
-        <v>6097812.8399999999</v>
+        <v>6350028.3200000003</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>121</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.8731999999999999E-2</v>
+        <v>1.7843000000000001E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D21" s="4">
-        <v>59737</v>
+        <v>63849</v>
       </c>
       <c r="E21" s="5">
-        <v>206.92</v>
+        <v>206.95</v>
       </c>
       <c r="F21" s="4">
-        <v>12360780.039999999</v>
+        <v>13213550.550000001</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>206.92</v>
+        <v>206.95</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>12360780.039999999</v>
+        <v>13213550.550000001</v>
       </c>
       <c r="N21" s="4">
-        <v>12360780.039999999</v>
+        <v>13213550.550000001</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>125</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>126</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>3.7973E-2</v>
+        <v>3.7130000000000003E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D22" s="4">
-        <v>3861</v>
+        <v>4095</v>
       </c>
       <c r="E22" s="5">
-        <v>1175.47</v>
+        <v>1215.08</v>
       </c>
       <c r="F22" s="4">
-        <v>4538489.67</v>
+        <v>4975752.5999999996</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>1175.47</v>
+        <v>1215.08</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>4538489.67</v>
+        <v>4975752.5999999996</v>
       </c>
       <c r="N22" s="4">
-        <v>4538489.67</v>
+        <v>4975752.5999999996</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>130</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>131</v>
       </c>
       <c r="Q22" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>132</v>
       </c>
       <c r="S22" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.3942E-2</v>
+        <v>1.3981E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D23" s="4">
-        <v>28735</v>
+        <v>30300</v>
       </c>
       <c r="E23" s="5">
-        <v>242.032703</v>
+        <v>244.69665800000001</v>
       </c>
       <c r="F23" s="4">
-        <v>6954809.7063375004</v>
+        <v>7414308.7222499996</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>135</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>40</v>
+        <v>136</v>
       </c>
       <c r="J23" s="5">
-        <v>208.55</v>
+        <v>208.35</v>
       </c>
       <c r="K23" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L23" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M23" s="4">
-        <v>5992684.25</v>
+        <v>6313005</v>
       </c>
       <c r="N23" s="4">
-        <v>6954809.7063375004</v>
+        <v>7414308.7222499996</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="Q23" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>2.1364999999999999E-2</v>
+        <v>2.0833999999999998E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D24" s="4">
-        <v>80291</v>
+        <v>85179</v>
       </c>
       <c r="E24" s="5">
-        <v>156</v>
+        <v>171.18</v>
       </c>
       <c r="F24" s="4">
-        <v>12525396</v>
+        <v>14580941.220000001</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>156</v>
+        <v>171.18</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>12525396</v>
+        <v>14580941.220000001</v>
       </c>
       <c r="N24" s="4">
-        <v>12525396</v>
+        <v>14580941.220000001</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="Q24" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="S24" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>3.8477999999999998E-2</v>
+        <v>4.0972000000000001E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D25" s="4">
-        <v>6290</v>
+        <v>6633</v>
       </c>
       <c r="E25" s="5">
-        <v>1075.47</v>
+        <v>1074.68</v>
       </c>
       <c r="F25" s="4">
-        <v>6764706.2999999998</v>
+        <v>7128352.4400000004</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>1075.47</v>
+        <v>1074.68</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>6764706.2999999998</v>
+        <v>7128352.4400000004</v>
       </c>
       <c r="N25" s="4">
-        <v>6764706.2999999998</v>
+        <v>7128352.4400000004</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>2.0781000000000001E-2</v>
+        <v>2.0029999999999999E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D26" s="4">
-        <v>55020</v>
+        <v>58020</v>
       </c>
       <c r="E26" s="5">
-        <v>104.83</v>
+        <v>105.26</v>
       </c>
       <c r="F26" s="4">
-        <v>5767746.5999999996</v>
+        <v>6107185.2000000002</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>104.83</v>
+        <v>105.26</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>5767746.5999999996</v>
+        <v>6107185.2000000002</v>
       </c>
       <c r="N26" s="4">
-        <v>5767746.5999999996</v>
+        <v>6107185.2000000002</v>
       </c>
       <c r="O26" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P26" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="Q26" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R26" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="S26" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.7718000000000001E-2</v>
+        <v>1.7160999999999999E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D27" s="4">
-        <v>46293</v>
+        <v>48794</v>
       </c>
       <c r="E27" s="5">
-        <v>492.01</v>
+        <v>483.62</v>
       </c>
       <c r="F27" s="4">
-        <v>22776618.93</v>
+        <v>23597754.280000001</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>492.01</v>
+        <v>483.62</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>22776618.93</v>
+        <v>23597754.280000001</v>
       </c>
       <c r="N27" s="4">
-        <v>22776618.93</v>
+        <v>23597754.280000001</v>
       </c>
       <c r="O27" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="Q27" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R27" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>6.9971000000000005E-2</v>
+        <v>6.6309000000000007E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D28" s="4">
-        <v>323657</v>
+        <v>341158</v>
       </c>
       <c r="E28" s="5">
-        <v>45.881784000000003</v>
+        <v>49.330857999999999</v>
       </c>
       <c r="F28" s="4">
-        <v>14849962.721045</v>
+        <v>16829614.423704199</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J28" s="5">
-        <v>1440</v>
+        <v>1550</v>
       </c>
       <c r="K28" s="5">
-        <v>31.385004558671913</v>
+        <v>31.420495463508864</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M28" s="4">
-        <v>466066147.69610798</v>
+        <v>528794823.65260297</v>
       </c>
       <c r="N28" s="4">
-        <v>14849962.721045</v>
+        <v>16829614.423704199</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="Q28" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>4.5620000000000001E-2</v>
+        <v>4.7291E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D29" s="4">
-        <v>73167</v>
+        <v>78331</v>
       </c>
       <c r="E29" s="5">
-        <v>99.420885999999996</v>
+        <v>99.387818999999993</v>
       </c>
       <c r="F29" s="4">
-        <v>7274327.9282645201</v>
+        <v>7785147.2893657302</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H29" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="J29" s="5">
-        <v>79.83</v>
+        <v>78.739999999999995</v>
       </c>
       <c r="K29" s="5">
-        <v>0.80294999975750914</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L29" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="M29" s="4">
-        <v>5840921.6082359999</v>
+        <v>6167782.9503769996</v>
       </c>
       <c r="N29" s="4">
-        <v>7274327.9282645201</v>
+        <v>7785147.2893657302</v>
       </c>
       <c r="O29" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P29" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="Q29" s="3" t="s">
         <v>106</v>
       </c>
       <c r="R29" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>2.2346999999999999E-2</v>
+        <v>2.1876E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D30" s="4">
-        <v>16251</v>
+        <v>17139</v>
       </c>
       <c r="E30" s="5">
-        <v>189.18</v>
+        <v>173.53</v>
       </c>
       <c r="F30" s="4">
-        <v>3074364.18</v>
+        <v>2974130.67</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>189.18</v>
+        <v>173.53</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>3074364.18</v>
+        <v>2974130.67</v>
       </c>
       <c r="N30" s="4">
-        <v>3074364.18</v>
+        <v>2974130.67</v>
       </c>
       <c r="O30" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="P30" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="Q30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="S30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>9.4439999999999993E-3</v>
+        <v>8.3569999999999998E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D31" s="4">
-        <v>34579</v>
+        <v>37234</v>
       </c>
       <c r="E31" s="5">
-        <v>230.54</v>
+        <v>264.91000000000003</v>
       </c>
       <c r="F31" s="4">
-        <v>7971842.6600000001</v>
+        <v>9863658.9399999995</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>230.54</v>
+        <v>264.91000000000003</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>7971842.6600000001</v>
+        <v>9863658.9399999995</v>
       </c>
       <c r="N31" s="4">
-        <v>7971842.6600000001</v>
+        <v>9863658.9399999995</v>
       </c>
       <c r="O31" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P31" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="Q31" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R31" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>2.4490000000000001E-2</v>
+        <v>2.7716000000000001E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D32" s="4">
-        <v>33932</v>
+        <v>35778</v>
       </c>
       <c r="E32" s="5">
-        <v>151.91999999999999</v>
+        <v>153.61000000000001</v>
       </c>
       <c r="F32" s="4">
-        <v>5154949.4400000004</v>
+        <v>5495858.5800000001</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>151.91999999999999</v>
+        <v>153.61000000000001</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>5154949.4400000004</v>
+        <v>5495858.5800000001</v>
       </c>
       <c r="N32" s="4">
-        <v>5154949.4400000004</v>
+        <v>5495858.5800000001</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P32" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="Q32" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="S32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>1.5835999999999999E-2</v>
+        <v>1.5443E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D33" s="4">
-        <v>42564</v>
+        <v>44883</v>
       </c>
       <c r="E33" s="5">
-        <v>168.27</v>
+        <v>173.49</v>
       </c>
       <c r="F33" s="4">
-        <v>7162244.2800000003</v>
+        <v>7786751.6699999999</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>168.27</v>
+        <v>173.49</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>7162244.2800000003</v>
+        <v>7786751.6699999999</v>
       </c>
       <c r="N33" s="4">
-        <v>7162244.2800000003</v>
+        <v>7786751.6699999999</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P33" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="Q33" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="S33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>2.2002000000000001E-2</v>
+        <v>2.188E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D34" s="4">
-        <v>21492</v>
+        <v>22957</v>
       </c>
       <c r="E34" s="5">
-        <v>590.83000000000004</v>
+        <v>579.45000000000005</v>
       </c>
       <c r="F34" s="4">
-        <v>12698118.359999999</v>
+        <v>13302433.65</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>590.83000000000004</v>
+        <v>579.45000000000005</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>12698118.359999999</v>
+        <v>13302433.65</v>
       </c>
       <c r="N34" s="4">
-        <v>12698118.359999999</v>
+        <v>13302433.65</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="Q34" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="S34" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>3.9009000000000002E-2</v>
+        <v>3.7379000000000003E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D35" s="4">
         <v>23662</v>
       </c>
       <c r="E35" s="5">
-        <v>108.86</v>
+        <v>107.54</v>
       </c>
       <c r="F35" s="4">
-        <v>2575845.3199999998</v>
+        <v>2544611.48</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>108.86</v>
+        <v>107.54</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>2575845.3199999998</v>
+        <v>2544611.48</v>
       </c>
       <c r="N35" s="4">
-        <v>2575845.3199999998</v>
+        <v>2544611.48</v>
       </c>
       <c r="O35" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>56</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>7.9129999999999999E-3</v>
+        <v>7.1500000000000001E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D36" s="4">
-        <v>157978</v>
+        <v>166590</v>
       </c>
       <c r="E36" s="5">
-        <v>49.05</v>
+        <v>53.36</v>
       </c>
       <c r="F36" s="4">
-        <v>7748820.9000000004</v>
+        <v>8889242.4000000004</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>49.05</v>
+        <v>53.36</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>7748820.9000000004</v>
+        <v>8889242.4000000004</v>
       </c>
       <c r="N36" s="4">
-        <v>7748820.9000000004</v>
+        <v>8889242.4000000004</v>
       </c>
       <c r="O36" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P36" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="S36" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.3803999999999999E-2</v>
+        <v>2.4978E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D37" s="4">
-        <v>50825</v>
+        <v>55679</v>
       </c>
       <c r="E37" s="5">
-        <v>87.54</v>
+        <v>81.709999999999994</v>
       </c>
       <c r="F37" s="4">
-        <v>4449220.5</v>
+        <v>4549531.09</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>87.54</v>
+        <v>81.709999999999994</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>4449220.5</v>
+        <v>4549531.09</v>
       </c>
       <c r="N37" s="4">
-        <v>4449220.5</v>
+        <v>4549531.09</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="S37" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>1.3668E-2</v>
+        <v>1.2784E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D38" s="4">
-        <v>24020</v>
+        <v>25328</v>
       </c>
       <c r="E38" s="5">
-        <v>329.77</v>
+        <v>330.11</v>
       </c>
       <c r="F38" s="4">
-        <v>7921075.4000000004</v>
+        <v>8361026.0800000001</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>329.77</v>
+        <v>330.11</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>7921075.4000000004</v>
+        <v>8361026.0800000001</v>
       </c>
       <c r="N38" s="4">
-        <v>7921075.4000000004</v>
+        <v>8361026.0800000001</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="Q38" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="S38" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>2.4334000000000001E-2</v>
+        <v>2.3494000000000001E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D39" s="4">
-        <v>22670</v>
+        <v>25516</v>
       </c>
       <c r="E39" s="5">
-        <v>334.44</v>
+        <v>350.71</v>
       </c>
       <c r="F39" s="4">
-        <v>7581754.7999999998</v>
+        <v>8948716.3599999994</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>334.44</v>
+        <v>350.71</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>7581754.7999999998</v>
+        <v>8948716.3599999994</v>
       </c>
       <c r="N39" s="4">
-        <v>7581754.7999999998</v>
+        <v>8948716.3599999994</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="S39" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.3290999999999999E-2</v>
+        <v>2.5145000000000001E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D40" s="4">
-        <v>52595</v>
+        <v>56531</v>
       </c>
       <c r="E40" s="5">
-        <v>85.85</v>
+        <v>93.2</v>
       </c>
       <c r="F40" s="4">
-        <v>4515280.75</v>
+        <v>5268689.2</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>85.85</v>
+        <v>93.2</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>4515280.75</v>
+        <v>5268689.2</v>
       </c>
       <c r="N40" s="4">
-        <v>4515280.75</v>
+        <v>5268689.2</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="S40" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>1.3871E-2</v>
+        <v>1.4805E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D41" s="4">
-        <v>146057</v>
+        <v>30507</v>
       </c>
       <c r="E41" s="5">
-        <v>60.207999999999998</v>
+        <v>73.802437999999995</v>
       </c>
       <c r="F41" s="4">
-        <v>8793799.8559999894</v>
+        <v>2251490.9760659998</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H41" s="3" t="s">
-        <v>44</v>
+        <v>232</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>45</v>
+        <v>136</v>
       </c>
       <c r="J41" s="5">
-        <v>45.44</v>
+        <v>62.84</v>
       </c>
       <c r="K41" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L41" s="3" t="s">
-        <v>46</v>
+        <v>233</v>
       </c>
       <c r="M41" s="4">
-        <v>6636830.0799989998</v>
+        <v>1917059.88</v>
       </c>
       <c r="N41" s="4">
-        <v>8793799.8559999894</v>
+        <v>2251490.9760659998</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>106</v>
+        <v>79</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>2.7015000000000001E-2</v>
+        <v>6.326E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D42" s="4">
-        <v>28929</v>
+        <v>32816</v>
       </c>
       <c r="E42" s="5">
-        <v>73.509236999999999</v>
+        <v>268.3</v>
       </c>
       <c r="F42" s="4">
-        <v>2126548.7171729999</v>
+        <v>8804532.8000000007</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>236</v>
+        <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>63.34</v>
+        <v>268.3</v>
       </c>
       <c r="K42" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M42" s="4">
+        <v>8804532.8000000007</v>
+      </c>
+      <c r="N42" s="4">
+        <v>8804532.8000000007</v>
+      </c>
+      <c r="O42" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="M42" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P42" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>240</v>
+        <v>67</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>6.5319999999999996E-3</v>
+        <v>2.4740000000000002E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D43" s="4">
-        <v>30436</v>
+        <v>4925</v>
       </c>
       <c r="E43" s="5">
-        <v>250</v>
+        <v>1082.13823</v>
       </c>
       <c r="F43" s="4">
-        <v>7609000</v>
+        <v>5329530.7827500002</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>31</v>
+        <v>243</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>32</v>
+        <v>136</v>
       </c>
       <c r="J43" s="5">
-        <v>250</v>
+        <v>921.4</v>
       </c>
       <c r="K43" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L43" s="3" t="s">
-        <v>33</v>
+        <v>244</v>
       </c>
       <c r="M43" s="4">
-        <v>7609000</v>
+        <v>4537895</v>
       </c>
       <c r="N43" s="4">
-        <v>7609000</v>
+        <v>5329530.7827500002</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>241</v>
       </c>
       <c r="P43" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="Q43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>67</v>
+        <v>247</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>2.3375E-2</v>
+        <v>1.4976E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D44" s="4">
-        <v>4642</v>
+        <v>12862</v>
       </c>
       <c r="E44" s="5">
-        <v>1048.4408699999999</v>
+        <v>111.748918</v>
       </c>
       <c r="F44" s="4">
-        <v>4866862.5185399996</v>
+        <v>1437314.5768850001</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>247</v>
+        <v>135</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>40</v>
+        <v>136</v>
       </c>
       <c r="J44" s="5">
-        <v>903.4</v>
+        <v>95.15</v>
       </c>
       <c r="K44" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L44" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="M44" s="4">
+        <v>1223819.3</v>
+      </c>
+      <c r="N44" s="4">
+        <v>1437314.5768850001</v>
+      </c>
+      <c r="O44" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="M44" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P44" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>90</v>
+        <v>213</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>251</v>
+        <v>140</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.4951000000000001E-2</v>
+        <v>4.0379999999999999E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D45" s="4">
-        <v>12862</v>
+        <v>219520</v>
       </c>
       <c r="E45" s="5">
-        <v>106.07427</v>
+        <v>31.796982</v>
       </c>
       <c r="F45" s="4">
-        <v>1364327.2607400001</v>
+        <v>6980073.4886400001</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>135</v>
+        <v>39</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J45" s="5">
-        <v>91.4</v>
+        <v>23.64</v>
       </c>
       <c r="K45" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>136</v>
+        <v>41</v>
       </c>
       <c r="M45" s="4">
-        <v>1175586.8</v>
+        <v>5189452.8</v>
       </c>
       <c r="N45" s="4">
-        <v>1364327.2607400001</v>
+        <v>6980073.4886400001</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>252</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>254</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>212</v>
+        <v>79</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>255</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>139</v>
+        <v>256</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>4.1910000000000003E-3</v>
+        <v>1.9613999999999999E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D46" s="4">
-        <v>208188</v>
+        <v>111008</v>
       </c>
       <c r="E46" s="5">
-        <v>31.428999999999998</v>
+        <v>27.998888000000001</v>
       </c>
       <c r="F46" s="4">
-        <v>6543140.6519999905</v>
+        <v>3108100.5591040002</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>44</v>
+        <v>259</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>45</v>
+        <v>136</v>
       </c>
       <c r="J46" s="5">
-        <v>23.72</v>
+        <v>23.84</v>
       </c>
       <c r="K46" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>46</v>
+        <v>260</v>
       </c>
       <c r="M46" s="4">
-        <v>4938219.3599990001</v>
+        <v>2646430.7200000002</v>
       </c>
       <c r="N46" s="4">
-        <v>6543140.6519999905</v>
+        <v>3108100.5591040002</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="P46" s="3" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>233</v>
+        <v>263</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>2.0101000000000001E-2</v>
+        <v>8.7329999999999994E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D47" s="4">
-        <v>99146</v>
+        <v>1294924</v>
       </c>
       <c r="E47" s="5">
-        <v>27.980861000000001</v>
+        <v>5.0412470000000003</v>
       </c>
       <c r="F47" s="4">
-        <v>2774190.3951329999</v>
+        <v>6528032.2481976002</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>262</v>
+        <v>39</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J47" s="5">
-        <v>24.11</v>
+        <v>3.7480000000000002</v>
       </c>
       <c r="K47" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>263</v>
+        <v>41</v>
       </c>
       <c r="M47" s="4">
-        <v>2390410.06</v>
+        <v>4853375.1519999998</v>
       </c>
       <c r="N47" s="4">
-        <v>2774190.3951329999</v>
+        <v>6528032.2481976002</v>
       </c>
       <c r="O47" s="3" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>8.5220000000000001E-3</v>
+        <v>1.8343000000000002E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D48" s="4">
-        <v>1227823</v>
+        <v>55185</v>
       </c>
       <c r="E48" s="5">
-        <v>4.9144249999999996</v>
+        <v>51.143152000000001</v>
       </c>
       <c r="F48" s="4">
-        <v>6034044.0467750002</v>
+        <v>2822334.93458708</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>44</v>
+        <v>270</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>45</v>
+        <v>271</v>
       </c>
       <c r="J48" s="5">
-        <v>3.7090000000000001</v>
+        <v>325.25</v>
       </c>
       <c r="K48" s="5">
-        <v>0.75471698113207553</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>46</v>
+        <v>272</v>
       </c>
       <c r="M48" s="4">
-        <v>4553995.5070000002</v>
+        <v>17948921.692189001</v>
       </c>
       <c r="N48" s="4">
-        <v>6034044.0467750002</v>
+        <v>2822334.93458708</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="P48" s="3" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="Q48" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>233</v>
+        <v>275</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>1.8537000000000001E-2</v>
+        <v>7.9299999999999995E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D49" s="4">
-        <v>52363</v>
+        <v>30164</v>
       </c>
       <c r="E49" s="5">
-        <v>49.258020999999999</v>
+        <v>15.837963999999999</v>
       </c>
       <c r="F49" s="4">
-        <v>2579297.8012586399</v>
+        <v>477736.33855500002</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>273</v>
+        <v>243</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>274</v>
+        <v>40</v>
       </c>
       <c r="J49" s="5">
-        <v>317</v>
+        <v>11.775</v>
       </c>
       <c r="K49" s="5">
-        <v>6.4355000718201802</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>275</v>
+        <v>244</v>
       </c>
       <c r="M49" s="4">
-        <v>16599071.185245</v>
+        <v>355181.1</v>
       </c>
       <c r="N49" s="4">
-        <v>2579297.8012586399</v>
+        <v>477736.33855500002</v>
       </c>
       <c r="O49" s="3" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>278</v>
+        <v>256</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>7.9229999999999995E-3</v>
+        <v>1.3420000000000001E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B50" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D50" s="4">
+        <v>140691</v>
+      </c>
+      <c r="E50" s="5">
+        <v>65.362705000000005</v>
+      </c>
+      <c r="F50" s="4">
+        <v>9195944.2939822506</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J50" s="5">
+        <v>48.594999999999999</v>
+      </c>
+      <c r="K50" s="5">
+        <v>0.74346678562135238</v>
+      </c>
+      <c r="L50" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M50" s="4">
+        <v>6836879.1449999996</v>
+      </c>
+      <c r="N50" s="4">
+        <v>9195944.2939822506</v>
+      </c>
+      <c r="O50" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="C50" s="3" t="s">
-[...11 lines deleted...]
-      <c r="G50" s="3" t="s">
+      <c r="P50" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="H50" s="3" t="s">
-[...20 lines deleted...]
-      <c r="O50" s="3" t="s">
+      <c r="Q50" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="R50" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="P50" s="3" t="s">
-[...2 lines deleted...]
-      <c r="Q50" s="3" t="s">
+      <c r="S50" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="T50" s="4">
+        <v>1</v>
+      </c>
+      <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="R50" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X50" s="4">
-        <v>13451.33938039</v>
+        <v>0</v>
       </c>
       <c r="Y50" s="4">
-        <v>13451.339379999999</v>
+        <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>1.294E-2</v>
+        <v>2.5839999999999998E-2</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="D51" s="4">
+        <v>1600000</v>
+      </c>
+      <c r="E51" s="5">
+        <v>100.057666</v>
+      </c>
+      <c r="F51" s="4">
+        <v>1611655.5683512001</v>
+      </c>
+      <c r="G51" s="3" t="s">
         <v>287</v>
-      </c>
-[...16 lines deleted...]
-        <v>290</v>
       </c>
       <c r="H51" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J51" s="5">
-        <v>1</v>
+        <v>100.057666</v>
       </c>
       <c r="K51" s="5">
         <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M51" s="4">
-        <v>-236677.38</v>
+        <v>1611655.5683510001</v>
       </c>
       <c r="N51" s="4">
-        <v>-236677.38</v>
+        <v>1611655.5683512001</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>34</v>
+        <v>288</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>34</v>
+        <v>289</v>
       </c>
       <c r="Q51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>34</v>
+        <v>284</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>35</v>
+        <v>290</v>
       </c>
       <c r="T51" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U51" s="2">
+        <v>46599</v>
+      </c>
+      <c r="V51" s="4">
+        <v>3.7309631169999999</v>
       </c>
       <c r="W51" s="3" t="s">
-        <v>34</v>
+        <v>291</v>
       </c>
       <c r="X51" s="4">
-        <v>0</v>
+        <v>10732.912351200001</v>
       </c>
       <c r="Y51" s="4">
-        <v>0</v>
+        <v>10732.912351000001</v>
       </c>
       <c r="Z51" s="6">
-        <v>-7.27E-4</v>
+        <v>4.5279999999999999E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="D52" s="4">
-        <v>532554.11</v>
+        <v>5000000</v>
       </c>
       <c r="E52" s="5">
-        <v>1</v>
+        <v>100.06995999999999</v>
       </c>
       <c r="F52" s="4">
-        <v>532554.11000001</v>
+        <v>5037334.0301119499</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J52" s="5">
-        <v>1</v>
+        <v>100.06995999999999</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M52" s="4">
-        <v>532554.11</v>
+        <v>5037334.0301109999</v>
       </c>
       <c r="N52" s="4">
-        <v>532554.11000001</v>
+        <v>5037334.0301119499</v>
       </c>
       <c r="O52" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="P52" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="Q52" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="P52" s="3" t="s">
+      <c r="R52" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="S52" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="T52" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U52" s="2">
+        <v>46691</v>
+      </c>
+      <c r="V52" s="4">
+        <v>3.7619631170000001</v>
+      </c>
+      <c r="W52" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="X52" s="4">
+        <v>33836.03011195</v>
+      </c>
+      <c r="Y52" s="4">
+        <v>33836.030111</v>
+      </c>
+      <c r="Z52" s="6">
+        <v>1.4154E-2</v>
+      </c>
+    </row>
+    <row r="53" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A53" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="D53" s="4">
+        <v>-283260.23</v>
+      </c>
+      <c r="E53" s="5">
+        <v>1</v>
+      </c>
+      <c r="F53" s="4">
+        <v>-283260.23</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J53" s="5">
+        <v>1</v>
+      </c>
+      <c r="K53" s="5">
+        <v>1</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M53" s="4">
+        <v>-283260.23</v>
+      </c>
+      <c r="N53" s="4">
+        <v>-283260.23</v>
+      </c>
+      <c r="O53" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="Q52" s="3" t="s">
-[...11 lines deleted...]
-      <c r="W52" s="3" t="s">
+      <c r="P53" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="X52" s="4">
-[...6 lines deleted...]
-        <v>1.6360000000000001E-3</v>
+      <c r="Q53" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R53" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S53" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T53" s="4">
+        <v>1</v>
+      </c>
+      <c r="W53" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X53" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y53" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z53" s="6">
+        <v>-7.9500000000000003E-4</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>295</v>
-[...4 lines deleted...]
-        <v>296</v>
+        <v>300</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="D54" s="4">
+        <v>2971883.62</v>
+      </c>
+      <c r="E54" s="5">
+        <v>1</v>
+      </c>
+      <c r="F54" s="4">
+        <v>2971883.6200000099</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J54" s="5">
+        <v>1</v>
+      </c>
+      <c r="K54" s="5">
+        <v>1</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M54" s="4">
+        <v>2971883.62</v>
+      </c>
+      <c r="N54" s="4">
+        <v>2971883.6200000099</v>
+      </c>
+      <c r="O54" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P54" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q54" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="R54" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="S54" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="T54" s="4">
+        <v>1</v>
+      </c>
+      <c r="W54" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X54" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y54" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z54" s="6">
+        <v>8.3510000000000008E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>300</v>
+        <v>307</v>
+      </c>
+    </row>
+    <row r="60" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A60" s="3" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="61" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A61" s="3" t="s">
+        <v>309</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>November</vt:lpstr>
+      <vt:lpstr>December</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>