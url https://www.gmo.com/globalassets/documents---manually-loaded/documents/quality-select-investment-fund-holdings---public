--- v4 (2026-02-15)
+++ v5 (2026-03-07)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2026_01\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9F55ED9F-DD8E-438B-8FD0-3A0C9CF37A15}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{17E8924D-94D2-4B33-8523-16DC5B7AC04D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{A0E7CCBF-B2CD-4783-B1CB-6B2A5CE6A269}"/>
+    <workbookView xWindow="390" yWindow="390" windowWidth="11520" windowHeight="8325" xr2:uid="{D7D7B010-1BCD-48BD-8FDB-9DB0FC261626}"/>
   </bookViews>
   <sheets>
-    <sheet name="December" sheetId="1" r:id="rId1"/>
+    <sheet name="January" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="696" uniqueCount="310">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="709" uniqueCount="319">
   <si>
     <t>GMO Quality Select Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -145,59 +145,74 @@
   <si>
     <t>USD TAX RECLAIMS</t>
   </si>
   <si>
     <t>Cash and Cash Equivalents</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
+    <t>EURTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (EUR)</t>
+  </si>
+  <si>
+    <t>Trade Date Cash</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>EU</t>
+  </si>
+  <si>
     <t>GBPTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (GBP)</t>
   </si>
   <si>
-    <t>Trade Date Cash</t>
-[...1 lines deleted...]
-  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>HKDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (HKD)</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HKD</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>NOKTCash</t>
@@ -445,53 +460,50 @@
   <si>
     <t>482480100</t>
   </si>
   <si>
     <t>Kla Corp</t>
   </si>
   <si>
     <t>2480138</t>
   </si>
   <si>
     <t>KLAC</t>
   </si>
   <si>
     <t>US4824801009</t>
   </si>
   <si>
     <t>4846288</t>
   </si>
   <si>
     <t>Sap Se</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>EUR</t>
-[...1 lines deleted...]
-  <si>
     <t>DE</t>
   </si>
   <si>
     <t>SAP</t>
   </si>
   <si>
     <t>DE0007164600</t>
   </si>
   <si>
     <t>XETR</t>
   </si>
   <si>
     <t>512807306</t>
   </si>
   <si>
     <t>Lam Research Corp</t>
   </si>
   <si>
     <t>BSML4N7</t>
   </si>
   <si>
     <t>LRCX</t>
   </si>
   <si>
     <t>US5128073062</t>
@@ -727,50 +739,77 @@
   <si>
     <t>B2PZN04</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>US92826C8394</t>
   </si>
   <si>
     <t>949746101</t>
   </si>
   <si>
     <t>Wells Fargo &amp; Co</t>
   </si>
   <si>
     <t>2649100</t>
   </si>
   <si>
     <t>WFC</t>
   </si>
   <si>
     <t>US9497461015</t>
   </si>
   <si>
+    <t>B15C4L6</t>
+  </si>
+  <si>
+    <t>Constellation Software Inc</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>CSU</t>
+  </si>
+  <si>
+    <t>CA21037X1006</t>
+  </si>
+  <si>
+    <t>XTSE</t>
+  </si>
+  <si>
+    <t>21037X100</t>
+  </si>
+  <si>
     <t>B3MSM28</t>
   </si>
   <si>
     <t>Amadeus It Group Sa</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>AMS</t>
   </si>
   <si>
     <t>ES0109067019</t>
   </si>
   <si>
     <t>XMAD</t>
   </si>
   <si>
     <t>B4BNMY3</t>
   </si>
   <si>
     <t>Accenture Plc-Cl A</t>
@@ -889,81 +928,69 @@
   <si>
     <t>BVZG4R4</t>
   </si>
   <si>
     <t>Magnum Ice Cream Co Nv/The</t>
   </si>
   <si>
     <t>MICC</t>
   </si>
   <si>
     <t>NL0015002MS2</t>
   </si>
   <si>
     <t>BVZK7T9</t>
   </si>
   <si>
     <t>Unilever Plc</t>
   </si>
   <si>
     <t>ULVR</t>
   </si>
   <si>
     <t>GB00BVZK7T90</t>
   </si>
   <si>
-    <t>US91282CNQ05</t>
-[...2 lines deleted...]
-    <t>TF FLOAT 07/31/27</t>
+    <t>US91282CPG05</t>
+  </si>
+  <si>
+    <t>TF FLOAT 10/31/27</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Government</t>
   </si>
   <si>
-    <t>BTY0CX5</t>
+    <t>BV3PBK5</t>
   </si>
   <si>
     <t>TF</t>
   </si>
   <si>
     <t>XOTC</t>
-  </si>
-[...10 lines deleted...]
-    <t>BV3PBK5</t>
   </si>
   <si>
     <t>91282CPG0</t>
   </si>
   <si>
     <t>USDAccExp</t>
   </si>
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
   </si>
   <si>
     <t>IE00BYXBJ775</t>
   </si>
   <si>
     <t>State Street Us Treasury Liquidity</t>
   </si>
   <si>
     <t>Pooled Investment</t>
   </si>
@@ -1360,92 +1387,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AEAD5AAD-D4A5-4C03-BE6A-769FB0D4CE8A}">
-  <dimension ref="A1:Z61"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57173FEB-8800-4DE8-8A9D-31CD9753CD9A}">
+  <dimension ref="A1:Z62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="26.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="11.7109375" style="3" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="6.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
-    <col min="23" max="23" width="9.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>46022</v>
+        <v>46052</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1495,3871 +1522,3939 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>24737.697972999998</v>
+        <v>29117.227973000001</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>24737.697973369999</v>
+        <v>29117.227973370002</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>24737.697972999998</v>
+        <v>29117.227973000001</v>
       </c>
       <c r="N4" s="4">
-        <v>24737.697973369999</v>
+        <v>29117.227973370002</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>6.8999999999999997E-5</v>
+        <v>8.2000000000000001E-5</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>29.91</v>
+        <v>69813.56</v>
       </c>
       <c r="E5" s="5">
-        <v>1.3450500000000001</v>
+        <v>1.1896500000000001</v>
       </c>
       <c r="F5" s="4">
-        <v>40.230445500000002</v>
+        <v>83053.701654000004</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>29.91</v>
+        <v>69813.56</v>
       </c>
       <c r="N5" s="4">
-        <v>40.230445500000002</v>
+        <v>83053.701654000004</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>0</v>
+        <v>2.34E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>1.66</v>
+        <v>74196.100000000006</v>
       </c>
       <c r="E6" s="5">
-        <v>0.12847700000000001</v>
+        <v>1.37225</v>
       </c>
       <c r="F6" s="4">
-        <v>0.21327166</v>
+        <v>101815.59822499999</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>7.783499774395259</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>1.659999</v>
+        <v>74196.100000000006</v>
       </c>
       <c r="N6" s="4">
-        <v>0.21327166</v>
+        <v>101815.59822499999</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>0</v>
+        <v>2.8800000000000001E-4</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>-100000</v>
+        <v>1.66</v>
       </c>
       <c r="E7" s="5">
-        <v>9.9139000000000005E-2</v>
+        <v>0.12804599999999999</v>
       </c>
       <c r="F7" s="4">
-        <v>-9913.8977976299993</v>
+        <v>0.21255618000000001</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>10.086849794097136</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>-99999.997958000007</v>
+        <v>1.66</v>
       </c>
       <c r="N7" s="4">
-        <v>-9913.8977976299993</v>
+        <v>0.21255618000000001</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>-2.6999999999999999E-5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>1295131.68</v>
+        <v>-75000</v>
       </c>
       <c r="E8" s="5">
-        <v>3.1826E-2</v>
+        <v>0.10417700000000001</v>
       </c>
       <c r="F8" s="4">
-        <v>41219.321143840003</v>
+        <v>-7813.2731884900004</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>31.420495463508864</v>
+        <v>9.5990496172954902</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>1295131.4930080001</v>
+        <v>-74999.997008999999</v>
       </c>
       <c r="N8" s="4">
-        <v>41219.321143840003</v>
+        <v>-7813.2731884900004</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>1.15E-4</v>
+        <v>-2.1999999999999999E-5</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>122140.4</v>
+        <v>2</v>
       </c>
       <c r="E9" s="5">
-        <v>1</v>
+        <v>3.1775999999999999E-2</v>
       </c>
       <c r="F9" s="4">
-        <v>122140.4</v>
+        <v>6.3552590000000006E-2</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>1</v>
+        <v>31.470004836939747</v>
       </c>
       <c r="L9" s="3" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>122140.4</v>
+        <v>2</v>
       </c>
       <c r="N9" s="4">
-        <v>122140.4</v>
+        <v>6.3552590000000006E-2</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>3.4299999999999999E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>78879</v>
+        <v>170194.95</v>
       </c>
       <c r="E10" s="5">
-        <v>125.29</v>
+        <v>1</v>
       </c>
       <c r="F10" s="4">
-        <v>9882749.9100000001</v>
+        <v>170194.95</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>125.29</v>
+        <v>1</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>9882749.9100000001</v>
+        <v>170194.95</v>
       </c>
       <c r="N10" s="4">
-        <v>9882749.9100000001</v>
+        <v>170194.95</v>
       </c>
       <c r="O10" s="3" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>2.777E-2</v>
+        <v>4.8099999999999998E-4</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D11" s="4">
-        <v>60566</v>
+        <v>78420</v>
       </c>
       <c r="E11" s="5">
-        <v>313</v>
+        <v>109.3</v>
       </c>
       <c r="F11" s="4">
-        <v>18957158</v>
+        <v>8571306</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>313</v>
+        <v>109.3</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>18957158</v>
+        <v>8571306</v>
       </c>
       <c r="N11" s="4">
-        <v>18957158</v>
+        <v>8571306</v>
       </c>
       <c r="O11" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="P11" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q11" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="P11" s="3" t="s">
+      <c r="R11" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="Q11" s="3" t="s">
+      <c r="S11" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="R11" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>5.3268999999999997E-2</v>
+        <v>2.4247000000000001E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D12" s="4">
-        <v>53642</v>
+        <v>60206</v>
       </c>
       <c r="E12" s="5">
-        <v>230.82</v>
+        <v>338</v>
       </c>
       <c r="F12" s="4">
-        <v>12381646.439999999</v>
+        <v>20349628</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>230.82</v>
+        <v>338</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>12381646.439999999</v>
+        <v>20349628</v>
       </c>
       <c r="N12" s="4">
-        <v>12381646.439999999</v>
+        <v>20349628</v>
       </c>
       <c r="O12" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="P12" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q12" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="P12" s="3" t="s">
+      <c r="R12" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="Q12" s="3" t="s">
+      <c r="S12" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="R12" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>3.4791999999999997E-2</v>
+        <v>5.7568000000000001E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D13" s="4">
-        <v>22949</v>
+        <v>53727</v>
       </c>
       <c r="E13" s="5">
-        <v>350.55</v>
+        <v>239.3</v>
       </c>
       <c r="F13" s="4">
-        <v>8044771.9500000002</v>
+        <v>12856871.1</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>350.55</v>
+        <v>239.3</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>8044771.9500000002</v>
+        <v>12856871.1</v>
       </c>
       <c r="N13" s="4">
-        <v>8044771.9500000002</v>
+        <v>12856871.1</v>
       </c>
       <c r="O13" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="P13" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="P13" s="3" t="s">
+      <c r="Q13" s="3" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>85</v>
       </c>
       <c r="S13" s="3" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.2605E-2</v>
+        <v>3.6371000000000001E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D14" s="4">
-        <v>61082</v>
+        <v>22738</v>
       </c>
       <c r="E14" s="5">
-        <v>271.86</v>
+        <v>345.74</v>
       </c>
       <c r="F14" s="4">
-        <v>16605752.52</v>
+        <v>7861436.1200000001</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>271.86</v>
+        <v>345.74</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>16605752.52</v>
+        <v>7861436.1200000001</v>
       </c>
       <c r="N14" s="4">
-        <v>16605752.52</v>
+        <v>7861436.1200000001</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>88</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="Q14" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R14" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="R14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S14" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>86</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>4.6662000000000002E-2</v>
+        <v>2.2238999999999998E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D15" s="4">
-        <v>27619</v>
+        <v>60727</v>
       </c>
       <c r="E15" s="5">
-        <v>346.1</v>
+        <v>259.48</v>
       </c>
       <c r="F15" s="4">
-        <v>9558935.9000000004</v>
+        <v>15757441.960000001</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>346.1</v>
+        <v>259.48</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>9558935.9000000004</v>
+        <v>15757441.960000001</v>
       </c>
       <c r="N15" s="4">
-        <v>9558935.9000000004</v>
+        <v>15757441.960000001</v>
       </c>
       <c r="O15" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="P15" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="P15" s="3" t="s">
+      <c r="Q15" s="3" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>2.6859999999999998E-2</v>
+        <v>4.4575999999999998E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D16" s="4">
-        <v>16973</v>
+        <v>25617</v>
       </c>
       <c r="E16" s="5">
-        <v>275.23</v>
+        <v>331.3</v>
       </c>
       <c r="F16" s="4">
-        <v>4671478.79</v>
+        <v>8486912.0999999996</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>275.23</v>
+        <v>331.3</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>4671478.79</v>
+        <v>8486912.0999999996</v>
       </c>
       <c r="N16" s="4">
-        <v>4671478.79</v>
+        <v>8486912.0999999996</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>99</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>100</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>97</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.3126000000000001E-2</v>
+        <v>2.4008999999999999E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D17" s="4">
-        <v>140739</v>
+        <v>17045</v>
       </c>
       <c r="E17" s="5">
-        <v>69.91</v>
+        <v>274.11</v>
       </c>
       <c r="F17" s="4">
-        <v>9839063.4900000002</v>
+        <v>4672204.95</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>69.91</v>
+        <v>274.11</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>9839063.4900000002</v>
+        <v>4672204.95</v>
       </c>
       <c r="N17" s="4">
-        <v>9839063.4900000002</v>
+        <v>4672204.95</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>104</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>105</v>
       </c>
       <c r="Q17" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R17" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="R17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S17" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>102</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.7647000000000001E-2</v>
+        <v>1.3217E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D18" s="4">
-        <v>26407</v>
+        <v>141283</v>
       </c>
       <c r="E18" s="5">
-        <v>660.09</v>
+        <v>74.81</v>
       </c>
       <c r="F18" s="4">
-        <v>17430996.629999999</v>
+        <v>10569381.23</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>660.09</v>
+        <v>74.81</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>17430996.629999999</v>
+        <v>10569381.23</v>
       </c>
       <c r="N18" s="4">
-        <v>17430996.629999999</v>
+        <v>10569381.23</v>
       </c>
       <c r="O18" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="P18" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="P18" s="3" t="s">
+      <c r="Q18" s="3" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>4.8980999999999997E-2</v>
+        <v>2.9899999999999999E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D19" s="4">
-        <v>21168</v>
+        <v>26253</v>
       </c>
       <c r="E19" s="5">
-        <v>287.25</v>
+        <v>716.5</v>
       </c>
       <c r="F19" s="4">
-        <v>6080508</v>
+        <v>18810274.5</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>287.25</v>
+        <v>716.5</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>6080508</v>
+        <v>18810274.5</v>
       </c>
       <c r="N19" s="4">
-        <v>6080508</v>
+        <v>18810274.5</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>116</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.7086E-2</v>
+        <v>5.3213000000000003E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D20" s="4">
-        <v>11212</v>
+        <v>21044</v>
       </c>
       <c r="E20" s="5">
-        <v>566.36</v>
+        <v>298.51</v>
       </c>
       <c r="F20" s="4">
-        <v>6350028.3200000003</v>
+        <v>6281844.4400000004</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>566.36</v>
+        <v>298.51</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>6350028.3200000003</v>
+        <v>6281844.4400000004</v>
       </c>
       <c r="N20" s="4">
-        <v>6350028.3200000003</v>
+        <v>6281844.4400000004</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>121</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>65</v>
+        <v>84</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.7843000000000001E-2</v>
+        <v>1.7770999999999999E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D21" s="4">
-        <v>63849</v>
+        <v>11148</v>
       </c>
       <c r="E21" s="5">
-        <v>206.95</v>
+        <v>504.22</v>
       </c>
       <c r="F21" s="4">
-        <v>13213550.550000001</v>
+        <v>5621044.5599999996</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>206.95</v>
+        <v>504.22</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>13213550.550000001</v>
+        <v>5621044.5599999996</v>
       </c>
       <c r="N21" s="4">
-        <v>13213550.550000001</v>
+        <v>5621044.5599999996</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>125</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>126</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>3.7130000000000003E-2</v>
+        <v>1.5900999999999998E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D22" s="4">
-        <v>4095</v>
+        <v>63477</v>
       </c>
       <c r="E22" s="5">
-        <v>1215.08</v>
+        <v>227.25</v>
       </c>
       <c r="F22" s="4">
-        <v>4975752.5999999996</v>
+        <v>14425148.25</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>1215.08</v>
+        <v>227.25</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>4975752.5999999996</v>
+        <v>14425148.25</v>
       </c>
       <c r="N22" s="4">
-        <v>4975752.5999999996</v>
+        <v>14425148.25</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>130</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>131</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>132</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.3981E-2</v>
+        <v>4.0807999999999997E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D23" s="4">
-        <v>30300</v>
+        <v>3668</v>
       </c>
       <c r="E23" s="5">
-        <v>244.69665800000001</v>
+        <v>1427.94</v>
       </c>
       <c r="F23" s="4">
-        <v>7414308.7222499996</v>
+        <v>5237683.92</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H23" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I23" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J23" s="5">
+        <v>1427.94</v>
+      </c>
+      <c r="K23" s="5">
+        <v>1</v>
+      </c>
+      <c r="L23" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M23" s="4">
+        <v>5237683.92</v>
+      </c>
+      <c r="N23" s="4">
+        <v>5237683.92</v>
+      </c>
+      <c r="O23" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="I23" s="3" t="s">
+      <c r="P23" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="J23" s="5">
-[...5 lines deleted...]
-      <c r="L23" s="3" t="s">
+      <c r="Q23" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R23" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="M23" s="4">
-[...5 lines deleted...]
-      <c r="O23" s="3" t="s">
+      <c r="S23" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T23" s="4">
+        <v>1</v>
+      </c>
+      <c r="W23" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="P23" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>2.0833999999999998E-2</v>
+        <v>1.4817E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D24" s="4">
+        <v>38758</v>
+      </c>
+      <c r="E24" s="5">
+        <v>202.90670399999999</v>
+      </c>
+      <c r="F24" s="4">
+        <v>7864258.0336320102</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H24" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J24" s="5">
+        <v>170.56</v>
+      </c>
+      <c r="K24" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L24" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B24" s="3" t="s">
+      <c r="M24" s="4">
+        <v>6610564.4800000004</v>
+      </c>
+      <c r="N24" s="4">
+        <v>7864258.0336320102</v>
+      </c>
+      <c r="O24" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="P24" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="C24" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O24" s="3" t="s">
+      <c r="Q24" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R24" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="P24" s="3" t="s">
+      <c r="S24" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="Q24" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>141</v>
+        <v>34</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>4.0972000000000001E-2</v>
+        <v>2.2246999999999999E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D25" s="4">
-        <v>6633</v>
+        <v>61551</v>
       </c>
       <c r="E25" s="5">
-        <v>1074.68</v>
+        <v>233.46</v>
       </c>
       <c r="F25" s="4">
-        <v>7128352.4400000004</v>
+        <v>14369696.460000001</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>1074.68</v>
+        <v>233.46</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>7128352.4400000004</v>
+        <v>14369696.460000001</v>
       </c>
       <c r="N25" s="4">
-        <v>7128352.4400000004</v>
+        <v>14369696.460000001</v>
       </c>
       <c r="O25" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="P25" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="P25" s="3" t="s">
+      <c r="Q25" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R25" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="Q25" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S25" s="3" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>2.0029999999999999E-2</v>
+        <v>4.0651E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D26" s="4">
-        <v>58020</v>
+        <v>6594</v>
       </c>
       <c r="E26" s="5">
-        <v>105.26</v>
+        <v>1037.1500000000001</v>
       </c>
       <c r="F26" s="4">
-        <v>6107185.2000000002</v>
+        <v>6838967.0999999996</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>105.26</v>
+        <v>1037.1500000000001</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>6107185.2000000002</v>
+        <v>6838967.0999999996</v>
       </c>
       <c r="N26" s="4">
-        <v>6107185.2000000002</v>
+        <v>6838967.0999999996</v>
       </c>
       <c r="O26" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="P26" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="P26" s="3" t="s">
+      <c r="Q26" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R26" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="Q26" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S26" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.7160999999999999E-2</v>
+        <v>1.9347E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D27" s="4">
-        <v>48794</v>
+        <v>57680</v>
       </c>
       <c r="E27" s="5">
-        <v>483.62</v>
+        <v>110.27</v>
       </c>
       <c r="F27" s="4">
-        <v>23597754.280000001</v>
+        <v>6360373.5999999996</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>483.62</v>
+        <v>110.27</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>23597754.280000001</v>
+        <v>6360373.5999999996</v>
       </c>
       <c r="N27" s="4">
-        <v>23597754.280000001</v>
+        <v>6360373.5999999996</v>
       </c>
       <c r="O27" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="P27" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="P27" s="3" t="s">
+      <c r="Q27" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R27" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="Q27" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S27" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>6.6309000000000007E-2</v>
+        <v>1.7992999999999999E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="B28" s="3" t="s">
+      <c r="C28" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D28" s="4">
+        <v>48509</v>
+      </c>
+      <c r="E28" s="5">
+        <v>430.29</v>
+      </c>
+      <c r="F28" s="4">
+        <v>20872937.609999999</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I28" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J28" s="5">
+        <v>430.29</v>
+      </c>
+      <c r="K28" s="5">
+        <v>1</v>
+      </c>
+      <c r="L28" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M28" s="4">
+        <v>20872937.609999999</v>
+      </c>
+      <c r="N28" s="4">
+        <v>20872937.609999999</v>
+      </c>
+      <c r="O28" s="3" t="s">
         <v>162</v>
-      </c>
-[...37 lines deleted...]
-        <v>161</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>164</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>165</v>
+        <v>79</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>34</v>
+        <v>160</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>4.7291E-2</v>
+        <v>5.9048000000000003E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B29" s="3" t="s">
+      <c r="C29" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D29" s="4">
+        <v>294587</v>
+      </c>
+      <c r="E29" s="5">
+        <v>56.402915</v>
+      </c>
+      <c r="F29" s="4">
+        <v>16615568.001271</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J29" s="5">
+        <v>1775</v>
+      </c>
+      <c r="K29" s="5">
+        <v>31.470004836939747</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M29" s="4">
+        <v>522892005.36850101</v>
+      </c>
+      <c r="N29" s="4">
+        <v>16615568.001271</v>
+      </c>
+      <c r="O29" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="P29" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="C29" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H29" s="3" t="s">
+      <c r="Q29" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R29" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="I29" s="3" t="s">
+      <c r="S29" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="J29" s="5">
-[...28 lines deleted...]
-      </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>2.1876E-2</v>
+        <v>4.7003999999999997E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D30" s="4">
+        <v>79731</v>
+      </c>
+      <c r="E30" s="5">
+        <v>95.357444000000001</v>
+      </c>
+      <c r="F30" s="4">
+        <v>7602944.39322122</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="J30" s="5">
+        <v>73.430000000000007</v>
+      </c>
+      <c r="K30" s="5">
+        <v>0.77005000173376759</v>
+      </c>
+      <c r="L30" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="M30" s="4">
+        <v>5854647.3431810001</v>
+      </c>
+      <c r="N30" s="4">
+        <v>7602944.39322122</v>
+      </c>
+      <c r="O30" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="P30" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="C30" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O30" s="3" t="s">
+      <c r="Q30" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="R30" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="P30" s="3" t="s">
+      <c r="S30" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="Q30" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>174</v>
+        <v>34</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>8.3569999999999998E-3</v>
+        <v>2.1507999999999999E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D31" s="4">
-        <v>37234</v>
+        <v>17041</v>
       </c>
       <c r="E31" s="5">
-        <v>264.91000000000003</v>
+        <v>187.03</v>
       </c>
       <c r="F31" s="4">
-        <v>9863658.9399999995</v>
+        <v>3187178.23</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>264.91000000000003</v>
+        <v>187.03</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>9863658.9399999995</v>
+        <v>3187178.23</v>
       </c>
       <c r="N31" s="4">
-        <v>9863658.9399999995</v>
+        <v>3187178.23</v>
       </c>
       <c r="O31" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="P31" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="P31" s="3" t="s">
+      <c r="Q31" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R31" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="Q31" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S31" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>2.7716000000000001E-2</v>
+        <v>9.0159999999999997E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D32" s="4">
-        <v>35778</v>
+        <v>43068</v>
       </c>
       <c r="E32" s="5">
-        <v>153.61000000000001</v>
+        <v>212.29</v>
       </c>
       <c r="F32" s="4">
-        <v>5495858.5800000001</v>
+        <v>9142905.7200000007</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>153.61000000000001</v>
+        <v>212.29</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>5495858.5800000001</v>
+        <v>9142905.7200000007</v>
       </c>
       <c r="N32" s="4">
-        <v>5495858.5800000001</v>
+        <v>9142905.7200000007</v>
       </c>
       <c r="O32" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="P32" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="P32" s="3" t="s">
+      <c r="Q32" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R32" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="Q32" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S32" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>1.5443E-2</v>
+        <v>2.5864000000000002E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D33" s="4">
-        <v>44883</v>
+        <v>35570</v>
       </c>
       <c r="E33" s="5">
-        <v>173.49</v>
+        <v>149.81</v>
       </c>
       <c r="F33" s="4">
-        <v>7786751.6699999999</v>
+        <v>5328741.7</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>173.49</v>
+        <v>149.81</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>7786751.6699999999</v>
+        <v>5328741.7</v>
       </c>
       <c r="N33" s="4">
-        <v>7786751.6699999999</v>
+        <v>5328741.7</v>
       </c>
       <c r="O33" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="P33" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="P33" s="3" t="s">
+      <c r="Q33" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="R33" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="Q33" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S33" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>2.188E-2</v>
+        <v>1.5074000000000001E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D34" s="4">
-        <v>22957</v>
+        <v>44620</v>
       </c>
       <c r="E34" s="5">
-        <v>579.45000000000005</v>
+        <v>215.55</v>
       </c>
       <c r="F34" s="4">
-        <v>13302433.65</v>
+        <v>9617841</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>579.45000000000005</v>
+        <v>215.55</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>13302433.65</v>
+        <v>9617841</v>
       </c>
       <c r="N34" s="4">
-        <v>13302433.65</v>
+        <v>9617841</v>
       </c>
       <c r="O34" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="P34" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="P34" s="3" t="s">
+      <c r="Q34" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R34" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="Q34" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S34" s="3" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>3.7379000000000003E-2</v>
+        <v>2.7208E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D35" s="4">
-        <v>23662</v>
+        <v>22822</v>
       </c>
       <c r="E35" s="5">
-        <v>107.54</v>
+        <v>578.61</v>
       </c>
       <c r="F35" s="4">
-        <v>2544611.48</v>
+        <v>13205037.42</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>107.54</v>
+        <v>578.61</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>2544611.48</v>
+        <v>13205037.42</v>
       </c>
       <c r="N35" s="4">
-        <v>2544611.48</v>
+        <v>13205037.42</v>
       </c>
       <c r="O35" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="P35" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="P35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q35" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R35" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="R35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S35" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>7.1500000000000001E-3</v>
+        <v>3.7356E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D36" s="4">
-        <v>166590</v>
+        <v>24179</v>
       </c>
       <c r="E36" s="5">
-        <v>53.36</v>
+        <v>103.07</v>
       </c>
       <c r="F36" s="4">
-        <v>8889242.4000000004</v>
+        <v>2492129.5299999998</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>53.36</v>
+        <v>103.07</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>8889242.4000000004</v>
+        <v>2492129.5299999998</v>
       </c>
       <c r="N36" s="4">
-        <v>8889242.4000000004</v>
+        <v>2492129.5299999998</v>
       </c>
       <c r="O36" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="P36" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q36" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="P36" s="3" t="s">
+      <c r="R36" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="Q36" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S36" s="3" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.4978E-2</v>
+        <v>7.0499999999999998E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D37" s="4">
-        <v>55679</v>
+        <v>165617</v>
       </c>
       <c r="E37" s="5">
-        <v>81.709999999999994</v>
+        <v>56.11</v>
       </c>
       <c r="F37" s="4">
-        <v>4549531.09</v>
+        <v>9292769.8699999992</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>81.709999999999994</v>
+        <v>56.11</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>4549531.09</v>
+        <v>9292769.8699999992</v>
       </c>
       <c r="N37" s="4">
-        <v>4549531.09</v>
+        <v>9292769.8699999992</v>
       </c>
       <c r="O37" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="P37" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="P37" s="3" t="s">
+      <c r="Q37" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="R37" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="Q37" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S37" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>1.2784E-2</v>
+        <v>2.6287999999999999E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D38" s="4">
-        <v>25328</v>
+        <v>67176</v>
       </c>
       <c r="E38" s="5">
-        <v>330.11</v>
+        <v>80.05</v>
       </c>
       <c r="F38" s="4">
-        <v>8361026.0800000001</v>
+        <v>5377438.7999999998</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>330.11</v>
+        <v>80.05</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>8361026.0800000001</v>
+        <v>5377438.7999999998</v>
       </c>
       <c r="N38" s="4">
-        <v>8361026.0800000001</v>
+        <v>5377438.7999999998</v>
       </c>
       <c r="O38" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="P38" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="Q38" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="P38" s="3" t="s">
+      <c r="R38" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="Q38" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S38" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>2.3494000000000001E-2</v>
+        <v>1.5212E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D39" s="4">
-        <v>25516</v>
+        <v>27875</v>
       </c>
       <c r="E39" s="5">
-        <v>350.71</v>
+        <v>286.93</v>
       </c>
       <c r="F39" s="4">
-        <v>8948716.3599999994</v>
+        <v>7998173.75</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>350.71</v>
+        <v>286.93</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>8948716.3599999994</v>
+        <v>7998173.75</v>
       </c>
       <c r="N39" s="4">
-        <v>8948716.3599999994</v>
+        <v>7998173.75</v>
       </c>
       <c r="O39" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="P39" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="P39" s="3" t="s">
+      <c r="Q39" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R39" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="Q39" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S39" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.5145000000000001E-2</v>
+        <v>2.2626E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D40" s="4">
-        <v>56531</v>
+        <v>25623</v>
       </c>
       <c r="E40" s="5">
-        <v>93.2</v>
+        <v>321.83</v>
       </c>
       <c r="F40" s="4">
-        <v>5268689.2</v>
+        <v>8246250.0899999999</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>93.2</v>
+        <v>321.83</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>5268689.2</v>
+        <v>8246250.0899999999</v>
       </c>
       <c r="N40" s="4">
-        <v>5268689.2</v>
+        <v>8246250.0899999999</v>
       </c>
       <c r="O40" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="P40" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="P40" s="3" t="s">
+      <c r="Q40" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="R40" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="Q40" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S40" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>1.4805E-2</v>
+        <v>2.3328000000000002E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B41" s="3" t="s">
+      <c r="C41" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D41" s="4">
+        <v>37095</v>
+      </c>
+      <c r="E41" s="5">
+        <v>90.49</v>
+      </c>
+      <c r="F41" s="4">
+        <v>3356726.55</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H41" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I41" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J41" s="5">
+        <v>90.49</v>
+      </c>
+      <c r="K41" s="5">
+        <v>1</v>
+      </c>
+      <c r="L41" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M41" s="4">
+        <v>3356726.55</v>
+      </c>
+      <c r="N41" s="4">
+        <v>3356726.55</v>
+      </c>
+      <c r="O41" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="C41" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H41" s="3" t="s">
+      <c r="P41" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="I41" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L41" s="3" t="s">
+      <c r="Q41" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="R41" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="M41" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="S41" s="3" t="s">
-        <v>236</v>
+        <v>72</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>34</v>
+        <v>229</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>6.326E-3</v>
+        <v>9.4959999999999992E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D42" s="4">
+        <v>808</v>
+      </c>
+      <c r="E42" s="5">
+        <v>1855.7471539999999</v>
+      </c>
+      <c r="F42" s="4">
+        <v>1499443.6953070201</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="I42" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="B42" s="3" t="s">
+      <c r="J42" s="5">
+        <v>2512.96</v>
+      </c>
+      <c r="K42" s="5">
+        <v>1.3541499951054248</v>
+      </c>
+      <c r="L42" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="C42" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M42" s="4">
-        <v>8804532.8000000007</v>
+        <v>2030471.6726599999</v>
       </c>
       <c r="N42" s="4">
-        <v>8804532.8000000007</v>
+        <v>1499443.6953070201</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>239</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>240</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>67</v>
+        <v>241</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>34</v>
+        <v>242</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.4740000000000002E-2</v>
+        <v>4.241E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D43" s="4">
-        <v>4925</v>
+        <v>35548</v>
       </c>
       <c r="E43" s="5">
-        <v>1082.13823</v>
+        <v>67.357983000000004</v>
       </c>
       <c r="F43" s="4">
-        <v>5329530.7827500002</v>
+        <v>2394441.579684</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H43" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J43" s="5">
+        <v>56.62</v>
+      </c>
+      <c r="K43" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L43" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="M43" s="4">
+        <v>2012727.76</v>
+      </c>
+      <c r="N43" s="4">
+        <v>2394441.579684</v>
+      </c>
+      <c r="O43" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="I43" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P43" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>1.4976E-2</v>
+        <v>6.7730000000000004E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D44" s="4">
-        <v>12862</v>
+        <v>37445</v>
       </c>
       <c r="E44" s="5">
-        <v>111.748918</v>
+        <v>263.64</v>
       </c>
       <c r="F44" s="4">
-        <v>1437314.5768850001</v>
+        <v>9871999.8000000007</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>135</v>
+        <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>136</v>
+        <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>95.15</v>
+        <v>263.64</v>
       </c>
       <c r="K44" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>137</v>
+        <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>1223819.3</v>
+        <v>9871999.8000000007</v>
       </c>
       <c r="N44" s="4">
-        <v>1437314.5768850001</v>
+        <v>9871999.8000000007</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>213</v>
+        <v>95</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>140</v>
+        <v>72</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>4.0379999999999999E-3</v>
+        <v>2.7927E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D45" s="4">
-        <v>219520</v>
+        <v>3511</v>
       </c>
       <c r="E45" s="5">
-        <v>31.796982</v>
+        <v>1446.1385399999999</v>
       </c>
       <c r="F45" s="4">
-        <v>6980073.4886400001</v>
+        <v>5077392.4139400003</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>39</v>
+        <v>256</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J45" s="5">
-        <v>23.64</v>
+        <v>1215.5999999999999</v>
       </c>
       <c r="K45" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>41</v>
+        <v>257</v>
       </c>
       <c r="M45" s="4">
-        <v>5189452.8</v>
+        <v>4267971.5999999996</v>
       </c>
       <c r="N45" s="4">
-        <v>6980073.4886400001</v>
+        <v>5077392.4139400003</v>
       </c>
       <c r="O45" s="3" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="P45" s="3" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>1.9613999999999999E-2</v>
+        <v>1.4363000000000001E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D46" s="4">
-        <v>111008</v>
+        <v>12862</v>
       </c>
       <c r="E46" s="5">
-        <v>27.998888000000001</v>
+        <v>117.121043</v>
       </c>
       <c r="F46" s="4">
-        <v>3108100.5591040002</v>
+        <v>1506410.8486349999</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>259</v>
+        <v>140</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>136</v>
+        <v>40</v>
       </c>
       <c r="J46" s="5">
-        <v>23.84</v>
+        <v>98.45</v>
       </c>
       <c r="K46" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>260</v>
+        <v>141</v>
       </c>
       <c r="M46" s="4">
-        <v>2646430.7200000002</v>
+        <v>1266263.8999999999</v>
       </c>
       <c r="N46" s="4">
-        <v>3108100.5591040002</v>
+        <v>1506410.8486349999</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="P46" s="3" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>90</v>
+        <v>217</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>263</v>
+        <v>144</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>8.7329999999999994E-3</v>
+        <v>4.261E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B47" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D47" s="4">
+        <v>218239</v>
+      </c>
+      <c r="E47" s="5">
+        <v>30.011108</v>
+      </c>
+      <c r="F47" s="4">
+        <v>6549594.0896925004</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J47" s="5">
+        <v>21.87</v>
+      </c>
+      <c r="K47" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L47" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M47" s="4">
+        <v>4772886.93</v>
+      </c>
+      <c r="N47" s="4">
+        <v>6549594.0896925004</v>
+      </c>
+      <c r="O47" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="C47" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P47" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>65</v>
+        <v>84</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>256</v>
+        <v>269</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>1.8343000000000002E-2</v>
+        <v>1.8527999999999999E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D48" s="4">
-        <v>55185</v>
+        <v>124378</v>
       </c>
       <c r="E48" s="5">
-        <v>51.143152000000001</v>
+        <v>27.623673</v>
       </c>
       <c r="F48" s="4">
-        <v>2822334.93458708</v>
+        <v>3435777.2003939999</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H48" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J48" s="5">
+        <v>23.22</v>
+      </c>
+      <c r="K48" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L48" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="M48" s="4">
+        <v>2888057.16</v>
+      </c>
+      <c r="N48" s="4">
+        <v>3435777.2003939999</v>
+      </c>
+      <c r="O48" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="I48" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P48" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>7.9299999999999995E-3</v>
+        <v>9.7190000000000002E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B49" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D49" s="4">
+        <v>1287346</v>
+      </c>
+      <c r="E49" s="5">
+        <v>5.1994550000000004</v>
+      </c>
+      <c r="F49" s="4">
+        <v>6693497.9182665003</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J49" s="5">
+        <v>3.7890000000000001</v>
+      </c>
+      <c r="K49" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M49" s="4">
+        <v>4877753.9939999999</v>
+      </c>
+      <c r="N49" s="4">
+        <v>6693497.9182665003</v>
+      </c>
+      <c r="O49" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="C49" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P49" s="3" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>106</v>
+        <v>70</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>256</v>
+        <v>269</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.3420000000000001E-3</v>
+        <v>1.8935E-2</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B50" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D50" s="4">
+        <v>54873</v>
+      </c>
+      <c r="E50" s="5">
+        <v>58.871791000000002</v>
+      </c>
+      <c r="F50" s="4">
+        <v>3230471.7310265698</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="J50" s="5">
+        <v>369.55</v>
+      </c>
+      <c r="K50" s="5">
+        <v>6.2771998917810743</v>
+      </c>
+      <c r="L50" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="M50" s="4">
+        <v>20278316.800400998</v>
+      </c>
+      <c r="N50" s="4">
+        <v>3230471.7310265698</v>
+      </c>
+      <c r="O50" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="C50" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P50" s="3" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>106</v>
+        <v>70</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>256</v>
+        <v>288</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.5839999999999998E-2</v>
+        <v>9.1380000000000003E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>286</v>
+        <v>66</v>
       </c>
       <c r="D51" s="4">
-        <v>1600000</v>
+        <v>22906</v>
       </c>
       <c r="E51" s="5">
-        <v>100.057666</v>
+        <v>17.804943999999999</v>
       </c>
       <c r="F51" s="4">
-        <v>1611655.5683512001</v>
+        <v>407840.04153749999</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>287</v>
+        <v>67</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>31</v>
+        <v>256</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J51" s="5">
-        <v>100.057666</v>
+        <v>12.975</v>
       </c>
       <c r="K51" s="5">
-        <v>1</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>33</v>
+        <v>257</v>
       </c>
       <c r="M51" s="4">
-        <v>1611655.5683510001</v>
+        <v>297205.34999999998</v>
       </c>
       <c r="N51" s="4">
-        <v>1611655.5683512001</v>
+        <v>407840.04153749999</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>34</v>
+        <v>111</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>290</v>
+        <v>269</v>
       </c>
       <c r="T51" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>3.7309631169999999</v>
+        <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
-        <v>291</v>
+        <v>34</v>
       </c>
       <c r="X51" s="4">
-        <v>10732.912351200001</v>
+        <v>0</v>
       </c>
       <c r="Y51" s="4">
-        <v>10732.912351000001</v>
+        <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>4.5279999999999999E-3</v>
+        <v>1.1529999999999999E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B52" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D52" s="4">
+        <v>141759</v>
+      </c>
+      <c r="E52" s="5">
+        <v>67.796010999999993</v>
+      </c>
+      <c r="F52" s="4">
+        <v>9610694.7587887608</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J52" s="5">
+        <v>49.405000000000001</v>
+      </c>
+      <c r="K52" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L52" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M52" s="4">
+        <v>7003603.3949999996</v>
+      </c>
+      <c r="N52" s="4">
+        <v>9610694.7587887608</v>
+      </c>
+      <c r="O52" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="C52" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P52" s="3" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>34</v>
+        <v>111</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>290</v>
+        <v>269</v>
       </c>
       <c r="T52" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>3.7619631170000001</v>
+        <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
-        <v>295</v>
+        <v>34</v>
       </c>
       <c r="X52" s="4">
-        <v>33836.03011195</v>
+        <v>0</v>
       </c>
       <c r="Y52" s="4">
-        <v>33836.030111</v>
+        <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>1.4154E-2</v>
+        <v>2.7188E-2</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D53" s="4">
-        <v>-283260.23</v>
+        <v>2700000</v>
       </c>
       <c r="E53" s="5">
-        <v>1</v>
+        <v>100.16954200000001</v>
       </c>
       <c r="F53" s="4">
-        <v>-283260.23</v>
+        <v>2704577.6340000001</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="H53" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J53" s="5">
-        <v>1</v>
+        <v>100.16954200000001</v>
       </c>
       <c r="K53" s="5">
         <v>1</v>
       </c>
       <c r="L53" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M53" s="4">
-        <v>-283260.23</v>
+        <v>2704577.6340000001</v>
       </c>
       <c r="N53" s="4">
-        <v>-283260.23</v>
+        <v>2704577.6340000001</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>34</v>
+        <v>301</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>34</v>
+        <v>302</v>
       </c>
       <c r="Q53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>34</v>
+        <v>297</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>35</v>
+        <v>303</v>
       </c>
       <c r="T53" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U53" s="2">
+        <v>46691</v>
+      </c>
+      <c r="V53" s="4">
+        <v>3.823060854</v>
       </c>
       <c r="W53" s="3" t="s">
-        <v>34</v>
+        <v>304</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>-7.9500000000000003E-4</v>
+        <v>7.6509999999999998E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="D54" s="4">
-        <v>2971883.62</v>
+        <v>-272299.46999999997</v>
       </c>
       <c r="E54" s="5">
         <v>1</v>
       </c>
       <c r="F54" s="4">
-        <v>2971883.6200000099</v>
+        <v>-272299.46999999997</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I54" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J54" s="5">
         <v>1</v>
       </c>
       <c r="K54" s="5">
         <v>1</v>
       </c>
       <c r="L54" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M54" s="4">
-        <v>2971883.62</v>
+        <v>-272299.46999999997</v>
       </c>
       <c r="N54" s="4">
-        <v>2971883.6200000099</v>
+        <v>-272299.46999999997</v>
       </c>
       <c r="O54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>202</v>
+        <v>34</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>300</v>
+        <v>34</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>290</v>
+        <v>35</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>8.3510000000000008E-3</v>
-[...4 lines deleted...]
-        <v>304</v>
+        <v>-7.6999999999999996E-4</v>
+      </c>
+    </row>
+    <row r="55" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A55" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="D55" s="4">
+        <v>3130854.37</v>
+      </c>
+      <c r="E55" s="5">
+        <v>1</v>
+      </c>
+      <c r="F55" s="4">
+        <v>3130854.3700000099</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J55" s="5">
+        <v>1</v>
+      </c>
+      <c r="K55" s="5">
+        <v>1</v>
+      </c>
+      <c r="L55" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M55" s="4">
+        <v>3130854.37</v>
+      </c>
+      <c r="N55" s="4">
+        <v>3130854.3700000099</v>
+      </c>
+      <c r="O55" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P55" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q55" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="R55" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="S55" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="T55" s="4">
+        <v>1</v>
+      </c>
+      <c r="W55" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X55" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y55" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z55" s="6">
+        <v>8.8570000000000003E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>309</v>
+        <v>317</v>
+      </c>
+    </row>
+    <row r="62" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A62" s="3" t="s">
+        <v>318</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>December</vt:lpstr>
+      <vt:lpstr>January</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>