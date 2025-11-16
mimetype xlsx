--- v0 (2025-10-06)
+++ v1 (2025-11-16)
@@ -1,83 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\PerformanceSystems\ParcelsHoldings\ParcelsHoldingsExport\GMO\2025_08\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{575CFECC-5FB4-4BB7-8D41-F0D9ED637160}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{90596D7E-61AE-49FE-A8AE-8AF04D7036C3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{F9D2167C-3829-4344-9511-C9B968D14ABC}"/>
+    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{51B0C234-3DED-4FD0-BCA9-18EFB0D804D2}"/>
   </bookViews>
   <sheets>
-    <sheet name="August" sheetId="1" r:id="rId1"/>
+    <sheet name="September" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="826" uniqueCount="350">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="800" uniqueCount="340">
   <si>
     <t>GMO Quality Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -176,50 +178,65 @@
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AUD</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>CHFTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CHF)</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
+    <t>DKKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (DKK)</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>DKK</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
     <t>EURTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (EUR)</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>EU</t>
   </si>
   <si>
     <t>GBPTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (GBP)</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GBP</t>
@@ -977,138 +994,93 @@
   <si>
     <t>DSY</t>
   </si>
   <si>
     <t>FR0014003TT8</t>
   </si>
   <si>
     <t>BMX86B7</t>
   </si>
   <si>
     <t>Haleon Plc</t>
   </si>
   <si>
     <t>HLN</t>
   </si>
   <si>
     <t>GB00BMX86B70</t>
   </si>
   <si>
     <t>BP6KMJ1</t>
   </si>
   <si>
     <t>Novo Nordisk A/S-B</t>
   </si>
   <si>
-    <t>Denmark</t>
-[...7 lines deleted...]
-  <si>
     <t>NOVOB</t>
   </si>
   <si>
     <t>DK0062498333</t>
   </si>
   <si>
     <t>XCSE</t>
   </si>
   <si>
-    <t>US91282CMJ70</t>
-[...2 lines deleted...]
-    <t>TF FLOAT 01/31/27</t>
+    <t>US91282CNQ05</t>
+  </si>
+  <si>
+    <t>TF FLOAT 07/31/27</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Government</t>
   </si>
   <si>
-    <t>BSPRXX5</t>
+    <t>BTY0CX5</t>
   </si>
   <si>
     <t>TF</t>
   </si>
   <si>
     <t>XOTC</t>
   </si>
   <si>
-    <t>91282CMJ7</t>
-[...22 lines deleted...]
-  <si>
     <t>91282CNQ0</t>
   </si>
   <si>
     <t>USDAccExp</t>
   </si>
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
-  </si>
-[...10 lines deleted...]
-    <t>Fund</t>
   </si>
   <si>
     <t>Base Currency - USD</t>
   </si>
   <si>
     <t>Based on GMO data. Not book of record.</t>
   </si>
   <si>
     <t>*Value includes derivative notional exposure for swaps and futures.</t>
   </si>
   <si>
     <t>**Weights are calculated as a percentage of the total Base Market Value with Notional. Base Market Value with Notional represents the total value of the security, in addition to any notional exposure gained through derivatives contracts. Security weights shown in this file may differ from weights shown in other materials to the extent the other weights exclude cash or do not account for notional exposures.</t>
   </si>
   <si>
     <t>***May include Cash &amp; Cash Equivalents, Fixed Income Instruments, Pooled Investments, Accrued Expenses, or Derivative Contracts</t>
   </si>
   <si>
     <t>Further information related to holdings is available on GMO.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
@@ -1478,92 +1450,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F8F0D5CB-213B-440F-9AD2-ED905AA9792A}">
-  <dimension ref="A1:Z71"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{509ACCBF-D715-4CEC-83BD-580DDABCC5F2}">
+  <dimension ref="A1:Z69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22" style="3" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="24" style="3" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="23.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="6.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45898</v>
+        <v>45930</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1613,4623 +1585,4457 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>355666.76</v>
+        <v>357034.76</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>355666.76</v>
+        <v>357034.76</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>355666.76</v>
+        <v>357034.76</v>
       </c>
       <c r="N4" s="4">
-        <v>355666.76</v>
+        <v>357034.76</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>5.7000000000000003E-5</v>
+        <v>5.3999999999999998E-5</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>60000</v>
+        <v>287.62</v>
       </c>
       <c r="E5" s="5">
-        <v>0.65449999999999997</v>
+        <v>0.66274999999999995</v>
       </c>
       <c r="F5" s="4">
-        <v>39270</v>
+        <v>190.62015500000001</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>1.5278838808250572</v>
+        <v>1.5088645794039983</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>60000</v>
+        <v>287.62</v>
       </c>
       <c r="N5" s="4">
-        <v>39270</v>
+        <v>190.62015500000001</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>6.0000000000000002E-6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>314668.09999999998</v>
+        <v>-1776689.02</v>
       </c>
       <c r="E6" s="5">
-        <v>1.2514860000000001</v>
+        <v>1.256834</v>
       </c>
       <c r="F6" s="4">
-        <v>393802.76578437001</v>
+        <v>-2233003.2300634701</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.79904999986655867</v>
+        <v>0.79564999687627802</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>314668.09994699998</v>
+        <v>-1776689.013024</v>
       </c>
       <c r="N6" s="4">
-        <v>393802.76578437001</v>
+        <v>-2233003.2300634701</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>6.3E-5</v>
+        <v>-3.3799999999999998E-4</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>52115.93</v>
+        <v>-4991390.97</v>
       </c>
       <c r="E7" s="5">
-        <v>1.1705000000000001</v>
+        <v>0.157411</v>
       </c>
       <c r="F7" s="4">
-        <v>61001.696064999996</v>
+        <v>-785699.37193049002</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>0.8543357539513029</v>
+        <v>6.3527998154638716</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>52115.93</v>
+        <v>-4991390.8250099998</v>
       </c>
       <c r="N7" s="4">
-        <v>61001.696064999996</v>
+        <v>-785699.37193049002</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>9.0000000000000002E-6</v>
+        <v>-1.18E-4</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>3038662.41</v>
+        <v>-12959626.140000001</v>
       </c>
       <c r="E8" s="5">
-        <v>1.3510500000000001</v>
+        <v>1.175</v>
       </c>
       <c r="F8" s="4">
-        <v>4105384.8490304998</v>
+        <v>-15227560.714500001</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>3038662.41</v>
+        <v>-12959626.140000001</v>
       </c>
       <c r="N8" s="4">
-        <v>4105384.8490304998</v>
+        <v>-15227560.714500001</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>6.6399999999999999E-4</v>
+        <v>-2.3050000000000002E-3</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>-3945159.92</v>
+        <v>-7777450.1399999997</v>
       </c>
       <c r="E9" s="5">
-        <v>0.128273</v>
+        <v>1.3462499999999999</v>
       </c>
       <c r="F9" s="4">
-        <v>-506058.98266385001</v>
+        <v>-10470392.250975</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>7.7958497702329206</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>-3945159.8037240002</v>
+        <v>-7777450.1399999997</v>
       </c>
       <c r="N9" s="4">
-        <v>-506058.98266385001</v>
+        <v>-10470392.250975</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>-8.1000000000000004E-5</v>
+        <v>-1.585E-3</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>-991549.5</v>
+        <v>14264.42</v>
       </c>
       <c r="E10" s="5">
-        <v>9.9528000000000005E-2</v>
+        <v>0.128528</v>
       </c>
       <c r="F10" s="4">
-        <v>-98686.681695360006</v>
+        <v>1833.37874659</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>10.04745008778457</v>
+        <v>7.7803997725011103</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4">
-        <v>-991549.50866299996</v>
+        <v>14264.419582</v>
       </c>
       <c r="N10" s="4">
-        <v>-98686.681695360006</v>
+        <v>1833.37874659</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>-1.5E-5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>-240310.53</v>
+        <v>-421262.3</v>
       </c>
       <c r="E11" s="5">
-        <v>0.77942299999999998</v>
+        <v>0.10022200000000001</v>
       </c>
       <c r="F11" s="4">
-        <v>-187303.60872953999</v>
+        <v>-42219.95830744</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>1.2829999947525301</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4">
-        <v>-240310.52901699999</v>
+        <v>-421262.31654600002</v>
       </c>
       <c r="N11" s="4">
-        <v>-187303.60872953999</v>
+        <v>-42219.95830744</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>-3.0000000000000001E-5</v>
+        <v>-6.0000000000000002E-6</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>805</v>
+        <v>12443</v>
       </c>
       <c r="E12" s="5">
-        <v>3.2711999999999998E-2</v>
+        <v>0.775675</v>
       </c>
       <c r="F12" s="4">
-        <v>26.33343692</v>
+        <v>9651.7219981399994</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>30.569503740790172</v>
+        <v>1.2891999951938626</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4">
-        <v>805.00009799999998</v>
+        <v>12442.999953</v>
       </c>
       <c r="N12" s="4">
-        <v>26.33343692</v>
+        <v>9651.7219981399994</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>0</v>
+        <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>-12349256.800000001</v>
+        <v>-276283167.19999999</v>
       </c>
       <c r="E13" s="5">
-        <v>1</v>
+        <v>3.2811E-2</v>
       </c>
       <c r="F13" s="4">
-        <v>-12349256.800000001</v>
+        <v>-9065003.1891856398</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>31</v>
+        <v>79</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>32</v>
+        <v>80</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>1</v>
+        <v>30.478001740293898</v>
       </c>
       <c r="L13" s="3" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="M13" s="4">
-        <v>-12349256.800000001</v>
+        <v>-276283182.97576898</v>
       </c>
       <c r="N13" s="4">
-        <v>-12349256.800000001</v>
+        <v>-9065003.1891856398</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>-1.9980000000000002E-3</v>
+        <v>-1.372E-3</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="D14" s="4">
-        <v>1474210</v>
+        <v>-19631479.539999999</v>
       </c>
       <c r="E14" s="5">
-        <v>132.66</v>
+        <v>1</v>
       </c>
       <c r="F14" s="4">
-        <v>195568698.59999999</v>
+        <v>-19631479.539999999</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>82</v>
+        <v>38</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>132.66</v>
+        <v>1</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>195568698.59999999</v>
+        <v>-19631479.539999999</v>
       </c>
       <c r="N14" s="4">
-        <v>195568698.59999999</v>
+        <v>-19631479.539999999</v>
       </c>
       <c r="O14" s="3" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
-        <v>87</v>
+        <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>3.1645E-2</v>
+        <v>-2.9719999999999998E-3</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D15" s="4">
-        <v>1244496</v>
+        <v>1521995</v>
       </c>
       <c r="E15" s="5">
-        <v>212.91</v>
+        <v>133.94</v>
       </c>
       <c r="F15" s="4">
-        <v>264965643.359999</v>
+        <v>203856010.299999</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>212.91</v>
+        <v>133.94</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>264965643.359999</v>
+        <v>203856010.299999</v>
       </c>
       <c r="N15" s="4">
-        <v>264965643.359999</v>
+        <v>203856010.299999</v>
       </c>
       <c r="O15" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="P15" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q15" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="P15" s="3" t="s">
+      <c r="R15" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="Q15" s="3" t="s">
+      <c r="S15" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="R15" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>4.2875000000000003E-2</v>
+        <v>3.0866999999999999E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D16" s="4">
-        <v>618116</v>
+        <v>1287450</v>
       </c>
       <c r="E16" s="5">
-        <v>229</v>
+        <v>243.1</v>
       </c>
       <c r="F16" s="4">
-        <v>141548564</v>
+        <v>312979095</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>229</v>
+        <v>243.1</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>141548564</v>
+        <v>312979095</v>
       </c>
       <c r="N16" s="4">
-        <v>141548564</v>
+        <v>312979095</v>
       </c>
       <c r="O16" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="P16" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q16" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="P16" s="3" t="s">
+      <c r="R16" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="Q16" s="3" t="s">
+      <c r="S16" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="R16" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>2.2904000000000001E-2</v>
+        <v>4.7391000000000003E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B17" s="3" t="s">
+      <c r="C17" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D17" s="4">
+        <v>639421</v>
+      </c>
+      <c r="E17" s="5">
+        <v>219.57</v>
+      </c>
+      <c r="F17" s="4">
+        <v>140397668.97</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J17" s="5">
+        <v>219.57</v>
+      </c>
+      <c r="K17" s="5">
+        <v>1</v>
+      </c>
+      <c r="L17" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M17" s="4">
+        <v>140397668.97</v>
+      </c>
+      <c r="N17" s="4">
+        <v>140397668.97</v>
+      </c>
+      <c r="O17" s="3" t="s">
         <v>102</v>
-      </c>
-[...37 lines deleted...]
-        <v>101</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>103</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>104</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>105</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>1.3868999999999999E-2</v>
+        <v>2.1257999999999999E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="C18" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D18" s="4">
+        <v>3232694</v>
+      </c>
+      <c r="E18" s="5">
+        <v>23.902668999999999</v>
+      </c>
+      <c r="F18" s="4">
+        <v>77270013.852112398</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J18" s="5">
+        <v>17.754999999999999</v>
+      </c>
+      <c r="K18" s="5">
+        <v>0.74280408542246978</v>
+      </c>
+      <c r="L18" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M18" s="4">
+        <v>57396481.969999</v>
+      </c>
+      <c r="N18" s="4">
+        <v>77270013.852112398</v>
+      </c>
+      <c r="O18" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="P18" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="C18" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O18" s="3" t="s">
+      <c r="Q18" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="P18" s="3" t="s">
+      <c r="R18" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="Q18" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R18" s="3" t="s">
+      <c r="S18" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="S18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
-        <v>107</v>
+        <v>34</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>2.2962E-2</v>
+        <v>1.17E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D19" s="4">
-        <v>1068534</v>
+        <v>459775</v>
       </c>
       <c r="E19" s="5">
-        <v>232.14</v>
+        <v>323.12</v>
       </c>
       <c r="F19" s="4">
-        <v>248049482.75999999</v>
+        <v>148562498</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>232.14</v>
+        <v>323.12</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>248049482.75999999</v>
+        <v>148562498</v>
       </c>
       <c r="N19" s="4">
-        <v>248049482.75999999</v>
+        <v>148562498</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>114</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="Q19" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R19" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="R19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S19" s="3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>112</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>4.0136999999999999E-2</v>
+        <v>2.2495000000000001E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D20" s="4">
-        <v>480612</v>
+        <v>1115569</v>
       </c>
       <c r="E20" s="5">
-        <v>297.39</v>
+        <v>254.63</v>
       </c>
       <c r="F20" s="4">
-        <v>142929202.68000001</v>
+        <v>284057334.46999902</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>297.39</v>
+        <v>254.63</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>142929202.68000001</v>
+        <v>284057334.46999902</v>
       </c>
       <c r="N20" s="4">
-        <v>142929202.68000001</v>
+        <v>284057334.46999902</v>
       </c>
       <c r="O20" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="P20" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="P20" s="3" t="s">
+      <c r="Q20" s="3" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>2.3127000000000002E-2</v>
+        <v>4.3011000000000001E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D21" s="4">
-        <v>274572</v>
+        <v>495725</v>
       </c>
       <c r="E21" s="5">
-        <v>300.87</v>
+        <v>329.91</v>
       </c>
       <c r="F21" s="4">
-        <v>82610477.640000001</v>
+        <v>163544634.75</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>300.87</v>
+        <v>329.91</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>82610477.640000001</v>
+        <v>163544634.75</v>
       </c>
       <c r="N21" s="4">
-        <v>82610477.640000001</v>
+        <v>163544634.75</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>125</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>126</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.3367E-2</v>
+        <v>2.4763E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D22" s="4">
-        <v>1242722</v>
+        <v>283473</v>
       </c>
       <c r="E22" s="5">
-        <v>68.989999999999995</v>
+        <v>288.25</v>
       </c>
       <c r="F22" s="4">
-        <v>85735390.779999897</v>
+        <v>81711092.25</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>68.989999999999995</v>
+        <v>288.25</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>85735390.779999003</v>
+        <v>81711092.25</v>
       </c>
       <c r="N22" s="4">
-        <v>85735390.779999897</v>
+        <v>81711092.25</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>130</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>131</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>104</v>
+        <v>90</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>132</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.3873E-2</v>
+        <v>1.2371999999999999E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D23" s="4">
-        <v>671532</v>
+        <v>1297451</v>
       </c>
       <c r="E23" s="5">
-        <v>161.94</v>
+        <v>66.319999999999993</v>
       </c>
       <c r="F23" s="4">
-        <v>108747892.08</v>
+        <v>86046950.319999993</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>161.94</v>
+        <v>66.319999999999993</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>108747892.08</v>
+        <v>86046950.319999993</v>
       </c>
       <c r="N23" s="4">
-        <v>108747892.08</v>
+        <v>86046950.319999993</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>135</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>136</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>137</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.7596000000000001E-2</v>
+        <v>1.3029000000000001E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D24" s="4">
-        <v>385342</v>
+        <v>701065</v>
       </c>
       <c r="E24" s="5">
-        <v>738.7</v>
+        <v>134.66999999999999</v>
       </c>
       <c r="F24" s="4">
-        <v>284652135.39999998</v>
+        <v>94412423.549999997</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>738.7</v>
+        <v>134.66999999999999</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>284652135.39999998</v>
+        <v>94412423.549999997</v>
       </c>
       <c r="N24" s="4">
-        <v>284652135.39999998</v>
+        <v>94412423.549999997</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>140</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>141</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>92</v>
+        <v>109</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>142</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>138</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>4.6059999999999997E-2</v>
+        <v>1.4295E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D25" s="4">
-        <v>143426</v>
+        <v>402299</v>
       </c>
       <c r="E25" s="5">
-        <v>590.04904999999997</v>
+        <v>734.38</v>
       </c>
       <c r="F25" s="4">
-        <v>84628375.045300007</v>
+        <v>295440339.62</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H25" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J25" s="5">
+        <v>734.38</v>
+      </c>
+      <c r="K25" s="5">
+        <v>1</v>
+      </c>
+      <c r="L25" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M25" s="4">
+        <v>295440339.62</v>
+      </c>
+      <c r="N25" s="4">
+        <v>295440339.62</v>
+      </c>
+      <c r="O25" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="I25" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L25" s="3" t="s">
+      <c r="P25" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="M25" s="4">
-[...5 lines deleted...]
-      <c r="O25" s="3" t="s">
+      <c r="Q25" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="R25" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="S25" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T25" s="4">
+        <v>1</v>
+      </c>
+      <c r="W25" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="P25" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>1.3694E-2</v>
+        <v>4.4734999999999997E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D26" s="4">
+        <v>149749</v>
+      </c>
+      <c r="E26" s="5">
+        <v>611.58749999999998</v>
+      </c>
+      <c r="F26" s="4">
+        <v>91584616.537499994</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H26" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="I26" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J26" s="5">
+        <v>520.5</v>
+      </c>
+      <c r="K26" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L26" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="C26" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M26" s="4">
-        <v>96106424.159999996</v>
+        <v>77944354.5</v>
       </c>
       <c r="N26" s="4">
-        <v>96106424.159999996</v>
+        <v>91584616.537499994</v>
       </c>
       <c r="O26" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="P26" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="P26" s="3" t="s">
+      <c r="Q26" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R26" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="Q26" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R26" s="3" t="s">
+      <c r="S26" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="S26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>150</v>
+        <v>34</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.5551000000000001E-2</v>
+        <v>1.3867000000000001E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D27" s="4">
-        <v>209544</v>
+        <v>363459</v>
       </c>
       <c r="E27" s="5">
-        <v>473.29500000000002</v>
+        <v>259.44</v>
       </c>
       <c r="F27" s="4">
-        <v>99176127.480000004</v>
+        <v>94295802.959999993</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>473.29500000000002</v>
+        <v>259.44</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>99176127.480000004</v>
+        <v>94295802.959999993</v>
       </c>
       <c r="N27" s="4">
-        <v>99176127.480000004</v>
+        <v>94295802.959999993</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>157</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>159</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>1.6048E-2</v>
+        <v>1.4278000000000001E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D28" s="4">
-        <v>1177285</v>
+        <v>216336</v>
       </c>
       <c r="E28" s="5">
-        <v>177.17</v>
+        <v>447.23</v>
       </c>
       <c r="F28" s="4">
-        <v>208579583.44999999</v>
+        <v>96751949.280000001</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>177.17</v>
+        <v>447.23</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>208579583.44999999</v>
+        <v>96751949.280000001</v>
       </c>
       <c r="N28" s="4">
-        <v>208579583.44999999</v>
+        <v>96751949.280000001</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>162</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>164</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>160</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>3.3751000000000003E-2</v>
+        <v>1.465E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D29" s="4">
-        <v>66937</v>
+        <v>1215446</v>
       </c>
       <c r="E29" s="5">
-        <v>872</v>
+        <v>185.42</v>
       </c>
       <c r="F29" s="4">
-        <v>58369064</v>
+        <v>225367997.31999999</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>872</v>
+        <v>185.42</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>58369064</v>
+        <v>225367997.31999999</v>
       </c>
       <c r="N29" s="4">
-        <v>58369064</v>
+        <v>225367997.31999999</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>167</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>169</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>165</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>9.4439999999999993E-3</v>
+        <v>3.4125000000000003E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D30" s="4">
-        <v>560000</v>
+        <v>69949</v>
       </c>
       <c r="E30" s="5">
-        <v>271.20485000000002</v>
+        <v>1078.5999999999999</v>
       </c>
       <c r="F30" s="4">
-        <v>151874715.99999899</v>
+        <v>75446991.399999902</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H30" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J30" s="5">
+        <v>1078.5999999999999</v>
+      </c>
+      <c r="K30" s="5">
+        <v>1</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M30" s="4">
+        <v>75446991.399998993</v>
+      </c>
+      <c r="N30" s="4">
+        <v>75446991.399999902</v>
+      </c>
+      <c r="O30" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="I30" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L30" s="3" t="s">
+      <c r="P30" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="M30" s="4">
-[...5 lines deleted...]
-      <c r="O30" s="3" t="s">
+      <c r="Q30" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="R30" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="S30" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T30" s="4">
+        <v>1</v>
+      </c>
+      <c r="W30" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="P30" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>2.4575E-2</v>
+        <v>1.1424E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D31" s="4">
+        <v>584655</v>
+      </c>
+      <c r="E31" s="5">
+        <v>267.78250000000003</v>
+      </c>
+      <c r="F31" s="4">
+        <v>156560377.53749999</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H31" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="I31" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J31" s="5">
+        <v>227.9</v>
+      </c>
+      <c r="K31" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L31" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="C31" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M31" s="4">
-        <v>170562160.05000001</v>
+        <v>133242874.5</v>
       </c>
       <c r="N31" s="4">
-        <v>170562160.05000001</v>
+        <v>156560377.53749999</v>
       </c>
       <c r="O31" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="P31" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="P31" s="3" t="s">
+      <c r="Q31" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="R31" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="Q31" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R31" s="3" t="s">
+      <c r="S31" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="S31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>2.7598999999999999E-2</v>
+        <v>2.3706000000000001E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D32" s="4">
-        <v>123976</v>
+        <v>1778011</v>
       </c>
       <c r="E32" s="5">
-        <v>732.58</v>
+        <v>133.9</v>
       </c>
       <c r="F32" s="4">
-        <v>90822338.079999998</v>
+        <v>238075672.90000001</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>732.58</v>
+        <v>133.9</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>90822338.079999998</v>
+        <v>238075672.90000001</v>
       </c>
       <c r="N32" s="4">
-        <v>90822338.079999998</v>
+        <v>238075672.90000001</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>186</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>1.4696000000000001E-2</v>
+        <v>3.6048999999999998E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D33" s="4">
-        <v>1084326</v>
+        <v>127987</v>
       </c>
       <c r="E33" s="5">
-        <v>84.12</v>
+        <v>763</v>
       </c>
       <c r="F33" s="4">
-        <v>91213503.120000005</v>
+        <v>97654081</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>84.12</v>
+        <v>763</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>91213503.120000005</v>
+        <v>97654081</v>
       </c>
       <c r="N33" s="4">
-        <v>91213503.120000005</v>
+        <v>97654081</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>189</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>190</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>191</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>1.4759E-2</v>
+        <v>1.4786000000000001E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D34" s="4">
-        <v>872008</v>
+        <v>1119502</v>
       </c>
       <c r="E34" s="5">
-        <v>506.69</v>
+        <v>83.93</v>
       </c>
       <c r="F34" s="4">
-        <v>441837733.51999998</v>
+        <v>93959802.859999999</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>506.69</v>
+        <v>83.93</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>441837733.51999998</v>
+        <v>93959802.859999999</v>
       </c>
       <c r="N34" s="4">
-        <v>441837733.51999998</v>
+        <v>93959802.859999999</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>194</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>195</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>196</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>192</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>7.1495000000000003E-2</v>
+        <v>1.4227E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D35" s="4">
-        <v>905145</v>
+        <v>910378</v>
       </c>
       <c r="E35" s="5">
-        <v>226.13</v>
+        <v>517.95000000000005</v>
       </c>
       <c r="F35" s="4">
-        <v>204680438.84999999</v>
+        <v>471530285.10000002</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>226.13</v>
+        <v>517.95000000000005</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>204680438.84999999</v>
+        <v>471530285.10000002</v>
       </c>
       <c r="N35" s="4">
-        <v>204680438.84999999</v>
+        <v>471530285.10000002</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>199</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>201</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>197</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>3.3119999999999997E-2</v>
+        <v>7.1398000000000003E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D36" s="4">
-        <v>5977284</v>
+        <v>775088</v>
       </c>
       <c r="E36" s="5">
-        <v>37.946314000000001</v>
+        <v>281.24</v>
       </c>
       <c r="F36" s="4">
-        <v>226815925.67755401</v>
+        <v>217985749.12</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H36" s="3" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>75</v>
+        <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>1160</v>
+        <v>281.24</v>
       </c>
       <c r="K36" s="5">
-        <v>30.569503740790172</v>
+        <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
-        <v>76</v>
+        <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>6933650288.4707804</v>
+        <v>217985749.12</v>
       </c>
       <c r="N36" s="4">
-        <v>226815925.67755401</v>
+        <v>217985749.12</v>
       </c>
       <c r="O36" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="P36" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="Q36" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="R36" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="S36" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="T36" s="4">
+        <v>1</v>
+      </c>
+      <c r="W36" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="P36" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>3.6700999999999998E-2</v>
+        <v>3.3007000000000002E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C37" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D37" s="4">
+        <v>6206108</v>
+      </c>
+      <c r="E37" s="5">
+        <v>42.817768000000001</v>
+      </c>
+      <c r="F37" s="4">
+        <v>265731706.14869699</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J37" s="5">
+        <v>1305</v>
+      </c>
+      <c r="K37" s="5">
+        <v>30.478001740293898</v>
+      </c>
+      <c r="L37" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="D37" s="4">
-[...25 lines deleted...]
-      </c>
       <c r="M37" s="4">
-        <v>72635324.777869001</v>
+        <v>8098971402.4512596</v>
       </c>
       <c r="N37" s="4">
-        <v>90902102.233902693</v>
+        <v>265731706.14869699</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>207</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>209</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>104</v>
+        <v>121</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="S37" s="3" t="s">
         <v>211</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>1.4709E-2</v>
+        <v>4.0237000000000002E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D38" s="4">
-        <v>316746</v>
+        <v>1005873</v>
       </c>
       <c r="E38" s="5">
-        <v>181.64</v>
+        <v>91.836862999999994</v>
       </c>
       <c r="F38" s="4">
-        <v>57533743.439999998</v>
+        <v>92376220.838308305</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H38" s="3" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J38" s="5">
-        <v>181.64</v>
+        <v>73.069999999999993</v>
       </c>
       <c r="K38" s="5">
-        <v>1</v>
+        <v>0.79564999687627802</v>
       </c>
       <c r="L38" s="3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="M38" s="4">
-        <v>57533743.439999998</v>
+        <v>73499139.821441993</v>
       </c>
       <c r="N38" s="4">
-        <v>57533743.439999998</v>
+        <v>92376220.838308305</v>
       </c>
       <c r="O38" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="P38" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="P38" s="3" t="s">
+      <c r="Q38" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R38" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="Q38" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R38" s="3" t="s">
+      <c r="S38" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="S38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>212</v>
+        <v>34</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>9.3089999999999996E-3</v>
+        <v>1.3986999999999999E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D39" s="4">
-        <v>682117</v>
+        <v>330701</v>
       </c>
       <c r="E39" s="5">
-        <v>256.25</v>
+        <v>190.58</v>
       </c>
       <c r="F39" s="4">
-        <v>174792481.25</v>
+        <v>63024996.579999998</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>256.25</v>
+        <v>190.58</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>174792481.25</v>
+        <v>63024996.579999998</v>
       </c>
       <c r="N39" s="4">
-        <v>174792481.25</v>
+        <v>63024996.579999998</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>219</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>221</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>217</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.8282999999999999E-2</v>
+        <v>9.5429999999999994E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D40" s="4">
-        <v>661228</v>
+        <v>703557</v>
       </c>
       <c r="E40" s="5">
-        <v>136.61000000000001</v>
+        <v>237</v>
       </c>
       <c r="F40" s="4">
-        <v>90330357.079999998</v>
+        <v>166743009</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>136.61000000000001</v>
+        <v>237</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>90330357.079999998</v>
+        <v>166743009</v>
       </c>
       <c r="N40" s="4">
-        <v>90330357.079999998</v>
+        <v>166743009</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>224</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>225</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>226</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>222</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>1.4616000000000001E-2</v>
+        <v>2.5248E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D41" s="4">
-        <v>829488</v>
+        <v>690344</v>
       </c>
       <c r="E41" s="5">
-        <v>202.48</v>
+        <v>144.54</v>
       </c>
       <c r="F41" s="4">
-        <v>167954730.239999</v>
+        <v>99782321.759999901</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>202.48</v>
+        <v>144.54</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>167954730.239999</v>
+        <v>99782321.759999007</v>
       </c>
       <c r="N41" s="4">
-        <v>167954730.239999</v>
+        <v>99782321.759999901</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>229</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>230</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>231</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>227</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>2.7177E-2</v>
+        <v>1.5108999999999999E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D42" s="4">
-        <v>379741</v>
+        <v>865978</v>
       </c>
       <c r="E42" s="5">
-        <v>492.72</v>
+        <v>183.73</v>
       </c>
       <c r="F42" s="4">
-        <v>187105985.52000001</v>
+        <v>159106137.94</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>492.72</v>
+        <v>183.73</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>187105985.52000001</v>
+        <v>159106137.94</v>
       </c>
       <c r="N42" s="4">
-        <v>187105985.52000001</v>
+        <v>159106137.94</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>234</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>235</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>236</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>232</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>3.0276000000000001E-2</v>
+        <v>2.4091000000000001E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D43" s="4">
-        <v>352947</v>
+        <v>406433</v>
       </c>
       <c r="E43" s="5">
-        <v>123.36</v>
+        <v>485.02</v>
       </c>
       <c r="F43" s="4">
-        <v>43539541.920000002</v>
+        <v>197128133.66</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>123.36</v>
+        <v>485.02</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>43539541.920000002</v>
+        <v>197128133.66</v>
       </c>
       <c r="N43" s="4">
-        <v>43539541.920000002</v>
+        <v>197128133.66</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>239</v>
       </c>
       <c r="P43" s="3" t="s">
-        <v>76</v>
+        <v>240</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>240</v>
+        <v>90</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>241</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>237</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>7.045E-3</v>
+        <v>2.9849000000000001E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D44" s="4">
-        <v>3084671</v>
+        <v>370241</v>
       </c>
       <c r="E44" s="5">
-        <v>48.83</v>
+        <v>110.98</v>
       </c>
       <c r="F44" s="4">
-        <v>150624484.93000001</v>
+        <v>41089346.18</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>48.83</v>
+        <v>110.98</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>150624484.93000001</v>
+        <v>41089346.18</v>
       </c>
       <c r="N44" s="4">
-        <v>150624484.93000001</v>
+        <v>41089346.18</v>
       </c>
       <c r="O44" s="3" t="s">
         <v>244</v>
       </c>
       <c r="P44" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q44" s="3" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>246</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>242</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>2.4372999999999999E-2</v>
+        <v>6.221E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D45" s="4">
-        <v>990512</v>
+        <v>3214380</v>
       </c>
       <c r="E45" s="5">
-        <v>93.75</v>
+        <v>48.33</v>
       </c>
       <c r="F45" s="4">
-        <v>92860500</v>
+        <v>155350985.40000001</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J45" s="5">
-        <v>93.75</v>
+        <v>48.33</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="4">
-        <v>92860500</v>
+        <v>155350985.40000001</v>
       </c>
       <c r="N45" s="4">
-        <v>92860500</v>
+        <v>155350985.40000001</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>249</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>250</v>
       </c>
       <c r="Q45" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="R45" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="R45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S45" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>247</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>1.5025999999999999E-2</v>
+        <v>2.3522999999999999E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D46" s="4">
-        <v>489729</v>
+        <v>1034175</v>
       </c>
       <c r="E46" s="5">
-        <v>309.87</v>
+        <v>97.97</v>
       </c>
       <c r="F46" s="4">
-        <v>151752325.22999999</v>
+        <v>101318124.75</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="5">
-        <v>309.87</v>
+        <v>97.97</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="4">
-        <v>151752325.22999999</v>
+        <v>101318124.75</v>
       </c>
       <c r="N46" s="4">
-        <v>151752325.22999999</v>
+        <v>101318124.75</v>
       </c>
       <c r="O46" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="P46" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="P46" s="3" t="s">
+      <c r="Q46" s="3" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>257</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>2.4555E-2</v>
+        <v>1.5341E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D47" s="4">
-        <v>441800</v>
+        <v>505601</v>
       </c>
       <c r="E47" s="5">
-        <v>351.78</v>
+        <v>345.3</v>
       </c>
       <c r="F47" s="4">
-        <v>155416404</v>
+        <v>174584025.30000001</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="5">
-        <v>351.78</v>
+        <v>345.3</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="4">
-        <v>155416404</v>
+        <v>174584025.30000001</v>
       </c>
       <c r="N47" s="4">
-        <v>155416404</v>
+        <v>174584025.30000001</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>260</v>
       </c>
       <c r="P47" s="3" t="s">
         <v>261</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>240</v>
+        <v>90</v>
       </c>
       <c r="R47" s="3" t="s">
         <v>262</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>258</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>2.5148E-2</v>
+        <v>2.6435E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D48" s="4">
-        <v>1416611</v>
+        <v>461253</v>
       </c>
       <c r="E48" s="5">
-        <v>82.18</v>
+        <v>341.38</v>
       </c>
       <c r="F48" s="4">
-        <v>116417091.98</v>
+        <v>157462549.13999999</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J48" s="5">
-        <v>82.18</v>
+        <v>341.38</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M48" s="4">
-        <v>116417091.98</v>
+        <v>157462549.13999999</v>
       </c>
       <c r="N48" s="4">
-        <v>116417091.98</v>
+        <v>157462549.13999999</v>
       </c>
       <c r="O48" s="3" t="s">
         <v>265</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>266</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="R48" s="3" t="s">
         <v>267</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>263</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>1.8837E-2</v>
+        <v>2.3841999999999999E-2</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D49" s="4">
-        <v>383504</v>
+        <v>1171162</v>
       </c>
       <c r="E49" s="5">
-        <v>333.47545000000002</v>
+        <v>83.82</v>
       </c>
       <c r="F49" s="4">
-        <v>127889168.976799</v>
+        <v>98166798.839999899</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>145</v>
+        <v>31</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="J49" s="5">
-        <v>284.89999999999998</v>
+        <v>83.82</v>
       </c>
       <c r="K49" s="5">
-        <v>0.8543357539513029</v>
+        <v>1</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>146</v>
+        <v>33</v>
       </c>
       <c r="M49" s="4">
-        <v>109260289.599999</v>
+        <v>98166798.839999005</v>
       </c>
       <c r="N49" s="4">
-        <v>127889168.976799</v>
+        <v>98166798.839999899</v>
       </c>
       <c r="O49" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="P49" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="Q49" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="R49" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="S49" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="T49" s="4">
+        <v>1</v>
+      </c>
+      <c r="W49" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="P49" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>2.0694000000000001E-2</v>
+        <v>1.4864E-2</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D50" s="4">
-        <v>2107951</v>
+        <v>400372</v>
       </c>
       <c r="E50" s="5">
-        <v>62.850845999999997</v>
+        <v>352.61750000000001</v>
       </c>
       <c r="F50" s="4">
-        <v>132486503.67654601</v>
+        <v>141178173.71000001</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>54</v>
+        <v>150</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J50" s="5">
-        <v>46.52</v>
+        <v>300.10000000000002</v>
       </c>
       <c r="K50" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="M50" s="4">
-        <v>98061880.519999996</v>
+        <v>120151637.2</v>
       </c>
       <c r="N50" s="4">
-        <v>132486503.67654601</v>
+        <v>141178173.71000001</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>104</v>
+        <v>256</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>106</v>
+        <v>154</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.1437999999999999E-2</v>
+        <v>2.1377E-2</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B51" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D51" s="4">
+        <v>2167722</v>
+      </c>
+      <c r="E51" s="5">
+        <v>59.234999999999999</v>
+      </c>
+      <c r="F51" s="4">
+        <v>128405012.669999</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J51" s="5">
+        <v>44</v>
+      </c>
+      <c r="K51" s="5">
+        <v>0.74280408542246978</v>
+      </c>
+      <c r="L51" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M51" s="4">
+        <v>95379767.999999002</v>
+      </c>
+      <c r="N51" s="4">
+        <v>128405012.669999</v>
+      </c>
+      <c r="O51" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="C51" s="3" t="s">
-[...26 lines deleted...]
-      <c r="L51" s="3" t="s">
+      <c r="P51" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="M51" s="4">
-[...8 lines deleted...]
-      <c r="P51" s="3" t="s">
+      <c r="Q51" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R51" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="Q51" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S51" s="3" t="s">
-        <v>282</v>
+        <v>111</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>7.6449999999999999E-3</v>
+        <v>1.9442999999999998E-2</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D52" s="4">
+        <v>588644</v>
+      </c>
+      <c r="E52" s="5">
+        <v>79.3125</v>
+      </c>
+      <c r="F52" s="4">
+        <v>46686827.25</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H52" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="I52" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J52" s="5">
+        <v>67.5</v>
+      </c>
+      <c r="K52" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L52" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="C52" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M52" s="4">
-        <v>156193615.58000001</v>
+        <v>39733470</v>
       </c>
       <c r="N52" s="4">
-        <v>156193615.58000001</v>
+        <v>46686827.25</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="P52" s="3" t="s">
         <v>285</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="R52" s="3" t="s">
         <v>286</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>87</v>
+        <v>287</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>2.5274000000000001E-2</v>
+        <v>7.0689999999999998E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B53" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D53" s="4">
+        <v>619257</v>
+      </c>
+      <c r="E53" s="5">
+        <v>246.6</v>
+      </c>
+      <c r="F53" s="4">
+        <v>152708776.19999999</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J53" s="5">
+        <v>246.6</v>
+      </c>
+      <c r="K53" s="5">
+        <v>1</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M53" s="4">
+        <v>152708776.19999999</v>
+      </c>
+      <c r="N53" s="4">
+        <v>152708776.19999999</v>
+      </c>
+      <c r="O53" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="C53" s="3" t="s">
-[...26 lines deleted...]
-      <c r="L53" s="3" t="s">
+      <c r="P53" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="M53" s="4">
-[...8 lines deleted...]
-      <c r="P53" s="3" t="s">
+      <c r="Q53" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="R53" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="Q53" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S53" s="3" t="s">
-        <v>293</v>
+        <v>92</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>1.2123999999999999E-2</v>
+        <v>2.3123000000000001E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D54" s="4">
+        <v>105073</v>
+      </c>
+      <c r="E54" s="5">
+        <v>973.01750000000004</v>
+      </c>
+      <c r="F54" s="4">
+        <v>102237867.7775</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H54" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="I54" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J54" s="5">
+        <v>828.1</v>
+      </c>
+      <c r="K54" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L54" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="C54" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M54" s="4">
-        <v>14463512.4</v>
+        <v>87010951.299999997</v>
       </c>
       <c r="N54" s="4">
-        <v>16929541.264199998</v>
+        <v>102237867.7775</v>
       </c>
       <c r="O54" s="3" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="P54" s="3" t="s">
         <v>296</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>251</v>
+        <v>121</v>
       </c>
       <c r="R54" s="3" t="s">
         <v>297</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>176</v>
+        <v>298</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>2.7390000000000001E-3</v>
+        <v>1.5480000000000001E-2</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D55" s="4">
-        <v>4057371</v>
+        <v>162147</v>
       </c>
       <c r="E55" s="5">
-        <v>33.938375999999998</v>
+        <v>93.823750000000004</v>
       </c>
       <c r="F55" s="4">
-        <v>137700582.56949601</v>
+        <v>15213239.591250001</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>54</v>
+        <v>177</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J55" s="5">
-        <v>25.12</v>
+        <v>79.849999999999994</v>
       </c>
       <c r="K55" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>56</v>
+        <v>178</v>
       </c>
       <c r="M55" s="4">
-        <v>101921159.52</v>
+        <v>12947437.949999999</v>
       </c>
       <c r="N55" s="4">
-        <v>137700582.56949601</v>
+        <v>15213239.591250001</v>
       </c>
       <c r="O55" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>99</v>
+        <v>256</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>106</v>
+        <v>181</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>2.2280999999999999E-2</v>
+        <v>2.3029999999999999E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>273</v>
+        <v>304</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D56" s="4">
-        <v>33915</v>
+        <v>4235682</v>
       </c>
       <c r="E56" s="5">
-        <v>62.902670000000001</v>
+        <v>34.046663000000002</v>
       </c>
       <c r="F56" s="4">
-        <v>2133344.0530500002</v>
+        <v>144210835.51132399</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="J56" s="5">
-        <v>53.74</v>
+        <v>25.29</v>
       </c>
       <c r="K56" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="M56" s="4">
-        <v>1822592.1</v>
+        <v>107120397.779999</v>
       </c>
       <c r="N56" s="4">
-        <v>2133344.0530500002</v>
+        <v>144210835.51132399</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="Q56" s="3" t="s">
         <v>104</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>275</v>
+        <v>306</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>293</v>
+        <v>111</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>3.4499999999999998E-4</v>
+        <v>2.1836000000000001E-2</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>305</v>
+        <v>278</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D57" s="4">
-        <v>1740519</v>
+        <v>33915</v>
       </c>
       <c r="E57" s="5">
-        <v>31.135300000000001</v>
+        <v>59.408000000000001</v>
       </c>
       <c r="F57" s="4">
-        <v>54191581.220700003</v>
+        <v>2014822.32</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H57" s="3" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J57" s="5">
-        <v>26.6</v>
+        <v>50.56</v>
       </c>
       <c r="K57" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L57" s="3" t="s">
-        <v>146</v>
+        <v>61</v>
       </c>
       <c r="M57" s="4">
-        <v>46297805.399999999</v>
+        <v>1714742.4</v>
       </c>
       <c r="N57" s="4">
-        <v>54191581.220700003</v>
+        <v>2014822.32</v>
       </c>
       <c r="O57" s="3" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>307</v>
+        <v>280</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>149</v>
+        <v>298</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>8.7679999999999998E-3</v>
+        <v>3.0499999999999999E-4</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D58" s="4">
-        <v>23929422</v>
+        <v>1837321</v>
       </c>
       <c r="E58" s="5">
-        <v>4.9029600000000002</v>
+        <v>33.499250000000004</v>
       </c>
       <c r="F58" s="4">
-        <v>117325009.657359</v>
+        <v>61548875.50925</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>54</v>
+        <v>150</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J58" s="5">
-        <v>3.629</v>
+        <v>28.51</v>
       </c>
       <c r="K58" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="M58" s="4">
-        <v>86839872.437999994</v>
+        <v>52382021.710000001</v>
       </c>
       <c r="N58" s="4">
-        <v>117325009.657359</v>
+        <v>61548875.50925</v>
       </c>
       <c r="O58" s="3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>106</v>
+        <v>154</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>1.8984000000000001E-2</v>
+        <v>9.3189999999999992E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B59" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D59" s="4">
+        <v>24983374</v>
+      </c>
+      <c r="E59" s="5">
+        <v>4.4749350000000003</v>
+      </c>
+      <c r="F59" s="4">
+        <v>111798974.730689</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J59" s="5">
+        <v>3.3239999999999998</v>
+      </c>
+      <c r="K59" s="5">
+        <v>0.74280408542246978</v>
+      </c>
+      <c r="L59" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M59" s="4">
+        <v>83044735.175999001</v>
+      </c>
+      <c r="N59" s="4">
+        <v>111798974.730689</v>
+      </c>
+      <c r="O59" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="C59" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I59" s="3" t="s">
+      <c r="P59" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="J59" s="5">
-[...5 lines deleted...]
-      <c r="L59" s="3" t="s">
+      <c r="Q59" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R59" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="M59" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="S59" s="3" t="s">
-        <v>319</v>
+        <v>111</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>6.6509999999999998E-3</v>
+        <v>1.6927999999999999E-2</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>322</v>
+        <v>86</v>
       </c>
       <c r="D60" s="4">
-        <v>523000</v>
+        <v>754325</v>
       </c>
       <c r="E60" s="5">
-        <v>99.968732000000003</v>
+        <v>54.251669999999997</v>
       </c>
       <c r="F60" s="4">
-        <v>524709.98632203997</v>
+        <v>40923389.8832011</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>323</v>
+        <v>87</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="J60" s="5">
-        <v>99.968732000000003</v>
+        <v>344.65</v>
       </c>
       <c r="K60" s="5">
-        <v>1</v>
+        <v>6.3527998154638716</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="M60" s="4">
-        <v>524709.98632200004</v>
+        <v>259978103.69815499</v>
       </c>
       <c r="N60" s="4">
-        <v>524709.98632203997</v>
+        <v>40923389.8832011</v>
       </c>
       <c r="O60" s="3" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="P60" s="3" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="R60" s="3" t="s">
         <v>320</v>
       </c>
       <c r="S60" s="3" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="T60" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>4.184786828</v>
+        <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>327</v>
+        <v>34</v>
       </c>
       <c r="X60" s="4">
-        <v>1873.5179620399999</v>
+        <v>0</v>
       </c>
       <c r="Y60" s="4">
-        <v>1873.5179619999999</v>
+        <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>8.3999999999999995E-5</v>
+        <v>6.1960000000000001E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D61" s="4">
-        <v>34500000</v>
+        <v>197000000</v>
       </c>
       <c r="E61" s="5">
-        <v>99.987825999999998</v>
+        <v>99.920984000000004</v>
       </c>
       <c r="F61" s="4">
-        <v>34621170.174952701</v>
+        <v>198286958.896568</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J61" s="5">
-        <v>99.987825999999998</v>
+        <v>99.920984000000004</v>
       </c>
       <c r="K61" s="5">
         <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M61" s="4">
-        <v>34621170.174952</v>
+        <v>198286958.896568</v>
       </c>
       <c r="N61" s="4">
-        <v>34621170.174952701</v>
+        <v>198286958.896568</v>
       </c>
       <c r="O61" s="3" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="P61" s="3" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="Q61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R61" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="S61" s="3" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="T61" s="4">
         <v>0.01</v>
       </c>
       <c r="U61" s="2">
-        <v>46507</v>
+        <v>46599</v>
       </c>
       <c r="V61" s="4">
-        <v>4.2467868280000003</v>
+        <v>4.046836206</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="X61" s="4">
-        <v>125370.20495277</v>
+        <v>1442620.4165686299</v>
       </c>
       <c r="Y61" s="4">
-        <v>125370.204952</v>
+        <v>1442620.4165680001</v>
       </c>
       <c r="Z61" s="6">
-        <v>5.6020000000000002E-3</v>
+        <v>3.0023999999999999E-2</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="C62" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="B62" s="3" t="s">
+      <c r="D62" s="4">
+        <v>-3320990.58</v>
+      </c>
+      <c r="E62" s="5">
+        <v>1</v>
+      </c>
+      <c r="F62" s="4">
+        <v>-3320990.58</v>
+      </c>
+      <c r="G62" s="3" t="s">
         <v>333</v>
-      </c>
-[...13 lines deleted...]
-        <v>323</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J62" s="5">
-        <v>99.975116999999997</v>
+        <v>1</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M62" s="4">
-        <v>52175981.293840997</v>
+        <v>-3320990.58</v>
       </c>
       <c r="N62" s="4">
-        <v>52175981.293841802</v>
+        <v>-3320990.58</v>
       </c>
       <c r="O62" s="3" t="s">
-        <v>334</v>
+        <v>34</v>
       </c>
       <c r="P62" s="3" t="s">
-        <v>325</v>
+        <v>34</v>
       </c>
       <c r="Q62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R62" s="3" t="s">
-        <v>332</v>
+        <v>34</v>
       </c>
       <c r="S62" s="3" t="s">
-        <v>326</v>
+        <v>35</v>
       </c>
       <c r="T62" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>4.245786828</v>
+        <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>335</v>
+        <v>34</v>
       </c>
       <c r="X62" s="4">
-        <v>188920.45384184</v>
+        <v>0</v>
       </c>
       <c r="Y62" s="4">
-        <v>188920.45384100001</v>
+        <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>8.4419999999999999E-3</v>
-[...73 lines deleted...]
-        <v>-4.6500000000000003E-4</v>
+        <v>-5.0199999999999995E-4</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>340</v>
-[...68 lines deleted...]
-        <v>1.493E-3</v>
+        <v>334</v>
+      </c>
+    </row>
+    <row r="65" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A65" s="3" t="s">
+        <v>335</v>
       </c>
     </row>
     <row r="66" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>344</v>
+        <v>336</v>
       </c>
     </row>
     <row r="67" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>345</v>
+        <v>337</v>
       </c>
     </row>
     <row r="68" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>346</v>
+        <v>338</v>
       </c>
     </row>
     <row r="69" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>347</v>
-[...9 lines deleted...]
-        <v>349</v>
+        <v>339</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
-</file>
-[...4 lines deleted...]
-</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>August</vt:lpstr>
+      <vt:lpstr>September</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>GMO, LLC</Company>
+  <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Odayne Smith</dc:creator>
+  <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>