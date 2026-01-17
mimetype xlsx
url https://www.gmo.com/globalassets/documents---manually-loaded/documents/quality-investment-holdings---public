--- v1 (2025-11-16)
+++ v2 (2026-01-17)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{90596D7E-61AE-49FE-A8AE-8AF04D7036C3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3C70D55C-342D-4F17-A25D-4A26BAD05225}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{51B0C234-3DED-4FD0-BCA9-18EFB0D804D2}"/>
+    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{8A1189CF-7B97-4E79-B330-2A1BA8E365BA}"/>
   </bookViews>
   <sheets>
-    <sheet name="September" sheetId="1" r:id="rId1"/>
+    <sheet name="November" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="800" uniqueCount="340">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="813" uniqueCount="344">
   <si>
     <t>GMO Quality Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -145,942 +145,954 @@
   <si>
     <t>USD TAX RECLAIMS</t>
   </si>
   <si>
     <t>Cash and Cash Equivalents</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
+    <t>CASH_USD_BRWSC7C02</t>
+  </si>
+  <si>
+    <t>CASH COLL USD CITD</t>
+  </si>
+  <si>
+    <t>Collateral Cash</t>
+  </si>
+  <si>
+    <t>XOTC</t>
+  </si>
+  <si>
     <t>AUDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (AUD)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AUD</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>CHFTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CHF)</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>DKKTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (DKK)</t>
+    <t>EURTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (EUR)</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>EU</t>
+  </si>
+  <si>
+    <t>GBPTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (GBP)</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>HKDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (HKD)</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>NOKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (NOK)</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>SGDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (SGD)</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>SGD</t>
+  </si>
+  <si>
+    <t>SG</t>
+  </si>
+  <si>
+    <t>TWDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (TWD)</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>TWD</t>
+  </si>
+  <si>
+    <t>TW</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>002824100</t>
+  </si>
+  <si>
+    <t>Abbott Laboratories</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2002305</t>
+  </si>
+  <si>
+    <t>ABT</t>
+  </si>
+  <si>
+    <t>Health Care</t>
+  </si>
+  <si>
+    <t>US0028241000</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>02079K305</t>
+  </si>
+  <si>
+    <t>Alphabet Inc-Cl A</t>
+  </si>
+  <si>
+    <t>BYVY8G0</t>
+  </si>
+  <si>
+    <t>GOOGL</t>
+  </si>
+  <si>
+    <t>Communication Services</t>
+  </si>
+  <si>
+    <t>US02079K3059</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>023135106</t>
+  </si>
+  <si>
+    <t>Amazon.com Inc</t>
+  </si>
+  <si>
+    <t>2000019</t>
+  </si>
+  <si>
+    <t>AMZN</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>US0231351067</t>
+  </si>
+  <si>
+    <t>0237400</t>
+  </si>
+  <si>
+    <t>Diageo Plc</t>
+  </si>
+  <si>
+    <t>DGE</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>GB0002374006</t>
+  </si>
+  <si>
+    <t>XLON</t>
+  </si>
+  <si>
+    <t>036752103</t>
+  </si>
+  <si>
+    <t>Elevance Health Inc</t>
+  </si>
+  <si>
+    <t>BSPHGL4</t>
+  </si>
+  <si>
+    <t>ELV</t>
+  </si>
+  <si>
+    <t>US0367521038</t>
+  </si>
+  <si>
+    <t>037833100</t>
+  </si>
+  <si>
+    <t>Apple Inc</t>
+  </si>
+  <si>
+    <t>2046251</t>
+  </si>
+  <si>
+    <t>AAPL</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>US0378331005</t>
+  </si>
+  <si>
+    <t>11135F101</t>
+  </si>
+  <si>
+    <t>Broadcom Inc</t>
+  </si>
+  <si>
+    <t>BDZ78H9</t>
+  </si>
+  <si>
+    <t>AVGO</t>
+  </si>
+  <si>
+    <t>US11135F1012</t>
+  </si>
+  <si>
+    <t>125523100</t>
+  </si>
+  <si>
+    <t>The Cigna Group</t>
+  </si>
+  <si>
+    <t>BHJ0775</t>
+  </si>
+  <si>
+    <t>CI</t>
+  </si>
+  <si>
+    <t>US1255231003</t>
+  </si>
+  <si>
+    <t>191216100</t>
+  </si>
+  <si>
+    <t>Coca-Cola Co/The</t>
+  </si>
+  <si>
+    <t>2206657</t>
+  </si>
+  <si>
+    <t>KO</t>
+  </si>
+  <si>
+    <t>US1912161007</t>
+  </si>
+  <si>
+    <t>21036P108</t>
+  </si>
+  <si>
+    <t>Constellation Brands Inc-A</t>
+  </si>
+  <si>
+    <t>2170473</t>
+  </si>
+  <si>
+    <t>STZ</t>
+  </si>
+  <si>
+    <t>US21036P1084</t>
+  </si>
+  <si>
+    <t>30303M102</t>
+  </si>
+  <si>
+    <t>Meta Platforms Inc-Class A</t>
+  </si>
+  <si>
+    <t>B7TL820</t>
+  </si>
+  <si>
+    <t>META</t>
+  </si>
+  <si>
+    <t>US30303M1027</t>
+  </si>
+  <si>
+    <t>4061412</t>
+  </si>
+  <si>
+    <t>Lvmh Moet Hennessy Louis Vui</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>FR0000121014</t>
+  </si>
+  <si>
+    <t>XPAR</t>
+  </si>
+  <si>
+    <t>43300A203</t>
+  </si>
+  <si>
+    <t>Hilton Worldwide Holdings In</t>
+  </si>
+  <si>
+    <t>BYVMW06</t>
+  </si>
+  <si>
+    <t>HLT</t>
+  </si>
+  <si>
+    <t>US43300A2033</t>
+  </si>
+  <si>
+    <t>46120E602</t>
+  </si>
+  <si>
+    <t>Intuitive Surgical Inc</t>
+  </si>
+  <si>
+    <t>2871301</t>
+  </si>
+  <si>
+    <t>ISRG</t>
+  </si>
+  <si>
+    <t>US46120E6023</t>
+  </si>
+  <si>
+    <t>478160104</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t>2475833</t>
+  </si>
+  <si>
+    <t>JNJ</t>
+  </si>
+  <si>
+    <t>US4781601046</t>
+  </si>
+  <si>
+    <t>482480100</t>
+  </si>
+  <si>
+    <t>Kla Corp</t>
+  </si>
+  <si>
+    <t>2480138</t>
+  </si>
+  <si>
+    <t>KLAC</t>
+  </si>
+  <si>
+    <t>US4824801009</t>
+  </si>
+  <si>
+    <t>4846288</t>
+  </si>
+  <si>
+    <t>Sap Se</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>SAP</t>
+  </si>
+  <si>
+    <t>DE0007164600</t>
+  </si>
+  <si>
+    <t>XETR</t>
+  </si>
+  <si>
+    <t>512807306</t>
+  </si>
+  <si>
+    <t>Lam Research Corp</t>
+  </si>
+  <si>
+    <t>BSML4N7</t>
+  </si>
+  <si>
+    <t>LRCX</t>
+  </si>
+  <si>
+    <t>US5128073062</t>
+  </si>
+  <si>
+    <t>532457108</t>
+  </si>
+  <si>
+    <t>Eli Lilly &amp; Co</t>
+  </si>
+  <si>
+    <t>2516152</t>
+  </si>
+  <si>
+    <t>LLY</t>
+  </si>
+  <si>
+    <t>US5324571083</t>
+  </si>
+  <si>
+    <t>58933Y105</t>
+  </si>
+  <si>
+    <t>Merck &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t>2778844</t>
+  </si>
+  <si>
+    <t>MRK</t>
+  </si>
+  <si>
+    <t>US58933Y1055</t>
+  </si>
+  <si>
+    <t>594918104</t>
+  </si>
+  <si>
+    <t>Microsoft Corp</t>
+  </si>
+  <si>
+    <t>2588173</t>
+  </si>
+  <si>
+    <t>MSFT</t>
+  </si>
+  <si>
+    <t>US5949181045</t>
+  </si>
+  <si>
+    <t>6889106</t>
+  </si>
+  <si>
+    <t>Taiwan Semiconductor Manufac</t>
+  </si>
+  <si>
+    <t>2330</t>
+  </si>
+  <si>
+    <t>TW0002330008</t>
+  </si>
+  <si>
+    <t>XTAI</t>
+  </si>
+  <si>
+    <t>7123870</t>
+  </si>
+  <si>
+    <t>Nestle Sa-Reg</t>
+  </si>
+  <si>
+    <t>NESN</t>
+  </si>
+  <si>
+    <t>CH0038863350</t>
+  </si>
+  <si>
+    <t>XSWX</t>
+  </si>
+  <si>
+    <t>74834L100</t>
+  </si>
+  <si>
+    <t>Quest Diagnostics Inc</t>
+  </si>
+  <si>
+    <t>2702791</t>
+  </si>
+  <si>
+    <t>DGX</t>
+  </si>
+  <si>
+    <t>US74834L1008</t>
+  </si>
+  <si>
+    <t>79466L302</t>
+  </si>
+  <si>
+    <t>Salesforce Inc</t>
+  </si>
+  <si>
+    <t>2310525</t>
+  </si>
+  <si>
+    <t>CRM</t>
+  </si>
+  <si>
+    <t>US79466L3024</t>
+  </si>
+  <si>
+    <t>872540109</t>
+  </si>
+  <si>
+    <t>Tjx Companies Inc</t>
+  </si>
+  <si>
+    <t>2989301</t>
+  </si>
+  <si>
+    <t>TJX</t>
+  </si>
+  <si>
+    <t>US8725401090</t>
+  </si>
+  <si>
+    <t>882508104</t>
+  </si>
+  <si>
+    <t>Texas Instruments Inc</t>
+  </si>
+  <si>
+    <t>2885409</t>
+  </si>
+  <si>
+    <t>TXN</t>
+  </si>
+  <si>
+    <t>US8825081040</t>
+  </si>
+  <si>
+    <t>883556102</t>
+  </si>
+  <si>
+    <t>Thermo Fisher Scientific Inc</t>
+  </si>
+  <si>
+    <t>2886907</t>
+  </si>
+  <si>
+    <t>TMO</t>
+  </si>
+  <si>
+    <t>US8835561023</t>
+  </si>
+  <si>
+    <t>892672106</t>
+  </si>
+  <si>
+    <t>Tradeweb Markets Inc-Class A</t>
+  </si>
+  <si>
+    <t>BJXMVK2</t>
+  </si>
+  <si>
+    <t>Financials</t>
+  </si>
+  <si>
+    <t>US8926721064</t>
+  </si>
+  <si>
+    <t>902973304</t>
+  </si>
+  <si>
+    <t>Us Bancorp</t>
+  </si>
+  <si>
+    <t>2736035</t>
+  </si>
+  <si>
+    <t>USB</t>
+  </si>
+  <si>
+    <t>US9029733048</t>
+  </si>
+  <si>
+    <t>90353T100</t>
+  </si>
+  <si>
+    <t>Uber Technologies Inc</t>
+  </si>
+  <si>
+    <t>BK6N347</t>
+  </si>
+  <si>
+    <t>UBER</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>US90353T1007</t>
+  </si>
+  <si>
+    <t>91324P102</t>
+  </si>
+  <si>
+    <t>Unitedhealth Group Inc</t>
+  </si>
+  <si>
+    <t>2917766</t>
+  </si>
+  <si>
+    <t>UNH</t>
+  </si>
+  <si>
+    <t>US91324P1021</t>
+  </si>
+  <si>
+    <t>92826C839</t>
+  </si>
+  <si>
+    <t>Visa Inc-Class A Shares</t>
+  </si>
+  <si>
+    <t>B2PZN04</t>
+  </si>
+  <si>
+    <t>V</t>
+  </si>
+  <si>
+    <t>US92826C8394</t>
+  </si>
+  <si>
+    <t>949746101</t>
+  </si>
+  <si>
+    <t>Wells Fargo &amp; Co</t>
+  </si>
+  <si>
+    <t>2649100</t>
+  </si>
+  <si>
+    <t>WFC</t>
+  </si>
+  <si>
+    <t>US9497461015</t>
+  </si>
+  <si>
+    <t>B058TZ6</t>
+  </si>
+  <si>
+    <t>Safran Sa</t>
+  </si>
+  <si>
+    <t>SAF</t>
+  </si>
+  <si>
+    <t>FR0000073272</t>
+  </si>
+  <si>
+    <t>B10RZP7</t>
+  </si>
+  <si>
+    <t>Unilever Plc</t>
+  </si>
+  <si>
+    <t>ULVR</t>
+  </si>
+  <si>
+    <t>GB00B10RZP78</t>
+  </si>
+  <si>
+    <t>B3MSM28</t>
+  </si>
+  <si>
+    <t>Amadeus It Group Sa</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>AMS</t>
+  </si>
+  <si>
+    <t>ES0109067019</t>
+  </si>
+  <si>
+    <t>XMAD</t>
+  </si>
+  <si>
+    <t>B4BNMY3</t>
+  </si>
+  <si>
+    <t>Accenture Plc-Cl A</t>
+  </si>
+  <si>
+    <t>ACN</t>
+  </si>
+  <si>
+    <t>IE00B4BNMY34</t>
+  </si>
+  <si>
+    <t>B929F46</t>
+  </si>
+  <si>
+    <t>Asml Holding Nv</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>ASML</t>
+  </si>
+  <si>
+    <t>NL0010273215</t>
+  </si>
+  <si>
+    <t>XAMS</t>
+  </si>
+  <si>
+    <t>BD2P9X9</t>
+  </si>
+  <si>
+    <t>Knorr-Bremse Ag</t>
+  </si>
+  <si>
+    <t>KBX</t>
+  </si>
+  <si>
+    <t>DE000KBX1006</t>
+  </si>
+  <si>
+    <t>BD6K457</t>
+  </si>
+  <si>
+    <t>Compass Group Plc</t>
+  </si>
+  <si>
+    <t>CPG</t>
+  </si>
+  <si>
+    <t>GB00BD6K4575</t>
+  </si>
+  <si>
+    <t>BLRB262</t>
+  </si>
+  <si>
+    <t>UNA</t>
+  </si>
+  <si>
+    <t>BM8H5Y5</t>
+  </si>
+  <si>
+    <t>Dassault Systemes Se</t>
+  </si>
+  <si>
+    <t>DSY</t>
+  </si>
+  <si>
+    <t>FR0014003TT8</t>
+  </si>
+  <si>
+    <t>BMX86B7</t>
+  </si>
+  <si>
+    <t>Haleon Plc</t>
+  </si>
+  <si>
+    <t>HLN</t>
+  </si>
+  <si>
+    <t>GB00BMX86B70</t>
+  </si>
+  <si>
+    <t>BP6KMJ1</t>
+  </si>
+  <si>
+    <t>Novo Nordisk A/S-B</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>DKK</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
-    <t>EURTCash</t>
-[...799 lines deleted...]
-  <si>
     <t>NOVOB</t>
   </si>
   <si>
     <t>DK0062498333</t>
   </si>
   <si>
     <t>XCSE</t>
   </si>
   <si>
     <t>US91282CNQ05</t>
   </si>
   <si>
     <t>TF FLOAT 07/31/27</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Government</t>
   </si>
   <si>
     <t>BTY0CX5</t>
   </si>
   <si>
     <t>TF</t>
   </si>
   <si>
-    <t>XOTC</t>
-[...1 lines deleted...]
-  <si>
     <t>91282CNQ0</t>
   </si>
   <si>
+    <t>US91282CPG05</t>
+  </si>
+  <si>
+    <t>TF FLOAT 10/31/27</t>
+  </si>
+  <si>
+    <t>BV3PBK5</t>
+  </si>
+  <si>
+    <t>91282CPG0</t>
+  </si>
+  <si>
     <t>USDAccExp</t>
   </si>
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
+  </si>
+  <si>
+    <t>IE00BYXBJ775</t>
+  </si>
+  <si>
+    <t>State Street Us Treasury Liquidity</t>
+  </si>
+  <si>
+    <t>Pooled Investment</t>
+  </si>
+  <si>
+    <t>Fund</t>
   </si>
   <si>
     <t>Base Currency - USD</t>
   </si>
   <si>
     <t>Based on GMO data. Not book of record.</t>
   </si>
   <si>
     <t>*Value includes derivative notional exposure for swaps and futures.</t>
   </si>
   <si>
     <t>**Weights are calculated as a percentage of the total Base Market Value with Notional. Base Market Value with Notional represents the total value of the security, in addition to any notional exposure gained through derivatives contracts. Security weights shown in this file may differ from weights shown in other materials to the extent the other weights exclude cash or do not account for notional exposures.</t>
   </si>
   <si>
     <t>***May include Cash &amp; Cash Equivalents, Fixed Income Instruments, Pooled Investments, Accrued Expenses, or Derivative Contracts</t>
   </si>
   <si>
     <t>Further information related to holdings is available on GMO.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
@@ -1450,92 +1462,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{509ACCBF-D715-4CEC-83BD-580DDABCC5F2}">
-  <dimension ref="A1:Z69"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B2544D3D-9C4E-43D6-A573-0E1242EF290C}">
+  <dimension ref="A1:Z70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22" style="3" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="23.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="11.42578125" style="4" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="6.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45930</v>
+        <v>45989</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1585,4457 +1597,4537 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>357034.76</v>
+        <v>352563.79</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>357034.76</v>
+        <v>352563.79</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>357034.76</v>
+        <v>352563.79</v>
       </c>
       <c r="N4" s="4">
-        <v>357034.76</v>
+        <v>352563.79</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>5.3999999999999998E-5</v>
+        <v>4.8999999999999998E-5</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>287.62</v>
+        <v>523000</v>
       </c>
       <c r="E5" s="5">
-        <v>0.66274999999999995</v>
+        <v>1.0030140000000001</v>
       </c>
       <c r="F5" s="4">
-        <v>190.62015500000001</v>
+        <v>524576.40916672</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I5" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J5" s="5">
+        <v>1</v>
+      </c>
+      <c r="K5" s="5">
+        <v>1</v>
+      </c>
+      <c r="L5" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M5" s="4">
+        <v>524576.40916599997</v>
+      </c>
+      <c r="N5" s="4">
+        <v>524576.40916672</v>
+      </c>
+      <c r="O5" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P5" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q5" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R5" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S5" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="I5" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
-        <v>0</v>
+        <v>1576.40916672</v>
       </c>
       <c r="Y5" s="4">
-        <v>0</v>
+        <v>1576.4091659999999</v>
       </c>
       <c r="Z5" s="6">
-        <v>0</v>
+        <v>7.2999999999999999E-5</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>-1776689.02</v>
+        <v>-13297.5</v>
       </c>
       <c r="E6" s="5">
-        <v>1.256834</v>
+        <v>0.65580000000000005</v>
       </c>
       <c r="F6" s="4">
-        <v>-2233003.2300634701</v>
+        <v>-8720.5005000000001</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="H6" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I6" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="I6" s="3" t="s">
+      <c r="J6" s="5">
+        <v>1</v>
+      </c>
+      <c r="K6" s="5">
+        <v>1.5248551387618177</v>
+      </c>
+      <c r="L6" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="J6" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="M6" s="4">
-        <v>-1776689.013024</v>
+        <v>-13297.5</v>
       </c>
       <c r="N6" s="4">
-        <v>-2233003.2300634701</v>
+        <v>-8720.5005000000001</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>-3.3799999999999998E-4</v>
+        <v>-9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>-4991390.97</v>
+        <v>57524.92</v>
       </c>
       <c r="E7" s="5">
-        <v>0.157411</v>
+        <v>1.2454080000000001</v>
       </c>
       <c r="F7" s="4">
-        <v>-785699.37193049002</v>
+        <v>71641.970234759996</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="H7" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="I7" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="I7" s="3" t="s">
+      <c r="J7" s="5">
+        <v>1</v>
+      </c>
+      <c r="K7" s="5">
+        <v>0.80294999975750914</v>
+      </c>
+      <c r="L7" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="J7" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="M7" s="4">
-        <v>-4991390.8250099998</v>
+        <v>57524.919981999999</v>
       </c>
       <c r="N7" s="4">
-        <v>-785699.37193049002</v>
+        <v>71641.970234759996</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>-1.18E-4</v>
+        <v>1.0000000000000001E-5</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>-12959626.140000001</v>
+        <v>-2049541.75</v>
       </c>
       <c r="E8" s="5">
-        <v>1.175</v>
+        <v>1.16055</v>
       </c>
       <c r="F8" s="4">
-        <v>-15227560.714500001</v>
+        <v>-2378595.6779625001</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="H8" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="I8" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="I8" s="3" t="s">
+      <c r="J8" s="5">
+        <v>1</v>
+      </c>
+      <c r="K8" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L8" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="J8" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="M8" s="4">
-        <v>-12959626.140000001</v>
+        <v>-2049541.75</v>
       </c>
       <c r="N8" s="4">
-        <v>-15227560.714500001</v>
+        <v>-2378595.6779625001</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>-2.3050000000000002E-3</v>
+        <v>-3.3500000000000001E-4</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>-7777450.1399999997</v>
+        <v>-37863999.640000001</v>
       </c>
       <c r="E9" s="5">
-        <v>1.3462499999999999</v>
+        <v>1.325</v>
       </c>
       <c r="F9" s="4">
-        <v>-10470392.250975</v>
+        <v>-50169799.522999898</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="H9" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I9" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="I9" s="3" t="s">
+      <c r="J9" s="5">
+        <v>1</v>
+      </c>
+      <c r="K9" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L9" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="J9" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="M9" s="4">
-        <v>-7777450.1399999997</v>
+        <v>-37863999.639999002</v>
       </c>
       <c r="N9" s="4">
-        <v>-10470392.250975</v>
+        <v>-50169799.522999898</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>-1.585E-3</v>
+        <v>-7.0689999999999998E-3</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
         <v>14264.42</v>
       </c>
       <c r="E10" s="5">
-        <v>0.128528</v>
+        <v>0.128442</v>
       </c>
       <c r="F10" s="4">
-        <v>1833.37874659</v>
+        <v>1832.1542334599999</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="H10" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I10" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="I10" s="3" t="s">
+      <c r="J10" s="5">
+        <v>1</v>
+      </c>
+      <c r="K10" s="5">
+        <v>7.7856001432550421</v>
+      </c>
+      <c r="L10" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="J10" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="M10" s="4">
-        <v>14264.419582</v>
+        <v>14264.420262</v>
       </c>
       <c r="N10" s="4">
-        <v>1833.37874659</v>
+        <v>1832.1542334599999</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>-421262.3</v>
+        <v>70000</v>
       </c>
       <c r="E11" s="5">
-        <v>0.10022200000000001</v>
+        <v>9.8888000000000004E-2</v>
       </c>
       <c r="F11" s="4">
-        <v>-42219.95830744</v>
+        <v>6922.1945334399998</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="H11" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I11" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="I11" s="3" t="s">
+      <c r="J11" s="5">
+        <v>1</v>
+      </c>
+      <c r="K11" s="5">
+        <v>10.11240034103059</v>
+      </c>
+      <c r="L11" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="J11" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="M11" s="4">
-        <v>-421262.31654600002</v>
+        <v>70000.002359999999</v>
       </c>
       <c r="N11" s="4">
-        <v>-42219.95830744</v>
+        <v>6922.1945334399998</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>-6.0000000000000002E-6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>12443</v>
+        <v>164614.97</v>
       </c>
       <c r="E12" s="5">
-        <v>0.775675</v>
+        <v>0.77211099999999999</v>
       </c>
       <c r="F12" s="4">
-        <v>9651.7219981399994</v>
+        <v>127101.08481643</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="H12" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I12" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="I12" s="3" t="s">
+      <c r="J12" s="5">
+        <v>1</v>
+      </c>
+      <c r="K12" s="5">
+        <v>1.2951499974084049</v>
+      </c>
+      <c r="L12" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="J12" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="M12" s="4">
-        <v>12442.999953</v>
+        <v>164614.96966999999</v>
       </c>
       <c r="N12" s="4">
-        <v>9651.7219981399994</v>
+        <v>127101.08481643</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>9.9999999999999995E-7</v>
+        <v>1.7E-5</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>-276283167.19999999</v>
+        <v>805</v>
       </c>
       <c r="E13" s="5">
-        <v>3.2811E-2</v>
+        <v>3.1862000000000001E-2</v>
       </c>
       <c r="F13" s="4">
-        <v>-9065003.1891856398</v>
+        <v>25.649195479999999</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="H13" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="I13" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="I13" s="3" t="s">
+      <c r="J13" s="5">
+        <v>1</v>
+      </c>
+      <c r="K13" s="5">
+        <v>31.385004558671913</v>
+      </c>
+      <c r="L13" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="J13" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="M13" s="4">
-        <v>-276283182.97576898</v>
+        <v>805.00011700000005</v>
       </c>
       <c r="N13" s="4">
-        <v>-9065003.1891856398</v>
+        <v>25.649195479999999</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>-1.372E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="4">
-        <v>-19631479.539999999</v>
+        <v>9517308.25</v>
       </c>
       <c r="E14" s="5">
         <v>1</v>
       </c>
       <c r="F14" s="4">
-        <v>-19631479.539999999</v>
+        <v>9517308.25</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
         <v>1</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>-19631479.539999999</v>
+        <v>9517308.25</v>
       </c>
       <c r="N14" s="4">
-        <v>-19631479.539999999</v>
+        <v>9517308.25</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>-2.9719999999999998E-3</v>
+        <v>1.341E-3</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="C15" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="C15" s="3" t="s">
+      <c r="D15" s="4">
+        <v>1548390</v>
+      </c>
+      <c r="E15" s="5">
+        <v>128.9</v>
+      </c>
+      <c r="F15" s="4">
+        <v>199587471</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>133.94</v>
+        <v>128.9</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>203856010.299999</v>
+        <v>199587471</v>
       </c>
       <c r="N15" s="4">
-        <v>203856010.299999</v>
+        <v>199587471</v>
       </c>
       <c r="O15" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="P15" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="P15" s="3" t="s">
+      <c r="Q15" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="Q15" s="3" t="s">
+      <c r="R15" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="R15" s="3" t="s">
+      <c r="S15" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="S15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>3.0866999999999999E-2</v>
+        <v>2.8126000000000002E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D16" s="4">
+        <v>1266880</v>
+      </c>
+      <c r="E16" s="5">
+        <v>320.18</v>
+      </c>
+      <c r="F16" s="4">
+        <v>405629638.39999998</v>
+      </c>
+      <c r="G16" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>243.1</v>
+        <v>320.18</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>312979095</v>
+        <v>405629638.39999998</v>
       </c>
       <c r="N16" s="4">
-        <v>312979095</v>
+        <v>405629638.39999998</v>
       </c>
       <c r="O16" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="P16" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="P16" s="3" t="s">
+      <c r="Q16" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="Q16" s="3" t="s">
+      <c r="R16" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="R16" s="3" t="s">
+      <c r="S16" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="S16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>4.7391000000000003E-2</v>
+        <v>5.7160999999999997E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D17" s="4">
+        <v>942973</v>
+      </c>
+      <c r="E17" s="5">
+        <v>233.22</v>
+      </c>
+      <c r="F17" s="4">
+        <v>219920163.06</v>
+      </c>
+      <c r="G17" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>219.57</v>
+        <v>233.22</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>140397668.97</v>
+        <v>219920163.06</v>
       </c>
       <c r="N17" s="4">
-        <v>140397668.97</v>
+        <v>219920163.06</v>
       </c>
       <c r="O17" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="P17" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="P17" s="3" t="s">
+      <c r="Q17" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="Q17" s="3" t="s">
+      <c r="R17" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="R17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S17" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="T17" s="4">
+        <v>1</v>
+      </c>
+      <c r="W17" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="T17" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.1257999999999999E-2</v>
+        <v>3.0991000000000001E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="C18" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D18" s="4">
+        <v>3288561</v>
+      </c>
+      <c r="E18" s="5">
+        <v>22.995374999999999</v>
+      </c>
+      <c r="F18" s="4">
+        <v>75621693.4053749</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J18" s="5">
+        <v>17.355</v>
+      </c>
+      <c r="K18" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L18" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M18" s="4">
+        <v>57072976.154999003</v>
+      </c>
+      <c r="N18" s="4">
+        <v>75621693.4053749</v>
+      </c>
+      <c r="O18" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="P18" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="C18" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P18" s="3" t="s">
+      <c r="Q18" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="Q18" s="3" t="s">
+      <c r="R18" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="R18" s="3" t="s">
+      <c r="S18" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="S18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.17E-2</v>
+        <v>1.0656000000000001E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D19" s="4">
+        <v>444489</v>
+      </c>
+      <c r="E19" s="5">
+        <v>338.26</v>
+      </c>
+      <c r="F19" s="4">
+        <v>150352849.13999999</v>
+      </c>
+      <c r="G19" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>323.12</v>
+        <v>338.26</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>148562498</v>
+        <v>150352849.13999999</v>
       </c>
       <c r="N19" s="4">
-        <v>148562498</v>
+        <v>150352849.13999999</v>
       </c>
       <c r="O19" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="P19" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="P19" s="3" t="s">
+      <c r="Q19" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R19" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="Q19" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S19" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>2.2495000000000001E-2</v>
+        <v>2.1187000000000001E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" s="4">
+        <v>1199006</v>
+      </c>
+      <c r="E20" s="5">
+        <v>278.85000000000002</v>
+      </c>
+      <c r="F20" s="4">
+        <v>334342823.10000002</v>
+      </c>
+      <c r="G20" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>254.63</v>
+        <v>278.85000000000002</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>284057334.46999902</v>
+        <v>334342823.10000002</v>
       </c>
       <c r="N20" s="4">
-        <v>284057334.46999902</v>
+        <v>334342823.10000002</v>
       </c>
       <c r="O20" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="P20" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="P20" s="3" t="s">
+      <c r="Q20" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="Q20" s="3" t="s">
+      <c r="R20" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="R20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S20" s="3" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>4.3011000000000001E-2</v>
+        <v>4.7115999999999998E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D21" s="4">
+        <v>542131</v>
+      </c>
+      <c r="E21" s="5">
+        <v>402.96</v>
+      </c>
+      <c r="F21" s="4">
+        <v>218457107.75999999</v>
+      </c>
+      <c r="G21" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>329.91</v>
+        <v>402.96</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>163544634.75</v>
+        <v>218457107.75999999</v>
       </c>
       <c r="N21" s="4">
-        <v>163544634.75</v>
+        <v>218457107.75999999</v>
       </c>
       <c r="O21" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="P21" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="P21" s="3" t="s">
+      <c r="Q21" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R21" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="Q21" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S21" s="3" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>2.4763E-2</v>
+        <v>3.0785E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D22" s="4">
+        <v>329235</v>
+      </c>
+      <c r="E22" s="5">
+        <v>277.27999999999997</v>
+      </c>
+      <c r="F22" s="4">
+        <v>91290280.799999997</v>
+      </c>
+      <c r="G22" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>288.25</v>
+        <v>277.27999999999997</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>81711092.25</v>
+        <v>91290280.799999997</v>
       </c>
       <c r="N22" s="4">
-        <v>81711092.25</v>
+        <v>91290280.799999997</v>
       </c>
       <c r="O22" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="P22" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="P22" s="3" t="s">
+      <c r="Q22" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R22" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="Q22" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S22" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.2371999999999999E-2</v>
+        <v>1.2864E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D23" s="4">
+        <v>1550749</v>
+      </c>
+      <c r="E23" s="5">
+        <v>73.12</v>
+      </c>
+      <c r="F23" s="4">
+        <v>113390766.88</v>
+      </c>
+      <c r="G23" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>66.319999999999993</v>
+        <v>73.12</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>86046950.319999993</v>
+        <v>113390766.88</v>
       </c>
       <c r="N23" s="4">
-        <v>86046950.319999993</v>
+        <v>113390766.88</v>
       </c>
       <c r="O23" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="P23" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="P23" s="3" t="s">
+      <c r="Q23" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="R23" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="Q23" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S23" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.3029000000000001E-2</v>
+        <v>1.5979E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D24" s="4">
+        <v>713219</v>
+      </c>
+      <c r="E24" s="5">
+        <v>136.38</v>
+      </c>
+      <c r="F24" s="4">
+        <v>97268807.219999999</v>
+      </c>
+      <c r="G24" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>134.66999999999999</v>
+        <v>136.38</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>94412423.549999997</v>
+        <v>97268807.219999999</v>
       </c>
       <c r="N24" s="4">
-        <v>94412423.549999997</v>
+        <v>97268807.219999999</v>
       </c>
       <c r="O24" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="P24" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="P24" s="3" t="s">
+      <c r="Q24" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="R24" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="Q24" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S24" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.4295E-2</v>
+        <v>1.3707E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D25" s="4">
+        <v>517792</v>
+      </c>
+      <c r="E25" s="5">
+        <v>647.95000000000005</v>
+      </c>
+      <c r="F25" s="4">
+        <v>335503326.39999998</v>
+      </c>
+      <c r="G25" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>734.38</v>
+        <v>647.95000000000005</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>295440339.62</v>
+        <v>335503326.39999998</v>
       </c>
       <c r="N25" s="4">
-        <v>295440339.62</v>
+        <v>335503326.39999998</v>
       </c>
       <c r="O25" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="P25" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="P25" s="3" t="s">
+      <c r="Q25" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="R25" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="Q25" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S25" s="3" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>4.4734999999999997E-2</v>
+        <v>4.7279000000000002E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="C26" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D26" s="4">
+        <v>152337</v>
+      </c>
+      <c r="E26" s="5">
+        <v>737.52952500000004</v>
+      </c>
+      <c r="F26" s="4">
+        <v>112353035.249925</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H26" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="C26" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H26" s="3" t="s">
+      <c r="I26" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J26" s="5">
+        <v>635.5</v>
+      </c>
+      <c r="K26" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L26" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="I26" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L26" s="3" t="s">
+      <c r="M26" s="4">
+        <v>96810163.5</v>
+      </c>
+      <c r="N26" s="4">
+        <v>112353035.249925</v>
+      </c>
+      <c r="O26" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="P26" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="M26" s="4">
-[...8 lines deleted...]
-      <c r="P26" s="3" t="s">
+      <c r="Q26" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="R26" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="Q26" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R26" s="3" t="s">
+      <c r="S26" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="S26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.3867000000000001E-2</v>
+        <v>1.5831999999999999E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D27" s="4">
+        <v>399059</v>
+      </c>
+      <c r="E27" s="5">
+        <v>285.02999999999997</v>
+      </c>
+      <c r="F27" s="4">
+        <v>113743786.77</v>
+      </c>
+      <c r="G27" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>259.44</v>
+        <v>285.02999999999997</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>94295802.959999993</v>
+        <v>113743786.77</v>
       </c>
       <c r="N27" s="4">
-        <v>94295802.959999993</v>
+        <v>113743786.77</v>
       </c>
       <c r="O27" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="P27" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="P27" s="3" t="s">
+      <c r="Q27" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="R27" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="Q27" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S27" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>1.4278000000000001E-2</v>
+        <v>1.6028000000000001E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D28" s="4">
+        <v>220078</v>
+      </c>
+      <c r="E28" s="5">
+        <v>573.48</v>
+      </c>
+      <c r="F28" s="4">
+        <v>126210331.44</v>
+      </c>
+      <c r="G28" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>447.23</v>
+        <v>573.48</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>96751949.280000001</v>
+        <v>126210331.44</v>
       </c>
       <c r="N28" s="4">
-        <v>96751949.280000001</v>
+        <v>126210331.44</v>
       </c>
       <c r="O28" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="P28" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="P28" s="3" t="s">
+      <c r="Q28" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R28" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="Q28" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S28" s="3" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>1.465E-2</v>
+        <v>1.7784999999999999E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D29" s="4">
+        <v>1236508</v>
+      </c>
+      <c r="E29" s="5">
+        <v>206.92</v>
+      </c>
+      <c r="F29" s="4">
+        <v>255858235.359999</v>
+      </c>
+      <c r="G29" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>185.42</v>
+        <v>206.92</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>225367997.31999999</v>
+        <v>255858235.359999</v>
       </c>
       <c r="N29" s="4">
-        <v>225367997.31999999</v>
+        <v>255858235.359999</v>
       </c>
       <c r="O29" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="P29" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="P29" s="3" t="s">
+      <c r="Q29" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R29" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="Q29" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S29" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>3.4125000000000003E-2</v>
+        <v>3.6054999999999997E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D30" s="4">
+        <v>80378</v>
+      </c>
+      <c r="E30" s="5">
+        <v>1175.47</v>
+      </c>
+      <c r="F30" s="4">
+        <v>94481927.659999996</v>
+      </c>
+      <c r="G30" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>1078.5999999999999</v>
+        <v>1175.47</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>75446991.399998993</v>
+        <v>94481927.659999996</v>
       </c>
       <c r="N30" s="4">
-        <v>75446991.399999902</v>
+        <v>94481927.659999996</v>
       </c>
       <c r="O30" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="P30" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="P30" s="3" t="s">
+      <c r="Q30" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R30" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="Q30" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S30" s="3" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>1.1424E-2</v>
+        <v>1.3313999999999999E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="C31" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D31" s="4">
+        <v>594772</v>
+      </c>
+      <c r="E31" s="5">
+        <v>242.032703</v>
+      </c>
+      <c r="F31" s="4">
+        <v>143954274.53132999</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H31" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="C31" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H31" s="3" t="s">
+      <c r="I31" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J31" s="5">
+        <v>208.55</v>
+      </c>
+      <c r="K31" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L31" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="I31" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L31" s="3" t="s">
+      <c r="M31" s="4">
+        <v>124039700.59999999</v>
+      </c>
+      <c r="N31" s="4">
+        <v>143954274.53132999</v>
+      </c>
+      <c r="O31" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="P31" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="M31" s="4">
-[...8 lines deleted...]
-      <c r="P31" s="3" t="s">
+      <c r="Q31" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R31" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="Q31" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R31" s="3" t="s">
+      <c r="S31" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="S31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>2.3706000000000001E-2</v>
+        <v>2.0285999999999998E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D32" s="4">
+        <v>1671608</v>
+      </c>
+      <c r="E32" s="5">
+        <v>156</v>
+      </c>
+      <c r="F32" s="4">
+        <v>260770848</v>
+      </c>
+      <c r="G32" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>133.9</v>
+        <v>156</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>238075672.90000001</v>
+        <v>260770848</v>
       </c>
       <c r="N32" s="4">
-        <v>238075672.90000001</v>
+        <v>260770848</v>
       </c>
       <c r="O32" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="P32" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="P32" s="3" t="s">
+      <c r="Q32" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R32" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="Q32" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S32" s="3" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>3.6048999999999998E-2</v>
+        <v>3.6748000000000003E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D33" s="4">
+        <v>130208</v>
+      </c>
+      <c r="E33" s="5">
+        <v>1075.47</v>
+      </c>
+      <c r="F33" s="4">
+        <v>140034797.75999999</v>
+      </c>
+      <c r="G33" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>763</v>
+        <v>1075.47</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>97654081</v>
+        <v>140034797.75999999</v>
       </c>
       <c r="N33" s="4">
-        <v>97654081</v>
+        <v>140034797.75999999</v>
       </c>
       <c r="O33" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="P33" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="P33" s="3" t="s">
+      <c r="Q33" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R33" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="Q33" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S33" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>1.4786000000000001E-2</v>
+        <v>1.9733000000000001E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D34" s="4">
+        <v>1138800</v>
+      </c>
+      <c r="E34" s="5">
+        <v>104.83</v>
+      </c>
+      <c r="F34" s="4">
+        <v>119380404</v>
+      </c>
+      <c r="G34" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>83.93</v>
+        <v>104.83</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>93959802.859999999</v>
+        <v>119380404</v>
       </c>
       <c r="N34" s="4">
-        <v>93959802.859999999</v>
+        <v>119380404</v>
       </c>
       <c r="O34" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="P34" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="P34" s="3" t="s">
+      <c r="Q34" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R34" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="Q34" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S34" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>1.4227E-2</v>
+        <v>1.6823000000000001E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D35" s="4">
+        <v>957782</v>
+      </c>
+      <c r="E35" s="5">
+        <v>492.01</v>
+      </c>
+      <c r="F35" s="4">
+        <v>471238321.81999999</v>
+      </c>
+      <c r="G35" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>517.95000000000005</v>
+        <v>492.01</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>471530285.10000002</v>
+        <v>471238321.81999999</v>
       </c>
       <c r="N35" s="4">
-        <v>471530285.10000002</v>
+        <v>471238321.81999999</v>
       </c>
       <c r="O35" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="P35" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="P35" s="3" t="s">
+      <c r="Q35" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R35" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="Q35" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S35" s="3" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>7.1398000000000003E-2</v>
+        <v>6.6406999999999994E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="B36" s="3" t="s">
+      <c r="C36" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D36" s="4">
+        <v>6696585</v>
+      </c>
+      <c r="E36" s="5">
+        <v>45.881784000000003</v>
+      </c>
+      <c r="F36" s="4">
+        <v>307251311.13589197</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H36" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="I36" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="J36" s="5">
+        <v>1440</v>
+      </c>
+      <c r="K36" s="5">
+        <v>31.385004558671913</v>
+      </c>
+      <c r="L36" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="M36" s="4">
+        <v>9643083800.6579208</v>
+      </c>
+      <c r="N36" s="4">
+        <v>307251311.13589197</v>
+      </c>
+      <c r="O36" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="P36" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="C36" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O36" s="3" t="s">
+      <c r="Q36" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R36" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="P36" s="3" t="s">
+      <c r="S36" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="Q36" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>202</v>
+        <v>34</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>3.3007000000000002E-2</v>
+        <v>4.3298000000000003E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B37" s="3" t="s">
+      <c r="C37" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D37" s="4">
+        <v>1023314</v>
+      </c>
+      <c r="E37" s="5">
+        <v>99.420885999999996</v>
+      </c>
+      <c r="F37" s="4">
+        <v>101738784.008966</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="J37" s="5">
+        <v>79.83</v>
+      </c>
+      <c r="K37" s="5">
+        <v>0.80294999975750914</v>
+      </c>
+      <c r="L37" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="M37" s="4">
+        <v>81691156.595329002</v>
+      </c>
+      <c r="N37" s="4">
+        <v>101738784.008966</v>
+      </c>
+      <c r="O37" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="P37" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="C37" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P37" s="3" t="s">
+      <c r="Q37" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="R37" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="Q37" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R37" s="3" t="s">
+      <c r="S37" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="S37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>4.0237000000000002E-2</v>
+        <v>1.4337000000000001E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="B38" s="3" t="s">
+      <c r="C38" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D38" s="4">
+        <v>330701</v>
+      </c>
+      <c r="E38" s="5">
+        <v>189.18</v>
+      </c>
+      <c r="F38" s="4">
+        <v>62562015.18</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H38" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I38" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J38" s="5">
+        <v>189.18</v>
+      </c>
+      <c r="K38" s="5">
+        <v>1</v>
+      </c>
+      <c r="L38" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M38" s="4">
+        <v>62562015.18</v>
+      </c>
+      <c r="N38" s="4">
+        <v>62562015.18</v>
+      </c>
+      <c r="O38" s="3" t="s">
         <v>213</v>
-      </c>
-[...37 lines deleted...]
-        <v>212</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>214</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>109</v>
+        <v>89</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>216</v>
+        <v>91</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>34</v>
+        <v>211</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>1.3986999999999999E-2</v>
+        <v>8.8159999999999992E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D39" s="4">
+        <v>715741</v>
+      </c>
+      <c r="E39" s="5">
+        <v>230.54</v>
+      </c>
+      <c r="F39" s="4">
+        <v>165006930.13999999</v>
+      </c>
+      <c r="G39" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>190.58</v>
+        <v>230.54</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>63024996.579999998</v>
+        <v>165006930.13999999</v>
       </c>
       <c r="N39" s="4">
-        <v>63024996.579999998</v>
+        <v>165006930.13999999</v>
       </c>
       <c r="O39" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="P39" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="P39" s="3" t="s">
+      <c r="Q39" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R39" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="Q39" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S39" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>9.5429999999999994E-3</v>
+        <v>2.3251999999999998E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D40" s="4">
+        <v>702283</v>
+      </c>
+      <c r="E40" s="5">
+        <v>151.91999999999999</v>
+      </c>
+      <c r="F40" s="4">
+        <v>106690833.359999</v>
+      </c>
+      <c r="G40" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>237</v>
+        <v>151.91999999999999</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>166743009</v>
+        <v>106690833.359999</v>
       </c>
       <c r="N40" s="4">
-        <v>166743009</v>
+        <v>106690833.359999</v>
       </c>
       <c r="O40" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="P40" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="P40" s="3" t="s">
+      <c r="Q40" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="R40" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="Q40" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S40" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.5248E-2</v>
+        <v>1.5035E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D41" s="4">
+        <v>880984</v>
+      </c>
+      <c r="E41" s="5">
+        <v>168.27</v>
+      </c>
+      <c r="F41" s="4">
+        <v>148243177.68000001</v>
+      </c>
+      <c r="G41" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>144.54</v>
+        <v>168.27</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>99782321.759999007</v>
+        <v>148243177.68000001</v>
       </c>
       <c r="N41" s="4">
-        <v>99782321.759999901</v>
+        <v>148243177.68000001</v>
       </c>
       <c r="O41" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="P41" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="P41" s="3" t="s">
+      <c r="Q41" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R41" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="Q41" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S41" s="3" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>1.5108999999999999E-2</v>
+        <v>2.0889999999999999E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D42" s="4">
+        <v>444657</v>
+      </c>
+      <c r="E42" s="5">
+        <v>590.83000000000004</v>
+      </c>
+      <c r="F42" s="4">
+        <v>262716695.31</v>
+      </c>
+      <c r="G42" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>183.73</v>
+        <v>590.83000000000004</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>159106137.94</v>
+        <v>262716695.31</v>
       </c>
       <c r="N42" s="4">
-        <v>159106137.94</v>
+        <v>262716695.31</v>
       </c>
       <c r="O42" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="P42" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="P42" s="3" t="s">
+      <c r="Q42" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R42" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="Q42" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S42" s="3" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.4091000000000001E-2</v>
+        <v>3.7021999999999999E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D43" s="4">
+        <v>453188</v>
+      </c>
+      <c r="E43" s="5">
+        <v>108.86</v>
+      </c>
+      <c r="F43" s="4">
+        <v>49334045.68</v>
+      </c>
+      <c r="G43" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>485.02</v>
+        <v>108.86</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>197128133.66</v>
+        <v>49334045.68</v>
       </c>
       <c r="N43" s="4">
-        <v>197128133.66</v>
+        <v>49334045.68</v>
       </c>
       <c r="O43" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="P43" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q43" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="P43" s="3" t="s">
+      <c r="R43" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="Q43" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S43" s="3" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>2.9849000000000001E-2</v>
+        <v>6.9519999999999998E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D44" s="4">
+        <v>3270003</v>
+      </c>
+      <c r="E44" s="5">
+        <v>49.05</v>
+      </c>
+      <c r="F44" s="4">
+        <v>160393647.14999899</v>
+      </c>
+      <c r="G44" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>110.98</v>
+        <v>49.05</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>41089346.18</v>
+        <v>160393647.14999899</v>
       </c>
       <c r="N44" s="4">
-        <v>41089346.18</v>
+        <v>160393647.14999899</v>
       </c>
       <c r="O44" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="P44" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="P44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q44" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="R44" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="R44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S44" s="3" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>6.221E-3</v>
+        <v>2.2602000000000001E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D45" s="4">
+        <v>1052017</v>
+      </c>
+      <c r="E45" s="5">
+        <v>87.54</v>
+      </c>
+      <c r="F45" s="4">
+        <v>92093568.180000007</v>
+      </c>
+      <c r="G45" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J45" s="5">
-        <v>48.33</v>
+        <v>87.54</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="4">
-        <v>155350985.40000001</v>
+        <v>92093568.180000007</v>
       </c>
       <c r="N45" s="4">
-        <v>155350985.40000001</v>
+        <v>92093568.180000007</v>
       </c>
       <c r="O45" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="P45" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="P45" s="3" t="s">
+      <c r="Q45" s="3" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>251</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>2.3522999999999999E-2</v>
+        <v>1.2977000000000001E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C46" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D46" s="4">
+        <v>490709</v>
+      </c>
+      <c r="E46" s="5">
+        <v>329.77</v>
+      </c>
+      <c r="F46" s="4">
+        <v>161821106.92999899</v>
+      </c>
+      <c r="G46" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="5">
-        <v>97.97</v>
+        <v>329.77</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="4">
-        <v>101318124.75</v>
+        <v>161821106.92999899</v>
       </c>
       <c r="N46" s="4">
-        <v>101318124.75</v>
+        <v>161821106.92999899</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>254</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>255</v>
       </c>
       <c r="Q46" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R46" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="R46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S46" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>252</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>1.5341E-2</v>
+        <v>2.2804000000000001E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D47" s="4">
+        <v>469240</v>
+      </c>
+      <c r="E47" s="5">
+        <v>334.44</v>
+      </c>
+      <c r="F47" s="4">
+        <v>156932625.59999999</v>
+      </c>
+      <c r="G47" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="5">
-        <v>345.3</v>
+        <v>334.44</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="4">
-        <v>174584025.30000001</v>
+        <v>156932625.59999999</v>
       </c>
       <c r="N47" s="4">
-        <v>174584025.30000001</v>
+        <v>156932625.59999999</v>
       </c>
       <c r="O47" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="P47" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="P47" s="3" t="s">
+      <c r="Q47" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="R47" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="Q47" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S47" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>2.6435E-2</v>
+        <v>2.2114999999999999E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D48" s="4">
+        <v>1109685</v>
+      </c>
+      <c r="E48" s="5">
+        <v>85.85</v>
+      </c>
+      <c r="F48" s="4">
+        <v>95266457.25</v>
+      </c>
+      <c r="G48" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J48" s="5">
-        <v>341.38</v>
+        <v>85.85</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M48" s="4">
-        <v>157462549.13999999</v>
+        <v>95266457.25</v>
       </c>
       <c r="N48" s="4">
-        <v>157462549.13999999</v>
+        <v>95266457.25</v>
       </c>
       <c r="O48" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="P48" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="P48" s="3" t="s">
+      <c r="Q48" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="R48" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="Q48" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S48" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>2.3841999999999999E-2</v>
+        <v>1.3424999999999999E-2</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="B49" s="3" t="s">
+      <c r="C49" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D49" s="4">
+        <v>407316</v>
+      </c>
+      <c r="E49" s="5">
+        <v>336.90766500000001</v>
+      </c>
+      <c r="F49" s="4">
+        <v>137227882.47714001</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J49" s="5">
+        <v>290.3</v>
+      </c>
+      <c r="K49" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="M49" s="4">
+        <v>118243834.8</v>
+      </c>
+      <c r="N49" s="4">
+        <v>137227882.47714001</v>
+      </c>
+      <c r="O49" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="P49" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="C49" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O49" s="3" t="s">
+      <c r="Q49" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="R49" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="P49" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S49" s="3" t="s">
-        <v>92</v>
+        <v>153</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
-        <v>268</v>
+        <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.4864E-2</v>
+        <v>1.9338000000000001E-2</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D50" s="4">
+        <v>2239697</v>
+      </c>
+      <c r="E50" s="5">
+        <v>60.207999999999998</v>
+      </c>
+      <c r="F50" s="4">
+        <v>134847676.975999</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J50" s="5">
+        <v>45.44</v>
+      </c>
+      <c r="K50" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L50" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M50" s="4">
+        <v>101771831.67999899</v>
+      </c>
+      <c r="N50" s="4">
+        <v>134847676.975999</v>
+      </c>
+      <c r="O50" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="P50" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="B50" s="3" t="s">
+      <c r="Q50" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="R50" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="C50" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S50" s="3" t="s">
-        <v>154</v>
+        <v>110</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.1377E-2</v>
+        <v>1.9002000000000002E-2</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D51" s="4">
+        <v>588644</v>
+      </c>
+      <c r="E51" s="5">
+        <v>73.509236999999999</v>
+      </c>
+      <c r="F51" s="4">
+        <v>43270771.304628</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H51" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="B51" s="3" t="s">
+      <c r="I51" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J51" s="5">
+        <v>63.34</v>
+      </c>
+      <c r="K51" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L51" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="C51" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M51" s="4">
-        <v>95379767.999999002</v>
+        <v>37284710.960000001</v>
       </c>
       <c r="N51" s="4">
-        <v>128405012.669999</v>
+        <v>43270771.304628</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="P51" s="3" t="s">
         <v>279</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>280</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>111</v>
+        <v>281</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>1.9442999999999998E-2</v>
+        <v>6.097E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B52" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D52" s="4">
+        <v>629972</v>
+      </c>
+      <c r="E52" s="5">
+        <v>250</v>
+      </c>
+      <c r="F52" s="4">
+        <v>157493000</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J52" s="5">
+        <v>250</v>
+      </c>
+      <c r="K52" s="5">
+        <v>1</v>
+      </c>
+      <c r="L52" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M52" s="4">
+        <v>157493000</v>
+      </c>
+      <c r="N52" s="4">
+        <v>157493000</v>
+      </c>
+      <c r="O52" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="C52" s="3" t="s">
-[...26 lines deleted...]
-      <c r="L52" s="3" t="s">
+      <c r="P52" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="M52" s="4">
-[...8 lines deleted...]
-      <c r="P52" s="3" t="s">
+      <c r="Q52" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R52" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="Q52" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S52" s="3" t="s">
-        <v>287</v>
+        <v>91</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>7.0689999999999998E-3</v>
+        <v>2.2193999999999998E-2</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D53" s="4">
+        <v>96639</v>
+      </c>
+      <c r="E53" s="5">
+        <v>1048.4408699999999</v>
+      </c>
+      <c r="F53" s="4">
+        <v>101320277.23593</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H53" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="B53" s="3" t="s">
+      <c r="I53" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J53" s="5">
+        <v>903.4</v>
+      </c>
+      <c r="K53" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L53" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="C53" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M53" s="4">
-        <v>152708776.19999999</v>
+        <v>87303672.599999994</v>
       </c>
       <c r="N53" s="4">
-        <v>152708776.19999999</v>
+        <v>101320277.23593</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="P53" s="3" t="s">
         <v>290</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="R53" s="3" t="s">
         <v>291</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>92</v>
+        <v>292</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>2.3123000000000001E-2</v>
+        <v>1.4278000000000001E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B54" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D54" s="4">
+        <v>162147</v>
+      </c>
+      <c r="E54" s="5">
+        <v>106.07427</v>
+      </c>
+      <c r="F54" s="4">
+        <v>17199624.65769</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J54" s="5">
+        <v>91.4</v>
+      </c>
+      <c r="K54" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="M54" s="4">
+        <v>14820235.800000001</v>
+      </c>
+      <c r="N54" s="4">
+        <v>17199624.65769</v>
+      </c>
+      <c r="O54" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="C54" s="3" t="s">
-[...26 lines deleted...]
-      <c r="L54" s="3" t="s">
+      <c r="P54" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="M54" s="4">
-[...8 lines deleted...]
-      <c r="P54" s="3" t="s">
+      <c r="Q54" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="R54" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="Q54" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S54" s="3" t="s">
-        <v>298</v>
+        <v>180</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>1.5480000000000001E-2</v>
+        <v>2.4229999999999998E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D55" s="4">
+        <v>4309051</v>
+      </c>
+      <c r="E55" s="5">
+        <v>31.428999999999998</v>
+      </c>
+      <c r="F55" s="4">
+        <v>135429163.87899899</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J55" s="5">
+        <v>23.72</v>
+      </c>
+      <c r="K55" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L55" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M55" s="4">
+        <v>102210689.719999</v>
+      </c>
+      <c r="N55" s="4">
+        <v>135429163.87899899</v>
+      </c>
+      <c r="O55" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="P55" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="B55" s="3" t="s">
+      <c r="Q55" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="R55" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="C55" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S55" s="3" t="s">
-        <v>181</v>
+        <v>110</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>2.3029999999999999E-3</v>
+        <v>1.9084E-2</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>304</v>
+        <v>272</v>
       </c>
       <c r="C56" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D56" s="4">
+        <v>33915</v>
+      </c>
+      <c r="E56" s="5">
+        <v>60.371811000000001</v>
+      </c>
+      <c r="F56" s="4">
+        <v>2047509.970065</v>
+      </c>
+      <c r="G56" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="D56" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="H56" s="3" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I56" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J56" s="5">
+        <v>52.02</v>
+      </c>
+      <c r="K56" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L56" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="J56" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="M56" s="4">
-        <v>107120397.779999</v>
+        <v>1764258.3</v>
       </c>
       <c r="N56" s="4">
-        <v>144210835.51132399</v>
+        <v>2047509.970065</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>306</v>
+        <v>274</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>111</v>
+        <v>292</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>2.1836000000000001E-2</v>
+        <v>2.8800000000000001E-4</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>278</v>
+        <v>304</v>
       </c>
       <c r="C57" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D57" s="4">
+        <v>2018421</v>
+      </c>
+      <c r="E57" s="5">
+        <v>27.980861000000001</v>
+      </c>
+      <c r="F57" s="4">
+        <v>56477156.431270503</v>
+      </c>
+      <c r="G57" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="D57" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="H57" s="3" t="s">
-        <v>59</v>
+        <v>149</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="J57" s="5">
-        <v>50.56</v>
+        <v>24.11</v>
       </c>
       <c r="K57" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L57" s="3" t="s">
-        <v>61</v>
+        <v>150</v>
       </c>
       <c r="M57" s="4">
-        <v>1714742.4</v>
+        <v>48664130.310000002</v>
       </c>
       <c r="N57" s="4">
-        <v>2014822.32</v>
+        <v>56477156.431270503</v>
       </c>
       <c r="O57" s="3" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>109</v>
+        <v>120</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>280</v>
+        <v>306</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>298</v>
+        <v>153</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>3.0499999999999999E-4</v>
+        <v>7.9579999999999998E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D58" s="4">
+        <v>25416178</v>
+      </c>
+      <c r="E58" s="5">
+        <v>4.9144249999999996</v>
+      </c>
+      <c r="F58" s="4">
+        <v>124905900.56764901</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H58" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I58" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J58" s="5">
+        <v>3.7090000000000001</v>
+      </c>
+      <c r="K58" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L58" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M58" s="4">
+        <v>94268604.201998994</v>
+      </c>
+      <c r="N58" s="4">
+        <v>124905900.56764901</v>
+      </c>
+      <c r="O58" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="P58" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="B58" s="3" t="s">
+      <c r="Q58" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R58" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="C58" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S58" s="3" t="s">
-        <v>154</v>
+        <v>110</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>9.3189999999999992E-3</v>
+        <v>1.7600999999999999E-2</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D59" s="4">
+        <v>1073789</v>
+      </c>
+      <c r="E59" s="5">
+        <v>49.258020999999999</v>
+      </c>
+      <c r="F59" s="4">
+        <v>52892722.088415802</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H59" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="B59" s="3" t="s">
+      <c r="I59" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="C59" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J59" s="5">
-        <v>3.3239999999999998</v>
+        <v>317</v>
       </c>
       <c r="K59" s="5">
-        <v>0.74280408542246978</v>
+        <v>6.4355000718201802</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>61</v>
+        <v>315</v>
       </c>
       <c r="M59" s="4">
-        <v>83044735.175999001</v>
+        <v>340391116.79876399</v>
       </c>
       <c r="N59" s="4">
-        <v>111798974.730689</v>
+        <v>52892722.088415802</v>
       </c>
       <c r="O59" s="3" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="P59" s="3" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>111</v>
+        <v>318</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>1.6927999999999999E-2</v>
+        <v>7.4530000000000004E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>86</v>
+        <v>321</v>
       </c>
       <c r="D60" s="4">
-        <v>754325</v>
+        <v>142000000</v>
       </c>
       <c r="E60" s="5">
-        <v>54.251669999999997</v>
+        <v>99.969460999999995</v>
       </c>
       <c r="F60" s="4">
-        <v>40923389.8832011</v>
+        <v>142411417.999051</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>87</v>
+        <v>322</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="J60" s="5">
-        <v>344.65</v>
+        <v>99.969460999999995</v>
       </c>
       <c r="K60" s="5">
-        <v>6.3527998154638716</v>
+        <v>1</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="M60" s="4">
-        <v>259978103.69815499</v>
+        <v>142411417.999051</v>
       </c>
       <c r="N60" s="4">
-        <v>40923389.8832011</v>
+        <v>142411417.999051</v>
       </c>
       <c r="O60" s="3" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="P60" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="Q60" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R60" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="Q60" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S60" s="3" t="s">
-        <v>321</v>
+        <v>39</v>
       </c>
       <c r="T60" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U60" s="2">
+        <v>46599</v>
+      </c>
+      <c r="V60" s="4">
+        <v>3.9194078960000001</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>34</v>
+        <v>325</v>
       </c>
       <c r="X60" s="4">
-        <v>0</v>
+        <v>454783.37905117002</v>
       </c>
       <c r="Y60" s="4">
-        <v>0</v>
+        <v>454783.379051</v>
       </c>
       <c r="Z60" s="6">
-        <v>6.1960000000000001E-3</v>
+        <v>2.0067999999999999E-2</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="D61" s="4">
+        <v>80000000</v>
+      </c>
+      <c r="E61" s="5">
+        <v>99.997619</v>
+      </c>
+      <c r="F61" s="4">
+        <v>80256765.533042207</v>
+      </c>
+      <c r="G61" s="3" t="s">
         <v>322</v>
-      </c>
-[...16 lines deleted...]
-        <v>325</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J61" s="5">
-        <v>99.920984000000004</v>
+        <v>99.997619</v>
       </c>
       <c r="K61" s="5">
         <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M61" s="4">
-        <v>198286958.896568</v>
+        <v>80256765.533041999</v>
       </c>
       <c r="N61" s="4">
-        <v>198286958.896568</v>
+        <v>80256765.533042207</v>
       </c>
       <c r="O61" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="P61" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="Q61" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R61" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="P61" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S61" s="3" t="s">
-        <v>328</v>
+        <v>39</v>
       </c>
       <c r="T61" s="4">
         <v>0.01</v>
       </c>
       <c r="U61" s="2">
-        <v>46599</v>
+        <v>46691</v>
       </c>
       <c r="V61" s="4">
-        <v>4.046836206</v>
+        <v>3.9504078960000002</v>
       </c>
       <c r="W61" s="3" t="s">
         <v>329</v>
       </c>
       <c r="X61" s="4">
-        <v>1442620.4165686299</v>
+        <v>258670.33304222999</v>
       </c>
       <c r="Y61" s="4">
-        <v>1442620.4165680001</v>
+        <v>258670.33304200001</v>
       </c>
       <c r="Z61" s="6">
-        <v>3.0023999999999999E-2</v>
+        <v>1.1309E-2</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>332</v>
       </c>
       <c r="D62" s="4">
-        <v>-3320990.58</v>
+        <v>-3502294.39</v>
       </c>
       <c r="E62" s="5">
         <v>1</v>
       </c>
       <c r="F62" s="4">
-        <v>-3320990.58</v>
+        <v>-3502294.39</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>333</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J62" s="5">
         <v>1</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M62" s="4">
-        <v>-3320990.58</v>
+        <v>-3502294.39</v>
       </c>
       <c r="N62" s="4">
-        <v>-3320990.58</v>
+        <v>-3502294.39</v>
       </c>
       <c r="O62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S62" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>-5.0199999999999995E-4</v>
-[...3 lines deleted...]
-      <c r="A64" s="3" t="s">
+        <v>-4.9299999999999995E-4</v>
+      </c>
+    </row>
+    <row r="63" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A63" s="3" t="s">
         <v>334</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="D63" s="4">
+        <v>6392958.7199999997</v>
+      </c>
+      <c r="E63" s="5">
+        <v>1</v>
+      </c>
+      <c r="F63" s="4">
+        <v>6392958.7199999997</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="H63" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I63" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J63" s="5">
+        <v>1</v>
+      </c>
+      <c r="K63" s="5">
+        <v>1</v>
+      </c>
+      <c r="L63" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M63" s="4">
+        <v>6392958.7199999997</v>
+      </c>
+      <c r="N63" s="4">
+        <v>6392958.7199999997</v>
+      </c>
+      <c r="O63" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P63" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q63" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="R63" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="S63" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="T63" s="4">
+        <v>1</v>
+      </c>
+      <c r="W63" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X63" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y63" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z63" s="6">
+        <v>8.9999999999999998E-4</v>
       </c>
     </row>
     <row r="65" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
     </row>
     <row r="66" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
     </row>
     <row r="67" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
     </row>
     <row r="68" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
     </row>
     <row r="69" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>339</v>
+        <v>342</v>
+      </c>
+    </row>
+    <row r="70" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A70" s="3" t="s">
+        <v>343</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>September</vt:lpstr>
+      <vt:lpstr>November</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>