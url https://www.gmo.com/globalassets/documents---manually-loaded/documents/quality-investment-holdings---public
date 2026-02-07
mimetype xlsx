--- v2 (2026-01-17)
+++ v3 (2026-02-07)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3C70D55C-342D-4F17-A25D-4A26BAD05225}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B3DCC1E0-DCA9-4391-B95A-2194F2A17ED6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{8A1189CF-7B97-4E79-B330-2A1BA8E365BA}"/>
+    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{CA952203-FCBB-4F55-A9E0-88222FB483B2}"/>
   </bookViews>
   <sheets>
-    <sheet name="November" sheetId="1" r:id="rId1"/>
+    <sheet name="December" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="813" uniqueCount="344">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="813" uniqueCount="342">
   <si>
     <t>GMO Quality Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -145,927 +145,921 @@
   <si>
     <t>USD TAX RECLAIMS</t>
   </si>
   <si>
     <t>Cash and Cash Equivalents</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
-    <t>CASH_USD_BRWSC7C02</t>
-[...5 lines deleted...]
-    <t>Collateral Cash</t>
+    <t>AUDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (AUD)</t>
+  </si>
+  <si>
+    <t>Trade Date Cash</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>AUD</t>
+  </si>
+  <si>
+    <t>AU</t>
+  </si>
+  <si>
+    <t>CHFTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (CHF)</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>EURTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (EUR)</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>EU</t>
+  </si>
+  <si>
+    <t>GBPTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (GBP)</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>HKDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (HKD)</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>NOKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (NOK)</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>SGDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (SGD)</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>SGD</t>
+  </si>
+  <si>
+    <t>SG</t>
+  </si>
+  <si>
+    <t>TWDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (TWD)</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>TWD</t>
+  </si>
+  <si>
+    <t>TW</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>002824100</t>
+  </si>
+  <si>
+    <t>Abbott Laboratories</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2002305</t>
+  </si>
+  <si>
+    <t>ABT</t>
+  </si>
+  <si>
+    <t>Health Care</t>
+  </si>
+  <si>
+    <t>US0028241000</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>02079K305</t>
+  </si>
+  <si>
+    <t>Alphabet Inc-Cl A</t>
+  </si>
+  <si>
+    <t>BYVY8G0</t>
+  </si>
+  <si>
+    <t>GOOGL</t>
+  </si>
+  <si>
+    <t>Communication Services</t>
+  </si>
+  <si>
+    <t>US02079K3059</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>023135106</t>
+  </si>
+  <si>
+    <t>Amazon.com Inc</t>
+  </si>
+  <si>
+    <t>2000019</t>
+  </si>
+  <si>
+    <t>AMZN</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>US0231351067</t>
+  </si>
+  <si>
+    <t>0237400</t>
+  </si>
+  <si>
+    <t>Diageo Plc</t>
+  </si>
+  <si>
+    <t>DGE</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>GB0002374006</t>
+  </si>
+  <si>
+    <t>XLON</t>
+  </si>
+  <si>
+    <t>036752103</t>
+  </si>
+  <si>
+    <t>Elevance Health Inc</t>
+  </si>
+  <si>
+    <t>BSPHGL4</t>
+  </si>
+  <si>
+    <t>ELV</t>
+  </si>
+  <si>
+    <t>US0367521038</t>
+  </si>
+  <si>
+    <t>037833100</t>
+  </si>
+  <si>
+    <t>Apple Inc</t>
+  </si>
+  <si>
+    <t>2046251</t>
+  </si>
+  <si>
+    <t>AAPL</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>US0378331005</t>
+  </si>
+  <si>
+    <t>11135F101</t>
+  </si>
+  <si>
+    <t>Broadcom Inc</t>
+  </si>
+  <si>
+    <t>BDZ78H9</t>
+  </si>
+  <si>
+    <t>AVGO</t>
+  </si>
+  <si>
+    <t>US11135F1012</t>
+  </si>
+  <si>
+    <t>125523100</t>
+  </si>
+  <si>
+    <t>The Cigna Group</t>
+  </si>
+  <si>
+    <t>BHJ0775</t>
+  </si>
+  <si>
+    <t>CI</t>
+  </si>
+  <si>
+    <t>US1255231003</t>
+  </si>
+  <si>
+    <t>191216100</t>
+  </si>
+  <si>
+    <t>Coca-Cola Co/The</t>
+  </si>
+  <si>
+    <t>2206657</t>
+  </si>
+  <si>
+    <t>KO</t>
+  </si>
+  <si>
+    <t>US1912161007</t>
+  </si>
+  <si>
+    <t>21036P108</t>
+  </si>
+  <si>
+    <t>Constellation Brands Inc-A</t>
+  </si>
+  <si>
+    <t>2170473</t>
+  </si>
+  <si>
+    <t>STZ</t>
+  </si>
+  <si>
+    <t>US21036P1084</t>
+  </si>
+  <si>
+    <t>30303M102</t>
+  </si>
+  <si>
+    <t>Meta Platforms Inc-Class A</t>
+  </si>
+  <si>
+    <t>B7TL820</t>
+  </si>
+  <si>
+    <t>META</t>
+  </si>
+  <si>
+    <t>US30303M1027</t>
+  </si>
+  <si>
+    <t>4061412</t>
+  </si>
+  <si>
+    <t>Lvmh Moet Hennessy Louis Vui</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>FR0000121014</t>
+  </si>
+  <si>
+    <t>XPAR</t>
+  </si>
+  <si>
+    <t>43300A203</t>
+  </si>
+  <si>
+    <t>Hilton Worldwide Holdings In</t>
+  </si>
+  <si>
+    <t>BYVMW06</t>
+  </si>
+  <si>
+    <t>HLT</t>
+  </si>
+  <si>
+    <t>US43300A2033</t>
+  </si>
+  <si>
+    <t>46120E602</t>
+  </si>
+  <si>
+    <t>Intuitive Surgical Inc</t>
+  </si>
+  <si>
+    <t>2871301</t>
+  </si>
+  <si>
+    <t>ISRG</t>
+  </si>
+  <si>
+    <t>US46120E6023</t>
+  </si>
+  <si>
+    <t>478160104</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t>2475833</t>
+  </si>
+  <si>
+    <t>JNJ</t>
+  </si>
+  <si>
+    <t>US4781601046</t>
+  </si>
+  <si>
+    <t>482480100</t>
+  </si>
+  <si>
+    <t>Kla Corp</t>
+  </si>
+  <si>
+    <t>2480138</t>
+  </si>
+  <si>
+    <t>KLAC</t>
+  </si>
+  <si>
+    <t>US4824801009</t>
+  </si>
+  <si>
+    <t>4846288</t>
+  </si>
+  <si>
+    <t>Sap Se</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>SAP</t>
+  </si>
+  <si>
+    <t>DE0007164600</t>
+  </si>
+  <si>
+    <t>XETR</t>
+  </si>
+  <si>
+    <t>512807306</t>
+  </si>
+  <si>
+    <t>Lam Research Corp</t>
+  </si>
+  <si>
+    <t>BSML4N7</t>
+  </si>
+  <si>
+    <t>LRCX</t>
+  </si>
+  <si>
+    <t>US5128073062</t>
+  </si>
+  <si>
+    <t>532457108</t>
+  </si>
+  <si>
+    <t>Eli Lilly &amp; Co</t>
+  </si>
+  <si>
+    <t>2516152</t>
+  </si>
+  <si>
+    <t>LLY</t>
+  </si>
+  <si>
+    <t>US5324571083</t>
+  </si>
+  <si>
+    <t>58933Y105</t>
+  </si>
+  <si>
+    <t>Merck &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t>2778844</t>
+  </si>
+  <si>
+    <t>MRK</t>
+  </si>
+  <si>
+    <t>US58933Y1055</t>
+  </si>
+  <si>
+    <t>594918104</t>
+  </si>
+  <si>
+    <t>Microsoft Corp</t>
+  </si>
+  <si>
+    <t>2588173</t>
+  </si>
+  <si>
+    <t>MSFT</t>
+  </si>
+  <si>
+    <t>US5949181045</t>
+  </si>
+  <si>
+    <t>6889106</t>
+  </si>
+  <si>
+    <t>Taiwan Semiconductor Manufac</t>
+  </si>
+  <si>
+    <t>2330</t>
+  </si>
+  <si>
+    <t>TW0002330008</t>
+  </si>
+  <si>
+    <t>XTAI</t>
+  </si>
+  <si>
+    <t>7123870</t>
+  </si>
+  <si>
+    <t>Nestle Sa-Reg</t>
+  </si>
+  <si>
+    <t>NESN</t>
+  </si>
+  <si>
+    <t>CH0038863350</t>
+  </si>
+  <si>
+    <t>XSWX</t>
+  </si>
+  <si>
+    <t>74834L100</t>
+  </si>
+  <si>
+    <t>Quest Diagnostics Inc</t>
+  </si>
+  <si>
+    <t>2702791</t>
+  </si>
+  <si>
+    <t>DGX</t>
+  </si>
+  <si>
+    <t>US74834L1008</t>
+  </si>
+  <si>
+    <t>79466L302</t>
+  </si>
+  <si>
+    <t>Salesforce Inc</t>
+  </si>
+  <si>
+    <t>2310525</t>
+  </si>
+  <si>
+    <t>CRM</t>
+  </si>
+  <si>
+    <t>US79466L3024</t>
+  </si>
+  <si>
+    <t>872540109</t>
+  </si>
+  <si>
+    <t>Tjx Companies Inc</t>
+  </si>
+  <si>
+    <t>2989301</t>
+  </si>
+  <si>
+    <t>TJX</t>
+  </si>
+  <si>
+    <t>US8725401090</t>
+  </si>
+  <si>
+    <t>882508104</t>
+  </si>
+  <si>
+    <t>Texas Instruments Inc</t>
+  </si>
+  <si>
+    <t>2885409</t>
+  </si>
+  <si>
+    <t>TXN</t>
+  </si>
+  <si>
+    <t>US8825081040</t>
+  </si>
+  <si>
+    <t>883556102</t>
+  </si>
+  <si>
+    <t>Thermo Fisher Scientific Inc</t>
+  </si>
+  <si>
+    <t>2886907</t>
+  </si>
+  <si>
+    <t>TMO</t>
+  </si>
+  <si>
+    <t>US8835561023</t>
+  </si>
+  <si>
+    <t>892672106</t>
+  </si>
+  <si>
+    <t>Tradeweb Markets Inc-Class A</t>
+  </si>
+  <si>
+    <t>BJXMVK2</t>
+  </si>
+  <si>
+    <t>Financials</t>
+  </si>
+  <si>
+    <t>US8926721064</t>
+  </si>
+  <si>
+    <t>902973304</t>
+  </si>
+  <si>
+    <t>Us Bancorp</t>
+  </si>
+  <si>
+    <t>2736035</t>
+  </si>
+  <si>
+    <t>USB</t>
+  </si>
+  <si>
+    <t>US9029733048</t>
+  </si>
+  <si>
+    <t>90353T100</t>
+  </si>
+  <si>
+    <t>Uber Technologies Inc</t>
+  </si>
+  <si>
+    <t>BK6N347</t>
+  </si>
+  <si>
+    <t>UBER</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>US90353T1007</t>
+  </si>
+  <si>
+    <t>91324P102</t>
+  </si>
+  <si>
+    <t>Unitedhealth Group Inc</t>
+  </si>
+  <si>
+    <t>2917766</t>
+  </si>
+  <si>
+    <t>UNH</t>
+  </si>
+  <si>
+    <t>US91324P1021</t>
+  </si>
+  <si>
+    <t>92826C839</t>
+  </si>
+  <si>
+    <t>Visa Inc-Class A Shares</t>
+  </si>
+  <si>
+    <t>B2PZN04</t>
+  </si>
+  <si>
+    <t>V</t>
+  </si>
+  <si>
+    <t>US92826C8394</t>
+  </si>
+  <si>
+    <t>949746101</t>
+  </si>
+  <si>
+    <t>Wells Fargo &amp; Co</t>
+  </si>
+  <si>
+    <t>2649100</t>
+  </si>
+  <si>
+    <t>WFC</t>
+  </si>
+  <si>
+    <t>US9497461015</t>
+  </si>
+  <si>
+    <t>B058TZ6</t>
+  </si>
+  <si>
+    <t>Safran Sa</t>
+  </si>
+  <si>
+    <t>SAF</t>
+  </si>
+  <si>
+    <t>FR0000073272</t>
+  </si>
+  <si>
+    <t>B3MSM28</t>
+  </si>
+  <si>
+    <t>Amadeus It Group Sa</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>AMS</t>
+  </si>
+  <si>
+    <t>ES0109067019</t>
+  </si>
+  <si>
+    <t>XMAD</t>
+  </si>
+  <si>
+    <t>B4BNMY3</t>
+  </si>
+  <si>
+    <t>Accenture Plc-Cl A</t>
+  </si>
+  <si>
+    <t>ACN</t>
+  </si>
+  <si>
+    <t>IE00B4BNMY34</t>
+  </si>
+  <si>
+    <t>B929F46</t>
+  </si>
+  <si>
+    <t>Asml Holding Nv</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>ASML</t>
+  </si>
+  <si>
+    <t>NL0010273215</t>
+  </si>
+  <si>
+    <t>XAMS</t>
+  </si>
+  <si>
+    <t>BD2P9X9</t>
+  </si>
+  <si>
+    <t>Knorr-Bremse Ag</t>
+  </si>
+  <si>
+    <t>KBX</t>
+  </si>
+  <si>
+    <t>DE000KBX1006</t>
+  </si>
+  <si>
+    <t>BD6K457</t>
+  </si>
+  <si>
+    <t>Compass Group Plc</t>
+  </si>
+  <si>
+    <t>CPG</t>
+  </si>
+  <si>
+    <t>GB00BD6K4575</t>
+  </si>
+  <si>
+    <t>BM8H5Y5</t>
+  </si>
+  <si>
+    <t>Dassault Systemes Se</t>
+  </si>
+  <si>
+    <t>DSY</t>
+  </si>
+  <si>
+    <t>FR0014003TT8</t>
+  </si>
+  <si>
+    <t>BMX86B7</t>
+  </si>
+  <si>
+    <t>Haleon Plc</t>
+  </si>
+  <si>
+    <t>HLN</t>
+  </si>
+  <si>
+    <t>GB00BMX86B70</t>
+  </si>
+  <si>
+    <t>BP6KMJ1</t>
+  </si>
+  <si>
+    <t>Novo Nordisk A/S-B</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>DKK</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>NOVOB</t>
+  </si>
+  <si>
+    <t>DK0062498333</t>
+  </si>
+  <si>
+    <t>XCSE</t>
+  </si>
+  <si>
+    <t>BSNMGT9</t>
+  </si>
+  <si>
+    <t>Magnum Ice Cream Co Nv/The</t>
+  </si>
+  <si>
+    <t>MICC</t>
+  </si>
+  <si>
+    <t>NL0015002MS2</t>
+  </si>
+  <si>
+    <t>BTMR1D1</t>
+  </si>
+  <si>
+    <t>Unilever Plc</t>
+  </si>
+  <si>
+    <t>UNA</t>
+  </si>
+  <si>
+    <t>GB00BVZK7T90</t>
+  </si>
+  <si>
+    <t>BVZG4R4</t>
+  </si>
+  <si>
+    <t>BVZK7T9</t>
+  </si>
+  <si>
+    <t>ULVR</t>
+  </si>
+  <si>
+    <t>US91282CPG05</t>
+  </si>
+  <si>
+    <t>TF FLOAT 10/31/27</t>
+  </si>
+  <si>
+    <t>Fixed Income</t>
+  </si>
+  <si>
+    <t>Government</t>
+  </si>
+  <si>
+    <t>BV3PBK5</t>
+  </si>
+  <si>
+    <t>TF</t>
   </si>
   <si>
     <t>XOTC</t>
-  </si>
-[...865 lines deleted...]
-    <t>BV3PBK5</t>
   </si>
   <si>
     <t>91282CPG0</t>
   </si>
   <si>
     <t>USDAccExp</t>
   </si>
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
   </si>
   <si>
     <t>IE00BYXBJ775</t>
   </si>
   <si>
     <t>State Street Us Treasury Liquidity</t>
   </si>
   <si>
     <t>Pooled Investment</t>
   </si>
@@ -1462,92 +1456,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B2544D3D-9C4E-43D6-A573-0E1242EF290C}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4BEF6719-6EEE-40B1-92E8-05544447BECC}">
   <dimension ref="A1:Z70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="6.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
-    <col min="23" max="23" width="9.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45989</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1597,4537 +1591,4531 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>352563.79</v>
+        <v>356780.38</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>352563.79</v>
+        <v>356780.38</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>352563.79</v>
+        <v>356780.38</v>
       </c>
       <c r="N4" s="4">
-        <v>352563.79</v>
+        <v>356780.38</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>4.8999999999999998E-5</v>
+        <v>4.6999999999999997E-5</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>523000</v>
+        <v>-7.0000000000000007E-2</v>
       </c>
       <c r="E5" s="5">
-        <v>1.0030140000000001</v>
+        <v>0.66685000000000005</v>
       </c>
       <c r="F5" s="4">
-        <v>524576.40916672</v>
+        <v>-4.6679499999999999E-2</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>1</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L5" s="3" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>524576.40916599997</v>
+        <v>-7.0000000000000007E-2</v>
       </c>
       <c r="N5" s="4">
-        <v>524576.40916672</v>
+        <v>-4.6679499999999999E-2</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
-        <v>1576.40916672</v>
+        <v>0</v>
       </c>
       <c r="Y5" s="4">
-        <v>1576.4091659999999</v>
+        <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>7.2999999999999999E-5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>-13297.5</v>
+        <v>444.07</v>
       </c>
       <c r="E6" s="5">
-        <v>0.65580000000000005</v>
+        <v>1.2622279999999999</v>
       </c>
       <c r="F6" s="4">
-        <v>-8720.5005000000001</v>
+        <v>560.51751340999999</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>1.5248551387618177</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L6" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>-13297.5</v>
+        <v>444.07</v>
       </c>
       <c r="N6" s="4">
-        <v>-8720.5005000000001</v>
+        <v>560.51751340999999</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>-9.9999999999999995E-7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>57524.92</v>
+        <v>7866.75</v>
       </c>
       <c r="E7" s="5">
-        <v>1.2454080000000001</v>
+        <v>1.17445</v>
       </c>
       <c r="F7" s="4">
-        <v>71641.970234759996</v>
+        <v>9239.1045374999994</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>0.80294999975750914</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L7" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>57524.919981999999</v>
+        <v>7866.75</v>
       </c>
       <c r="N7" s="4">
-        <v>71641.970234759996</v>
+        <v>9239.1045374999994</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>1.0000000000000001E-5</v>
+        <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>-2049541.75</v>
+        <v>1412413.4</v>
       </c>
       <c r="E8" s="5">
-        <v>1.16055</v>
+        <v>1.3450500000000001</v>
       </c>
       <c r="F8" s="4">
-        <v>-2378595.6779625001</v>
+        <v>1899766.6436699999</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L8" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>-2049541.75</v>
+        <v>1412413.4</v>
       </c>
       <c r="N8" s="4">
-        <v>-2378595.6779625001</v>
+        <v>1899766.6436699999</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>-3.3500000000000001E-4</v>
+        <v>2.5399999999999999E-4</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>-37863999.640000001</v>
+        <v>14264.42</v>
       </c>
       <c r="E9" s="5">
-        <v>1.325</v>
+        <v>0.12847700000000001</v>
       </c>
       <c r="F9" s="4">
-        <v>-50169799.522999898</v>
+        <v>1832.6485514200001</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>0.75471698113207553</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L9" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>-37863999.639999002</v>
+        <v>14264.419586</v>
       </c>
       <c r="N9" s="4">
-        <v>-50169799.522999898</v>
+        <v>1832.6485514200001</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>-7.0689999999999998E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>14264.42</v>
+        <v>8174.74</v>
       </c>
       <c r="E10" s="5">
-        <v>0.128442</v>
+        <v>9.9139000000000005E-2</v>
       </c>
       <c r="F10" s="4">
-        <v>1832.1542334599999</v>
+        <v>810.43536882000001</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>7.7856001432550421</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L10" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M10" s="4">
-        <v>14264.420262</v>
+        <v>8174.7398329999996</v>
       </c>
       <c r="N10" s="4">
-        <v>1832.1542334599999</v>
+        <v>810.43536882000001</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>70000</v>
+        <v>33280.79</v>
       </c>
       <c r="E11" s="5">
-        <v>9.8888000000000004E-2</v>
+        <v>0.77760499999999999</v>
       </c>
       <c r="F11" s="4">
-        <v>6922.1945334399998</v>
+        <v>25879.307931570002</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>10.11240034103059</v>
+        <v>1.2859999944959202</v>
       </c>
       <c r="L11" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M11" s="4">
-        <v>70000.002359999999</v>
+        <v>33280.789857000003</v>
       </c>
       <c r="N11" s="4">
-        <v>6922.1945334399998</v>
+        <v>25879.307931570002</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>0</v>
+        <v>3.0000000000000001E-6</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>164614.97</v>
+        <v>26452379.850000001</v>
       </c>
       <c r="E12" s="5">
-        <v>0.77211099999999999</v>
+        <v>3.1826E-2</v>
       </c>
       <c r="F12" s="4">
-        <v>127101.08481643</v>
+        <v>841882.84241180005</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H12" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>1.2951499974084049</v>
+        <v>31.420495463508864</v>
       </c>
       <c r="L12" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M12" s="4">
-        <v>164614.96966999999</v>
+        <v>26452376.030804999</v>
       </c>
       <c r="N12" s="4">
-        <v>127101.08481643</v>
+        <v>841882.84241180005</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>1.7E-5</v>
+        <v>1.12E-4</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>805</v>
+        <v>4505835.8899999997</v>
       </c>
       <c r="E13" s="5">
-        <v>3.1862000000000001E-2</v>
+        <v>1</v>
       </c>
       <c r="F13" s="4">
-        <v>25.649195479999999</v>
+        <v>4505835.8899999997</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>78</v>
+        <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>79</v>
+        <v>32</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>31.385004558671913</v>
+        <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
-        <v>80</v>
+        <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>805.00011700000005</v>
+        <v>4505835.8899999997</v>
       </c>
       <c r="N13" s="4">
-        <v>25.649195479999999</v>
+        <v>4505835.8899999997</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>0</v>
+        <v>6.02E-4</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="D14" s="4">
+        <v>1606712</v>
+      </c>
+      <c r="E14" s="5">
+        <v>125.29</v>
+      </c>
+      <c r="F14" s="4">
+        <v>201304946.47999999</v>
+      </c>
+      <c r="G14" s="3" t="s">
         <v>82</v>
-      </c>
-[...13 lines deleted...]
-        <v>42</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>1</v>
+        <v>125.29</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>9517308.25</v>
+        <v>201304946.47999999</v>
       </c>
       <c r="N14" s="4">
-        <v>9517308.25</v>
+        <v>201304946.47999999</v>
       </c>
       <c r="O14" s="3" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="P14" s="3" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="Q14" s="3" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="R14" s="3" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="S14" s="3" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
-        <v>34</v>
+        <v>79</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>1.341E-3</v>
+        <v>2.6915999999999999E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D15" s="4">
-        <v>1548390</v>
+        <v>1233557</v>
       </c>
       <c r="E15" s="5">
-        <v>128.9</v>
+        <v>313</v>
       </c>
       <c r="F15" s="4">
-        <v>199587471</v>
+        <v>386103341</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>128.9</v>
+        <v>313</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>199587471</v>
+        <v>386103341</v>
       </c>
       <c r="N15" s="4">
-        <v>199587471</v>
+        <v>386103341</v>
       </c>
       <c r="O15" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="P15" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q15" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="R15" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="S15" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="T15" s="4">
+        <v>1</v>
+      </c>
+      <c r="W15" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="Q15" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>2.8126000000000002E-2</v>
+        <v>5.1624999999999997E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D16" s="4">
-        <v>1266880</v>
+        <v>1089607</v>
       </c>
       <c r="E16" s="5">
-        <v>320.18</v>
+        <v>230.82</v>
       </c>
       <c r="F16" s="4">
-        <v>405629638.39999998</v>
+        <v>251503087.739999</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>320.18</v>
+        <v>230.82</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>405629638.39999998</v>
+        <v>251503087.739999</v>
       </c>
       <c r="N16" s="4">
-        <v>405629638.39999998</v>
+        <v>251503087.739999</v>
       </c>
       <c r="O16" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="P16" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q16" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R16" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="S16" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="P16" s="3" t="s">
+      <c r="T16" s="4">
+        <v>1</v>
+      </c>
+      <c r="W16" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="Q16" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>5.7160999999999997E-2</v>
+        <v>3.3627999999999998E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D17" s="4">
-        <v>942973</v>
+        <v>3412471</v>
       </c>
       <c r="E17" s="5">
-        <v>233.22</v>
+        <v>21.567876999999999</v>
       </c>
       <c r="F17" s="4">
-        <v>219920163.06</v>
+        <v>73599753.940949202</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H17" s="3" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J17" s="5">
-        <v>233.22</v>
+        <v>16.035</v>
       </c>
       <c r="K17" s="5">
-        <v>1</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L17" s="3" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="M17" s="4">
-        <v>219920163.06</v>
+        <v>54718972.484999999</v>
       </c>
       <c r="N17" s="4">
-        <v>219920163.06</v>
+        <v>73599753.940949202</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>101</v>
       </c>
       <c r="P17" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="R17" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>3.0991000000000001E-2</v>
+        <v>9.8399999999999998E-3</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C18" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D18" s="4">
+        <v>466153</v>
+      </c>
+      <c r="E18" s="5">
+        <v>350.55</v>
+      </c>
+      <c r="F18" s="4">
+        <v>163409934.15000001</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J18" s="5">
+        <v>350.55</v>
+      </c>
+      <c r="K18" s="5">
+        <v>1</v>
+      </c>
+      <c r="L18" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M18" s="4">
+        <v>163409934.15000001</v>
+      </c>
+      <c r="N18" s="4">
+        <v>163409934.15000001</v>
+      </c>
+      <c r="O18" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="P18" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="Q18" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="D18" s="4">
-[...35 lines deleted...]
-      <c r="P18" s="3" t="s">
+      <c r="R18" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="S18" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="T18" s="4">
+        <v>1</v>
+      </c>
+      <c r="W18" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="Q18" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.0656000000000001E-2</v>
+        <v>2.1849E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D19" s="4">
-        <v>444489</v>
+        <v>1244206</v>
       </c>
       <c r="E19" s="5">
-        <v>338.26</v>
+        <v>271.86</v>
       </c>
       <c r="F19" s="4">
-        <v>150352849.13999999</v>
+        <v>338249843.16000003</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>338.26</v>
+        <v>271.86</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>150352849.13999999</v>
+        <v>338249843.16000003</v>
       </c>
       <c r="N19" s="4">
-        <v>150352849.13999999</v>
+        <v>338249843.16000003</v>
       </c>
       <c r="O19" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P19" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>89</v>
+        <v>116</v>
       </c>
       <c r="R19" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>2.1187000000000001E-2</v>
+        <v>4.5227000000000003E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D20" s="4">
-        <v>1199006</v>
+        <v>562578</v>
       </c>
       <c r="E20" s="5">
-        <v>278.85000000000002</v>
+        <v>346.1</v>
       </c>
       <c r="F20" s="4">
-        <v>334342823.10000002</v>
+        <v>194708245.80000001</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>278.85000000000002</v>
+        <v>346.1</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>334342823.10000002</v>
+        <v>194708245.80000001</v>
       </c>
       <c r="N20" s="4">
-        <v>334342823.10000002</v>
+        <v>194708245.80000001</v>
       </c>
       <c r="O20" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="P20" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q20" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="R20" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="S20" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="T20" s="4">
+        <v>1</v>
+      </c>
+      <c r="W20" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="P20" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>4.7115999999999998E-2</v>
+        <v>2.6034000000000002E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D21" s="4">
-        <v>542131</v>
+        <v>348078</v>
       </c>
       <c r="E21" s="5">
-        <v>402.96</v>
+        <v>275.23</v>
       </c>
       <c r="F21" s="4">
-        <v>218457107.75999999</v>
+        <v>95801507.939999998</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>402.96</v>
+        <v>275.23</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>218457107.75999999</v>
+        <v>95801507.939999998</v>
       </c>
       <c r="N21" s="4">
-        <v>218457107.75999999</v>
+        <v>95801507.939999998</v>
       </c>
       <c r="O21" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P21" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="R21" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>3.0785E-2</v>
+        <v>1.2808999999999999E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D22" s="4">
-        <v>329235</v>
+        <v>1719656</v>
       </c>
       <c r="E22" s="5">
-        <v>277.27999999999997</v>
+        <v>69.91</v>
       </c>
       <c r="F22" s="4">
-        <v>91290280.799999997</v>
+        <v>120221150.95999999</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>277.27999999999997</v>
+        <v>69.91</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>91290280.799999997</v>
+        <v>120221150.95999999</v>
       </c>
       <c r="N22" s="4">
-        <v>91290280.799999997</v>
+        <v>120221150.95999999</v>
       </c>
       <c r="O22" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="R22" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.2864E-2</v>
+        <v>1.6074000000000001E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D23" s="4">
-        <v>1550749</v>
+        <v>740099</v>
       </c>
       <c r="E23" s="5">
-        <v>73.12</v>
+        <v>137.96</v>
       </c>
       <c r="F23" s="4">
-        <v>113390766.88</v>
+        <v>102104058.04000001</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>73.12</v>
+        <v>137.96</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>113390766.88</v>
+        <v>102104058.04000001</v>
       </c>
       <c r="N23" s="4">
-        <v>113390766.88</v>
+        <v>102104058.04000001</v>
       </c>
       <c r="O23" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.5979E-2</v>
+        <v>1.3651999999999999E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D24" s="4">
-        <v>713219</v>
+        <v>537865</v>
       </c>
       <c r="E24" s="5">
-        <v>136.38</v>
+        <v>660.09</v>
       </c>
       <c r="F24" s="4">
-        <v>97268807.219999999</v>
+        <v>355039307.85000002</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>136.38</v>
+        <v>660.09</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>97268807.219999999</v>
+        <v>355039307.85000002</v>
       </c>
       <c r="N24" s="4">
-        <v>97268807.219999999</v>
+        <v>355039307.85000002</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>108</v>
+        <v>92</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.3707E-2</v>
+        <v>4.7472E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B25" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D25" s="4">
+        <v>162897</v>
+      </c>
+      <c r="E25" s="5">
+        <v>757.52025000000003</v>
+      </c>
+      <c r="F25" s="4">
+        <v>123397776.164249</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J25" s="5">
+        <v>645</v>
+      </c>
+      <c r="K25" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L25" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="M25" s="4">
+        <v>105068564.999999</v>
+      </c>
+      <c r="N25" s="4">
+        <v>123397776.164249</v>
+      </c>
+      <c r="O25" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="C25" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P25" s="3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>98</v>
+        <v>149</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>142</v>
+        <v>34</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>4.7279000000000002E-2</v>
+        <v>1.6499E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D26" s="4">
-        <v>152337</v>
+        <v>430665</v>
       </c>
       <c r="E26" s="5">
-        <v>737.52952500000004</v>
+        <v>287.25</v>
       </c>
       <c r="F26" s="4">
-        <v>112353035.249925</v>
+        <v>123708521.25</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>149</v>
+        <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>635.5</v>
+        <v>287.25</v>
       </c>
       <c r="K26" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M26" s="4">
+        <v>123708521.25</v>
+      </c>
+      <c r="N26" s="4">
+        <v>123708521.25</v>
+      </c>
+      <c r="O26" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="P26" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="Q26" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R26" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="S26" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="T26" s="4">
+        <v>1</v>
+      </c>
+      <c r="W26" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="M26" s="4">
-[...25 lines deleted...]
-      </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.5831999999999999E-2</v>
+        <v>1.6541E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D27" s="4">
-        <v>399059</v>
+        <v>228388</v>
       </c>
       <c r="E27" s="5">
-        <v>285.02999999999997</v>
+        <v>566.36</v>
       </c>
       <c r="F27" s="4">
-        <v>113743786.77</v>
+        <v>129349827.68000001</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>285.02999999999997</v>
+        <v>566.36</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>113743786.77</v>
+        <v>129349827.68000001</v>
       </c>
       <c r="N27" s="4">
-        <v>113743786.77</v>
+        <v>129349827.68000001</v>
       </c>
       <c r="O27" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="R27" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>1.6028000000000001E-2</v>
+        <v>1.7295000000000001E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D28" s="4">
-        <v>220078</v>
+        <v>1300048</v>
       </c>
       <c r="E28" s="5">
-        <v>573.48</v>
+        <v>206.95</v>
       </c>
       <c r="F28" s="4">
-        <v>126210331.44</v>
+        <v>269044933.59999901</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>573.48</v>
+        <v>206.95</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>126210331.44</v>
+        <v>269044933.59999901</v>
       </c>
       <c r="N28" s="4">
-        <v>126210331.44</v>
+        <v>269044933.59999901</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>1.7784999999999999E-2</v>
+        <v>3.5972999999999998E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D29" s="4">
-        <v>1236508</v>
+        <v>83426</v>
       </c>
       <c r="E29" s="5">
-        <v>206.92</v>
+        <v>1215.08</v>
       </c>
       <c r="F29" s="4">
-        <v>255858235.359999</v>
+        <v>101369264.08</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>206.92</v>
+        <v>1215.08</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>255858235.359999</v>
+        <v>101369264.08</v>
       </c>
       <c r="N29" s="4">
-        <v>255858235.359999</v>
+        <v>101369264.08</v>
       </c>
       <c r="O29" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P29" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>89</v>
+        <v>116</v>
       </c>
       <c r="R29" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>3.6054999999999997E-2</v>
+        <v>1.3554E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B30" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D30" s="4">
+        <v>617185</v>
+      </c>
+      <c r="E30" s="5">
+        <v>244.69665800000001</v>
+      </c>
+      <c r="F30" s="4">
+        <v>151023106.55913699</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J30" s="5">
+        <v>208.35</v>
+      </c>
+      <c r="K30" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="M30" s="4">
+        <v>128590494.749999</v>
+      </c>
+      <c r="N30" s="4">
+        <v>151023106.55913699</v>
+      </c>
+      <c r="O30" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="C30" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P30" s="3" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>98</v>
+        <v>176</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>169</v>
+        <v>34</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>1.3313999999999999E-2</v>
+        <v>2.0192999999999999E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D31" s="4">
-        <v>594772</v>
+        <v>1728696</v>
       </c>
       <c r="E31" s="5">
-        <v>242.032703</v>
+        <v>171.18</v>
       </c>
       <c r="F31" s="4">
-        <v>143954274.53132999</v>
+        <v>295918181.27999997</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H31" s="3" t="s">
-        <v>176</v>
+        <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>208.55</v>
+        <v>171.18</v>
       </c>
       <c r="K31" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M31" s="4">
+        <v>295918181.27999997</v>
+      </c>
+      <c r="N31" s="4">
+        <v>295918181.27999997</v>
+      </c>
+      <c r="O31" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="P31" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q31" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="R31" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="S31" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="T31" s="4">
+        <v>1</v>
+      </c>
+      <c r="W31" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="M31" s="4">
-[...25 lines deleted...]
-      </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>2.0285999999999998E-2</v>
+        <v>3.9566999999999998E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D32" s="4">
-        <v>1671608</v>
+        <v>135117</v>
       </c>
       <c r="E32" s="5">
-        <v>156</v>
+        <v>1074.68</v>
       </c>
       <c r="F32" s="4">
-        <v>260770848</v>
+        <v>145207537.56</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>156</v>
+        <v>1074.68</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>260770848</v>
+        <v>145207537.56</v>
       </c>
       <c r="N32" s="4">
-        <v>260770848</v>
+        <v>145207537.56</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P32" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>3.6748000000000003E-2</v>
+        <v>1.9415000000000002E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D33" s="4">
-        <v>130208</v>
+        <v>1181764</v>
       </c>
       <c r="E33" s="5">
-        <v>1075.47</v>
+        <v>105.26</v>
       </c>
       <c r="F33" s="4">
-        <v>140034797.75999999</v>
+        <v>124392478.64</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>1075.47</v>
+        <v>105.26</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>140034797.75999999</v>
+        <v>124392478.64</v>
       </c>
       <c r="N33" s="4">
-        <v>140034797.75999999</v>
+        <v>124392478.64</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P33" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>1.9733000000000001E-2</v>
+        <v>1.6632000000000001E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D34" s="4">
-        <v>1138800</v>
+        <v>993895</v>
       </c>
       <c r="E34" s="5">
-        <v>104.83</v>
+        <v>483.62</v>
       </c>
       <c r="F34" s="4">
-        <v>119380404</v>
+        <v>480667499.89999998</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>104.83</v>
+        <v>483.62</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>119380404</v>
+        <v>480667499.89999998</v>
       </c>
       <c r="N34" s="4">
-        <v>119380404</v>
+        <v>480667499.89999998</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>89</v>
+        <v>116</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>1.6823000000000001E-2</v>
+        <v>6.4269000000000007E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B35" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D35" s="4">
+        <v>6949040</v>
+      </c>
+      <c r="E35" s="5">
+        <v>49.330857999999999</v>
+      </c>
+      <c r="F35" s="4">
+        <v>342802055.98255903</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I35" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J35" s="5">
+        <v>1550</v>
+      </c>
+      <c r="K35" s="5">
+        <v>31.420495463508864</v>
+      </c>
+      <c r="L35" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M35" s="4">
+        <v>10771010444.8815</v>
+      </c>
+      <c r="N35" s="4">
+        <v>342802055.98255903</v>
+      </c>
+      <c r="O35" s="3" t="s">
         <v>197</v>
-      </c>
-[...37 lines deleted...]
-        <v>198</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>199</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>98</v>
+        <v>201</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>196</v>
+        <v>34</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>6.6406999999999994E-2</v>
+        <v>4.5835000000000001E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B36" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D36" s="4">
+        <v>1061888</v>
+      </c>
+      <c r="E36" s="5">
+        <v>99.387818999999993</v>
+      </c>
+      <c r="F36" s="4">
+        <v>105538732.874723</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H36" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I36" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J36" s="5">
+        <v>78.739999999999995</v>
+      </c>
+      <c r="K36" s="5">
+        <v>0.79225000133296064</v>
+      </c>
+      <c r="L36" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M36" s="4">
+        <v>83613061.260677993</v>
+      </c>
+      <c r="N36" s="4">
+        <v>105538732.874723</v>
+      </c>
+      <c r="O36" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="C36" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P36" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>4.3298000000000003E-2</v>
+        <v>1.4111E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B37" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D37" s="4">
+        <v>348923</v>
+      </c>
+      <c r="E37" s="5">
+        <v>173.53</v>
+      </c>
+      <c r="F37" s="4">
+        <v>60548608.189999998</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J37" s="5">
+        <v>173.53</v>
+      </c>
+      <c r="K37" s="5">
+        <v>1</v>
+      </c>
+      <c r="L37" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M37" s="4">
+        <v>60548608.189999998</v>
+      </c>
+      <c r="N37" s="4">
+        <v>60548608.189999998</v>
+      </c>
+      <c r="O37" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="P37" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="Q37" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="R37" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="S37" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="T37" s="4">
+        <v>1</v>
+      </c>
+      <c r="W37" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="C37" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>1.4337000000000001E-2</v>
+        <v>8.0949999999999998E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D38" s="4">
-        <v>330701</v>
+        <v>763402</v>
       </c>
       <c r="E38" s="5">
-        <v>189.18</v>
+        <v>264.91000000000003</v>
       </c>
       <c r="F38" s="4">
-        <v>62562015.18</v>
+        <v>202232823.81999999</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>189.18</v>
+        <v>264.91000000000003</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>62562015.18</v>
+        <v>202232823.81999999</v>
       </c>
       <c r="N38" s="4">
-        <v>62562015.18</v>
+        <v>202232823.81999999</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>89</v>
+        <v>116</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>8.8159999999999992E-3</v>
+        <v>2.7040000000000002E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D39" s="4">
-        <v>715741</v>
+        <v>728772</v>
       </c>
       <c r="E39" s="5">
-        <v>230.54</v>
+        <v>153.61000000000001</v>
       </c>
       <c r="F39" s="4">
-        <v>165006930.13999999</v>
+        <v>111946666.92</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>230.54</v>
+        <v>153.61000000000001</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>165006930.13999999</v>
+        <v>111946666.92</v>
       </c>
       <c r="N39" s="4">
-        <v>165006930.13999999</v>
+        <v>111946666.92</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>120</v>
+        <v>99</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.3251999999999998E-2</v>
+        <v>1.4968E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D40" s="4">
-        <v>702283</v>
+        <v>914187</v>
       </c>
       <c r="E40" s="5">
-        <v>151.91999999999999</v>
+        <v>173.49</v>
       </c>
       <c r="F40" s="4">
-        <v>106690833.359999</v>
+        <v>158602302.63</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>151.91999999999999</v>
+        <v>173.49</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>106690833.359999</v>
+        <v>158602302.63</v>
       </c>
       <c r="N40" s="4">
-        <v>106690833.359999</v>
+        <v>158602302.63</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>1.5035E-2</v>
+        <v>2.1205999999999999E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D41" s="4">
-        <v>880984</v>
+        <v>467434</v>
       </c>
       <c r="E41" s="5">
-        <v>168.27</v>
+        <v>579.45000000000005</v>
       </c>
       <c r="F41" s="4">
-        <v>148243177.68000001</v>
+        <v>270854631.30000001</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>168.27</v>
+        <v>579.45000000000005</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>148243177.68000001</v>
+        <v>270854631.30000001</v>
       </c>
       <c r="N41" s="4">
-        <v>148243177.68000001</v>
+        <v>270854631.30000001</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>2.0889999999999999E-2</v>
+        <v>3.6214999999999997E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D42" s="4">
-        <v>444657</v>
+        <v>477678</v>
       </c>
       <c r="E42" s="5">
-        <v>590.83000000000004</v>
+        <v>107.54</v>
       </c>
       <c r="F42" s="4">
-        <v>262716695.31</v>
+        <v>51369492.119999997</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>590.83000000000004</v>
+        <v>107.54</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>262716695.31</v>
+        <v>51369492.119999997</v>
       </c>
       <c r="N42" s="4">
-        <v>262716695.31</v>
+        <v>51369492.119999997</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>234</v>
+        <v>76</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>89</v>
+        <v>235</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>3.7021999999999999E-2</v>
+        <v>6.868E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D43" s="4">
-        <v>453188</v>
+        <v>3393255</v>
       </c>
       <c r="E43" s="5">
-        <v>108.86</v>
+        <v>53.36</v>
       </c>
       <c r="F43" s="4">
-        <v>49334045.68</v>
+        <v>181064086.80000001</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>108.86</v>
+        <v>53.36</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>49334045.68</v>
+        <v>181064086.80000001</v>
       </c>
       <c r="N43" s="4">
-        <v>49334045.68</v>
+        <v>181064086.80000001</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P43" s="3" t="s">
-        <v>80</v>
+        <v>240</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>6.9519999999999998E-3</v>
+        <v>2.4209000000000001E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D44" s="4">
-        <v>3270003</v>
+        <v>1132997</v>
       </c>
       <c r="E44" s="5">
-        <v>49.05</v>
+        <v>81.709999999999994</v>
       </c>
       <c r="F44" s="4">
-        <v>160393647.14999899</v>
+        <v>92577184.8699999</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>49.05</v>
+        <v>81.709999999999994</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>160393647.14999899</v>
+        <v>92577184.869999006</v>
       </c>
       <c r="N44" s="4">
-        <v>160393647.14999899</v>
+        <v>92577184.8699999</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>2.2602000000000001E-2</v>
+        <v>1.2378E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D45" s="4">
-        <v>1052017</v>
+        <v>514710</v>
       </c>
       <c r="E45" s="5">
-        <v>87.54</v>
+        <v>330.11</v>
       </c>
       <c r="F45" s="4">
-        <v>92093568.180000007</v>
+        <v>169910918.09999999</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J45" s="5">
-        <v>87.54</v>
+        <v>330.11</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="4">
-        <v>92093568.180000007</v>
+        <v>169910918.09999999</v>
       </c>
       <c r="N45" s="4">
-        <v>92093568.180000007</v>
+        <v>169910918.09999999</v>
       </c>
       <c r="O45" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="P45" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="Q45" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="R45" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="S45" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="T45" s="4">
+        <v>1</v>
+      </c>
+      <c r="W45" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="P45" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>1.2977000000000001E-2</v>
+        <v>2.2717999999999999E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D46" s="4">
-        <v>490709</v>
+        <v>518782</v>
       </c>
       <c r="E46" s="5">
-        <v>329.77</v>
+        <v>350.71</v>
       </c>
       <c r="F46" s="4">
-        <v>161821106.92999899</v>
+        <v>181942035.22</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="5">
-        <v>329.77</v>
+        <v>350.71</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="4">
-        <v>161821106.92999899</v>
+        <v>181942035.22</v>
       </c>
       <c r="N46" s="4">
-        <v>161821106.92999899</v>
+        <v>181942035.22</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="P46" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>89</v>
+        <v>235</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>2.2804000000000001E-2</v>
+        <v>2.4327000000000001E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D47" s="4">
-        <v>469240</v>
+        <v>1123005</v>
       </c>
       <c r="E47" s="5">
-        <v>334.44</v>
+        <v>93.2</v>
       </c>
       <c r="F47" s="4">
-        <v>156932625.59999999</v>
+        <v>104664066</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="5">
-        <v>334.44</v>
+        <v>93.2</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="4">
-        <v>156932625.59999999</v>
+        <v>104664066</v>
       </c>
       <c r="N47" s="4">
-        <v>156932625.59999999</v>
+        <v>104664066</v>
       </c>
       <c r="O47" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>2.2114999999999999E-2</v>
+        <v>1.3993999999999999E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B48" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D48" s="4">
+        <v>422673</v>
+      </c>
+      <c r="E48" s="5">
+        <v>349.28143</v>
+      </c>
+      <c r="F48" s="4">
+        <v>147631829.862389</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H48" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J48" s="5">
+        <v>297.39999999999998</v>
+      </c>
+      <c r="K48" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L48" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="M48" s="4">
+        <v>125702950.199999</v>
+      </c>
+      <c r="N48" s="4">
+        <v>147631829.862389</v>
+      </c>
+      <c r="O48" s="3" t="s">
         <v>263</v>
-      </c>
-[...37 lines deleted...]
-        <v>264</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>265</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="R48" s="3" t="s">
         <v>266</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
-        <v>262</v>
+        <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>1.3424999999999999E-2</v>
+        <v>1.9739E-2</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D49" s="4">
-        <v>407316</v>
+        <v>625513</v>
       </c>
       <c r="E49" s="5">
-        <v>336.90766500000001</v>
+        <v>73.802437999999995</v>
       </c>
       <c r="F49" s="4">
-        <v>137227882.47714001</v>
+        <v>46164384.400693901</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>149</v>
+        <v>269</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="J49" s="5">
-        <v>290.3</v>
+        <v>62.84</v>
       </c>
       <c r="K49" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>150</v>
+        <v>270</v>
       </c>
       <c r="M49" s="4">
-        <v>118243834.8</v>
+        <v>39307236.919999003</v>
       </c>
       <c r="N49" s="4">
-        <v>137227882.47714001</v>
+        <v>46164384.400693901</v>
       </c>
       <c r="O49" s="3" t="s">
         <v>267</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>250</v>
+        <v>99</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>153</v>
+        <v>273</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.9338000000000001E-2</v>
+        <v>6.1720000000000004E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D50" s="4">
-        <v>2239697</v>
+        <v>668006</v>
       </c>
       <c r="E50" s="5">
-        <v>60.207999999999998</v>
+        <v>268.3</v>
       </c>
       <c r="F50" s="4">
-        <v>134847676.975999</v>
+        <v>179226009.80000001</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="J50" s="5">
-        <v>45.44</v>
+        <v>268.3</v>
       </c>
       <c r="K50" s="5">
-        <v>0.75471698113207553</v>
+        <v>1</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="M50" s="4">
-        <v>101771831.67999899</v>
+        <v>179226009.80000001</v>
       </c>
       <c r="N50" s="4">
-        <v>134847676.975999</v>
+        <v>179226009.80000001</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>1.9002000000000002E-2</v>
+        <v>2.3963999999999999E-2</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D51" s="4">
-        <v>588644</v>
+        <v>100046</v>
       </c>
       <c r="E51" s="5">
-        <v>73.509236999999999</v>
+        <v>1082.13823</v>
       </c>
       <c r="F51" s="4">
-        <v>43270771.304628</v>
+        <v>108263601.35857899</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="J51" s="5">
-        <v>63.34</v>
+        <v>921.4</v>
       </c>
       <c r="K51" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L51" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="M51" s="4">
+        <v>92182384.399998993</v>
+      </c>
+      <c r="N51" s="4">
+        <v>108263601.35857899</v>
+      </c>
+      <c r="O51" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="M51" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P51" s="3" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>6.097E-3</v>
+        <v>1.4475E-2</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D52" s="4">
-        <v>629972</v>
+        <v>162147</v>
       </c>
       <c r="E52" s="5">
-        <v>250</v>
+        <v>111.748918</v>
       </c>
       <c r="F52" s="4">
-        <v>157493000</v>
+        <v>18119751.725872401</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>31</v>
+        <v>172</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="J52" s="5">
-        <v>250</v>
+        <v>95.15</v>
       </c>
       <c r="K52" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>33</v>
+        <v>173</v>
       </c>
       <c r="M52" s="4">
-        <v>157493000</v>
+        <v>15428287.049999001</v>
       </c>
       <c r="N52" s="4">
-        <v>157493000</v>
+        <v>18119751.725872401</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>120</v>
+        <v>246</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>91</v>
+        <v>176</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>2.2193999999999998E-2</v>
+        <v>2.4220000000000001E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D53" s="4">
-        <v>96639</v>
+        <v>4471748</v>
       </c>
       <c r="E53" s="5">
-        <v>1048.4408699999999</v>
+        <v>31.796982</v>
       </c>
       <c r="F53" s="4">
-        <v>101320277.23593</v>
+        <v>142188090.664536</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>288</v>
+        <v>54</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J53" s="5">
-        <v>903.4</v>
+        <v>23.64</v>
       </c>
       <c r="K53" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L53" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="M53" s="4">
+        <v>105712122.72</v>
+      </c>
+      <c r="N53" s="4">
+        <v>142188090.664536</v>
+      </c>
+      <c r="O53" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="M53" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P53" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>120</v>
+        <v>99</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>292</v>
+        <v>106</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>1.4278000000000001E-2</v>
+        <v>1.9011E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D54" s="4">
-        <v>162147</v>
+        <v>2272281</v>
       </c>
       <c r="E54" s="5">
-        <v>106.07427</v>
+        <v>27.998888000000001</v>
       </c>
       <c r="F54" s="4">
-        <v>17199624.65769</v>
+        <v>63621341.223527901</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H54" s="3" t="s">
-        <v>176</v>
+        <v>145</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="J54" s="5">
-        <v>91.4</v>
+        <v>23.84</v>
       </c>
       <c r="K54" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L54" s="3" t="s">
-        <v>177</v>
+        <v>146</v>
       </c>
       <c r="M54" s="4">
-        <v>14820235.800000001</v>
+        <v>54171179.039999001</v>
       </c>
       <c r="N54" s="4">
-        <v>17199624.65769</v>
+        <v>63621341.223527901</v>
       </c>
       <c r="O54" s="3" t="s">
         <v>293</v>
       </c>
       <c r="P54" s="3" t="s">
         <v>295</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>250</v>
+        <v>116</v>
       </c>
       <c r="R54" s="3" t="s">
         <v>296</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>180</v>
+        <v>149</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>2.4229999999999998E-3</v>
+        <v>8.5059999999999997E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D55" s="4">
-        <v>4309051</v>
+        <v>26374969</v>
       </c>
       <c r="E55" s="5">
-        <v>31.428999999999998</v>
+        <v>5.0412470000000003</v>
       </c>
       <c r="F55" s="4">
-        <v>135429163.87899899</v>
+        <v>132962743.89633</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="J55" s="5">
-        <v>23.72</v>
+        <v>3.7480000000000002</v>
       </c>
       <c r="K55" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="M55" s="4">
-        <v>102210689.719999</v>
+        <v>98853383.812000006</v>
       </c>
       <c r="N55" s="4">
-        <v>135429163.87899899</v>
+        <v>132962743.89633</v>
       </c>
       <c r="O55" s="3" t="s">
         <v>297</v>
       </c>
       <c r="P55" s="3" t="s">
         <v>299</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="R55" s="3" t="s">
         <v>300</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>1.9084E-2</v>
+        <v>1.7777999999999999E-2</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D56" s="4">
-        <v>33915</v>
+        <v>1123888</v>
       </c>
       <c r="E56" s="5">
-        <v>60.371811000000001</v>
+        <v>51.143152000000001</v>
       </c>
       <c r="F56" s="4">
-        <v>2047509.970065</v>
+        <v>57479176.6777784</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>58</v>
+        <v>303</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>54</v>
+        <v>304</v>
       </c>
       <c r="J56" s="5">
-        <v>52.02</v>
+        <v>325.25</v>
       </c>
       <c r="K56" s="5">
-        <v>0.86166041962862439</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>60</v>
+        <v>305</v>
       </c>
       <c r="M56" s="4">
-        <v>1764258.3</v>
+        <v>365544581.00555599</v>
       </c>
       <c r="N56" s="4">
-        <v>2047509.970065</v>
+        <v>57479176.6777784</v>
       </c>
       <c r="O56" s="3" t="s">
         <v>301</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>108</v>
+        <v>85</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>274</v>
+        <v>307</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>292</v>
+        <v>308</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>2.8800000000000001E-4</v>
+        <v>7.685E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D57" s="4">
-        <v>2018421</v>
+        <v>6783</v>
       </c>
       <c r="E57" s="5">
-        <v>27.980861000000001</v>
+        <v>15.991311</v>
       </c>
       <c r="F57" s="4">
-        <v>56477156.431270503</v>
+        <v>108469.0638696</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H57" s="3" t="s">
-        <v>149</v>
+        <v>280</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="J57" s="5">
-        <v>24.11</v>
+        <v>13.616</v>
       </c>
       <c r="K57" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L57" s="3" t="s">
-        <v>150</v>
+        <v>281</v>
       </c>
       <c r="M57" s="4">
-        <v>48664130.310000002</v>
+        <v>92357.327999999994</v>
       </c>
       <c r="N57" s="4">
-        <v>56477156.431270503</v>
+        <v>108469.0638696</v>
       </c>
       <c r="O57" s="3" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>153</v>
+        <v>284</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>7.9579999999999998E-3</v>
+        <v>1.4E-5</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D58" s="4">
-        <v>25416178</v>
+        <v>30146</v>
       </c>
       <c r="E58" s="5">
-        <v>4.9144249999999996</v>
+        <v>65.416865000000001</v>
       </c>
       <c r="F58" s="4">
-        <v>124905900.56764901</v>
+        <v>1972056.81229</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="J58" s="5">
-        <v>3.7090000000000001</v>
+        <v>55.7</v>
       </c>
       <c r="K58" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="M58" s="4">
-        <v>94268604.201998994</v>
+        <v>1679132.2</v>
       </c>
       <c r="N58" s="4">
-        <v>124905900.56764901</v>
+        <v>1972056.81229</v>
       </c>
       <c r="O58" s="3" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>1.7600999999999999E-2</v>
+        <v>2.63E-4</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D59" s="4">
+        <v>447939</v>
+      </c>
+      <c r="E59" s="5">
+        <v>15.837963999999999</v>
+      </c>
+      <c r="F59" s="4">
+        <v>7094441.6442112504</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J59" s="5">
+        <v>11.775</v>
+      </c>
+      <c r="K59" s="5">
+        <v>0.74346678562135238</v>
+      </c>
+      <c r="L59" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="M59" s="4">
+        <v>5274481.7249999996</v>
+      </c>
+      <c r="N59" s="4">
+        <v>7094441.6442112504</v>
+      </c>
+      <c r="O59" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="P59" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B59" s="3" t="s">
+      <c r="Q59" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R59" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="C59" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S59" s="3" t="s">
-        <v>318</v>
+        <v>106</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>7.4530000000000004E-3</v>
+        <v>9.4799999999999995E-4</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D60" s="4">
+        <v>2065978</v>
+      </c>
+      <c r="E60" s="5">
+        <v>65.362705000000005</v>
+      </c>
+      <c r="F60" s="4">
+        <v>135037910.033995</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H60" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I60" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J60" s="5">
+        <v>48.594999999999999</v>
+      </c>
+      <c r="K60" s="5">
+        <v>0.74346678562135238</v>
+      </c>
+      <c r="L60" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="M60" s="4">
+        <v>100396200.91</v>
+      </c>
+      <c r="N60" s="4">
+        <v>135037910.033995</v>
+      </c>
+      <c r="O60" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="P60" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="Q60" s="3" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="R60" s="3" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="S60" s="3" t="s">
-        <v>39</v>
+        <v>106</v>
       </c>
       <c r="T60" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>3.9194078960000001</v>
+        <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>325</v>
+        <v>34</v>
       </c>
       <c r="X60" s="4">
-        <v>454783.37905117002</v>
+        <v>0</v>
       </c>
       <c r="Y60" s="4">
-        <v>454783.379051</v>
+        <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>2.0067999999999999E-2</v>
+        <v>1.8055000000000002E-2</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D61" s="4">
-        <v>80000000</v>
+        <v>164000000</v>
       </c>
       <c r="E61" s="5">
-        <v>99.997619</v>
+        <v>100.06995999999999</v>
       </c>
       <c r="F61" s="4">
-        <v>80256765.533042207</v>
+        <v>165224556.18767101</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J61" s="5">
-        <v>99.997619</v>
+        <v>100.06995999999999</v>
       </c>
       <c r="K61" s="5">
         <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M61" s="4">
-        <v>80256765.533041999</v>
+        <v>165224556.18767101</v>
       </c>
       <c r="N61" s="4">
-        <v>80256765.533042207</v>
+        <v>165224556.18767101</v>
       </c>
       <c r="O61" s="3" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="P61" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="Q61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R61" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="S61" s="3" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="T61" s="4">
         <v>0.01</v>
       </c>
       <c r="U61" s="2">
         <v>46691</v>
       </c>
       <c r="V61" s="4">
-        <v>3.9504078960000002</v>
+        <v>3.7619631170000001</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="X61" s="4">
-        <v>258670.33304222999</v>
+        <v>1109821.78767182</v>
       </c>
       <c r="Y61" s="4">
-        <v>258670.33304200001</v>
+        <v>1109821.787671</v>
       </c>
       <c r="Z61" s="6">
-        <v>1.1309E-2</v>
+        <v>2.2092000000000001E-2</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="C62" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="B62" s="3" t="s">
+      <c r="D62" s="4">
+        <v>-4386646.76</v>
+      </c>
+      <c r="E62" s="5">
+        <v>1</v>
+      </c>
+      <c r="F62" s="4">
+        <v>-4386646.76</v>
+      </c>
+      <c r="G62" s="3" t="s">
         <v>331</v>
-      </c>
-[...13 lines deleted...]
-        <v>333</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J62" s="5">
         <v>1</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M62" s="4">
-        <v>-3502294.39</v>
+        <v>-4386646.76</v>
       </c>
       <c r="N62" s="4">
-        <v>-3502294.39</v>
+        <v>-4386646.76</v>
       </c>
       <c r="O62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S62" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>-4.9299999999999995E-4</v>
+        <v>-5.8600000000000004E-4</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="C63" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="B63" s="3" t="s">
+      <c r="D63" s="4">
+        <v>10369738.880000001</v>
+      </c>
+      <c r="E63" s="5">
+        <v>1</v>
+      </c>
+      <c r="F63" s="4">
+        <v>10369738.880000001</v>
+      </c>
+      <c r="G63" s="3" t="s">
         <v>335</v>
-      </c>
-[...13 lines deleted...]
-        <v>337</v>
       </c>
       <c r="H63" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J63" s="5">
         <v>1</v>
       </c>
       <c r="K63" s="5">
         <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M63" s="4">
-        <v>6392958.7199999997</v>
+        <v>10369738.880000001</v>
       </c>
       <c r="N63" s="4">
-        <v>6392958.7199999997</v>
+        <v>10369738.880000001</v>
       </c>
       <c r="O63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="R63" s="3" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="S63" s="3" t="s">
-        <v>39</v>
+        <v>326</v>
       </c>
       <c r="T63" s="4">
         <v>1</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>8.9999999999999998E-4</v>
+        <v>1.3860000000000001E-3</v>
       </c>
     </row>
     <row r="65" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
     </row>
     <row r="66" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
     </row>
     <row r="67" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
     </row>
     <row r="68" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
     </row>
     <row r="69" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
     </row>
     <row r="70" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>November</vt:lpstr>
+      <vt:lpstr>December</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>