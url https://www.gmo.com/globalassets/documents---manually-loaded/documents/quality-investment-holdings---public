--- v3 (2026-02-07)
+++ v4 (2026-03-19)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2026_01\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B3DCC1E0-DCA9-4391-B95A-2194F2A17ED6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DE4001F6-C5C6-4DAC-A324-E1693090999D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{CA952203-FCBB-4F55-A9E0-88222FB483B2}"/>
+    <workbookView xWindow="390" yWindow="390" windowWidth="11520" windowHeight="8325" xr2:uid="{4F8BF5B8-F8A6-4CBE-85E1-15D39A87DD44}"/>
   </bookViews>
   <sheets>
-    <sheet name="December" sheetId="1" r:id="rId1"/>
+    <sheet name="January" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="813" uniqueCount="342">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="813" uniqueCount="346">
   <si>
     <t>GMO Quality Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -145,74 +145,59 @@
   <si>
     <t>USD TAX RECLAIMS</t>
   </si>
   <si>
     <t>Cash and Cash Equivalents</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
-    <t>AUDTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (AUD)</t>
+    <t>CHFTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (CHF)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
-    <t>Australia</t>
-[...13 lines deleted...]
-  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>EURTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (EUR)</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>EU</t>
   </si>
   <si>
     <t>GBPTCash</t>
@@ -836,50 +821,77 @@
     <t>949746101</t>
   </si>
   <si>
     <t>Wells Fargo &amp; Co</t>
   </si>
   <si>
     <t>2649100</t>
   </si>
   <si>
     <t>WFC</t>
   </si>
   <si>
     <t>US9497461015</t>
   </si>
   <si>
     <t>B058TZ6</t>
   </si>
   <si>
     <t>Safran Sa</t>
   </si>
   <si>
     <t>SAF</t>
   </si>
   <si>
     <t>FR0000073272</t>
+  </si>
+  <si>
+    <t>B15C4L6</t>
+  </si>
+  <si>
+    <t>Constellation Software Inc</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>CSU</t>
+  </si>
+  <si>
+    <t>CA21037X1006</t>
+  </si>
+  <si>
+    <t>XTSE</t>
+  </si>
+  <si>
+    <t>21037X100</t>
   </si>
   <si>
     <t>B3MSM28</t>
   </si>
   <si>
     <t>Amadeus It Group Sa</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>AMS</t>
   </si>
   <si>
     <t>ES0109067019</t>
   </si>
   <si>
     <t>XMAD</t>
   </si>
   <si>
     <t>B4BNMY3</t>
   </si>
@@ -1456,92 +1468,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4BEF6719-6EEE-40B1-92E8-05544447BECC}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BDB3969A-9CD6-4472-84E1-1AA44D7FC0E8}">
   <dimension ref="A1:Z70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="6.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>46022</v>
+        <v>46052</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1591,4531 +1603,4531 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>356780.38</v>
+        <v>445846.58</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>356780.38</v>
+        <v>445846.58</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>356780.38</v>
+        <v>445846.58</v>
       </c>
       <c r="N4" s="4">
-        <v>356780.38</v>
+        <v>445846.58</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>4.6999999999999997E-5</v>
+        <v>5.7000000000000003E-5</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>-7.0000000000000007E-2</v>
+        <v>-1567789.31</v>
       </c>
       <c r="E5" s="5">
-        <v>0.66685000000000005</v>
+        <v>1.2986169999999999</v>
       </c>
       <c r="F5" s="4">
-        <v>-4.6679499999999999E-2</v>
+        <v>-2035957.8079345501</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>1.4995876134063133</v>
+        <v>0.77005000173376759</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>-7.0000000000000007E-2</v>
+        <v>-1567789.3135289999</v>
       </c>
       <c r="N5" s="4">
-        <v>-4.6679499999999999E-2</v>
+        <v>-2035957.8079345501</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>0</v>
+        <v>-2.61E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>444.07</v>
+        <v>-5647082.3799999999</v>
       </c>
       <c r="E6" s="5">
-        <v>1.2622279999999999</v>
+        <v>1.1896500000000001</v>
       </c>
       <c r="F6" s="4">
-        <v>560.51751340999999</v>
+        <v>-6718051.5533670001</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.79225000133296064</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>444.07</v>
+        <v>-5647082.3799999999</v>
       </c>
       <c r="N6" s="4">
-        <v>560.51751340999999</v>
+        <v>-6718051.5533670001</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>0</v>
+        <v>-8.6200000000000003E-4</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>7866.75</v>
+        <v>-8991686.6300000008</v>
       </c>
       <c r="E7" s="5">
-        <v>1.17445</v>
+        <v>1.37225</v>
       </c>
       <c r="F7" s="4">
-        <v>9239.1045374999994</v>
+        <v>-12338841.9780175</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>7866.75</v>
+        <v>-8991686.6300000008</v>
       </c>
       <c r="N7" s="4">
-        <v>9239.1045374999994</v>
+        <v>-12338841.9780175</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>9.9999999999999995E-7</v>
+        <v>-1.583E-3</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>1412413.4</v>
+        <v>14264.42</v>
       </c>
       <c r="E8" s="5">
-        <v>1.3450500000000001</v>
+        <v>0.12804599999999999</v>
       </c>
       <c r="F8" s="4">
-        <v>1899766.6436699999</v>
+        <v>1826.50037774</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.74346678562135238</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>1412413.4</v>
+        <v>14264.420183</v>
       </c>
       <c r="N8" s="4">
-        <v>1899766.6436699999</v>
+        <v>1826.50037774</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>2.5399999999999999E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>14264.42</v>
+        <v>-1670283.99</v>
       </c>
       <c r="E9" s="5">
-        <v>0.12847700000000001</v>
+        <v>0.10417700000000001</v>
       </c>
       <c r="F9" s="4">
-        <v>1832.6485514200001</v>
+        <v>-174005.13488314001</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>7.783499774395259</v>
+        <v>9.5990496172954902</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>14264.419586</v>
+        <v>-1670283.923407</v>
       </c>
       <c r="N9" s="4">
-        <v>1832.6485514200001</v>
+        <v>-174005.13488314001</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>0</v>
+        <v>-2.1999999999999999E-5</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>8174.74</v>
+        <v>69018.080000000002</v>
       </c>
       <c r="E10" s="5">
-        <v>9.9139000000000005E-2</v>
+        <v>0.788022</v>
       </c>
       <c r="F10" s="4">
-        <v>810.43536882000001</v>
+        <v>54387.76989756</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>10.086849794097136</v>
+        <v>1.2690000074363401</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4">
-        <v>8174.7398329999996</v>
+        <v>69018.080403999993</v>
       </c>
       <c r="N10" s="4">
-        <v>810.43536882000001</v>
+        <v>54387.76989756</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>0</v>
+        <v>6.0000000000000002E-6</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>33280.79</v>
+        <v>806</v>
       </c>
       <c r="E11" s="5">
-        <v>0.77760499999999999</v>
+        <v>3.1775999999999999E-2</v>
       </c>
       <c r="F11" s="4">
-        <v>25879.307931570002</v>
+        <v>25.611693679999998</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>1.2859999944959202</v>
+        <v>31.470004836939747</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4">
-        <v>33280.789857000003</v>
+        <v>806.00012300000003</v>
       </c>
       <c r="N11" s="4">
-        <v>25879.307931570002</v>
+        <v>25.611693679999998</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>3.0000000000000001E-6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>26452379.850000001</v>
+        <v>-108856051.64</v>
       </c>
       <c r="E12" s="5">
-        <v>3.1826E-2</v>
+        <v>1</v>
       </c>
       <c r="F12" s="4">
-        <v>841882.84241180005</v>
+        <v>-108856051.64</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H12" s="3" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>75</v>
+        <v>32</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>31.420495463508864</v>
+        <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
-        <v>76</v>
+        <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>26452376.030804999</v>
+        <v>-108856051.64</v>
       </c>
       <c r="N12" s="4">
-        <v>841882.84241180005</v>
+        <v>-108856051.64</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>1.12E-4</v>
+        <v>-1.3968E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D13" s="4">
+        <v>1675328</v>
+      </c>
+      <c r="E13" s="5">
+        <v>109.3</v>
+      </c>
+      <c r="F13" s="4">
+        <v>183113350.40000001</v>
+      </c>
+      <c r="G13" s="3" t="s">
         <v>77</v>
-      </c>
-[...16 lines deleted...]
-        <v>38</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>1</v>
+        <v>109.3</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>4505835.8899999997</v>
+        <v>183113350.40000001</v>
       </c>
       <c r="N13" s="4">
-        <v>4505835.8899999997</v>
+        <v>183113350.40000001</v>
       </c>
       <c r="O13" s="3" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="P13" s="3" t="s">
-        <v>34</v>
+        <v>79</v>
       </c>
       <c r="Q13" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R13" s="3" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="S13" s="3" t="s">
-        <v>35</v>
+        <v>82</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>6.02E-4</v>
+        <v>2.3496E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D14" s="4">
-        <v>1606712</v>
+        <v>1286261</v>
       </c>
       <c r="E14" s="5">
-        <v>125.29</v>
+        <v>338</v>
       </c>
       <c r="F14" s="4">
-        <v>201304946.47999999</v>
+        <v>434756218</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>125.29</v>
+        <v>338</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>201304946.47999999</v>
+        <v>434756218</v>
       </c>
       <c r="N14" s="4">
-        <v>201304946.47999999</v>
+        <v>434756218</v>
       </c>
       <c r="O14" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="P14" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q14" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="R14" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="S14" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="T14" s="4">
+        <v>1</v>
+      </c>
+      <c r="W14" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="P14" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>2.6915999999999999E-2</v>
+        <v>5.5787000000000003E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D15" s="4">
-        <v>1233557</v>
+        <v>1147803</v>
       </c>
       <c r="E15" s="5">
-        <v>313</v>
+        <v>239.3</v>
       </c>
       <c r="F15" s="4">
-        <v>386103341</v>
+        <v>274669257.89999998</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>313</v>
+        <v>239.3</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>386103341</v>
+        <v>274669257.89999998</v>
       </c>
       <c r="N15" s="4">
-        <v>386103341</v>
+        <v>274669257.89999998</v>
       </c>
       <c r="O15" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="P15" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q15" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="R15" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="S15" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="T15" s="4">
+        <v>1</v>
+      </c>
+      <c r="W15" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="P15" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>5.1624999999999997E-2</v>
+        <v>3.5244999999999999E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B16" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D16" s="4">
+        <v>3557938</v>
+      </c>
+      <c r="E16" s="5">
+        <v>22.992049000000002</v>
+      </c>
+      <c r="F16" s="4">
+        <v>81804283.945477501</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H16" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I16" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J16" s="5">
+        <v>16.754999999999999</v>
+      </c>
+      <c r="K16" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L16" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M16" s="4">
+        <v>59613251.189999998</v>
+      </c>
+      <c r="N16" s="4">
+        <v>81804283.945477501</v>
+      </c>
+      <c r="O16" s="3" t="s">
         <v>96</v>
-      </c>
-[...37 lines deleted...]
-        <v>97</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>98</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>99</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>100</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
-        <v>95</v>
+        <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>3.3627999999999998E-2</v>
+        <v>1.0496E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B17" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D17" s="4">
+        <v>485748</v>
+      </c>
+      <c r="E17" s="5">
+        <v>345.74</v>
+      </c>
+      <c r="F17" s="4">
+        <v>167942513.52000001</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J17" s="5">
+        <v>345.74</v>
+      </c>
+      <c r="K17" s="5">
+        <v>1</v>
+      </c>
+      <c r="L17" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M17" s="4">
+        <v>167942513.52000001</v>
+      </c>
+      <c r="N17" s="4">
+        <v>167942513.52000001</v>
+      </c>
+      <c r="O17" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="P17" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q17" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R17" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="S17" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="T17" s="4">
+        <v>1</v>
+      </c>
+      <c r="W17" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="C17" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>9.8399999999999998E-3</v>
+        <v>2.155E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D18" s="4">
-        <v>466153</v>
+        <v>1297332</v>
       </c>
       <c r="E18" s="5">
-        <v>350.55</v>
+        <v>259.48</v>
       </c>
       <c r="F18" s="4">
-        <v>163409934.15000001</v>
+        <v>336631707.36000001</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>350.55</v>
+        <v>259.48</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>163409934.15000001</v>
+        <v>336631707.36000001</v>
       </c>
       <c r="N18" s="4">
-        <v>163409934.15000001</v>
+        <v>336631707.36000001</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>109</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>110</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>85</v>
+        <v>111</v>
       </c>
       <c r="R18" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>107</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>2.1849E-2</v>
+        <v>4.3194999999999997E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D19" s="4">
-        <v>1244206</v>
+        <v>547270</v>
       </c>
       <c r="E19" s="5">
-        <v>271.86</v>
+        <v>331.3</v>
       </c>
       <c r="F19" s="4">
-        <v>338249843.16000003</v>
+        <v>181310551</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>271.86</v>
+        <v>331.3</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>338249843.16000003</v>
+        <v>181310551</v>
       </c>
       <c r="N19" s="4">
-        <v>338249843.16000003</v>
+        <v>181310551</v>
       </c>
       <c r="O19" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P19" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>4.5227000000000003E-2</v>
+        <v>2.3265000000000001E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D20" s="4">
-        <v>562578</v>
+        <v>364145</v>
       </c>
       <c r="E20" s="5">
-        <v>346.1</v>
+        <v>274.11</v>
       </c>
       <c r="F20" s="4">
-        <v>194708245.80000001</v>
+        <v>99815785.950000003</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>346.1</v>
+        <v>274.11</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>194708245.80000001</v>
+        <v>99815785.950000003</v>
       </c>
       <c r="N20" s="4">
-        <v>194708245.80000001</v>
+        <v>99815785.950000003</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>121</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>116</v>
+        <v>80</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>2.6034000000000002E-2</v>
+        <v>1.2808E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D21" s="4">
-        <v>348078</v>
+        <v>1796494</v>
       </c>
       <c r="E21" s="5">
-        <v>275.23</v>
+        <v>74.81</v>
       </c>
       <c r="F21" s="4">
-        <v>95801507.939999998</v>
+        <v>134395716.13999999</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>275.23</v>
+        <v>74.81</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>95801507.939999998</v>
+        <v>134395716.13999999</v>
       </c>
       <c r="N21" s="4">
-        <v>95801507.939999998</v>
+        <v>134395716.13999999</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>125</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>126</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.2808999999999999E-2</v>
+        <v>1.7245E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D22" s="4">
-        <v>1719656</v>
+        <v>771688</v>
       </c>
       <c r="E22" s="5">
-        <v>69.91</v>
+        <v>156.69999999999999</v>
       </c>
       <c r="F22" s="4">
-        <v>120221150.95999999</v>
+        <v>120923509.59999999</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>69.91</v>
+        <v>156.69999999999999</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>120221150.95999999</v>
+        <v>120923509.59999999</v>
       </c>
       <c r="N22" s="4">
-        <v>120221150.95999999</v>
+        <v>120923509.59999999</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>130</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>131</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>132</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.6074000000000001E-2</v>
+        <v>1.5516E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D23" s="4">
-        <v>740099</v>
+        <v>560843</v>
       </c>
       <c r="E23" s="5">
-        <v>137.96</v>
+        <v>716.5</v>
       </c>
       <c r="F23" s="4">
-        <v>102104058.04000001</v>
+        <v>401844009.5</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>137.96</v>
+        <v>716.5</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>102104058.04000001</v>
+        <v>401844009.5</v>
       </c>
       <c r="N23" s="4">
-        <v>102104058.04000001</v>
+        <v>401844009.5</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>135</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>136</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>104</v>
+        <v>87</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>137</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.3651999999999999E-2</v>
+        <v>5.1562999999999998E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D24" s="4">
-        <v>537865</v>
+        <v>170004</v>
       </c>
       <c r="E24" s="5">
-        <v>660.09</v>
+        <v>650.61958500000003</v>
       </c>
       <c r="F24" s="4">
-        <v>355039307.85000002</v>
+        <v>110607931.92834</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J24" s="5">
-        <v>660.09</v>
+        <v>546.9</v>
       </c>
       <c r="K24" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L24" s="3" t="s">
-        <v>33</v>
+        <v>141</v>
       </c>
       <c r="M24" s="4">
-        <v>355039307.85000002</v>
+        <v>92975187.599999994</v>
       </c>
       <c r="N24" s="4">
-        <v>355039307.85000002</v>
+        <v>110607931.92834</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>94</v>
+        <v>144</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>138</v>
+        <v>34</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>4.7472E-2</v>
+        <v>1.4193000000000001E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D25" s="4">
-        <v>162897</v>
+        <v>449562</v>
       </c>
       <c r="E25" s="5">
-        <v>757.52025000000003</v>
+        <v>298.51</v>
       </c>
       <c r="F25" s="4">
-        <v>123397776.164249</v>
+        <v>134198752.61999901</v>
       </c>
       <c r="G25" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J25" s="5">
+        <v>298.51</v>
+      </c>
+      <c r="K25" s="5">
+        <v>1</v>
+      </c>
+      <c r="L25" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M25" s="4">
+        <v>134198752.61999901</v>
+      </c>
+      <c r="N25" s="4">
+        <v>134198752.61999901</v>
+      </c>
+      <c r="O25" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="P25" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q25" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="R25" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="S25" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="H25" s="3" t="s">
+      <c r="T25" s="4">
+        <v>1</v>
+      </c>
+      <c r="W25" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="I25" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>1.6499E-2</v>
+        <v>1.7219999999999999E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D26" s="4">
-        <v>430665</v>
+        <v>238133</v>
       </c>
       <c r="E26" s="5">
-        <v>287.25</v>
+        <v>504.22</v>
       </c>
       <c r="F26" s="4">
-        <v>123708521.25</v>
+        <v>120071421.26000001</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>287.25</v>
+        <v>504.22</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>123708521.25</v>
+        <v>120071421.26000001</v>
       </c>
       <c r="N26" s="4">
-        <v>123708521.25</v>
+        <v>120071421.26000001</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>152</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>154</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.6541E-2</v>
+        <v>1.5407000000000001E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D27" s="4">
-        <v>228388</v>
+        <v>1356106</v>
       </c>
       <c r="E27" s="5">
-        <v>566.36</v>
+        <v>227.25</v>
       </c>
       <c r="F27" s="4">
-        <v>129349827.68000001</v>
+        <v>308175088.5</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>566.36</v>
+        <v>227.25</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>129349827.68000001</v>
+        <v>308175088.5</v>
       </c>
       <c r="N27" s="4">
-        <v>129349827.68000001</v>
+        <v>308175088.5</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>157</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>159</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>1.7295000000000001E-2</v>
+        <v>3.9544000000000003E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D28" s="4">
-        <v>1300048</v>
+        <v>78373</v>
       </c>
       <c r="E28" s="5">
-        <v>206.95</v>
+        <v>1427.94</v>
       </c>
       <c r="F28" s="4">
-        <v>269044933.59999901</v>
+        <v>111911941.62</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>206.95</v>
+        <v>1427.94</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>269044933.59999901</v>
+        <v>111911941.62</v>
       </c>
       <c r="N28" s="4">
-        <v>269044933.59999901</v>
+        <v>111911941.62</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>162</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>85</v>
+        <v>111</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>164</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>160</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>3.5972999999999998E-2</v>
+        <v>1.436E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D29" s="4">
-        <v>83426</v>
+        <v>819517</v>
       </c>
       <c r="E29" s="5">
-        <v>1215.08</v>
+        <v>202.90670399999999</v>
       </c>
       <c r="F29" s="4">
-        <v>101369264.08</v>
+        <v>166285493.341968</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H29" s="3" t="s">
-        <v>31</v>
+        <v>167</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J29" s="5">
-        <v>1215.08</v>
+        <v>170.56</v>
       </c>
       <c r="K29" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L29" s="3" t="s">
-        <v>33</v>
+        <v>168</v>
       </c>
       <c r="M29" s="4">
-        <v>101369264.08</v>
+        <v>139776819.52000001</v>
       </c>
       <c r="N29" s="4">
-        <v>101369264.08</v>
+        <v>166285493.341968</v>
       </c>
       <c r="O29" s="3" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="P29" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="R29" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>94</v>
+        <v>171</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>165</v>
+        <v>34</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.3554E-2</v>
+        <v>2.1336999999999998E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D30" s="4">
-        <v>617185</v>
+        <v>1308451</v>
       </c>
       <c r="E30" s="5">
-        <v>244.69665800000001</v>
+        <v>233.46</v>
       </c>
       <c r="F30" s="4">
-        <v>151023106.55913699</v>
+        <v>305470970.45999998</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H30" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J30" s="5">
+        <v>233.46</v>
+      </c>
+      <c r="K30" s="5">
+        <v>1</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M30" s="4">
+        <v>305470970.45999998</v>
+      </c>
+      <c r="N30" s="4">
+        <v>305470970.45999998</v>
+      </c>
+      <c r="O30" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="P30" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="Q30" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="R30" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="S30" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="T30" s="4">
+        <v>1</v>
+      </c>
+      <c r="W30" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="I30" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>2.0192999999999999E-2</v>
+        <v>3.9197000000000003E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D31" s="4">
-        <v>1728696</v>
+        <v>140888</v>
       </c>
       <c r="E31" s="5">
-        <v>171.18</v>
+        <v>1037.1500000000001</v>
       </c>
       <c r="F31" s="4">
-        <v>295918181.27999997</v>
+        <v>146121989.19999999</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>171.18</v>
+        <v>1037.1500000000001</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>295918181.27999997</v>
+        <v>146121989.19999999</v>
       </c>
       <c r="N31" s="4">
-        <v>295918181.27999997</v>
+        <v>146121989.19999999</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>179</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>116</v>
+        <v>80</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>181</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>177</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>3.9566999999999998E-2</v>
+        <v>1.8749999999999999E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D32" s="4">
-        <v>135117</v>
+        <v>1232257</v>
       </c>
       <c r="E32" s="5">
-        <v>1074.68</v>
+        <v>110.27</v>
       </c>
       <c r="F32" s="4">
-        <v>145207537.56</v>
+        <v>135880979.38999999</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>1074.68</v>
+        <v>110.27</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>145207537.56</v>
+        <v>135880979.38999999</v>
       </c>
       <c r="N32" s="4">
-        <v>145207537.56</v>
+        <v>135880979.38999999</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>186</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>1.9415000000000002E-2</v>
+        <v>1.7436E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D33" s="4">
-        <v>1181764</v>
+        <v>1036328</v>
       </c>
       <c r="E33" s="5">
-        <v>105.26</v>
+        <v>430.29</v>
       </c>
       <c r="F33" s="4">
-        <v>124392478.64</v>
+        <v>445921575.12</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>105.26</v>
+        <v>430.29</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>124392478.64</v>
+        <v>445921575.12</v>
       </c>
       <c r="N33" s="4">
-        <v>124392478.64</v>
+        <v>445921575.12</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>189</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>190</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>85</v>
+        <v>111</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>191</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>1.6632000000000001E-2</v>
+        <v>5.7218999999999999E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D34" s="4">
-        <v>993895</v>
+        <v>6165278</v>
       </c>
       <c r="E34" s="5">
-        <v>483.62</v>
+        <v>56.402915</v>
       </c>
       <c r="F34" s="4">
-        <v>480667499.89999998</v>
+        <v>347739702.89164197</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="J34" s="5">
-        <v>483.62</v>
+        <v>1775</v>
       </c>
       <c r="K34" s="5">
-        <v>1</v>
+        <v>31.470004836939747</v>
       </c>
       <c r="L34" s="3" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="M34" s="4">
-        <v>480667499.89999998</v>
+        <v>10943370131.995899</v>
       </c>
       <c r="N34" s="4">
-        <v>480667499.89999998</v>
+        <v>347739702.89164197</v>
       </c>
       <c r="O34" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="P34" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="P34" s="3" t="s">
+      <c r="Q34" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="R34" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="Q34" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R34" s="3" t="s">
+      <c r="S34" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="S34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>6.4269000000000007E-2</v>
+        <v>4.4621000000000001E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D35" s="4">
-        <v>6949040</v>
+        <v>1107183</v>
       </c>
       <c r="E35" s="5">
-        <v>49.330857999999999</v>
+        <v>95.357444000000001</v>
       </c>
       <c r="F35" s="4">
-        <v>342802055.98255903</v>
+        <v>105578141.27654</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H35" s="3" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="J35" s="5">
-        <v>1550</v>
+        <v>73.430000000000007</v>
       </c>
       <c r="K35" s="5">
-        <v>31.420495463508864</v>
+        <v>0.77005000173376759</v>
       </c>
       <c r="L35" s="3" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="M35" s="4">
-        <v>10771010444.8815</v>
+        <v>81300447.873046994</v>
       </c>
       <c r="N35" s="4">
-        <v>342802055.98255903</v>
+        <v>105578141.27654</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>197</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>199</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>116</v>
+        <v>99</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>201</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>4.5835000000000001E-2</v>
+        <v>1.3547E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D36" s="4">
-        <v>1061888</v>
+        <v>356629</v>
       </c>
       <c r="E36" s="5">
-        <v>99.387818999999993</v>
+        <v>187.03</v>
       </c>
       <c r="F36" s="4">
-        <v>105538732.874723</v>
+        <v>66700321.869999997</v>
       </c>
       <c r="G36" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H36" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I36" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J36" s="5">
+        <v>187.03</v>
+      </c>
+      <c r="K36" s="5">
+        <v>1</v>
+      </c>
+      <c r="L36" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M36" s="4">
+        <v>66700321.869999997</v>
+      </c>
+      <c r="N36" s="4">
+        <v>66700321.869999997</v>
+      </c>
+      <c r="O36" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="P36" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="Q36" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R36" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="S36" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="H36" s="3" t="s">
-[...20 lines deleted...]
-      <c r="O36" s="3" t="s">
+      <c r="T36" s="4">
+        <v>1</v>
+      </c>
+      <c r="W36" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="P36" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>1.4111E-2</v>
+        <v>8.5579999999999996E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D37" s="4">
-        <v>348923</v>
+        <v>920044</v>
       </c>
       <c r="E37" s="5">
-        <v>173.53</v>
+        <v>212.29</v>
       </c>
       <c r="F37" s="4">
-        <v>60548608.189999998</v>
+        <v>195316140.75999999</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>173.53</v>
+        <v>212.29</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>60548608.189999998</v>
+        <v>195316140.75999999</v>
       </c>
       <c r="N37" s="4">
-        <v>60548608.189999998</v>
+        <v>195316140.75999999</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>209</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>85</v>
+        <v>111</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>211</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>207</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>8.0949999999999998E-3</v>
+        <v>2.5062000000000001E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D38" s="4">
-        <v>763402</v>
+        <v>759853</v>
       </c>
       <c r="E38" s="5">
-        <v>264.91000000000003</v>
+        <v>149.81</v>
       </c>
       <c r="F38" s="4">
-        <v>202232823.81999999</v>
+        <v>113833577.93000001</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>264.91000000000003</v>
+        <v>149.81</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>202232823.81999999</v>
+        <v>113833577.93000001</v>
       </c>
       <c r="N38" s="4">
-        <v>202232823.81999999</v>
+        <v>113833577.93000001</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>214</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>116</v>
+        <v>94</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>216</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>212</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>2.7040000000000002E-2</v>
+        <v>1.4605999999999999E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D39" s="4">
-        <v>728772</v>
+        <v>953250</v>
       </c>
       <c r="E39" s="5">
-        <v>153.61000000000001</v>
+        <v>215.55</v>
       </c>
       <c r="F39" s="4">
-        <v>111946666.92</v>
+        <v>205473037.5</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>153.61000000000001</v>
+        <v>215.55</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>111946666.92</v>
+        <v>205473037.5</v>
       </c>
       <c r="N39" s="4">
-        <v>111946666.92</v>
+        <v>205473037.5</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>219</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>221</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>217</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>1.4968E-2</v>
+        <v>2.6365E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D40" s="4">
-        <v>914187</v>
+        <v>487571</v>
       </c>
       <c r="E40" s="5">
-        <v>173.49</v>
+        <v>578.61</v>
       </c>
       <c r="F40" s="4">
-        <v>158602302.63</v>
+        <v>282113456.31</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>173.49</v>
+        <v>578.61</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>158602302.63</v>
+        <v>282113456.31</v>
       </c>
       <c r="N40" s="4">
-        <v>158602302.63</v>
+        <v>282113456.31</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>224</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>225</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>116</v>
+        <v>80</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>226</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>222</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.1205999999999999E-2</v>
+        <v>3.6200000000000003E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D41" s="4">
-        <v>467434</v>
+        <v>499742</v>
       </c>
       <c r="E41" s="5">
-        <v>579.45000000000005</v>
+        <v>103.07</v>
       </c>
       <c r="F41" s="4">
-        <v>270854631.30000001</v>
+        <v>51508407.939999998</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>579.45000000000005</v>
+        <v>103.07</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>270854631.30000001</v>
+        <v>51508407.939999998</v>
       </c>
       <c r="N41" s="4">
-        <v>270854631.30000001</v>
+        <v>51508407.939999998</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>229</v>
       </c>
       <c r="P41" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q41" s="3" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>231</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>227</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>3.6214999999999997E-2</v>
+        <v>6.6090000000000003E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D42" s="4">
-        <v>477678</v>
+        <v>3538175</v>
       </c>
       <c r="E42" s="5">
-        <v>107.54</v>
+        <v>56.11</v>
       </c>
       <c r="F42" s="4">
-        <v>51369492.119999997</v>
+        <v>198526999.25</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>107.54</v>
+        <v>56.11</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>51369492.119999997</v>
+        <v>198526999.25</v>
       </c>
       <c r="N42" s="4">
-        <v>51369492.119999997</v>
+        <v>198526999.25</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>234</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>76</v>
+        <v>235</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>236</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>232</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>6.868E-3</v>
+        <v>2.5474E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D43" s="4">
-        <v>3393255</v>
+        <v>1435051</v>
       </c>
       <c r="E43" s="5">
-        <v>53.36</v>
+        <v>80.05</v>
       </c>
       <c r="F43" s="4">
-        <v>181064086.80000001</v>
+        <v>114875832.55</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>53.36</v>
+        <v>80.05</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>181064086.80000001</v>
+        <v>114875832.55</v>
       </c>
       <c r="N43" s="4">
-        <v>181064086.80000001</v>
+        <v>114875832.55</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>239</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>240</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>237</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>2.4209000000000001E-2</v>
+        <v>1.474E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D44" s="4">
-        <v>1132997</v>
+        <v>586962</v>
       </c>
       <c r="E44" s="5">
-        <v>81.709999999999994</v>
+        <v>286.93</v>
       </c>
       <c r="F44" s="4">
-        <v>92577184.8699999</v>
+        <v>168417006.66</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>81.709999999999994</v>
+        <v>286.93</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>92577184.869999006</v>
+        <v>168417006.66</v>
       </c>
       <c r="N44" s="4">
-        <v>92577184.8699999</v>
+        <v>168417006.66</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>246</v>
+        <v>80</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>247</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.2378E-2</v>
+        <v>2.1610000000000001E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D45" s="4">
-        <v>514710</v>
+        <v>547397</v>
       </c>
       <c r="E45" s="5">
-        <v>330.11</v>
+        <v>321.83</v>
       </c>
       <c r="F45" s="4">
-        <v>169910918.09999999</v>
+        <v>176168776.50999999</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J45" s="5">
-        <v>330.11</v>
+        <v>321.83</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="4">
-        <v>169910918.09999999</v>
+        <v>176168776.50999999</v>
       </c>
       <c r="N45" s="4">
-        <v>169910918.09999999</v>
+        <v>176168776.50999999</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>250</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>251</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>85</v>
+        <v>230</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>252</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>248</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>2.2717999999999999E-2</v>
+        <v>2.2605E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D46" s="4">
-        <v>518782</v>
+        <v>1024286</v>
       </c>
       <c r="E46" s="5">
-        <v>350.71</v>
+        <v>90.49</v>
       </c>
       <c r="F46" s="4">
-        <v>181942035.22</v>
+        <v>92687640.140000001</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="5">
-        <v>350.71</v>
+        <v>90.49</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="4">
-        <v>181942035.22</v>
+        <v>92687640.140000001</v>
       </c>
       <c r="N46" s="4">
-        <v>181942035.22</v>
+        <v>92687640.140000001</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>255</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>256</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>257</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>253</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>2.4327000000000001E-2</v>
+        <v>1.1893000000000001E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D47" s="4">
-        <v>1123005</v>
+        <v>440732</v>
       </c>
       <c r="E47" s="5">
-        <v>93.2</v>
+        <v>358.08465000000001</v>
       </c>
       <c r="F47" s="4">
-        <v>104664066</v>
+        <v>157819363.96380001</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J47" s="5">
-        <v>93.2</v>
+        <v>301</v>
       </c>
       <c r="K47" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>33</v>
+        <v>141</v>
       </c>
       <c r="M47" s="4">
-        <v>104664066</v>
+        <v>132660332</v>
       </c>
       <c r="N47" s="4">
-        <v>104664066</v>
+        <v>157819363.96380001</v>
       </c>
       <c r="O47" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="P47" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="P47" s="3" t="s">
+      <c r="Q47" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="R47" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="Q47" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S47" s="3" t="s">
-        <v>87</v>
+        <v>144</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
-        <v>258</v>
+        <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>1.3993999999999999E-2</v>
+        <v>2.0251000000000002E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B48" s="3" t="s">
+      <c r="C48" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D48" s="4">
+        <v>16324</v>
+      </c>
+      <c r="E48" s="5">
+        <v>1855.7471539999999</v>
+      </c>
+      <c r="F48" s="4">
+        <v>30293216.438356102</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H48" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="C48" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I48" s="3" t="s">
-        <v>50</v>
+        <v>265</v>
       </c>
       <c r="J48" s="5">
-        <v>297.39999999999998</v>
+        <v>2512.96</v>
       </c>
       <c r="K48" s="5">
-        <v>0.85146238664906981</v>
+        <v>1.3541499951054248</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>146</v>
+        <v>266</v>
       </c>
       <c r="M48" s="4">
-        <v>125702950.199999</v>
+        <v>41021558.891727</v>
       </c>
       <c r="N48" s="4">
-        <v>147631829.862389</v>
+        <v>30293216.438356102</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="P48" s="3" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>246</v>
+        <v>111</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>149</v>
+        <v>269</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
-        <v>34</v>
+        <v>270</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>1.9739E-2</v>
+        <v>3.8869999999999998E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D49" s="4">
-        <v>625513</v>
+        <v>743853</v>
       </c>
       <c r="E49" s="5">
-        <v>73.802437999999995</v>
+        <v>67.357983000000004</v>
       </c>
       <c r="F49" s="4">
-        <v>46164384.400693901</v>
+        <v>50104437.728499003</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="J49" s="5">
-        <v>62.84</v>
+        <v>56.62</v>
       </c>
       <c r="K49" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="M49" s="4">
-        <v>39307236.919999003</v>
+        <v>42116956.859999999</v>
       </c>
       <c r="N49" s="4">
-        <v>46164384.400693901</v>
+        <v>50104437.728499003</v>
       </c>
       <c r="O49" s="3" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>6.1720000000000004E-3</v>
+        <v>6.4289999999999998E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D50" s="4">
-        <v>668006</v>
+        <v>799962</v>
       </c>
       <c r="E50" s="5">
-        <v>268.3</v>
+        <v>263.64</v>
       </c>
       <c r="F50" s="4">
-        <v>179226009.80000001</v>
+        <v>210901981.67999899</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J50" s="5">
-        <v>268.3</v>
+        <v>263.64</v>
       </c>
       <c r="K50" s="5">
         <v>1</v>
       </c>
       <c r="L50" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M50" s="4">
-        <v>179226009.80000001</v>
+        <v>210901981.67999899</v>
       </c>
       <c r="N50" s="4">
-        <v>179226009.80000001</v>
+        <v>210901981.67999899</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.3963999999999999E-2</v>
+        <v>2.7061999999999999E-2</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D51" s="4">
-        <v>100046</v>
+        <v>74232</v>
       </c>
       <c r="E51" s="5">
-        <v>1082.13823</v>
+        <v>1446.1385399999999</v>
       </c>
       <c r="F51" s="4">
-        <v>108263601.35857899</v>
+        <v>107349756.10128</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="J51" s="5">
-        <v>921.4</v>
+        <v>1215.5999999999999</v>
       </c>
       <c r="K51" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="M51" s="4">
-        <v>92182384.399998993</v>
+        <v>90236419.200000003</v>
       </c>
       <c r="N51" s="4">
-        <v>108263601.35857899</v>
+        <v>107349756.10128</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>1.4475E-2</v>
+        <v>1.3774E-2</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D52" s="4">
         <v>162147</v>
       </c>
       <c r="E52" s="5">
-        <v>111.748918</v>
+        <v>117.121043</v>
       </c>
       <c r="F52" s="4">
-        <v>18119751.725872401</v>
+        <v>18990825.6782475</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="J52" s="5">
-        <v>95.15</v>
+        <v>98.45</v>
       </c>
       <c r="K52" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="M52" s="4">
-        <v>15428287.049999001</v>
+        <v>15963372.15</v>
       </c>
       <c r="N52" s="4">
-        <v>18119751.725872401</v>
+        <v>18990825.6782475</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>2.4220000000000001E-3</v>
+        <v>2.4359999999999998E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D53" s="4">
-        <v>4471748</v>
+        <v>4662607</v>
       </c>
       <c r="E53" s="5">
-        <v>31.796982</v>
+        <v>30.011108</v>
       </c>
       <c r="F53" s="4">
-        <v>142188090.664536</v>
+        <v>139929999.90725201</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="J53" s="5">
-        <v>23.64</v>
+        <v>21.87</v>
       </c>
       <c r="K53" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="M53" s="4">
-        <v>105712122.72</v>
+        <v>101971215.09</v>
       </c>
       <c r="N53" s="4">
-        <v>142188090.664536</v>
+        <v>139929999.90725201</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>1.9011E-2</v>
+        <v>1.7954999999999999E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D54" s="4">
-        <v>2272281</v>
+        <v>2657247</v>
       </c>
       <c r="E54" s="5">
-        <v>27.998888000000001</v>
+        <v>27.623673</v>
       </c>
       <c r="F54" s="4">
-        <v>63621341.223527901</v>
+        <v>73402922.208231002</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H54" s="3" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="J54" s="5">
-        <v>23.84</v>
+        <v>23.22</v>
       </c>
       <c r="K54" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L54" s="3" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="M54" s="4">
-        <v>54171179.039999001</v>
+        <v>61701275.340000004</v>
       </c>
       <c r="N54" s="4">
-        <v>63621341.223527901</v>
+        <v>73402922.208231002</v>
       </c>
       <c r="O54" s="3" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="P54" s="3" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>8.5059999999999997E-3</v>
+        <v>9.4179999999999993E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D55" s="4">
-        <v>26374969</v>
+        <v>27500721</v>
       </c>
       <c r="E55" s="5">
-        <v>5.0412470000000003</v>
+        <v>5.1994550000000004</v>
       </c>
       <c r="F55" s="4">
-        <v>132962743.89633</v>
+        <v>142988768.182235</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="J55" s="5">
-        <v>3.7480000000000002</v>
+        <v>3.7890000000000001</v>
       </c>
       <c r="K55" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="M55" s="4">
-        <v>98853383.812000006</v>
+        <v>104200231.869</v>
       </c>
       <c r="N55" s="4">
-        <v>132962743.89633</v>
+        <v>142988768.182235</v>
       </c>
       <c r="O55" s="3" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>1.7777999999999999E-2</v>
+        <v>1.8348E-2</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D56" s="4">
-        <v>1123888</v>
+        <v>1148600</v>
       </c>
       <c r="E56" s="5">
-        <v>51.143152000000001</v>
+        <v>58.871791000000002</v>
       </c>
       <c r="F56" s="4">
-        <v>57479176.6777784</v>
+        <v>67620137.959599793</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="J56" s="5">
-        <v>325.25</v>
+        <v>369.55</v>
       </c>
       <c r="K56" s="5">
-        <v>6.3596001566751097</v>
+        <v>6.2771998917810743</v>
       </c>
       <c r="L56" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="M56" s="4">
+        <v>424465122.682221</v>
+      </c>
+      <c r="N56" s="4">
+        <v>67620137.959599793</v>
+      </c>
+      <c r="O56" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="M56" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P56" s="3" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>7.685E-3</v>
+        <v>8.6759999999999997E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D57" s="4">
         <v>6783</v>
       </c>
       <c r="E57" s="5">
-        <v>15.991311</v>
+        <v>17.837612</v>
       </c>
       <c r="F57" s="4">
-        <v>108469.0638696</v>
+        <v>120992.5228743</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H57" s="3" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="J57" s="5">
-        <v>13.616</v>
+        <v>14.994</v>
       </c>
       <c r="K57" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L57" s="3" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="M57" s="4">
-        <v>92357.327999999994</v>
+        <v>101704.302</v>
       </c>
       <c r="N57" s="4">
-        <v>108469.0638696</v>
+        <v>120992.5228743</v>
       </c>
       <c r="O57" s="3" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>1.4E-5</v>
+        <v>1.5E-5</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D58" s="4">
         <v>30146</v>
       </c>
       <c r="E58" s="5">
-        <v>65.416865000000001</v>
+        <v>68.012291000000005</v>
       </c>
       <c r="F58" s="4">
-        <v>1972056.81229</v>
+        <v>2050298.509413</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="J58" s="5">
-        <v>55.7</v>
+        <v>57.17</v>
       </c>
       <c r="K58" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="M58" s="4">
-        <v>1679132.2</v>
+        <v>1723446.82</v>
       </c>
       <c r="N58" s="4">
-        <v>1972056.81229</v>
+        <v>2050298.509413</v>
       </c>
       <c r="O58" s="3" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
         <v>2.63E-4</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D59" s="4">
         <v>447939</v>
       </c>
       <c r="E59" s="5">
-        <v>15.837963999999999</v>
+        <v>17.804943999999999</v>
       </c>
       <c r="F59" s="4">
-        <v>7094441.6442112504</v>
+        <v>7975528.6984312497</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="J59" s="5">
-        <v>11.775</v>
+        <v>12.975</v>
       </c>
       <c r="K59" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="M59" s="4">
-        <v>5274481.7249999996</v>
+        <v>5812008.5250000004</v>
       </c>
       <c r="N59" s="4">
-        <v>7094441.6442112504</v>
+        <v>7975528.6984312497</v>
       </c>
       <c r="O59" s="3" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="P59" s="3" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>9.4799999999999995E-4</v>
+        <v>1.023E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D60" s="4">
-        <v>2065978</v>
+        <v>2154193</v>
       </c>
       <c r="E60" s="5">
-        <v>65.362705000000005</v>
+        <v>67.796010999999993</v>
       </c>
       <c r="F60" s="4">
-        <v>135037910.033995</v>
+        <v>146045692.86267099</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="J60" s="5">
-        <v>48.594999999999999</v>
+        <v>49.405000000000001</v>
       </c>
       <c r="K60" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="M60" s="4">
-        <v>100396200.91</v>
+        <v>106427905.16500001</v>
       </c>
       <c r="N60" s="4">
-        <v>135037910.033995</v>
+        <v>146045692.86267099</v>
       </c>
       <c r="O60" s="3" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="P60" s="3" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="R60" s="3" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="S60" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="T60" s="4">
         <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>1.8055000000000002E-2</v>
+        <v>1.874E-2</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="D61" s="4">
-        <v>164000000</v>
+        <v>155500000</v>
       </c>
       <c r="E61" s="5">
-        <v>100.06995999999999</v>
+        <v>100.16954200000001</v>
       </c>
       <c r="F61" s="4">
-        <v>165224556.18767101</v>
+        <v>155763637.81</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J61" s="5">
-        <v>100.06995999999999</v>
+        <v>100.16954200000001</v>
       </c>
       <c r="K61" s="5">
         <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M61" s="4">
-        <v>165224556.18767101</v>
+        <v>155763637.81</v>
       </c>
       <c r="N61" s="4">
-        <v>165224556.18767101</v>
+        <v>155763637.81</v>
       </c>
       <c r="O61" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="P61" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="Q61" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R61" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="P61" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S61" s="3" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="T61" s="4">
         <v>0.01</v>
       </c>
       <c r="U61" s="2">
         <v>46691</v>
       </c>
       <c r="V61" s="4">
-        <v>3.7619631170000001</v>
+        <v>3.823060854</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="X61" s="4">
-        <v>1109821.78767182</v>
+        <v>0</v>
       </c>
       <c r="Y61" s="4">
-        <v>1109821.787671</v>
+        <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>2.2092000000000001E-2</v>
+        <v>1.9987000000000001E-2</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="D62" s="4">
-        <v>-4386646.76</v>
+        <v>-4572785.7699999996</v>
       </c>
       <c r="E62" s="5">
         <v>1</v>
       </c>
       <c r="F62" s="4">
-        <v>-4386646.76</v>
+        <v>-4572785.7699999996</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J62" s="5">
         <v>1</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M62" s="4">
-        <v>-4386646.76</v>
+        <v>-4572785.7699999996</v>
       </c>
       <c r="N62" s="4">
-        <v>-4386646.76</v>
+        <v>-4572785.7699999996</v>
       </c>
       <c r="O62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S62" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
         <v>-5.8600000000000004E-4</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="D63" s="4">
-        <v>10369738.880000001</v>
+        <v>95170291.260000005</v>
       </c>
       <c r="E63" s="5">
         <v>1</v>
       </c>
       <c r="F63" s="4">
-        <v>10369738.880000001</v>
+        <v>95170291.260000005</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="H63" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J63" s="5">
         <v>1</v>
       </c>
       <c r="K63" s="5">
         <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M63" s="4">
-        <v>10369738.880000001</v>
+        <v>95170291.260000005</v>
       </c>
       <c r="N63" s="4">
-        <v>10369738.880000001</v>
+        <v>95170291.260000005</v>
       </c>
       <c r="O63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="R63" s="3" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="S63" s="3" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="T63" s="4">
         <v>1</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>1.3860000000000001E-3</v>
+        <v>1.2212000000000001E-2</v>
       </c>
     </row>
     <row r="65" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
     </row>
     <row r="68" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
     </row>
     <row r="69" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
     </row>
     <row r="70" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>December</vt:lpstr>
+      <vt:lpstr>January</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>