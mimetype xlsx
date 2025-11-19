--- v0 (2025-10-06)
+++ v1 (2025-11-19)
@@ -1,83 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\PerformanceSystems\ParcelsHoldings\ParcelsHoldingsExport\GMO\2025_08\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3BA5B201-596C-4B42-AA11-350F7CBA8508}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1B922E1F-E510-4B23-AF6F-BFF7EDB5061F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{221DABB3-4AB9-4329-BED4-4026B2671FB6}"/>
+    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{E71DC2E1-5F8E-474D-AFAB-89CF748B3706}"/>
   </bookViews>
   <sheets>
-    <sheet name="August" sheetId="1" r:id="rId1"/>
+    <sheet name="September" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="748" uniqueCount="325">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="748" uniqueCount="327">
   <si>
     <t>GMO Quality Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -143,191 +145,200 @@
   <si>
     <t>USD TAX RECLAIMS</t>
   </si>
   <si>
     <t>Cash and Cash Equivalents</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
-    <t>GBPTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (GBP)</t>
+    <t>EURTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (EUR)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>EU</t>
+  </si>
+  <si>
+    <t>HKDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (HKD)</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>KRWTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (KRW)</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>KRW</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>TWDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (TWD)</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>TWD</t>
+  </si>
+  <si>
+    <t>TW</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>002824100</t>
+  </si>
+  <si>
+    <t>Abbott Laboratories</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2002305</t>
+  </si>
+  <si>
+    <t>ABT</t>
+  </si>
+  <si>
+    <t>Health Care</t>
+  </si>
+  <si>
+    <t>US0028241000</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>02079K305</t>
+  </si>
+  <si>
+    <t>Alphabet Inc-Cl A</t>
+  </si>
+  <si>
+    <t>BYVY8G0</t>
+  </si>
+  <si>
+    <t>GOOGL</t>
+  </si>
+  <si>
+    <t>Communication Services</t>
+  </si>
+  <si>
+    <t>US02079K3059</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>023135106</t>
+  </si>
+  <si>
+    <t>Amazon.com Inc</t>
+  </si>
+  <si>
+    <t>2000019</t>
+  </si>
+  <si>
+    <t>AMZN</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>US0231351067</t>
+  </si>
+  <si>
+    <t>0237400</t>
+  </si>
+  <si>
+    <t>Diageo Plc</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
-    <t>HKDTCash</t>
-[...121 lines deleted...]
-  <si>
     <t>DGE</t>
   </si>
   <si>
     <t>Consumer Staples</t>
   </si>
   <si>
     <t>GB0002374006</t>
   </si>
   <si>
     <t>XLON</t>
   </si>
   <si>
     <t>036752103</t>
   </si>
   <si>
     <t>Elevance Health Inc</t>
   </si>
   <si>
     <t>BSPHGL4</t>
   </si>
   <si>
     <t>ELV</t>
   </si>
   <si>
     <t>US0367521038</t>
@@ -411,53 +422,50 @@
     <t>US21036P1084</t>
   </si>
   <si>
     <t>30303M102</t>
   </si>
   <si>
     <t>Meta Platforms Inc-Class A</t>
   </si>
   <si>
     <t>B7TL820</t>
   </si>
   <si>
     <t>META</t>
   </si>
   <si>
     <t>US30303M1027</t>
   </si>
   <si>
     <t>4061412</t>
   </si>
   <si>
     <t>Lvmh Moet Hennessy Louis Vui</t>
   </si>
   <si>
     <t>France</t>
-  </si>
-[...1 lines deleted...]
-    <t>EUR</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>FR0000121014</t>
   </si>
   <si>
     <t>XPAR</t>
   </si>
   <si>
     <t>43300A203</t>
   </si>
   <si>
     <t>Hilton Worldwide Holdings In</t>
   </si>
   <si>
     <t>BYVMW06</t>
   </si>
   <si>
     <t>HLT</t>
   </si>
@@ -1403,92 +1411,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{607BAE24-1822-4F0F-B4A9-375EAF6E08AE}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2454548D-DEF0-4C93-A8DD-385A19B6579A}">
   <dimension ref="A1:Z65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="18.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="11.7109375" style="3" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45898</v>
+        <v>45930</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1538,4161 +1546,4155 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>10330242.92</v>
+        <v>10382002.630000001</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>10330242.92</v>
+        <v>10382002.630000001</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>10330242.92</v>
+        <v>10382002.630000001</v>
       </c>
       <c r="N4" s="4">
-        <v>10330242.92</v>
+        <v>10382002.630000001</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>9.3899999999999995E-4</v>
+        <v>9.1500000000000001E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>2423372.19</v>
+        <v>-980011.13</v>
       </c>
       <c r="E5" s="5">
-        <v>1.3510500000000001</v>
+        <v>1.175</v>
       </c>
       <c r="F5" s="4">
-        <v>3274096.9972994998</v>
+        <v>-1151513.0777499999</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>2423372.19</v>
+        <v>-980011.13</v>
       </c>
       <c r="N5" s="4">
-        <v>3274096.9972994998</v>
+        <v>-1151513.0777499999</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>2.9700000000000001E-4</v>
+        <v>-1.01E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
         <v>0.3</v>
       </c>
       <c r="E6" s="5">
-        <v>0.128273</v>
+        <v>0.128528</v>
       </c>
       <c r="F6" s="4">
-        <v>3.8482009999999997E-2</v>
+        <v>3.8558429999999998E-2</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>7.7958497702329206</v>
+        <v>7.7803997725011103</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>0.29999900000000002</v>
+        <v>0.3</v>
       </c>
       <c r="N6" s="4">
-        <v>3.8482009999999997E-2</v>
+        <v>3.8558429999999998E-2</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
         <v>19037</v>
       </c>
       <c r="E7" s="5">
-        <v>7.1900000000000002E-4</v>
+        <v>7.1299999999999998E-4</v>
       </c>
       <c r="F7" s="4">
-        <v>13.69322064</v>
+        <v>13.568297640000001</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>1390.2405116085083</v>
+        <v>1403.0558556536134</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>19036.870068</v>
+        <v>19037.079454999999</v>
       </c>
       <c r="N7" s="4">
-        <v>13.69322064</v>
+        <v>13.568297640000001</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>2</v>
+        <v>42310282.890000001</v>
       </c>
       <c r="E8" s="5">
-        <v>3.2711999999999998E-2</v>
+        <v>3.2811E-2</v>
       </c>
       <c r="F8" s="4">
-        <v>6.5424689999999994E-2</v>
+        <v>1388223.7315440599</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>30.569503740790172</v>
+        <v>30.478001740293898</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>2</v>
+        <v>42310285.305917002</v>
       </c>
       <c r="N8" s="4">
-        <v>6.5424689999999994E-2</v>
+        <v>1388223.7315440599</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>0</v>
+        <v>1.22E-4</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>17307355.27</v>
+        <v>-31808153.039999999</v>
       </c>
       <c r="E9" s="5">
         <v>1</v>
       </c>
       <c r="F9" s="4">
-        <v>17307355.27</v>
+        <v>-31808153.039999999</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
-        <v>17307355.27</v>
+        <v>-31808153.039999999</v>
       </c>
       <c r="N9" s="4">
-        <v>17307355.27</v>
+        <v>-31808153.039999999</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>1.573E-3</v>
+        <v>-2.8059999999999999E-3</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D10" s="4">
         <v>2612518</v>
       </c>
       <c r="E10" s="5">
-        <v>132.66</v>
+        <v>133.94</v>
       </c>
       <c r="F10" s="4">
-        <v>346576637.88</v>
+        <v>349920660.92000002</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>132.66</v>
+        <v>133.94</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>346576637.88</v>
+        <v>349920660.92000002</v>
       </c>
       <c r="N10" s="4">
-        <v>346576637.88</v>
+        <v>349920660.92000002</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>59</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>3.1511999999999998E-2</v>
+        <v>3.0870000000000002E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D11" s="4">
         <v>2209915</v>
       </c>
       <c r="E11" s="5">
-        <v>212.91</v>
+        <v>243.1</v>
       </c>
       <c r="F11" s="4">
-        <v>470513002.64999998</v>
+        <v>537230336.5</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>212.91</v>
+        <v>243.1</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>470513002.64999998</v>
+        <v>537230336.5</v>
       </c>
       <c r="N11" s="4">
-        <v>470513002.64999998</v>
+        <v>537230336.5</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>73</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>4.2781E-2</v>
+        <v>4.7393999999999999E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D12" s="4">
         <v>1097576</v>
       </c>
       <c r="E12" s="5">
-        <v>229</v>
+        <v>219.57</v>
       </c>
       <c r="F12" s="4">
-        <v>251344904</v>
+        <v>240994762.31999999</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>229</v>
+        <v>219.57</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>251344904</v>
+        <v>240994762.31999999</v>
       </c>
       <c r="N12" s="4">
-        <v>251344904</v>
+        <v>240994762.31999999</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>78</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>80</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>2.2852999999999998E-2</v>
+        <v>2.1260000000000001E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D13" s="4">
         <v>5548651</v>
       </c>
       <c r="E13" s="5">
-        <v>27.683015000000001</v>
+        <v>23.902668999999999</v>
       </c>
       <c r="F13" s="4">
-        <v>153603386.08843899</v>
+        <v>132627566.86235601</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>39</v>
+        <v>83</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>40</v>
+        <v>84</v>
       </c>
       <c r="J13" s="5">
-        <v>20.49</v>
+        <v>17.754999999999999</v>
       </c>
       <c r="K13" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L13" s="3" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="M13" s="4">
-        <v>113691858.98999999</v>
+        <v>98516298.504998997</v>
       </c>
       <c r="N13" s="4">
-        <v>153603386.08843899</v>
+        <v>132627566.86235601</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="P13" s="3" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="Q13" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="R13" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="S13" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>1.3965999999999999E-2</v>
+        <v>1.17E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D14" s="4">
         <v>789218</v>
       </c>
       <c r="E14" s="5">
-        <v>318.64999999999998</v>
+        <v>323.12</v>
       </c>
       <c r="F14" s="4">
-        <v>251484315.69999999</v>
+        <v>255012120.16</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>318.64999999999998</v>
+        <v>323.12</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>251484315.69999999</v>
+        <v>255012120.16</v>
       </c>
       <c r="N14" s="4">
-        <v>251484315.69999999</v>
+        <v>255012120.16</v>
       </c>
       <c r="O14" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="P14" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R14" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>2.2866000000000001E-2</v>
+        <v>2.2497E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="4">
         <v>1914855</v>
       </c>
       <c r="E15" s="5">
-        <v>232.14</v>
+        <v>254.63</v>
       </c>
       <c r="F15" s="4">
-        <v>444514439.69999999</v>
+        <v>487579528.64999998</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>232.14</v>
+        <v>254.63</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>444514439.69999999</v>
+        <v>487579528.64999998</v>
       </c>
       <c r="N15" s="4">
-        <v>444514439.69999999</v>
+        <v>487579528.64999998</v>
       </c>
       <c r="O15" s="3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="P15" s="3" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="Q15" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="R15" s="3" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>4.0417000000000002E-2</v>
+        <v>4.3013999999999997E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D16" s="4">
         <v>850905</v>
       </c>
       <c r="E16" s="5">
-        <v>297.39</v>
+        <v>329.91</v>
       </c>
       <c r="F16" s="4">
-        <v>253050637.94999999</v>
+        <v>280722068.55000001</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>297.39</v>
+        <v>329.91</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>253050637.94999999</v>
+        <v>280722068.55000001</v>
       </c>
       <c r="N16" s="4">
-        <v>253050637.94999999</v>
+        <v>280722068.55000001</v>
       </c>
       <c r="O16" s="3" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="R16" s="3" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>2.3008000000000001E-2</v>
+        <v>2.4764999999999999E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="4">
         <v>486585</v>
       </c>
       <c r="E17" s="5">
-        <v>300.87</v>
+        <v>288.25</v>
       </c>
       <c r="F17" s="4">
-        <v>146398828.94999999</v>
+        <v>140258126.25</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>300.87</v>
+        <v>288.25</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>146398828.94999999</v>
+        <v>140258126.25</v>
       </c>
       <c r="N17" s="4">
-        <v>146398828.94999999</v>
+        <v>140258126.25</v>
       </c>
       <c r="O17" s="3" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="P17" s="3" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R17" s="3" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>1.3311E-2</v>
+        <v>1.2373E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D18" s="4">
         <v>2227024</v>
       </c>
       <c r="E18" s="5">
-        <v>68.989999999999995</v>
+        <v>66.319999999999993</v>
       </c>
       <c r="F18" s="4">
-        <v>153642385.75999999</v>
+        <v>147696231.67999899</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>68.989999999999995</v>
+        <v>66.319999999999993</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>153642385.75999999</v>
+        <v>147696231.67999899</v>
       </c>
       <c r="N18" s="4">
-        <v>153642385.75999999</v>
+        <v>147696231.67999899</v>
       </c>
       <c r="O18" s="3" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="P18" s="3" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="R18" s="3" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.397E-2</v>
+        <v>1.3029000000000001E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="4">
         <v>1203377</v>
       </c>
       <c r="E19" s="5">
-        <v>161.94</v>
+        <v>134.66999999999999</v>
       </c>
       <c r="F19" s="4">
-        <v>194874871.38</v>
+        <v>162058780.58999899</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>161.94</v>
+        <v>134.66999999999999</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>194874871.38</v>
+        <v>162058780.58999899</v>
       </c>
       <c r="N19" s="4">
-        <v>194874871.38</v>
+        <v>162058780.58999899</v>
       </c>
       <c r="O19" s="3" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="P19" s="3" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="R19" s="3" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.7718999999999999E-2</v>
+        <v>1.4296E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="4">
         <v>690551</v>
       </c>
       <c r="E20" s="5">
-        <v>738.7</v>
+        <v>734.38</v>
       </c>
       <c r="F20" s="4">
-        <v>510110023.69999999</v>
+        <v>507126843.38</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>738.7</v>
+        <v>734.38</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>510110023.69999999</v>
+        <v>507126843.38</v>
       </c>
       <c r="N20" s="4">
-        <v>510110023.69999999</v>
+        <v>507126843.38</v>
       </c>
       <c r="O20" s="3" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="P20" s="3" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R20" s="3" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>4.6382E-2</v>
+        <v>4.4738E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D21" s="4">
         <v>257035</v>
       </c>
       <c r="E21" s="5">
-        <v>590.04904999999997</v>
+        <v>611.58749999999998</v>
       </c>
       <c r="F21" s="4">
-        <v>151663257.56674999</v>
+        <v>157199393.0625</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="I21" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J21" s="5">
+        <v>520.5</v>
+      </c>
+      <c r="K21" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L21" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="M21" s="4">
+        <v>133786717.5</v>
+      </c>
+      <c r="N21" s="4">
+        <v>157199393.0625</v>
+      </c>
+      <c r="O21" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="J21" s="5">
-[...16 lines deleted...]
-      </c>
       <c r="P21" s="3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R21" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.379E-2</v>
+        <v>1.3868E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D22" s="4">
         <v>623856</v>
       </c>
       <c r="E22" s="5">
-        <v>276.06</v>
+        <v>259.44</v>
       </c>
       <c r="F22" s="4">
-        <v>172221687.36000001</v>
+        <v>161853200.63999999</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>276.06</v>
+        <v>259.44</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>172221687.36000001</v>
+        <v>161853200.63999999</v>
       </c>
       <c r="N22" s="4">
-        <v>172221687.36000001</v>
+        <v>161853200.63999999</v>
       </c>
       <c r="O22" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="Q22" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R22" s="3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="S22" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.5658999999999999E-2</v>
+        <v>1.4278000000000001E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D23" s="4">
         <v>371346</v>
       </c>
       <c r="E23" s="5">
-        <v>473.29500000000002</v>
+        <v>447.23</v>
       </c>
       <c r="F23" s="4">
-        <v>175756205.06999999</v>
+        <v>166077071.58000001</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>473.29500000000002</v>
+        <v>447.23</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>175756205.06999999</v>
+        <v>166077071.58000001</v>
       </c>
       <c r="N23" s="4">
-        <v>175756205.06999999</v>
+        <v>166077071.58000001</v>
       </c>
       <c r="O23" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="Q23" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.5980000000000001E-2</v>
+        <v>1.4651000000000001E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D24" s="4">
         <v>2086325</v>
       </c>
       <c r="E24" s="5">
-        <v>177.17</v>
+        <v>185.42</v>
       </c>
       <c r="F24" s="4">
-        <v>369634200.24999899</v>
+        <v>386846381.49999899</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>177.17</v>
+        <v>185.42</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>369634200.24999899</v>
+        <v>386846381.49999899</v>
       </c>
       <c r="N24" s="4">
-        <v>369634200.24999899</v>
+        <v>386846381.49999899</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="Q24" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="S24" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>3.3609E-2</v>
+        <v>3.4126999999999998E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D25" s="4">
         <v>120069</v>
       </c>
       <c r="E25" s="5">
-        <v>872</v>
+        <v>1078.5999999999999</v>
       </c>
       <c r="F25" s="4">
-        <v>104700168</v>
+        <v>129506423.39999899</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>872</v>
+        <v>1078.5999999999999</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>104700168</v>
+        <v>129506423.39999899</v>
       </c>
       <c r="N25" s="4">
-        <v>104700168</v>
+        <v>129506423.39999899</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>9.5189999999999997E-3</v>
+        <v>1.1424999999999999E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D26" s="4">
         <v>1003538</v>
       </c>
       <c r="E26" s="5">
-        <v>271.20485000000002</v>
+        <v>267.78250000000003</v>
       </c>
       <c r="F26" s="4">
-        <v>272164372.75929898</v>
+        <v>268729914.48500001</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H26" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J26" s="5">
+        <v>227.9</v>
+      </c>
+      <c r="K26" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L26" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="M26" s="4">
+        <v>228706310.19999999</v>
+      </c>
+      <c r="N26" s="4">
+        <v>268729914.48500001</v>
+      </c>
+      <c r="O26" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="I26" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P26" s="3" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="R26" s="3" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>2.4746000000000001E-2</v>
+        <v>2.3706999999999999E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D27" s="4">
         <v>3051959</v>
       </c>
       <c r="E27" s="5">
-        <v>100.15</v>
+        <v>133.9</v>
       </c>
       <c r="F27" s="4">
-        <v>305653693.85000002</v>
+        <v>408657310.10000002</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>100.15</v>
+        <v>133.9</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>305653693.85000002</v>
+        <v>408657310.10000002</v>
       </c>
       <c r="N27" s="4">
-        <v>305653693.85000002</v>
+        <v>408657310.10000002</v>
       </c>
       <c r="O27" s="3" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="R27" s="3" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>2.7791E-2</v>
+        <v>3.6051E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D28" s="4">
         <v>219698</v>
       </c>
       <c r="E28" s="5">
-        <v>732.58</v>
+        <v>763</v>
       </c>
       <c r="F28" s="4">
-        <v>160946360.84</v>
+        <v>167629574</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>732.58</v>
+        <v>763</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>160946360.84</v>
+        <v>167629574</v>
       </c>
       <c r="N28" s="4">
-        <v>160946360.84</v>
+        <v>167629574</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="Q28" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>1.4633999999999999E-2</v>
+        <v>1.4788000000000001E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D29" s="4">
         <v>1921579</v>
       </c>
       <c r="E29" s="5">
-        <v>84.12</v>
+        <v>83.93</v>
       </c>
       <c r="F29" s="4">
-        <v>161643225.47999999</v>
+        <v>161278125.47</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>84.12</v>
+        <v>83.93</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>161643225.47999999</v>
+        <v>161278125.47</v>
       </c>
       <c r="N29" s="4">
-        <v>161643225.47999999</v>
+        <v>161278125.47</v>
       </c>
       <c r="O29" s="3" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="P29" s="3" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="Q29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R29" s="3" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="S29" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.4697E-2</v>
+        <v>1.4227999999999999E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D30" s="4">
         <v>1562663</v>
       </c>
       <c r="E30" s="5">
-        <v>506.69</v>
+        <v>517.95000000000005</v>
       </c>
       <c r="F30" s="4">
-        <v>791785715.47000003</v>
+        <v>809381300.85000002</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>506.69</v>
+        <v>517.95000000000005</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>791785715.47000003</v>
+        <v>809381300.85000002</v>
       </c>
       <c r="N30" s="4">
-        <v>791785715.47000003</v>
+        <v>809381300.85000002</v>
       </c>
       <c r="O30" s="3" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="P30" s="3" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="S30" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>7.1993000000000001E-2</v>
+        <v>7.1402999999999994E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D31" s="4">
-        <v>1601311</v>
+        <v>1329564</v>
       </c>
       <c r="E31" s="5">
-        <v>226.13</v>
+        <v>281.24</v>
       </c>
       <c r="F31" s="4">
-        <v>362104456.43000001</v>
+        <v>373926579.36000001</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>226.13</v>
+        <v>281.24</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>362104456.43000001</v>
+        <v>373926579.36000001</v>
       </c>
       <c r="N31" s="4">
-        <v>362104456.43000001</v>
+        <v>373926579.36000001</v>
       </c>
       <c r="O31" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="P31" s="3" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="R31" s="3" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>3.2924000000000002E-2</v>
+        <v>3.2987000000000002E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D32" s="4">
         <v>10711426</v>
       </c>
       <c r="E32" s="5">
-        <v>37.946314000000001</v>
+        <v>42.817768000000001</v>
       </c>
       <c r="F32" s="4">
-        <v>406459188.40674502</v>
+        <v>458639376.92761898</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J32" s="5">
-        <v>1160</v>
+        <v>1305</v>
       </c>
       <c r="K32" s="5">
-        <v>30.569503740790172</v>
+        <v>30.478001740293898</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M32" s="4">
-        <v>12425255680.4785</v>
+        <v>13978411728.167299</v>
       </c>
       <c r="N32" s="4">
-        <v>406459188.40674502</v>
+        <v>458639376.92761898</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="P32" s="3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>3.6956999999999997E-2</v>
+        <v>4.0460999999999997E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D33" s="4">
         <v>1726555</v>
       </c>
       <c r="E33" s="5">
-        <v>94.349540000000005</v>
+        <v>91.836862999999994</v>
       </c>
       <c r="F33" s="4">
-        <v>162899670.170827</v>
+        <v>158561394.89725301</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H33" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="I33" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="J33" s="5">
+        <v>73.069999999999993</v>
+      </c>
+      <c r="K33" s="5">
+        <v>0.79564999687627802</v>
+      </c>
+      <c r="L33" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M33" s="4">
+        <v>126159373.354698</v>
+      </c>
+      <c r="N33" s="4">
+        <v>158561394.89725301</v>
+      </c>
+      <c r="O33" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="I33" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P33" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>1.4811E-2</v>
+        <v>1.3988E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D34" s="4">
         <v>567614</v>
       </c>
       <c r="E34" s="5">
-        <v>181.64</v>
+        <v>190.58</v>
       </c>
       <c r="F34" s="4">
-        <v>103101406.95999999</v>
+        <v>108175876.12</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>181.64</v>
+        <v>190.58</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>103101406.95999999</v>
+        <v>108175876.12</v>
       </c>
       <c r="N34" s="4">
-        <v>103101406.95999999</v>
+        <v>108175876.12</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="Q34" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="S34" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>9.3740000000000004E-3</v>
+        <v>9.5429999999999994E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D35" s="4">
         <v>1207644</v>
       </c>
       <c r="E35" s="5">
-        <v>256.25</v>
+        <v>237</v>
       </c>
       <c r="F35" s="4">
-        <v>309458775</v>
+        <v>286211628</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>256.25</v>
+        <v>237</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>309458775</v>
+        <v>286211628</v>
       </c>
       <c r="N35" s="4">
-        <v>309458775</v>
+        <v>286211628</v>
       </c>
       <c r="O35" s="3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="P35" s="3" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>2.8136999999999999E-2</v>
+        <v>2.5249000000000001E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D36" s="4">
         <v>1184968</v>
       </c>
       <c r="E36" s="5">
-        <v>136.61000000000001</v>
+        <v>144.54</v>
       </c>
       <c r="F36" s="4">
-        <v>161878478.47999999</v>
+        <v>171275274.72</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>136.61000000000001</v>
+        <v>144.54</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>161878478.47999999</v>
+        <v>171275274.72</v>
       </c>
       <c r="N36" s="4">
-        <v>161878478.47999999</v>
+        <v>171275274.72</v>
       </c>
       <c r="O36" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="P36" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="Q36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="S36" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>1.4718E-2</v>
+        <v>1.5108999999999999E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D37" s="4">
         <v>1486482</v>
       </c>
       <c r="E37" s="5">
-        <v>202.48</v>
+        <v>183.73</v>
       </c>
       <c r="F37" s="4">
-        <v>300982875.36000001</v>
+        <v>273111337.86000001</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>202.48</v>
+        <v>183.73</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>300982875.36000001</v>
+        <v>273111337.86000001</v>
       </c>
       <c r="N37" s="4">
-        <v>300982875.36000001</v>
+        <v>273111337.86000001</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="S37" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.7366999999999999E-2</v>
+        <v>2.4093E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D38" s="4">
-        <v>672936</v>
+        <v>697188</v>
       </c>
       <c r="E38" s="5">
-        <v>492.72</v>
+        <v>485.02</v>
       </c>
       <c r="F38" s="4">
-        <v>331569025.92000002</v>
+        <v>338150123.75999999</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>492.72</v>
+        <v>485.02</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>331569025.92000002</v>
+        <v>338150123.75999999</v>
       </c>
       <c r="N38" s="4">
-        <v>331569025.92000002</v>
+        <v>338150123.75999999</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="Q38" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="S38" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>3.0148000000000001E-2</v>
+        <v>2.9831E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D39" s="4">
         <v>635577</v>
       </c>
       <c r="E39" s="5">
-        <v>123.36</v>
+        <v>110.98</v>
       </c>
       <c r="F39" s="4">
-        <v>78404778.719999999</v>
+        <v>70536335.459999993</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>123.36</v>
+        <v>110.98</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>78404778.719999999</v>
+        <v>70536335.459999993</v>
       </c>
       <c r="N39" s="4">
-        <v>78404778.719999999</v>
+        <v>70536335.459999993</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>56</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="S39" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>7.1289999999999999E-3</v>
+        <v>6.2220000000000001E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D40" s="4">
         <v>5517406</v>
       </c>
       <c r="E40" s="5">
-        <v>48.83</v>
+        <v>48.33</v>
       </c>
       <c r="F40" s="4">
-        <v>269414934.98000002</v>
+        <v>266656231.97999999</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>48.83</v>
+        <v>48.33</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>269414934.98000002</v>
+        <v>266656231.97999999</v>
       </c>
       <c r="N40" s="4">
-        <v>269414934.98000002</v>
+        <v>266656231.97999999</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="S40" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.4496E-2</v>
+        <v>2.3524E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D41" s="4">
         <v>1775095</v>
       </c>
       <c r="E41" s="5">
-        <v>93.75</v>
+        <v>97.97</v>
       </c>
       <c r="F41" s="4">
-        <v>166415156.25</v>
+        <v>173906057.15000001</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>93.75</v>
+        <v>97.97</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>166415156.25</v>
+        <v>173906057.15000001</v>
       </c>
       <c r="N41" s="4">
-        <v>166415156.25</v>
+        <v>173906057.15000001</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="S41" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>1.5131E-2</v>
+        <v>1.5342E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D42" s="4">
         <v>867881</v>
       </c>
       <c r="E42" s="5">
-        <v>309.87</v>
+        <v>345.3</v>
       </c>
       <c r="F42" s="4">
-        <v>268930285.47000003</v>
+        <v>299679309.30000001</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>309.87</v>
+        <v>345.3</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>268930285.47000003</v>
+        <v>299679309.30000001</v>
       </c>
       <c r="N42" s="4">
-        <v>268930285.47000003</v>
+        <v>299679309.30000001</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="Q42" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="S42" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.4452000000000002E-2</v>
+        <v>2.6436999999999999E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D43" s="4">
         <v>791713</v>
       </c>
       <c r="E43" s="5">
-        <v>351.78</v>
+        <v>341.38</v>
       </c>
       <c r="F43" s="4">
-        <v>278508799.13999999</v>
+        <v>270274983.94</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>351.78</v>
+        <v>341.38</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>278508799.13999999</v>
+        <v>270274983.94</v>
       </c>
       <c r="N43" s="4">
-        <v>278508799.13999999</v>
+        <v>270274983.94</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="P43" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="S43" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>2.5322999999999998E-2</v>
+        <v>2.3843E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D44" s="4">
-        <v>2534224</v>
+        <v>2010207</v>
       </c>
       <c r="E44" s="5">
-        <v>82.18</v>
+        <v>83.82</v>
       </c>
       <c r="F44" s="4">
-        <v>208262528.31999999</v>
+        <v>168495550.739999</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>82.18</v>
+        <v>83.82</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>208262528.31999999</v>
+        <v>168495550.739999</v>
       </c>
       <c r="N44" s="4">
-        <v>208262528.31999999</v>
+        <v>168495550.739999</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="S44" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.8936000000000001E-2</v>
+        <v>1.4864E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D45" s="4">
         <v>687259</v>
       </c>
       <c r="E45" s="5">
-        <v>333.47545000000002</v>
+        <v>352.61750000000001</v>
       </c>
       <c r="F45" s="4">
-        <v>229184004.291549</v>
+        <v>242339550.4325</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>126</v>
+        <v>40</v>
       </c>
       <c r="J45" s="5">
-        <v>284.89999999999998</v>
+        <v>300.10000000000002</v>
       </c>
       <c r="K45" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="M45" s="4">
-        <v>195800089.09999901</v>
+        <v>206246425.90000001</v>
       </c>
       <c r="N45" s="4">
-        <v>229184004.291549</v>
+        <v>242339550.4325</v>
       </c>
       <c r="O45" s="3" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="P45" s="3" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>2.0837999999999999E-2</v>
+        <v>2.1378999999999999E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D46" s="4">
         <v>3779177</v>
       </c>
       <c r="E46" s="5">
-        <v>62.850845999999997</v>
+        <v>59.234999999999999</v>
       </c>
       <c r="F46" s="4">
-        <v>237524471.633742</v>
+        <v>223859549.59499899</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>39</v>
+        <v>83</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>40</v>
+        <v>84</v>
       </c>
       <c r="J46" s="5">
-        <v>46.52</v>
+        <v>44</v>
       </c>
       <c r="K46" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="M46" s="4">
-        <v>175807314.03999999</v>
+        <v>166283787.99999899</v>
       </c>
       <c r="N46" s="4">
-        <v>237524471.633742</v>
+        <v>223859549.59499899</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="P46" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>2.1597000000000002E-2</v>
+        <v>1.9748000000000002E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D47" s="4">
         <v>1010325</v>
       </c>
       <c r="E47" s="5">
-        <v>83.8078</v>
+        <v>79.3125</v>
       </c>
       <c r="F47" s="4">
-        <v>84673115.534999996</v>
+        <v>80131401.5625</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H47" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J47" s="5">
+        <v>67.5</v>
+      </c>
+      <c r="K47" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L47" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="M47" s="4">
+        <v>68196937.5</v>
+      </c>
+      <c r="N47" s="4">
+        <v>80131401.5625</v>
+      </c>
+      <c r="O47" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="I47" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P47" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="Q47" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>7.698E-3</v>
+        <v>7.0689999999999998E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D48" s="4">
         <v>1062937</v>
       </c>
       <c r="E48" s="5">
-        <v>259.97000000000003</v>
+        <v>246.6</v>
       </c>
       <c r="F48" s="4">
-        <v>276331731.88999999</v>
+        <v>262120264.19999999</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J48" s="5">
-        <v>259.97000000000003</v>
+        <v>246.6</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M48" s="4">
-        <v>276331731.88999999</v>
+        <v>262120264.19999999</v>
       </c>
       <c r="N48" s="4">
-        <v>276331731.88999999</v>
+        <v>262120264.19999999</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="P48" s="3" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="S48" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>2.5125000000000001E-2</v>
+        <v>2.3123999999999999E-2</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D49" s="4">
         <v>180358</v>
       </c>
       <c r="E49" s="5">
-        <v>745.14030000000002</v>
+        <v>973.01750000000004</v>
       </c>
       <c r="F49" s="4">
-        <v>134392014.22739899</v>
+        <v>175491490.26499999</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H49" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J49" s="5">
+        <v>828.1</v>
+      </c>
+      <c r="K49" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="M49" s="4">
+        <v>149354459.80000001</v>
+      </c>
+      <c r="N49" s="4">
+        <v>175491490.26499999</v>
+      </c>
+      <c r="O49" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="I49" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P49" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.2219000000000001E-2</v>
+        <v>1.5481E-2</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D50" s="4">
         <v>449203</v>
       </c>
       <c r="E50" s="5">
-        <v>104.40860000000001</v>
+        <v>93.823750000000004</v>
       </c>
       <c r="F50" s="4">
-        <v>46900656.345799997</v>
+        <v>42145909.971249998</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>126</v>
+        <v>40</v>
       </c>
       <c r="J50" s="5">
-        <v>89.2</v>
+        <v>79.849999999999994</v>
       </c>
       <c r="K50" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="M50" s="4">
-        <v>40068907.600000001</v>
+        <v>35868859.549999997</v>
       </c>
       <c r="N50" s="4">
-        <v>46900656.345799997</v>
+        <v>42145909.971249998</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>4.2640000000000004E-3</v>
+        <v>3.718E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D51" s="4">
         <v>7270759</v>
       </c>
       <c r="E51" s="5">
-        <v>33.938375999999998</v>
+        <v>34.046663000000002</v>
       </c>
       <c r="F51" s="4">
-        <v>246757752.74738401</v>
+        <v>247545077.79183701</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>39</v>
+        <v>83</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>40</v>
+        <v>84</v>
       </c>
       <c r="J51" s="5">
-        <v>25.12</v>
+        <v>25.29</v>
       </c>
       <c r="K51" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="M51" s="4">
-        <v>182641466.08000001</v>
+        <v>183877495.109999</v>
       </c>
       <c r="N51" s="4">
-        <v>246757752.74738401</v>
+        <v>247545077.79183701</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="Q51" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>2.2436000000000001E-2</v>
+        <v>2.1838E-2</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D52" s="4">
-        <v>3119076</v>
+        <v>3153387</v>
       </c>
       <c r="E52" s="5">
-        <v>31.135300000000001</v>
+        <v>33.499250000000004</v>
       </c>
       <c r="F52" s="4">
-        <v>97113366.982800007</v>
+        <v>105636099.45975</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>126</v>
+        <v>40</v>
       </c>
       <c r="J52" s="5">
-        <v>26.6</v>
+        <v>28.51</v>
       </c>
       <c r="K52" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="M52" s="4">
-        <v>82967421.599999994</v>
+        <v>89903063.370000005</v>
       </c>
       <c r="N52" s="4">
-        <v>97113366.982800007</v>
+        <v>105636099.45975</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>8.8299999999999993E-3</v>
+        <v>9.3189999999999992E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D53" s="4">
         <v>42883931</v>
       </c>
       <c r="E53" s="5">
-        <v>4.9029600000000002</v>
+        <v>4.4749350000000003</v>
       </c>
       <c r="F53" s="4">
-        <v>210258217.63352901</v>
+        <v>191902803.76948401</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>39</v>
+        <v>83</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>40</v>
+        <v>84</v>
       </c>
       <c r="J53" s="5">
-        <v>3.629</v>
+        <v>3.3239999999999998</v>
       </c>
       <c r="K53" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="M53" s="4">
-        <v>155625785.59900001</v>
+        <v>142546186.64399901</v>
       </c>
       <c r="N53" s="4">
-        <v>210258217.63352901</v>
+        <v>191902803.76948401</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="Q53" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>1.9116999999999999E-2</v>
+        <v>1.6929E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D54" s="4">
         <v>1294770</v>
       </c>
       <c r="E54" s="5">
-        <v>56.262495000000001</v>
+        <v>54.251669999999997</v>
       </c>
       <c r="F54" s="4">
-        <v>72846991.414794698</v>
+        <v>70243432.895731002</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H54" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="J54" s="5">
+        <v>344.65</v>
+      </c>
+      <c r="K54" s="5">
+        <v>6.3527998154638716</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="M54" s="4">
+        <v>446242467.53754801</v>
+      </c>
+      <c r="N54" s="4">
+        <v>70243432.895731002</v>
+      </c>
+      <c r="O54" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="I54" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P54" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="Q54" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>6.6230000000000004E-3</v>
+        <v>6.1960000000000001E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D55" s="4">
-        <v>-6901057.8099999996</v>
+        <v>-6930420.46</v>
       </c>
       <c r="E55" s="5">
         <v>1</v>
       </c>
       <c r="F55" s="4">
-        <v>-6901057.8099999996</v>
+        <v>-6930420.46</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J55" s="5">
         <v>1</v>
       </c>
       <c r="K55" s="5">
         <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M55" s="4">
-        <v>-6901057.8099999996</v>
+        <v>-6930420.46</v>
       </c>
       <c r="N55" s="4">
-        <v>-6901057.8099999996</v>
+        <v>-6930420.46</v>
       </c>
       <c r="O55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="Q55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S55" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>-6.2699999999999995E-4</v>
+        <v>-6.11E-4</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="C56" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="B56" s="3" t="s">
+      <c r="D56" s="4">
+        <v>-5661820.5700000003</v>
+      </c>
+      <c r="E56" s="5">
+        <v>1</v>
+      </c>
+      <c r="F56" s="4">
+        <v>-5661820.5700000003</v>
+      </c>
+      <c r="G56" s="3" t="s">
         <v>307</v>
-      </c>
-[...13 lines deleted...]
-        <v>305</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J56" s="5">
         <v>1</v>
       </c>
       <c r="K56" s="5">
         <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M56" s="4">
-        <v>-5708320.1099990001</v>
+        <v>-5661820.5700000003</v>
       </c>
       <c r="N56" s="4">
-        <v>-5708320.1099999901</v>
+        <v>-5661820.5700000003</v>
       </c>
       <c r="O56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S56" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>-5.1900000000000004E-4</v>
+        <v>-4.9899999999999999E-4</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D57" s="4">
-        <v>18361232.858538002</v>
+        <v>49938079.164538004</v>
       </c>
       <c r="E57" s="5">
         <v>5.01</v>
       </c>
       <c r="F57" s="4">
-        <v>91989776.621273294</v>
+        <v>250189776.614333</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J57" s="5">
         <v>5.01</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="4">
-        <v>91989776.621272996</v>
+        <v>250189776.614333</v>
       </c>
       <c r="N57" s="4">
-        <v>91989776.621273294</v>
+        <v>250189776.614333</v>
       </c>
       <c r="O57" s="3" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="Q57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>8.3639999999999999E-3</v>
+        <v>2.2071E-2</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D58" s="4">
-        <v>1054371.23</v>
+        <v>1446127.35</v>
       </c>
       <c r="E58" s="5">
         <v>1</v>
       </c>
       <c r="F58" s="4">
-        <v>1054371.23</v>
+        <v>1446127.35</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J58" s="5">
         <v>1</v>
       </c>
       <c r="K58" s="5">
         <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M58" s="4">
-        <v>1054371.23</v>
+        <v>1446127.35</v>
       </c>
       <c r="N58" s="4">
-        <v>1054371.23</v>
+        <v>1446127.35</v>
       </c>
       <c r="O58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="Q58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>9.5000000000000005E-5</v>
+        <v>1.27E-4</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="65" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
-</file>
-[...4 lines deleted...]
-</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>August</vt:lpstr>
+      <vt:lpstr>September</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>GMO, LLC</Company>
+  <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Odayne Smith</dc:creator>
+  <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>