--- v1 (2025-11-19)
+++ v2 (2025-12-09)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_10\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1B922E1F-E510-4B23-AF6F-BFF7EDB5061F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{67AF046B-5EC5-4A64-833B-C8D45D20606F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{E71DC2E1-5F8E-474D-AFAB-89CF748B3706}"/>
+    <workbookView xWindow="1560" yWindow="1860" windowWidth="11520" windowHeight="8265" xr2:uid="{313A2F7D-769A-4B95-A086-CCE648E42C73}"/>
   </bookViews>
   <sheets>
-    <sheet name="September" sheetId="1" r:id="rId1"/>
+    <sheet name="October" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="748" uniqueCount="327">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="748" uniqueCount="324">
   <si>
     <t>GMO Quality Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -163,50 +163,65 @@
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
     <t>EURTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (EUR)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>EU</t>
   </si>
   <si>
+    <t>GBPTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (GBP)</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
     <t>HKDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (HKD)</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HKD</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>KRWTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (KRW)</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>KRW</t>
@@ -286,59 +301,50 @@
   <si>
     <t>023135106</t>
   </si>
   <si>
     <t>Amazon.com Inc</t>
   </si>
   <si>
     <t>2000019</t>
   </si>
   <si>
     <t>AMZN</t>
   </si>
   <si>
     <t>Consumer Discretionary</t>
   </si>
   <si>
     <t>US0231351067</t>
   </si>
   <si>
     <t>0237400</t>
   </si>
   <si>
     <t>Diageo Plc</t>
   </si>
   <si>
-    <t>United Kingdom</t>
-[...7 lines deleted...]
-  <si>
     <t>DGE</t>
   </si>
   <si>
     <t>Consumer Staples</t>
   </si>
   <si>
     <t>GB0002374006</t>
   </si>
   <si>
     <t>XLON</t>
   </si>
   <si>
     <t>036752103</t>
   </si>
   <si>
     <t>Elevance Health Inc</t>
   </si>
   <si>
     <t>BSPHGL4</t>
   </si>
   <si>
     <t>ELV</t>
   </si>
   <si>
     <t>US0367521038</t>
@@ -575,65 +581,50 @@
     <t>Merck &amp; Co. Inc.</t>
   </si>
   <si>
     <t>2778844</t>
   </si>
   <si>
     <t>MRK</t>
   </si>
   <si>
     <t>US58933Y1055</t>
   </si>
   <si>
     <t>594918104</t>
   </si>
   <si>
     <t>Microsoft Corp</t>
   </si>
   <si>
     <t>2588173</t>
   </si>
   <si>
     <t>MSFT</t>
   </si>
   <si>
     <t>US5949181045</t>
-  </si>
-[...13 lines deleted...]
-    <t>US68389X1054</t>
   </si>
   <si>
     <t>6889106</t>
   </si>
   <si>
     <t>Taiwan Semiconductor Manufac</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>TW0002330008</t>
   </si>
   <si>
     <t>XTAI</t>
   </si>
   <si>
     <t>7123870</t>
   </si>
   <si>
     <t>Nestle Sa-Reg</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
@@ -1411,92 +1402,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2454548D-DEF0-4C93-A8DD-385A19B6579A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C759B56D-A4FD-4CB2-A72F-9F7EF3AF7DBA}">
   <dimension ref="A1:Z65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="18.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45930</v>
+        <v>45961</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1546,4155 +1537,4155 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>10382002.630000001</v>
+        <v>10262906.550000001</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>10382002.630000001</v>
+        <v>10262906.550000001</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>10382002.630000001</v>
+        <v>10262906.550000001</v>
       </c>
       <c r="N4" s="4">
-        <v>10382002.630000001</v>
+        <v>10262906.550000001</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>9.1500000000000001E-4</v>
+        <v>8.7500000000000002E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>-980011.13</v>
+        <v>245286.88</v>
       </c>
       <c r="E5" s="5">
-        <v>1.175</v>
+        <v>1.1541999999999999</v>
       </c>
       <c r="F5" s="4">
-        <v>-1151513.0777499999</v>
+        <v>283110.11689599999</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>-980011.13</v>
+        <v>245286.88</v>
       </c>
       <c r="N5" s="4">
-        <v>-1151513.0777499999</v>
+        <v>283110.11689599999</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>-1.01E-4</v>
+        <v>2.4000000000000001E-5</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>0.3</v>
+        <v>190.91</v>
       </c>
       <c r="E6" s="5">
-        <v>0.128528</v>
+        <v>1.31385</v>
       </c>
       <c r="F6" s="4">
-        <v>3.8558429999999998E-2</v>
+        <v>250.82710349999999</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>7.7803997725011103</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>0.3</v>
+        <v>190.91</v>
       </c>
       <c r="N6" s="4">
-        <v>3.8558429999999998E-2</v>
+        <v>250.82710349999999</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>19037</v>
+        <v>0.3</v>
       </c>
       <c r="E7" s="5">
-        <v>7.1299999999999998E-4</v>
+        <v>0.128664</v>
       </c>
       <c r="F7" s="4">
-        <v>13.568297640000001</v>
+        <v>3.8599109999999999E-2</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>1403.0558556536134</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>19037.079454999999</v>
+        <v>0.3</v>
       </c>
       <c r="N7" s="4">
-        <v>13.568297640000001</v>
+        <v>3.8599109999999999E-2</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>42310282.890000001</v>
+        <v>19037</v>
       </c>
       <c r="E8" s="5">
-        <v>3.2811E-2</v>
+        <v>7.0200000000000004E-4</v>
       </c>
       <c r="F8" s="4">
-        <v>1388223.7315440599</v>
+        <v>13.36164239</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>30.478001740293898</v>
+        <v>1424.7449706502537</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>42310285.305917002</v>
+        <v>19036.932794</v>
       </c>
       <c r="N8" s="4">
-        <v>1388223.7315440599</v>
+        <v>13.36164239</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>1.22E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>-31808153.039999999</v>
+        <v>2</v>
       </c>
       <c r="E9" s="5">
-        <v>1</v>
+        <v>3.2530000000000003E-2</v>
       </c>
       <c r="F9" s="4">
-        <v>-31808153.039999999</v>
+        <v>6.5059690000000003E-2</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>1</v>
+        <v>30.740996346432585</v>
       </c>
       <c r="L9" s="3" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>-31808153.039999999</v>
+        <v>1.9999990000000001</v>
       </c>
       <c r="N9" s="4">
-        <v>-31808153.039999999</v>
+        <v>6.5059690000000003E-2</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>-2.8059999999999999E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>2612518</v>
+        <v>9891347.4900000002</v>
       </c>
       <c r="E10" s="5">
-        <v>133.94</v>
+        <v>1</v>
       </c>
       <c r="F10" s="4">
-        <v>349920660.92000002</v>
+        <v>9891347.4900000002</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>133.94</v>
+        <v>1</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>349920660.92000002</v>
+        <v>9891347.4900000002</v>
       </c>
       <c r="N10" s="4">
-        <v>349920660.92000002</v>
+        <v>9891347.4900000002</v>
       </c>
       <c r="O10" s="3" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>3.0870000000000002E-2</v>
+        <v>8.4400000000000002E-4</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D11" s="4">
-        <v>2209915</v>
+        <v>2612518</v>
       </c>
       <c r="E11" s="5">
-        <v>243.1</v>
+        <v>123.62</v>
       </c>
       <c r="F11" s="4">
-        <v>537230336.5</v>
+        <v>322959475.16000003</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>243.1</v>
+        <v>123.62</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>537230336.5</v>
+        <v>322959475.16000003</v>
       </c>
       <c r="N11" s="4">
-        <v>537230336.5</v>
+        <v>322959475.16000003</v>
       </c>
       <c r="O11" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="P11" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q11" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="P11" s="3" t="s">
+      <c r="R11" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="Q11" s="3" t="s">
+      <c r="S11" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="R11" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>4.7393999999999999E-2</v>
+        <v>2.7564000000000002E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D12" s="4">
-        <v>1097576</v>
+        <v>2323824</v>
       </c>
       <c r="E12" s="5">
-        <v>219.57</v>
+        <v>281.19</v>
       </c>
       <c r="F12" s="4">
-        <v>240994762.31999999</v>
+        <v>653436070.55999994</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>219.57</v>
+        <v>281.19</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>240994762.31999999</v>
+        <v>653436070.55999994</v>
       </c>
       <c r="N12" s="4">
-        <v>240994762.31999999</v>
+        <v>653436070.55999994</v>
       </c>
       <c r="O12" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="P12" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q12" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="P12" s="3" t="s">
+      <c r="R12" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="Q12" s="3" t="s">
+      <c r="S12" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="R12" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>2.1260000000000001E-2</v>
+        <v>5.577E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="C13" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" s="4">
+        <v>1221664</v>
+      </c>
+      <c r="E13" s="5">
+        <v>244.22</v>
+      </c>
+      <c r="F13" s="4">
+        <v>298354782.07999998</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J13" s="5">
+        <v>244.22</v>
+      </c>
+      <c r="K13" s="5">
+        <v>1</v>
+      </c>
+      <c r="L13" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M13" s="4">
+        <v>298354782.07999998</v>
+      </c>
+      <c r="N13" s="4">
+        <v>298354782.07999998</v>
+      </c>
+      <c r="O13" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="C13" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H13" s="3" t="s">
+      <c r="P13" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="I13" s="3" t="s">
+      <c r="Q13" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="J13" s="5">
-[...5 lines deleted...]
-      <c r="L13" s="3" t="s">
+      <c r="R13" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="M13" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="S13" s="3" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>1.17E-2</v>
+        <v>2.5464000000000001E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" s="4">
+        <v>5548651</v>
+      </c>
+      <c r="E14" s="5">
+        <v>22.992374999999999</v>
+      </c>
+      <c r="F14" s="4">
+        <v>127576664.536125</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H14" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J14" s="5">
+        <v>17.5</v>
+      </c>
+      <c r="K14" s="5">
+        <v>0.76112189367127148</v>
+      </c>
+      <c r="L14" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M14" s="4">
+        <v>97101392.5</v>
+      </c>
+      <c r="N14" s="4">
+        <v>127576664.536125</v>
+      </c>
+      <c r="O14" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="P14" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q14" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R14" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="S14" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>2.2497E-2</v>
+        <v>1.0888E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D15" s="4">
-        <v>1914855</v>
+        <v>765607</v>
       </c>
       <c r="E15" s="5">
-        <v>254.63</v>
+        <v>317.2</v>
       </c>
       <c r="F15" s="4">
-        <v>487579528.64999998</v>
+        <v>242850540.40000001</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>254.63</v>
+        <v>317.2</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>487579528.64999998</v>
+        <v>242850540.40000001</v>
       </c>
       <c r="N15" s="4">
-        <v>487579528.64999998</v>
+        <v>242850540.40000001</v>
       </c>
       <c r="O15" s="3" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="P15" s="3" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="Q15" s="3" t="s">
-        <v>99</v>
+        <v>70</v>
       </c>
       <c r="R15" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>4.3013999999999997E-2</v>
+        <v>2.0726999999999999E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D16" s="4">
-        <v>850905</v>
+        <v>2023061</v>
       </c>
       <c r="E16" s="5">
-        <v>329.91</v>
+        <v>270.37</v>
       </c>
       <c r="F16" s="4">
-        <v>280722068.55000001</v>
+        <v>546975002.57000005</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>329.91</v>
+        <v>270.37</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>280722068.55000001</v>
+        <v>546975002.57000005</v>
       </c>
       <c r="N16" s="4">
-        <v>280722068.55000001</v>
+        <v>546975002.57000005</v>
       </c>
       <c r="O16" s="3" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="R16" s="3" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>2.4764999999999999E-2</v>
+        <v>4.6684000000000003E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D17" s="4">
-        <v>486585</v>
+        <v>914741</v>
       </c>
       <c r="E17" s="5">
-        <v>288.25</v>
+        <v>369.63</v>
       </c>
       <c r="F17" s="4">
-        <v>140258126.25</v>
+        <v>338115715.82999998</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>288.25</v>
+        <v>369.63</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>140258126.25</v>
+        <v>338115715.82999998</v>
       </c>
       <c r="N17" s="4">
-        <v>140258126.25</v>
+        <v>338115715.82999998</v>
       </c>
       <c r="O17" s="3" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="P17" s="3" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>65</v>
+        <v>101</v>
       </c>
       <c r="R17" s="3" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>1.2373E-2</v>
+        <v>2.8858000000000002E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D18" s="4">
-        <v>2227024</v>
+        <v>548098</v>
       </c>
       <c r="E18" s="5">
-        <v>66.319999999999993</v>
+        <v>244.41</v>
       </c>
       <c r="F18" s="4">
-        <v>147696231.67999899</v>
+        <v>133960632.17999899</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>66.319999999999993</v>
+        <v>244.41</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>147696231.67999899</v>
+        <v>133960632.17999899</v>
       </c>
       <c r="N18" s="4">
-        <v>147696231.67999899</v>
+        <v>133960632.17999899</v>
       </c>
       <c r="O18" s="3" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="P18" s="3" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>87</v>
+        <v>70</v>
       </c>
       <c r="R18" s="3" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.3029000000000001E-2</v>
+        <v>1.1433E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D19" s="4">
-        <v>1203377</v>
+        <v>2639711</v>
       </c>
       <c r="E19" s="5">
-        <v>134.66999999999999</v>
+        <v>68.900000000000006</v>
       </c>
       <c r="F19" s="4">
-        <v>162058780.58999899</v>
+        <v>181876087.90000001</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>134.66999999999999</v>
+        <v>68.900000000000006</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>162058780.58999899</v>
+        <v>181876087.90000001</v>
       </c>
       <c r="N19" s="4">
-        <v>162058780.58999899</v>
+        <v>181876087.90000001</v>
       </c>
       <c r="O19" s="3" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="P19" s="3" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="R19" s="3" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.4296E-2</v>
+        <v>1.5523E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D20" s="4">
-        <v>690551</v>
+        <v>1203377</v>
       </c>
       <c r="E20" s="5">
-        <v>734.38</v>
+        <v>131.38</v>
       </c>
       <c r="F20" s="4">
-        <v>507126843.38</v>
+        <v>158099670.25999999</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>734.38</v>
+        <v>131.38</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>507126843.38</v>
+        <v>158099670.25999999</v>
       </c>
       <c r="N20" s="4">
-        <v>507126843.38</v>
+        <v>158099670.25999999</v>
       </c>
       <c r="O20" s="3" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="P20" s="3" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="Q20" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R20" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="S20" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="R20" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>4.4738E-2</v>
+        <v>1.3493E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D21" s="4">
+        <v>729108</v>
+      </c>
+      <c r="E21" s="5">
+        <v>648.35</v>
+      </c>
+      <c r="F21" s="4">
+        <v>472717171.80000001</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J21" s="5">
+        <v>648.35</v>
+      </c>
+      <c r="K21" s="5">
+        <v>1</v>
+      </c>
+      <c r="L21" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M21" s="4">
+        <v>472717171.80000001</v>
+      </c>
+      <c r="N21" s="4">
+        <v>472717171.80000001</v>
+      </c>
+      <c r="O21" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="P21" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="Q21" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="R21" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="C21" s="3" t="s">
-[...41 lines deleted...]
-      <c r="Q21" s="3" t="s">
+      <c r="S21" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="R21" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.3868E-2</v>
+        <v>4.0346E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D22" s="4">
+        <v>257035</v>
+      </c>
+      <c r="E22" s="5">
+        <v>706.48581999999999</v>
+      </c>
+      <c r="F22" s="4">
+        <v>181591582.74369901</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J22" s="5">
+        <v>612.1</v>
+      </c>
+      <c r="K22" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L22" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="M22" s="4">
+        <v>157331123.49999899</v>
+      </c>
+      <c r="N22" s="4">
+        <v>181591582.74369901</v>
+      </c>
+      <c r="O22" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="P22" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="Q22" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="R22" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="B22" s="3" t="s">
+      <c r="S22" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="C22" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>133</v>
+        <v>34</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.4278000000000001E-2</v>
+        <v>1.5498E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D23" s="4">
-        <v>371346</v>
+        <v>679276</v>
       </c>
       <c r="E23" s="5">
-        <v>447.23</v>
+        <v>256.95999999999998</v>
       </c>
       <c r="F23" s="4">
-        <v>166077071.58000001</v>
+        <v>174546760.959999</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>447.23</v>
+        <v>256.95999999999998</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>166077071.58000001</v>
+        <v>174546760.959999</v>
       </c>
       <c r="N23" s="4">
-        <v>166077071.58000001</v>
+        <v>174546760.959999</v>
       </c>
       <c r="O23" s="3" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>65</v>
+        <v>84</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.4651000000000001E-2</v>
+        <v>1.4897000000000001E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D24" s="4">
-        <v>2086325</v>
+        <v>371346</v>
       </c>
       <c r="E24" s="5">
-        <v>185.42</v>
+        <v>534.28</v>
       </c>
       <c r="F24" s="4">
-        <v>386846381.49999899</v>
+        <v>198402740.88</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>185.42</v>
+        <v>534.28</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>386846381.49999899</v>
+        <v>198402740.88</v>
       </c>
       <c r="N24" s="4">
-        <v>386846381.49999899</v>
+        <v>198402740.88</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>3.4126999999999998E-2</v>
+        <v>1.6933E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D25" s="4">
-        <v>120069</v>
+        <v>2086325</v>
       </c>
       <c r="E25" s="5">
-        <v>1078.5999999999999</v>
+        <v>188.87</v>
       </c>
       <c r="F25" s="4">
-        <v>129506423.39999899</v>
+        <v>394044202.74999899</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>1078.5999999999999</v>
+        <v>188.87</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>129506423.39999899</v>
+        <v>394044202.74999899</v>
       </c>
       <c r="N25" s="4">
-        <v>129506423.39999899</v>
+        <v>394044202.74999899</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>99</v>
+        <v>70</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>1.1424999999999999E-2</v>
+        <v>3.3631000000000001E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D26" s="4">
+        <v>145802</v>
+      </c>
+      <c r="E26" s="5">
+        <v>1208.74</v>
+      </c>
+      <c r="F26" s="4">
+        <v>176236709.47999999</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J26" s="5">
+        <v>1208.74</v>
+      </c>
+      <c r="K26" s="5">
+        <v>1</v>
+      </c>
+      <c r="L26" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M26" s="4">
+        <v>176236709.47999999</v>
+      </c>
+      <c r="N26" s="4">
+        <v>176236709.47999999</v>
+      </c>
+      <c r="O26" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="P26" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="Q26" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="R26" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="C26" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S26" s="3" t="s">
-        <v>159</v>
+        <v>79</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>34</v>
+        <v>150</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>2.3706999999999999E-2</v>
+        <v>1.5041000000000001E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D27" s="4">
+        <v>1003538</v>
+      </c>
+      <c r="E27" s="5">
+        <v>259.06018999999998</v>
+      </c>
+      <c r="F27" s="4">
+        <v>259976744.95221901</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H27" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J27" s="5">
+        <v>224.45</v>
+      </c>
+      <c r="K27" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L27" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="M27" s="4">
+        <v>225244104.09999901</v>
+      </c>
+      <c r="N27" s="4">
+        <v>259976744.95221901</v>
+      </c>
+      <c r="O27" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="P27" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="Q27" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="R27" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="S27" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="C27" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>160</v>
+        <v>34</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>3.6051E-2</v>
+        <v>2.2189E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D28" s="4">
-        <v>219698</v>
+        <v>3051959</v>
       </c>
       <c r="E28" s="5">
-        <v>763</v>
+        <v>157.46</v>
       </c>
       <c r="F28" s="4">
-        <v>167629574</v>
+        <v>480561464.13999999</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>763</v>
+        <v>157.46</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>167629574</v>
+        <v>480561464.13999999</v>
       </c>
       <c r="N28" s="4">
-        <v>167629574</v>
+        <v>480561464.13999999</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>65</v>
+        <v>101</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>1.4788000000000001E-2</v>
+        <v>4.1015000000000003E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D29" s="4">
-        <v>1921579</v>
+        <v>219698</v>
       </c>
       <c r="E29" s="5">
-        <v>83.93</v>
+        <v>862.86</v>
       </c>
       <c r="F29" s="4">
-        <v>161278125.47</v>
+        <v>189568616.28</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>83.93</v>
+        <v>862.86</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>161278125.47</v>
+        <v>189568616.28</v>
       </c>
       <c r="N29" s="4">
-        <v>161278125.47</v>
+        <v>189568616.28</v>
       </c>
       <c r="O29" s="3" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="P29" s="3" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="R29" s="3" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.4227999999999999E-2</v>
+        <v>1.6178999999999999E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D30" s="4">
-        <v>1562663</v>
+        <v>1921579</v>
       </c>
       <c r="E30" s="5">
-        <v>517.95000000000005</v>
+        <v>85.98</v>
       </c>
       <c r="F30" s="4">
-        <v>809381300.85000002</v>
+        <v>165217362.41999999</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>517.95000000000005</v>
+        <v>85.98</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>809381300.85000002</v>
+        <v>165217362.41999999</v>
       </c>
       <c r="N30" s="4">
-        <v>809381300.85000002</v>
+        <v>165217362.41999999</v>
       </c>
       <c r="O30" s="3" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="P30" s="3" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>99</v>
+        <v>70</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>7.1402999999999994E-2</v>
+        <v>1.4101000000000001E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D31" s="4">
-        <v>1329564</v>
+        <v>1616062</v>
       </c>
       <c r="E31" s="5">
-        <v>281.24</v>
+        <v>517.80999999999995</v>
       </c>
       <c r="F31" s="4">
-        <v>373926579.36000001</v>
+        <v>836813064.21999896</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>281.24</v>
+        <v>517.80999999999995</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>373926579.36000001</v>
+        <v>836813064.21999896</v>
       </c>
       <c r="N31" s="4">
-        <v>373926579.36000001</v>
+        <v>836813064.21999896</v>
       </c>
       <c r="O31" s="3" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="P31" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="R31" s="3" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>3.2987000000000002E-2</v>
+        <v>7.1421999999999999E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D32" s="4">
+        <v>11298964</v>
+      </c>
+      <c r="E32" s="5">
+        <v>48.794775000000001</v>
+      </c>
+      <c r="F32" s="4">
+        <v>551330340.58748901</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H32" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I32" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J32" s="5">
+        <v>1500</v>
+      </c>
+      <c r="K32" s="5">
+        <v>30.740996346432585</v>
+      </c>
+      <c r="L32" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M32" s="4">
+        <v>16948443985.677401</v>
+      </c>
+      <c r="N32" s="4">
+        <v>551330340.58748901</v>
+      </c>
+      <c r="O32" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="P32" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q32" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="R32" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B32" s="3" t="s">
+      <c r="S32" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="C32" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>4.0460999999999997E-2</v>
+        <v>4.7056000000000001E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D33" s="4">
         <v>1726555</v>
       </c>
       <c r="E33" s="5">
-        <v>91.836862999999994</v>
+        <v>95.770787999999996</v>
       </c>
       <c r="F33" s="4">
-        <v>158561394.89725301</v>
+        <v>165353532.73123601</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H33" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="I33" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="J33" s="5">
+        <v>76.88</v>
+      </c>
+      <c r="K33" s="5">
+        <v>0.80275000316283507</v>
+      </c>
+      <c r="L33" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="M33" s="4">
+        <v>132737548.922985</v>
+      </c>
+      <c r="N33" s="4">
+        <v>165353532.73123601</v>
+      </c>
+      <c r="O33" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="P33" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="I33" s="3" t="s">
+      <c r="Q33" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R33" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="J33" s="5">
-[...5 lines deleted...]
-      <c r="L33" s="3" t="s">
+      <c r="S33" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="M33" s="4">
-[...19 lines deleted...]
-      </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>1.3988E-2</v>
+        <v>1.4112E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D34" s="4">
         <v>567614</v>
       </c>
       <c r="E34" s="5">
-        <v>190.58</v>
+        <v>175.95</v>
       </c>
       <c r="F34" s="4">
-        <v>108175876.12</v>
+        <v>99871683.299999997</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>190.58</v>
+        <v>175.95</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>108175876.12</v>
+        <v>99871683.299999997</v>
       </c>
       <c r="N34" s="4">
-        <v>108175876.12</v>
+        <v>99871683.299999997</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>9.5429999999999994E-3</v>
+        <v>8.5240000000000003E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D35" s="4">
         <v>1207644</v>
       </c>
       <c r="E35" s="5">
-        <v>237</v>
+        <v>260.41000000000003</v>
       </c>
       <c r="F35" s="4">
-        <v>286211628</v>
+        <v>314482574.04000002</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>237</v>
+        <v>260.41000000000003</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>286211628</v>
+        <v>314482574.04000002</v>
       </c>
       <c r="N35" s="4">
-        <v>286211628</v>
+        <v>314482574.04000002</v>
       </c>
       <c r="O35" s="3" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="P35" s="3" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>2.5249000000000001E-2</v>
+        <v>2.6841E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D36" s="4">
         <v>1184968</v>
       </c>
       <c r="E36" s="5">
-        <v>144.54</v>
+        <v>140.13999999999999</v>
       </c>
       <c r="F36" s="4">
-        <v>171275274.72</v>
+        <v>166061415.519999</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>144.54</v>
+        <v>140.13999999999999</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>171275274.72</v>
+        <v>166061415.519999</v>
       </c>
       <c r="N36" s="4">
-        <v>171275274.72</v>
+        <v>166061415.519999</v>
       </c>
       <c r="O36" s="3" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="P36" s="3" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>1.5108999999999999E-2</v>
+        <v>1.4173E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D37" s="4">
         <v>1486482</v>
       </c>
       <c r="E37" s="5">
-        <v>183.73</v>
+        <v>161.46</v>
       </c>
       <c r="F37" s="4">
-        <v>273111337.86000001</v>
+        <v>240007383.72</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>183.73</v>
+        <v>161.46</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>273111337.86000001</v>
+        <v>240007383.72</v>
       </c>
       <c r="N37" s="4">
-        <v>273111337.86000001</v>
+        <v>240007383.72</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.4093E-2</v>
+        <v>2.0483999999999999E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D38" s="4">
-        <v>697188</v>
+        <v>750262</v>
       </c>
       <c r="E38" s="5">
-        <v>485.02</v>
+        <v>567.39</v>
       </c>
       <c r="F38" s="4">
-        <v>338150123.75999999</v>
+        <v>425691156.18000001</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>485.02</v>
+        <v>567.39</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>338150123.75999999</v>
+        <v>425691156.18000001</v>
       </c>
       <c r="N38" s="4">
-        <v>338150123.75999999</v>
+        <v>425691156.18000001</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>2.9831E-2</v>
+        <v>3.6332000000000003E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D39" s="4">
-        <v>635577</v>
+        <v>771450</v>
       </c>
       <c r="E39" s="5">
-        <v>110.98</v>
+        <v>105.39</v>
       </c>
       <c r="F39" s="4">
-        <v>70536335.459999993</v>
+        <v>81303115.5</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>110.98</v>
+        <v>105.39</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>70536335.459999993</v>
+        <v>81303115.5</v>
       </c>
       <c r="N39" s="4">
-        <v>70536335.459999993</v>
+        <v>81303115.5</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>6.2220000000000001E-3</v>
+        <v>6.9389999999999999E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D40" s="4">
         <v>5517406</v>
       </c>
       <c r="E40" s="5">
-        <v>48.33</v>
+        <v>46.68</v>
       </c>
       <c r="F40" s="4">
-        <v>266656231.97999999</v>
+        <v>257552512.08000001</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>48.33</v>
+        <v>46.68</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>266656231.97999999</v>
+        <v>257552512.08000001</v>
       </c>
       <c r="N40" s="4">
-        <v>266656231.97999999</v>
+        <v>257552512.08000001</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.3524E-2</v>
+        <v>2.1982000000000002E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D41" s="4">
         <v>1775095</v>
       </c>
       <c r="E41" s="5">
-        <v>97.97</v>
+        <v>96.5</v>
       </c>
       <c r="F41" s="4">
-        <v>173906057.15000001</v>
+        <v>171296667.5</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>97.97</v>
+        <v>96.5</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>173906057.15000001</v>
+        <v>171296667.5</v>
       </c>
       <c r="N41" s="4">
-        <v>173906057.15000001</v>
+        <v>171296667.5</v>
       </c>
       <c r="O41" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="P41" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="Q41" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="R41" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="P41" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S41" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>1.5342E-2</v>
+        <v>1.4619999999999999E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D42" s="4">
-        <v>867881</v>
+        <v>845747</v>
       </c>
       <c r="E42" s="5">
-        <v>345.3</v>
+        <v>341.56</v>
       </c>
       <c r="F42" s="4">
-        <v>299679309.30000001</v>
+        <v>288873345.31999999</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>345.3</v>
+        <v>341.56</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>299679309.30000001</v>
+        <v>288873345.31999999</v>
       </c>
       <c r="N42" s="4">
-        <v>299679309.30000001</v>
+        <v>288873345.31999999</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.6436999999999999E-2</v>
+        <v>2.4655E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D43" s="4">
         <v>791713</v>
       </c>
       <c r="E43" s="5">
-        <v>341.38</v>
+        <v>340.74</v>
       </c>
       <c r="F43" s="4">
-        <v>270274983.94</v>
+        <v>269768287.62</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>341.38</v>
+        <v>340.74</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>270274983.94</v>
+        <v>269768287.62</v>
       </c>
       <c r="N43" s="4">
-        <v>270274983.94</v>
+        <v>269768287.62</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="P43" s="3" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>2.3843E-2</v>
+        <v>2.3023999999999999E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D44" s="4">
         <v>2010207</v>
       </c>
       <c r="E44" s="5">
-        <v>83.82</v>
+        <v>86.97</v>
       </c>
       <c r="F44" s="4">
-        <v>168495550.739999</v>
+        <v>174827702.78999999</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>83.82</v>
+        <v>86.97</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>168495550.739999</v>
+        <v>174827702.78999999</v>
       </c>
       <c r="N44" s="4">
-        <v>168495550.739999</v>
+        <v>174827702.78999999</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.4864E-2</v>
+        <v>1.4921E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D45" s="4">
         <v>687259</v>
       </c>
       <c r="E45" s="5">
-        <v>352.61750000000001</v>
+        <v>355.37817999999999</v>
       </c>
       <c r="F45" s="4">
-        <v>242339550.4325</v>
+        <v>244236852.608619</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J45" s="5">
-        <v>300.10000000000002</v>
+        <v>307.89999999999998</v>
       </c>
       <c r="K45" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="M45" s="4">
-        <v>206246425.90000001</v>
+        <v>211607046.09999901</v>
       </c>
       <c r="N45" s="4">
-        <v>242339550.4325</v>
+        <v>244236852.608619</v>
       </c>
       <c r="O45" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="P45" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="Q45" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="R45" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="P45" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S45" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>2.1378999999999999E-2</v>
+        <v>2.0844999999999999E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D46" s="4">
         <v>3779177</v>
       </c>
       <c r="E46" s="5">
-        <v>59.234999999999999</v>
+        <v>60.292577000000001</v>
       </c>
       <c r="F46" s="4">
-        <v>223859549.59499899</v>
+        <v>227856318.37954</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>83</v>
+        <v>44</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>84</v>
+        <v>45</v>
       </c>
       <c r="J46" s="5">
-        <v>44</v>
+        <v>45.89</v>
       </c>
       <c r="K46" s="5">
-        <v>0.74280408542246978</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>85</v>
+        <v>46</v>
       </c>
       <c r="M46" s="4">
-        <v>166283787.99999899</v>
+        <v>173426432.53</v>
       </c>
       <c r="N46" s="4">
-        <v>223859549.59499899</v>
+        <v>227856318.37954</v>
       </c>
       <c r="O46" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="P46" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="Q46" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R46" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="P46" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S46" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>1.9748000000000002E-2</v>
+        <v>1.9446999999999999E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D47" s="4">
         <v>1010325</v>
       </c>
       <c r="E47" s="5">
-        <v>79.3125</v>
+        <v>76.546543999999997</v>
       </c>
       <c r="F47" s="4">
-        <v>80131401.5625</v>
+        <v>77336887.066799894</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J47" s="5">
-        <v>67.5</v>
+        <v>66.319999999999993</v>
       </c>
       <c r="K47" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L47" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="M47" s="4">
+        <v>67004753.999999002</v>
+      </c>
+      <c r="N47" s="4">
+        <v>77336887.066799894</v>
+      </c>
+      <c r="O47" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="P47" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="Q47" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="R47" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="S47" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="M47" s="4">
-[...19 lines deleted...]
-      </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>7.0689999999999998E-3</v>
+        <v>6.6E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D48" s="4">
         <v>1062937</v>
       </c>
       <c r="E48" s="5">
-        <v>246.6</v>
+        <v>250.1</v>
       </c>
       <c r="F48" s="4">
-        <v>262120264.19999999</v>
+        <v>265840543.69999999</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J48" s="5">
-        <v>246.6</v>
+        <v>250.1</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M48" s="4">
-        <v>262120264.19999999</v>
+        <v>265840543.69999999</v>
       </c>
       <c r="N48" s="4">
-        <v>262120264.19999999</v>
+        <v>265840543.69999999</v>
       </c>
       <c r="O48" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="P48" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="Q48" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="R48" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="P48" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S48" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>2.3123999999999999E-2</v>
+        <v>2.2689000000000001E-2</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D49" s="4">
         <v>180358</v>
       </c>
       <c r="E49" s="5">
-        <v>973.01750000000004</v>
+        <v>1059.67102</v>
       </c>
       <c r="F49" s="4">
-        <v>175491490.26499999</v>
+        <v>191120145.82515901</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J49" s="5">
-        <v>828.1</v>
+        <v>918.1</v>
       </c>
       <c r="K49" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L49" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="M49" s="4">
+        <v>165586679.799999</v>
+      </c>
+      <c r="N49" s="4">
+        <v>191120145.82515901</v>
+      </c>
+      <c r="O49" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="P49" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="Q49" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="R49" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="S49" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="M49" s="4">
-[...19 lines deleted...]
-      </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.5481E-2</v>
+        <v>1.6312E-2</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D50" s="4">
         <v>449203</v>
       </c>
       <c r="E50" s="5">
-        <v>93.823750000000004</v>
+        <v>93.02852</v>
       </c>
       <c r="F50" s="4">
-        <v>42145909.971249998</v>
+        <v>41788690.269559897</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J50" s="5">
-        <v>79.849999999999994</v>
+        <v>80.599999999999994</v>
       </c>
       <c r="K50" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="M50" s="4">
-        <v>35868859.549999997</v>
+        <v>36205761.799998999</v>
       </c>
       <c r="N50" s="4">
-        <v>42145909.971249998</v>
+        <v>41788690.269559897</v>
       </c>
       <c r="O50" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="P50" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="Q50" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="R50" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="P50" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S50" s="3" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>3.718E-3</v>
+        <v>3.5660000000000002E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D51" s="4">
         <v>7270759</v>
       </c>
       <c r="E51" s="5">
-        <v>34.046663000000002</v>
+        <v>33.122159000000003</v>
       </c>
       <c r="F51" s="4">
-        <v>247545077.79183701</v>
+        <v>240823232.01330101</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>83</v>
+        <v>44</v>
       </c>
       <c r="I51" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J51" s="5">
+        <v>25.21</v>
+      </c>
+      <c r="K51" s="5">
+        <v>0.76112189367127148</v>
+      </c>
+      <c r="L51" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M51" s="4">
+        <v>183295834.38999999</v>
+      </c>
+      <c r="N51" s="4">
+        <v>240823232.01330101</v>
+      </c>
+      <c r="O51" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="P51" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="Q51" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="J51" s="5">
-[...14 lines deleted...]
-      <c r="O51" s="3" t="s">
+      <c r="R51" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="P51" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S51" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>2.1838E-2</v>
+        <v>2.0553999999999999E-2</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D52" s="4">
-        <v>3153387</v>
+        <v>3462184</v>
       </c>
       <c r="E52" s="5">
-        <v>33.499250000000004</v>
+        <v>28.427945999999999</v>
       </c>
       <c r="F52" s="4">
-        <v>105636099.45975</v>
+        <v>98422779.794063896</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J52" s="5">
-        <v>28.51</v>
+        <v>24.63</v>
       </c>
       <c r="K52" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="M52" s="4">
-        <v>89903063.370000005</v>
+        <v>85273591.919999003</v>
       </c>
       <c r="N52" s="4">
-        <v>105636099.45975</v>
+        <v>98422779.794063896</v>
       </c>
       <c r="O52" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="P52" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="Q52" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="R52" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="P52" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S52" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>9.3189999999999992E-3</v>
+        <v>8.3999999999999995E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D53" s="4">
         <v>42883931</v>
       </c>
       <c r="E53" s="5">
-        <v>4.4749350000000003</v>
+        <v>4.6523430000000001</v>
       </c>
       <c r="F53" s="4">
-        <v>191902803.76948401</v>
+        <v>199510749.76774299</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>83</v>
+        <v>44</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>84</v>
+        <v>45</v>
       </c>
       <c r="J53" s="5">
-        <v>3.3239999999999998</v>
+        <v>3.5409999999999999</v>
       </c>
       <c r="K53" s="5">
-        <v>0.74280408542246978</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>85</v>
+        <v>46</v>
       </c>
       <c r="M53" s="4">
-        <v>142546186.64399901</v>
+        <v>151851999.671</v>
       </c>
       <c r="N53" s="4">
-        <v>191902803.76948401</v>
+        <v>199510749.76774299</v>
       </c>
       <c r="O53" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="P53" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="Q53" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R53" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="P53" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S53" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>1.6929E-2</v>
+        <v>1.7028000000000001E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D54" s="4">
+        <v>1827913</v>
+      </c>
+      <c r="E54" s="5">
+        <v>48.836474000000003</v>
+      </c>
+      <c r="F54" s="4">
+        <v>89268822.769744396</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="I54" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="J54" s="5">
+        <v>315.95</v>
+      </c>
+      <c r="K54" s="5">
+        <v>6.4695498344895066</v>
+      </c>
+      <c r="L54" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="C54" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H54" s="3" t="s">
+      <c r="M54" s="4">
+        <v>577529097.575073</v>
+      </c>
+      <c r="N54" s="4">
+        <v>89268822.769744396</v>
+      </c>
+      <c r="O54" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="P54" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="I54" s="3" t="s">
+      <c r="Q54" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R54" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="J54" s="5">
-[...5 lines deleted...]
-      <c r="L54" s="3" t="s">
+      <c r="S54" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="M54" s="4">
-[...19 lines deleted...]
-      </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>6.1960000000000001E-3</v>
+        <v>7.6189999999999999E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="D55" s="4">
+        <v>-6866485.4500000002</v>
+      </c>
+      <c r="E55" s="5">
+        <v>1</v>
+      </c>
+      <c r="F55" s="4">
+        <v>-6866485.4500000002</v>
+      </c>
+      <c r="G55" s="3" t="s">
         <v>304</v>
-      </c>
-[...16 lines deleted...]
-        <v>307</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J55" s="5">
         <v>1</v>
       </c>
       <c r="K55" s="5">
         <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M55" s="4">
-        <v>-6930420.46</v>
+        <v>-6866485.4500000002</v>
       </c>
       <c r="N55" s="4">
-        <v>-6930420.46</v>
+        <v>-6866485.4500000002</v>
       </c>
       <c r="O55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="Q55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S55" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>-6.11E-4</v>
+        <v>-5.8600000000000004E-4</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="D56" s="4">
-        <v>-5661820.5700000003</v>
+        <v>-6187371.5199999996</v>
       </c>
       <c r="E56" s="5">
         <v>1</v>
       </c>
       <c r="F56" s="4">
-        <v>-5661820.5700000003</v>
+        <v>-6187371.5199999996</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J56" s="5">
         <v>1</v>
       </c>
       <c r="K56" s="5">
         <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M56" s="4">
-        <v>-5661820.5700000003</v>
+        <v>-6187371.5199999996</v>
       </c>
       <c r="N56" s="4">
-        <v>-5661820.5700000003</v>
+        <v>-6187371.5199999996</v>
       </c>
       <c r="O56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S56" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>-4.9899999999999999E-4</v>
+        <v>-5.2800000000000004E-4</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="D57" s="4">
-        <v>49938079.164538004</v>
+        <v>58321312.697538003</v>
       </c>
       <c r="E57" s="5">
         <v>5.01</v>
       </c>
       <c r="F57" s="4">
-        <v>250189776.614333</v>
+        <v>292189776.614663</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J57" s="5">
         <v>5.01</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="4">
-        <v>250189776.614333</v>
+        <v>292189776.614663</v>
       </c>
       <c r="N57" s="4">
-        <v>250189776.614333</v>
+        <v>292189776.614663</v>
       </c>
       <c r="O57" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="P57" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="Q57" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R57" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="S57" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="P57" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>2.2071E-2</v>
+        <v>2.4937999999999998E-2</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="D58" s="4">
-        <v>1446127.35</v>
+        <v>366036.31</v>
       </c>
       <c r="E58" s="5">
         <v>1</v>
       </c>
       <c r="F58" s="4">
-        <v>1446127.35</v>
+        <v>366036.31</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J58" s="5">
         <v>1</v>
       </c>
       <c r="K58" s="5">
         <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M58" s="4">
-        <v>1446127.35</v>
+        <v>366036.31</v>
       </c>
       <c r="N58" s="4">
-        <v>1446127.35</v>
+        <v>366036.31</v>
       </c>
       <c r="O58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="Q58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>1.27E-4</v>
+        <v>3.1000000000000001E-5</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
     </row>
     <row r="65" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>September</vt:lpstr>
+      <vt:lpstr>October</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>