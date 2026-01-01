--- v2 (2025-12-09)
+++ v3 (2026-01-01)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_10\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{67AF046B-5EC5-4A64-833B-C8D45D20606F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7E83D803-69E3-49DB-A3E8-D78B8DDF6058}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1560" yWindow="1860" windowWidth="11520" windowHeight="8265" xr2:uid="{313A2F7D-769A-4B95-A086-CCE648E42C73}"/>
+    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{873BB4EE-13FD-40E9-A9BF-3AAA915B77F0}"/>
   </bookViews>
   <sheets>
-    <sheet name="October" sheetId="1" r:id="rId1"/>
+    <sheet name="November" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="748" uniqueCount="324">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="735" uniqueCount="320">
   <si>
     <t>GMO Quality Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -145,333 +145,321 @@
   <si>
     <t>USD TAX RECLAIMS</t>
   </si>
   <si>
     <t>Cash and Cash Equivalents</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
-    <t>EURTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (EUR)</t>
+    <t>GBPTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (GBP)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
-    <t>European Union</t>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>HKDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (HKD)</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>KRWTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (KRW)</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>KRW</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>TWDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (TWD)</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>TWD</t>
+  </si>
+  <si>
+    <t>TW</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>002824100</t>
+  </si>
+  <si>
+    <t>Abbott Laboratories</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2002305</t>
+  </si>
+  <si>
+    <t>ABT</t>
+  </si>
+  <si>
+    <t>Health Care</t>
+  </si>
+  <si>
+    <t>US0028241000</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>02079K305</t>
+  </si>
+  <si>
+    <t>Alphabet Inc-Cl A</t>
+  </si>
+  <si>
+    <t>BYVY8G0</t>
+  </si>
+  <si>
+    <t>GOOGL</t>
+  </si>
+  <si>
+    <t>Communication Services</t>
+  </si>
+  <si>
+    <t>US02079K3059</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>023135106</t>
+  </si>
+  <si>
+    <t>Amazon.com Inc</t>
+  </si>
+  <si>
+    <t>2000019</t>
+  </si>
+  <si>
+    <t>AMZN</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>US0231351067</t>
+  </si>
+  <si>
+    <t>0237400</t>
+  </si>
+  <si>
+    <t>Diageo Plc</t>
+  </si>
+  <si>
+    <t>DGE</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>GB0002374006</t>
+  </si>
+  <si>
+    <t>XLON</t>
+  </si>
+  <si>
+    <t>036752103</t>
+  </si>
+  <si>
+    <t>Elevance Health Inc</t>
+  </si>
+  <si>
+    <t>BSPHGL4</t>
+  </si>
+  <si>
+    <t>ELV</t>
+  </si>
+  <si>
+    <t>US0367521038</t>
+  </si>
+  <si>
+    <t>037833100</t>
+  </si>
+  <si>
+    <t>Apple Inc</t>
+  </si>
+  <si>
+    <t>2046251</t>
+  </si>
+  <si>
+    <t>AAPL</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>US0378331005</t>
+  </si>
+  <si>
+    <t>11135F101</t>
+  </si>
+  <si>
+    <t>Broadcom Inc</t>
+  </si>
+  <si>
+    <t>BDZ78H9</t>
+  </si>
+  <si>
+    <t>AVGO</t>
+  </si>
+  <si>
+    <t>US11135F1012</t>
+  </si>
+  <si>
+    <t>125523100</t>
+  </si>
+  <si>
+    <t>The Cigna Group</t>
+  </si>
+  <si>
+    <t>BHJ0775</t>
+  </si>
+  <si>
+    <t>CI</t>
+  </si>
+  <si>
+    <t>US1255231003</t>
+  </si>
+  <si>
+    <t>191216100</t>
+  </si>
+  <si>
+    <t>Coca-Cola Co/The</t>
+  </si>
+  <si>
+    <t>2206657</t>
+  </si>
+  <si>
+    <t>KO</t>
+  </si>
+  <si>
+    <t>US1912161007</t>
+  </si>
+  <si>
+    <t>21036P108</t>
+  </si>
+  <si>
+    <t>Constellation Brands Inc-A</t>
+  </si>
+  <si>
+    <t>2170473</t>
+  </si>
+  <si>
+    <t>STZ</t>
+  </si>
+  <si>
+    <t>US21036P1084</t>
+  </si>
+  <si>
+    <t>30303M102</t>
+  </si>
+  <si>
+    <t>Meta Platforms Inc-Class A</t>
+  </si>
+  <si>
+    <t>B7TL820</t>
+  </si>
+  <si>
+    <t>META</t>
+  </si>
+  <si>
+    <t>US30303M1027</t>
+  </si>
+  <si>
+    <t>4061412</t>
+  </si>
+  <si>
+    <t>Lvmh Moet Hennessy Louis Vui</t>
+  </si>
+  <si>
+    <t>France</t>
   </si>
   <si>
     <t>EUR</t>
-  </si>
-[...268 lines deleted...]
-    <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>FR0000121014</t>
   </si>
   <si>
     <t>XPAR</t>
   </si>
   <si>
     <t>43300A203</t>
   </si>
   <si>
     <t>Hilton Worldwide Holdings In</t>
   </si>
   <si>
     <t>BYVMW06</t>
   </si>
   <si>
     <t>HLT</t>
   </si>
@@ -1402,92 +1390,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C759B56D-A4FD-4CB2-A72F-9F7EF3AF7DBA}">
-  <dimension ref="A1:Z65"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1C5C9EEE-C484-422D-8942-B90038F02330}">
+  <dimension ref="A1:Z64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="18.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45961</v>
+        <v>45989</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1537,4155 +1525,4081 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>10262906.550000001</v>
+        <v>10288101.300000001</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>10262906.550000001</v>
+        <v>10288101.300000001</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>10262906.550000001</v>
+        <v>10288101.300000001</v>
       </c>
       <c r="N4" s="4">
-        <v>10262906.550000001</v>
+        <v>10288101.300000001</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>8.7500000000000002E-4</v>
+        <v>8.4099999999999995E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>245286.88</v>
+        <v>4143010.3</v>
       </c>
       <c r="E5" s="5">
-        <v>1.1541999999999999</v>
+        <v>1.325</v>
       </c>
       <c r="F5" s="4">
-        <v>283110.11689599999</v>
+        <v>5489488.6475</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>245286.88</v>
+        <v>4143010.3</v>
       </c>
       <c r="N5" s="4">
-        <v>283110.11689599999</v>
+        <v>5489488.6475</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>2.4000000000000001E-5</v>
+        <v>4.4799999999999999E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>190.91</v>
+        <v>0.3</v>
       </c>
       <c r="E6" s="5">
-        <v>1.31385</v>
+        <v>0.128442</v>
       </c>
       <c r="F6" s="4">
-        <v>250.82710349999999</v>
+        <v>3.853268E-2</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.76112189367127148</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>190.91</v>
+        <v>0.3</v>
       </c>
       <c r="N6" s="4">
-        <v>250.82710349999999</v>
+        <v>3.853268E-2</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>0.3</v>
+        <v>19037</v>
       </c>
       <c r="E7" s="5">
-        <v>0.128664</v>
+        <v>6.8000000000000005E-4</v>
       </c>
       <c r="F7" s="4">
-        <v>3.8599109999999999E-2</v>
+        <v>12.944616330000001</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>7.7721999289620927</v>
+        <v>1470.6531170492815</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>0.3</v>
+        <v>19037.040354000001</v>
       </c>
       <c r="N7" s="4">
-        <v>3.8599109999999999E-2</v>
+        <v>12.944616330000001</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>19037</v>
+        <v>2</v>
       </c>
       <c r="E8" s="5">
-        <v>7.0200000000000004E-4</v>
+        <v>3.1862000000000001E-2</v>
       </c>
       <c r="F8" s="4">
-        <v>13.36164239</v>
+        <v>6.3724710000000004E-2</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>1424.7449706502537</v>
+        <v>31.385004558671913</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>19036.932794</v>
+        <v>2</v>
       </c>
       <c r="N8" s="4">
-        <v>13.36164239</v>
+        <v>6.3724710000000004E-2</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>2</v>
+        <v>12170123.439999999</v>
       </c>
       <c r="E9" s="5">
-        <v>3.2530000000000003E-2</v>
+        <v>1</v>
       </c>
       <c r="F9" s="4">
-        <v>6.5059690000000003E-2</v>
+        <v>12170123.439999999</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>30.740996346432585</v>
+        <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="M9" s="4">
-        <v>1.9999990000000001</v>
+        <v>12170123.439999999</v>
       </c>
       <c r="N9" s="4">
-        <v>6.5059690000000003E-2</v>
+        <v>12170123.439999999</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>0</v>
+        <v>9.9400000000000009E-4</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D10" s="4">
+        <v>2645175</v>
+      </c>
+      <c r="E10" s="5">
+        <v>128.9</v>
+      </c>
+      <c r="F10" s="4">
+        <v>340963057.5</v>
+      </c>
+      <c r="G10" s="3" t="s">
         <v>62</v>
-      </c>
-[...16 lines deleted...]
-        <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>1</v>
+        <v>128.9</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>9891347.4900000002</v>
+        <v>340963057.5</v>
       </c>
       <c r="N10" s="4">
-        <v>9891347.4900000002</v>
+        <v>340963057.5</v>
       </c>
       <c r="O10" s="3" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="P10" s="3" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="Q10" s="3" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="R10" s="3" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="S10" s="3" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>8.4400000000000002E-4</v>
+        <v>2.7875E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D11" s="4">
-        <v>2612518</v>
+        <v>2164496</v>
       </c>
       <c r="E11" s="5">
-        <v>123.62</v>
+        <v>320.18</v>
       </c>
       <c r="F11" s="4">
-        <v>322959475.16000003</v>
+        <v>693028329.27999997</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>123.62</v>
+        <v>320.18</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>322959475.16000003</v>
+        <v>693028329.27999997</v>
       </c>
       <c r="N11" s="4">
-        <v>322959475.16000003</v>
+        <v>693028329.27999997</v>
       </c>
       <c r="O11" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="P11" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q11" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="R11" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="S11" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="T11" s="4">
+        <v>1</v>
+      </c>
+      <c r="W11" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="P11" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>2.7564000000000002E-2</v>
+        <v>5.6659000000000001E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D12" s="4">
-        <v>2323824</v>
+        <v>1612643</v>
       </c>
       <c r="E12" s="5">
-        <v>281.19</v>
+        <v>233.22</v>
       </c>
       <c r="F12" s="4">
-        <v>653436070.55999994</v>
+        <v>376100600.45999998</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>281.19</v>
+        <v>233.22</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>653436070.55999994</v>
+        <v>376100600.45999998</v>
       </c>
       <c r="N12" s="4">
-        <v>653436070.55999994</v>
+        <v>376100600.45999998</v>
       </c>
       <c r="O12" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="P12" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q12" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="R12" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="S12" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="T12" s="4">
+        <v>1</v>
+      </c>
+      <c r="W12" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="P12" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>5.577E-2</v>
+        <v>3.0748000000000001E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B13" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" s="4">
+        <v>5618012</v>
+      </c>
+      <c r="E13" s="5">
+        <v>22.995374999999999</v>
+      </c>
+      <c r="F13" s="4">
+        <v>129188292.694499</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J13" s="5">
+        <v>17.355</v>
+      </c>
+      <c r="K13" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L13" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M13" s="4">
+        <v>97500598.259999007</v>
+      </c>
+      <c r="N13" s="4">
+        <v>129188292.694499</v>
+      </c>
+      <c r="O13" s="3" t="s">
         <v>81</v>
-      </c>
-[...37 lines deleted...]
-        <v>82</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>83</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>85</v>
       </c>
       <c r="S13" s="3" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.5464000000000001E-2</v>
+        <v>1.0560999999999999E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B14" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" s="4">
+        <v>769599</v>
+      </c>
+      <c r="E14" s="5">
+        <v>338.26</v>
+      </c>
+      <c r="F14" s="4">
+        <v>260324557.739999</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H14" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J14" s="5">
+        <v>338.26</v>
+      </c>
+      <c r="K14" s="5">
+        <v>1</v>
+      </c>
+      <c r="L14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M14" s="4">
+        <v>260324557.739999</v>
+      </c>
+      <c r="N14" s="4">
+        <v>260324557.739999</v>
+      </c>
+      <c r="O14" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="P14" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q14" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="R14" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="S14" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="T14" s="4">
+        <v>1</v>
+      </c>
+      <c r="W14" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="C14" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>1.0888E-2</v>
+        <v>2.1283E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D15" s="4">
-        <v>765607</v>
+        <v>2048349</v>
       </c>
       <c r="E15" s="5">
-        <v>317.2</v>
+        <v>278.85000000000002</v>
       </c>
       <c r="F15" s="4">
-        <v>242850540.40000001</v>
+        <v>571182118.64999998</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>317.2</v>
+        <v>278.85000000000002</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>242850540.40000001</v>
+        <v>571182118.64999998</v>
       </c>
       <c r="N15" s="4">
-        <v>242850540.40000001</v>
+        <v>571182118.64999998</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>94</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="Q15" s="3" t="s">
-        <v>70</v>
+        <v>96</v>
       </c>
       <c r="R15" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>2.0726999999999999E-2</v>
+        <v>4.6697000000000002E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D16" s="4">
-        <v>2023061</v>
+        <v>926175</v>
       </c>
       <c r="E16" s="5">
-        <v>270.37</v>
+        <v>402.96</v>
       </c>
       <c r="F16" s="4">
-        <v>546975002.57000005</v>
+        <v>373211478</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>270.37</v>
+        <v>402.96</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>546975002.57000005</v>
+        <v>373211478</v>
       </c>
       <c r="N16" s="4">
-        <v>546975002.57000005</v>
+        <v>373211478</v>
       </c>
       <c r="O16" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>102</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>4.6684000000000003E-2</v>
+        <v>3.0512000000000001E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D17" s="4">
-        <v>914741</v>
+        <v>569182</v>
       </c>
       <c r="E17" s="5">
-        <v>369.63</v>
+        <v>277.27999999999997</v>
       </c>
       <c r="F17" s="4">
-        <v>338115715.82999998</v>
+        <v>157822784.959999</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>369.63</v>
+        <v>277.27999999999997</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>338115715.82999998</v>
+        <v>157822784.959999</v>
       </c>
       <c r="N17" s="4">
-        <v>338115715.82999998</v>
+        <v>157822784.959999</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>105</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>106</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>101</v>
+        <v>65</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>103</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.8858000000000002E-2</v>
+        <v>1.2903E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D18" s="4">
-        <v>548098</v>
+        <v>2836472</v>
       </c>
       <c r="E18" s="5">
-        <v>244.41</v>
+        <v>73.12</v>
       </c>
       <c r="F18" s="4">
-        <v>133960632.17999899</v>
+        <v>207402832.63999999</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>244.41</v>
+        <v>73.12</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>133960632.17999899</v>
+        <v>207402832.63999999</v>
       </c>
       <c r="N18" s="4">
-        <v>133960632.17999899</v>
+        <v>207402832.63999999</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>110</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>111</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.1433E-2</v>
+        <v>1.6955999999999999E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D19" s="4">
-        <v>2639711</v>
+        <v>1218419</v>
       </c>
       <c r="E19" s="5">
-        <v>68.900000000000006</v>
+        <v>136.38</v>
       </c>
       <c r="F19" s="4">
-        <v>181876087.90000001</v>
+        <v>166167983.22</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>68.900000000000006</v>
+        <v>136.38</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>181876087.90000001</v>
+        <v>166167983.22</v>
       </c>
       <c r="N19" s="4">
-        <v>181876087.90000001</v>
+        <v>166167983.22</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>116</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.5523E-2</v>
+        <v>1.3585E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D20" s="4">
-        <v>1203377</v>
+        <v>885519</v>
       </c>
       <c r="E20" s="5">
-        <v>131.38</v>
+        <v>647.95000000000005</v>
       </c>
       <c r="F20" s="4">
-        <v>158099670.25999999</v>
+        <v>573772036.04999995</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>131.38</v>
+        <v>647.95000000000005</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>158099670.25999999</v>
+        <v>573772036.04999995</v>
       </c>
       <c r="N20" s="4">
-        <v>158099670.25999999</v>
+        <v>573772036.04999995</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>121</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.3493E-2</v>
+        <v>4.6908999999999999E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D21" s="4">
-        <v>729108</v>
+        <v>268413</v>
       </c>
       <c r="E21" s="5">
-        <v>648.35</v>
+        <v>737.52952500000004</v>
       </c>
       <c r="F21" s="4">
-        <v>472717171.80000001</v>
+        <v>197962512.39382499</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>31</v>
+        <v>125</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>32</v>
+        <v>126</v>
       </c>
       <c r="J21" s="5">
-        <v>648.35</v>
+        <v>635.5</v>
       </c>
       <c r="K21" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L21" s="3" t="s">
-        <v>33</v>
+        <v>127</v>
       </c>
       <c r="M21" s="4">
-        <v>472717171.80000001</v>
+        <v>170576461.5</v>
       </c>
       <c r="N21" s="4">
-        <v>472717171.80000001</v>
+        <v>197962512.39382499</v>
       </c>
       <c r="O21" s="3" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="P21" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="R21" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>79</v>
+        <v>130</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
-        <v>123</v>
+        <v>34</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>4.0346E-2</v>
+        <v>1.6184E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D22" s="4">
-        <v>257035</v>
+        <v>709827</v>
       </c>
       <c r="E22" s="5">
-        <v>706.48581999999999</v>
+        <v>285.02999999999997</v>
       </c>
       <c r="F22" s="4">
-        <v>181591582.74369901</v>
+        <v>202321989.80999899</v>
       </c>
       <c r="G22" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J22" s="5">
+        <v>285.02999999999997</v>
+      </c>
+      <c r="K22" s="5">
+        <v>1</v>
+      </c>
+      <c r="L22" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M22" s="4">
+        <v>202321989.80999899</v>
+      </c>
+      <c r="N22" s="4">
+        <v>202321989.80999899</v>
+      </c>
+      <c r="O22" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="P22" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q22" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="R22" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="S22" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="H22" s="3" t="s">
-[...11 lines deleted...]
-      <c r="L22" s="3" t="s">
+      <c r="T22" s="4">
+        <v>1</v>
+      </c>
+      <c r="W22" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="M22" s="4">
-[...25 lines deleted...]
-      </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.5498E-2</v>
+        <v>1.6541E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D23" s="4">
-        <v>679276</v>
+        <v>375988</v>
       </c>
       <c r="E23" s="5">
-        <v>256.95999999999998</v>
+        <v>573.48</v>
       </c>
       <c r="F23" s="4">
-        <v>174546760.959999</v>
+        <v>215621598.24000001</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>256.95999999999998</v>
+        <v>573.48</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>174546760.959999</v>
+        <v>215621598.24000001</v>
       </c>
       <c r="N23" s="4">
-        <v>174546760.959999</v>
+        <v>215621598.24000001</v>
       </c>
       <c r="O23" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>84</v>
+        <v>65</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.4897000000000001E-2</v>
+        <v>1.7628000000000001E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D24" s="4">
-        <v>371346</v>
+        <v>2141118</v>
       </c>
       <c r="E24" s="5">
-        <v>534.28</v>
+        <v>206.92</v>
       </c>
       <c r="F24" s="4">
-        <v>198402740.88</v>
+        <v>443040136.55999899</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>534.28</v>
+        <v>206.92</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>198402740.88</v>
+        <v>443040136.55999899</v>
       </c>
       <c r="N24" s="4">
-        <v>198402740.88</v>
+        <v>443040136.55999899</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.6933E-2</v>
+        <v>3.6221000000000003E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D25" s="4">
-        <v>2086325</v>
+        <v>137344</v>
       </c>
       <c r="E25" s="5">
-        <v>188.87</v>
+        <v>1175.47</v>
       </c>
       <c r="F25" s="4">
-        <v>394044202.74999899</v>
+        <v>161443751.68000001</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>188.87</v>
+        <v>1175.47</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>394044202.74999899</v>
+        <v>161443751.68000001</v>
       </c>
       <c r="N25" s="4">
-        <v>394044202.74999899</v>
+        <v>161443751.68000001</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>70</v>
+        <v>96</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>3.3631000000000001E-2</v>
+        <v>1.3199000000000001E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B26" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D26" s="4">
+        <v>1016082</v>
+      </c>
+      <c r="E26" s="5">
+        <v>242.032703</v>
+      </c>
+      <c r="F26" s="4">
+        <v>245925072.42160499</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="J26" s="5">
+        <v>208.55</v>
+      </c>
+      <c r="K26" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L26" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="M26" s="4">
+        <v>211903901.09999999</v>
+      </c>
+      <c r="N26" s="4">
+        <v>245925072.42160499</v>
+      </c>
+      <c r="O26" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="C26" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P26" s="3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="R26" s="3" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>79</v>
+        <v>157</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>150</v>
+        <v>34</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.5041000000000001E-2</v>
+        <v>2.0105000000000001E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B27" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D27" s="4">
+        <v>2856407</v>
+      </c>
+      <c r="E27" s="5">
         <v>156</v>
       </c>
-      <c r="C27" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F27" s="4">
-        <v>259976744.95221901</v>
+        <v>445599492</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H27" s="3" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>224.45</v>
+        <v>156</v>
       </c>
       <c r="K27" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M27" s="4">
+        <v>445599492</v>
+      </c>
+      <c r="N27" s="4">
+        <v>445599492</v>
+      </c>
+      <c r="O27" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="P27" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q27" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="R27" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="S27" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="T27" s="4">
+        <v>1</v>
+      </c>
+      <c r="W27" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="M27" s="4">
-[...25 lines deleted...]
-      </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>2.2189E-2</v>
+        <v>3.6429999999999997E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D28" s="4">
-        <v>3051959</v>
+        <v>222444</v>
       </c>
       <c r="E28" s="5">
-        <v>157.46</v>
+        <v>1075.47</v>
       </c>
       <c r="F28" s="4">
-        <v>480561464.13999999</v>
+        <v>239231848.68000001</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>157.46</v>
+        <v>1075.47</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>480561464.13999999</v>
+        <v>239231848.68000001</v>
       </c>
       <c r="N28" s="4">
-        <v>480561464.13999999</v>
+        <v>239231848.68000001</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>101</v>
+        <v>65</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>4.1015000000000003E-2</v>
+        <v>1.9557999999999999E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D29" s="4">
-        <v>219698</v>
+        <v>1945599</v>
       </c>
       <c r="E29" s="5">
-        <v>862.86</v>
+        <v>104.83</v>
       </c>
       <c r="F29" s="4">
-        <v>189568616.28</v>
+        <v>203957143.16999999</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>862.86</v>
+        <v>104.83</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>189568616.28</v>
+        <v>203957143.16999999</v>
       </c>
       <c r="N29" s="4">
-        <v>189568616.28</v>
+        <v>203957143.16999999</v>
       </c>
       <c r="O29" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P29" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="R29" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.6178999999999999E-2</v>
+        <v>1.6674000000000001E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D30" s="4">
-        <v>1921579</v>
+        <v>1636263</v>
       </c>
       <c r="E30" s="5">
-        <v>85.98</v>
+        <v>492.01</v>
       </c>
       <c r="F30" s="4">
-        <v>165217362.41999999</v>
+        <v>805057758.63</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>85.98</v>
+        <v>492.01</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>165217362.41999999</v>
+        <v>805057758.63</v>
       </c>
       <c r="N30" s="4">
-        <v>165217362.41999999</v>
+        <v>805057758.63</v>
       </c>
       <c r="O30" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P30" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>70</v>
+        <v>96</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>1.4101000000000001E-2</v>
+        <v>6.5818000000000002E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B31" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D31" s="4">
+        <v>11440200</v>
+      </c>
+      <c r="E31" s="5">
+        <v>45.881784000000003</v>
+      </c>
+      <c r="F31" s="4">
+        <v>524896861.55806899</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H31" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J31" s="5">
+        <v>1440</v>
+      </c>
+      <c r="K31" s="5">
+        <v>31.385004558671913</v>
+      </c>
+      <c r="L31" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="M31" s="4">
+        <v>16473890392.8325</v>
+      </c>
+      <c r="N31" s="4">
+        <v>524896861.55806899</v>
+      </c>
+      <c r="O31" s="3" t="s">
         <v>178</v>
-      </c>
-[...37 lines deleted...]
-        <v>179</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>181</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>79</v>
+        <v>182</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>7.1421999999999999E-2</v>
+        <v>4.2913E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B32" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D32" s="4">
+        <v>1748138</v>
+      </c>
+      <c r="E32" s="5">
+        <v>99.420885999999996</v>
+      </c>
+      <c r="F32" s="4">
+        <v>173801427.909583</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H32" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="I32" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="J32" s="5">
+        <v>79.83</v>
+      </c>
+      <c r="K32" s="5">
+        <v>0.80294999975750914</v>
+      </c>
+      <c r="L32" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="M32" s="4">
+        <v>139553856.49785399</v>
+      </c>
+      <c r="N32" s="4">
+        <v>173801427.909583</v>
+      </c>
+      <c r="O32" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="C32" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P32" s="3" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>101</v>
+        <v>84</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>4.7056000000000001E-2</v>
+        <v>1.4208999999999999E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D33" s="4">
-        <v>1726555</v>
+        <v>574709</v>
       </c>
       <c r="E33" s="5">
-        <v>95.770787999999996</v>
+        <v>189.18</v>
       </c>
       <c r="F33" s="4">
-        <v>165353532.73123601</v>
+        <v>108723448.62</v>
       </c>
       <c r="G33" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H33" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I33" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J33" s="5">
+        <v>189.18</v>
+      </c>
+      <c r="K33" s="5">
+        <v>1</v>
+      </c>
+      <c r="L33" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M33" s="4">
+        <v>108723448.62</v>
+      </c>
+      <c r="N33" s="4">
+        <v>108723448.62</v>
+      </c>
+      <c r="O33" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="P33" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="Q33" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="R33" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="S33" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="H33" s="3" t="s">
-[...11 lines deleted...]
-      <c r="L33" s="3" t="s">
+      <c r="T33" s="4">
+        <v>1</v>
+      </c>
+      <c r="W33" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="M33" s="4">
-[...25 lines deleted...]
-      </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>1.4112E-2</v>
+        <v>8.8880000000000001E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D34" s="4">
-        <v>567614</v>
+        <v>1248612</v>
       </c>
       <c r="E34" s="5">
-        <v>175.95</v>
+        <v>230.54</v>
       </c>
       <c r="F34" s="4">
-        <v>99871683.299999997</v>
+        <v>287855010.48000002</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>175.95</v>
+        <v>230.54</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>99871683.299999997</v>
+        <v>287855010.48000002</v>
       </c>
       <c r="N34" s="4">
-        <v>99871683.299999997</v>
+        <v>287855010.48000002</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>70</v>
+        <v>96</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>8.5240000000000003E-3</v>
+        <v>2.3532999999999998E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D35" s="4">
-        <v>1207644</v>
+        <v>1199780</v>
       </c>
       <c r="E35" s="5">
-        <v>260.41000000000003</v>
+        <v>151.91999999999999</v>
       </c>
       <c r="F35" s="4">
-        <v>314482574.04000002</v>
+        <v>182270577.59999999</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>260.41000000000003</v>
+        <v>151.91999999999999</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>314482574.04000002</v>
+        <v>182270577.59999999</v>
       </c>
       <c r="N35" s="4">
-        <v>314482574.04000002</v>
+        <v>182270577.59999999</v>
       </c>
       <c r="O35" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P35" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>101</v>
+        <v>79</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>2.6841E-2</v>
+        <v>1.4900999999999999E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D36" s="4">
-        <v>1184968</v>
+        <v>1505063</v>
       </c>
       <c r="E36" s="5">
-        <v>140.13999999999999</v>
+        <v>168.27</v>
       </c>
       <c r="F36" s="4">
-        <v>166061415.519999</v>
+        <v>253256951.00999999</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>140.13999999999999</v>
+        <v>168.27</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>166061415.519999</v>
+        <v>253256951.00999999</v>
       </c>
       <c r="N36" s="4">
-        <v>166061415.519999</v>
+        <v>253256951.00999999</v>
       </c>
       <c r="O36" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P36" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>1.4173E-2</v>
+        <v>2.0705000000000001E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D37" s="4">
-        <v>1486482</v>
+        <v>769821</v>
       </c>
       <c r="E37" s="5">
-        <v>161.46</v>
+        <v>590.83000000000004</v>
       </c>
       <c r="F37" s="4">
-        <v>240007383.72</v>
+        <v>454833341.43000001</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>161.46</v>
+        <v>590.83000000000004</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>240007383.72</v>
+        <v>454833341.43000001</v>
       </c>
       <c r="N37" s="4">
-        <v>240007383.72</v>
+        <v>454833341.43000001</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>101</v>
+        <v>65</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.0483999999999999E-2</v>
+        <v>3.7185000000000003E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D38" s="4">
-        <v>750262</v>
+        <v>781093</v>
       </c>
       <c r="E38" s="5">
-        <v>567.39</v>
+        <v>108.86</v>
       </c>
       <c r="F38" s="4">
-        <v>425691156.18000001</v>
+        <v>85029783.980000004</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>567.39</v>
+        <v>108.86</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>425691156.18000001</v>
+        <v>85029783.980000004</v>
       </c>
       <c r="N38" s="4">
-        <v>425691156.18000001</v>
+        <v>85029783.980000004</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>218</v>
+        <v>56</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>70</v>
+        <v>219</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>3.6332000000000003E-2</v>
+        <v>6.9509999999999997E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D39" s="4">
-        <v>771450</v>
+        <v>5586373</v>
       </c>
       <c r="E39" s="5">
-        <v>105.39</v>
+        <v>49.05</v>
       </c>
       <c r="F39" s="4">
-        <v>81303115.5</v>
+        <v>274011595.64999998</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>105.39</v>
+        <v>49.05</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>81303115.5</v>
+        <v>274011595.64999998</v>
       </c>
       <c r="N39" s="4">
-        <v>81303115.5</v>
+        <v>274011595.64999998</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>61</v>
+        <v>224</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>6.9389999999999999E-3</v>
+        <v>2.2401999999999998E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D40" s="4">
-        <v>5517406</v>
+        <v>1867232</v>
       </c>
       <c r="E40" s="5">
-        <v>46.68</v>
+        <v>87.54</v>
       </c>
       <c r="F40" s="4">
-        <v>257552512.08000001</v>
+        <v>163457489.28</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>46.68</v>
+        <v>87.54</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>257552512.08000001</v>
+        <v>163457489.28</v>
       </c>
       <c r="N40" s="4">
-        <v>257552512.08000001</v>
+        <v>163457489.28</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.1982000000000002E-2</v>
+        <v>1.3363E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D41" s="4">
-        <v>1775095</v>
+        <v>849359</v>
       </c>
       <c r="E41" s="5">
-        <v>96.5</v>
+        <v>329.77</v>
       </c>
       <c r="F41" s="4">
-        <v>171296667.5</v>
+        <v>280093117.43000001</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>96.5</v>
+        <v>329.77</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>171296667.5</v>
+        <v>280093117.43000001</v>
       </c>
       <c r="N41" s="4">
-        <v>171296667.5</v>
+        <v>280093117.43000001</v>
       </c>
       <c r="O41" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="P41" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q41" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="R41" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="S41" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="T41" s="4">
+        <v>1</v>
+      </c>
+      <c r="W41" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="P41" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>1.4619999999999999E-2</v>
+        <v>2.2898999999999999E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D42" s="4">
-        <v>845747</v>
+        <v>855637</v>
       </c>
       <c r="E42" s="5">
-        <v>341.56</v>
+        <v>334.44</v>
       </c>
       <c r="F42" s="4">
-        <v>288873345.31999999</v>
+        <v>286159238.27999997</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>341.56</v>
+        <v>334.44</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>288873345.31999999</v>
+        <v>286159238.27999997</v>
       </c>
       <c r="N42" s="4">
-        <v>288873345.31999999</v>
+        <v>286159238.27999997</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>70</v>
+        <v>219</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.4655E-2</v>
+        <v>2.3394999999999999E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D43" s="4">
-        <v>791713</v>
+        <v>1895677</v>
       </c>
       <c r="E43" s="5">
-        <v>340.74</v>
+        <v>85.85</v>
       </c>
       <c r="F43" s="4">
-        <v>269768287.62</v>
+        <v>162743870.44999999</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>340.74</v>
+        <v>85.85</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>269768287.62</v>
+        <v>162743870.44999999</v>
       </c>
       <c r="N43" s="4">
-        <v>269768287.62</v>
+        <v>162743870.44999999</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P43" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>2.3023999999999999E-2</v>
+        <v>1.3305000000000001E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B44" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D44" s="4">
+        <v>695850</v>
+      </c>
+      <c r="E44" s="5">
+        <v>336.90766500000001</v>
+      </c>
+      <c r="F44" s="4">
+        <v>234437198.69025001</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="I44" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="J44" s="5">
+        <v>290.3</v>
+      </c>
+      <c r="K44" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L44" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="M44" s="4">
+        <v>202005255</v>
+      </c>
+      <c r="N44" s="4">
+        <v>234437198.69025001</v>
+      </c>
+      <c r="O44" s="3" t="s">
         <v>247</v>
-      </c>
-[...37 lines deleted...]
-        <v>248</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>249</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>250</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>246</v>
+        <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.4921E-2</v>
+        <v>1.9165999999999999E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D45" s="4">
-        <v>687259</v>
+        <v>3826416</v>
       </c>
       <c r="E45" s="5">
-        <v>355.37817999999999</v>
+        <v>60.207999999999998</v>
       </c>
       <c r="F45" s="4">
-        <v>244236852.608619</v>
+        <v>230380854.52799901</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>130</v>
+        <v>39</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J45" s="5">
-        <v>307.89999999999998</v>
+        <v>45.44</v>
       </c>
       <c r="K45" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>131</v>
+        <v>41</v>
       </c>
       <c r="M45" s="4">
-        <v>211607046.09999901</v>
+        <v>173872343.03999901</v>
       </c>
       <c r="N45" s="4">
-        <v>244236852.608619</v>
+        <v>230380854.52799901</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>251</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>253</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>234</v>
+        <v>84</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>254</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>134</v>
+        <v>86</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>2.0844999999999999E-2</v>
+        <v>1.8835000000000001E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D46" s="4">
-        <v>3779177</v>
+        <v>1022954</v>
       </c>
       <c r="E46" s="5">
-        <v>60.292577000000001</v>
+        <v>73.509236999999999</v>
       </c>
       <c r="F46" s="4">
-        <v>227856318.37954</v>
+        <v>75196568.026097998</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>44</v>
+        <v>257</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>45</v>
+        <v>126</v>
       </c>
       <c r="J46" s="5">
-        <v>45.89</v>
+        <v>63.34</v>
       </c>
       <c r="K46" s="5">
-        <v>0.76112189367127148</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>46</v>
+        <v>258</v>
       </c>
       <c r="M46" s="4">
-        <v>173426432.53</v>
+        <v>64793906.359999999</v>
       </c>
       <c r="N46" s="4">
-        <v>227856318.37954</v>
+        <v>75196568.026097998</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>255</v>
       </c>
       <c r="P46" s="3" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>91</v>
+        <v>261</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>1.9446999999999999E-2</v>
+        <v>6.1469999999999997E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D47" s="4">
-        <v>1010325</v>
+        <v>1100440</v>
       </c>
       <c r="E47" s="5">
-        <v>76.546543999999997</v>
+        <v>250</v>
       </c>
       <c r="F47" s="4">
-        <v>77336887.066799894</v>
+        <v>275110000</v>
       </c>
       <c r="G47" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J47" s="5">
+        <v>250</v>
+      </c>
+      <c r="K47" s="5">
+        <v>1</v>
+      </c>
+      <c r="L47" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M47" s="4">
+        <v>275110000</v>
+      </c>
+      <c r="N47" s="4">
+        <v>275110000</v>
+      </c>
+      <c r="O47" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="P47" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="Q47" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="R47" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="S47" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="H47" s="3" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>6.6E-3</v>
+        <v>2.2491000000000001E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D48" s="4">
-        <v>1062937</v>
+        <v>165141</v>
       </c>
       <c r="E48" s="5">
-        <v>250.1</v>
+        <v>1048.4408699999999</v>
       </c>
       <c r="F48" s="4">
-        <v>265840543.69999999</v>
+        <v>173140573.71267</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>31</v>
+        <v>268</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>32</v>
+        <v>126</v>
       </c>
       <c r="J48" s="5">
-        <v>250.1</v>
+        <v>903.4</v>
       </c>
       <c r="K48" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>33</v>
+        <v>269</v>
       </c>
       <c r="M48" s="4">
-        <v>265840543.69999999</v>
+        <v>149188379.40000001</v>
       </c>
       <c r="N48" s="4">
-        <v>265840543.69999999</v>
+        <v>173140573.71267</v>
       </c>
       <c r="O48" s="3" t="s">
         <v>266</v>
       </c>
       <c r="P48" s="3" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>72</v>
+        <v>272</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>2.2689000000000001E-2</v>
+        <v>1.4154999999999999E-2</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D49" s="4">
-        <v>180358</v>
+        <v>449203</v>
       </c>
       <c r="E49" s="5">
-        <v>1059.67102</v>
+        <v>106.07427</v>
       </c>
       <c r="F49" s="4">
-        <v>191120145.82515901</v>
+        <v>47648880.306809999</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>272</v>
+        <v>153</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>40</v>
+        <v>126</v>
       </c>
       <c r="J49" s="5">
-        <v>918.1</v>
+        <v>91.4</v>
       </c>
       <c r="K49" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L49" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="M49" s="4">
+        <v>41057154.200000003</v>
+      </c>
+      <c r="N49" s="4">
+        <v>47648880.306809999</v>
+      </c>
+      <c r="O49" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="M49" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P49" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>101</v>
+        <v>230</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>276</v>
+        <v>157</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.6312E-2</v>
+        <v>3.895E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D50" s="4">
-        <v>449203</v>
+        <v>7361645</v>
       </c>
       <c r="E50" s="5">
-        <v>93.02852</v>
+        <v>31.428999999999998</v>
       </c>
       <c r="F50" s="4">
-        <v>41788690.269559897</v>
+        <v>231369140.704999</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>157</v>
+        <v>39</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J50" s="5">
-        <v>80.599999999999994</v>
+        <v>23.72</v>
       </c>
       <c r="K50" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>158</v>
+        <v>41</v>
       </c>
       <c r="M50" s="4">
-        <v>36205761.799998999</v>
+        <v>174618219.39999899</v>
       </c>
       <c r="N50" s="4">
-        <v>41788690.269559897</v>
+        <v>231369140.704999</v>
       </c>
       <c r="O50" s="3" t="s">
         <v>277</v>
       </c>
       <c r="P50" s="3" t="s">
         <v>279</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>234</v>
+        <v>79</v>
       </c>
       <c r="R50" s="3" t="s">
         <v>280</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>161</v>
+        <v>86</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>3.5660000000000002E-3</v>
+        <v>1.8915000000000001E-2</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D51" s="4">
-        <v>7270759</v>
+        <v>3722393</v>
       </c>
       <c r="E51" s="5">
-        <v>33.122159000000003</v>
+        <v>27.980861000000001</v>
       </c>
       <c r="F51" s="4">
-        <v>240823232.01330101</v>
+        <v>104155759.259176</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>44</v>
+        <v>125</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>45</v>
+        <v>126</v>
       </c>
       <c r="J51" s="5">
-        <v>25.21</v>
+        <v>24.11</v>
       </c>
       <c r="K51" s="5">
-        <v>0.76112189367127148</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>46</v>
+        <v>127</v>
       </c>
       <c r="M51" s="4">
-        <v>183295834.38999999</v>
+        <v>89746895.230000004</v>
       </c>
       <c r="N51" s="4">
-        <v>240823232.01330101</v>
+        <v>104155759.259176</v>
       </c>
       <c r="O51" s="3" t="s">
         <v>281</v>
       </c>
       <c r="P51" s="3" t="s">
         <v>283</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>284</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>2.0553999999999999E-2</v>
+        <v>8.515E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D52" s="4">
-        <v>3462184</v>
+        <v>43419978</v>
       </c>
       <c r="E52" s="5">
-        <v>28.427945999999999</v>
+        <v>4.9144249999999996</v>
       </c>
       <c r="F52" s="4">
-        <v>98422779.794063896</v>
+        <v>213384225.382649</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>130</v>
+        <v>39</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J52" s="5">
-        <v>24.63</v>
+        <v>3.7090000000000001</v>
       </c>
       <c r="K52" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>131</v>
+        <v>41</v>
       </c>
       <c r="M52" s="4">
-        <v>85273591.919999003</v>
+        <v>161044698.401999</v>
       </c>
       <c r="N52" s="4">
-        <v>98422779.794063896</v>
+        <v>213384225.382649</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>285</v>
       </c>
       <c r="P52" s="3" t="s">
         <v>287</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>101</v>
+        <v>65</v>
       </c>
       <c r="R52" s="3" t="s">
         <v>288</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>134</v>
+        <v>86</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>8.3999999999999995E-3</v>
+        <v>1.7444999999999999E-2</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D53" s="4">
-        <v>42883931</v>
+        <v>1850762</v>
       </c>
       <c r="E53" s="5">
-        <v>4.6523430000000001</v>
+        <v>49.258020999999999</v>
       </c>
       <c r="F53" s="4">
-        <v>199510749.76774299</v>
+        <v>91164875.1456763</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>44</v>
+        <v>291</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>45</v>
+        <v>292</v>
       </c>
       <c r="J53" s="5">
-        <v>3.5409999999999999</v>
+        <v>317</v>
       </c>
       <c r="K53" s="5">
-        <v>0.76112189367127148</v>
+        <v>6.4355000718201802</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>46</v>
+        <v>293</v>
       </c>
       <c r="M53" s="4">
-        <v>151851999.671</v>
+        <v>586691560.54747701</v>
       </c>
       <c r="N53" s="4">
-        <v>199510749.76774299</v>
+        <v>91164875.1456763</v>
       </c>
       <c r="O53" s="3" t="s">
         <v>289</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>91</v>
+        <v>296</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>1.7028000000000001E-2</v>
+        <v>7.4530000000000004E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>66</v>
+        <v>299</v>
       </c>
       <c r="D54" s="4">
-        <v>1827913</v>
+        <v>-6865179.4699999997</v>
       </c>
       <c r="E54" s="5">
-        <v>48.836474000000003</v>
+        <v>1</v>
       </c>
       <c r="F54" s="4">
-        <v>89268822.769744396</v>
+        <v>-6865179.4699999997</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>67</v>
+        <v>300</v>
       </c>
       <c r="H54" s="3" t="s">
-        <v>295</v>
+        <v>31</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>296</v>
+        <v>32</v>
       </c>
       <c r="J54" s="5">
-        <v>315.95</v>
+        <v>1</v>
       </c>
       <c r="K54" s="5">
-        <v>6.4695498344895066</v>
+        <v>1</v>
       </c>
       <c r="L54" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M54" s="4">
+        <v>-6865179.4699999997</v>
+      </c>
+      <c r="N54" s="4">
+        <v>-6865179.4699999997</v>
+      </c>
+      <c r="O54" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P54" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="M54" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="Q54" s="3" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>299</v>
+        <v>34</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>300</v>
+        <v>35</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>7.6189999999999999E-3</v>
+        <v>-5.6099999999999998E-4</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="D55" s="4">
-        <v>-6866485.4500000002</v>
+        <v>-6265603.0199999996</v>
       </c>
       <c r="E55" s="5">
         <v>1</v>
       </c>
       <c r="F55" s="4">
-        <v>-6866485.4500000002</v>
+        <v>-6265603.0199999996</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J55" s="5">
         <v>1</v>
       </c>
       <c r="K55" s="5">
         <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M55" s="4">
-        <v>-6866485.4500000002</v>
+        <v>-6265603.0199999996</v>
       </c>
       <c r="N55" s="4">
-        <v>-6866485.4500000002</v>
+        <v>-6265603.0199999996</v>
       </c>
       <c r="O55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>301</v>
+        <v>34</v>
       </c>
       <c r="Q55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S55" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>-5.8600000000000004E-4</v>
+        <v>-5.1199999999999998E-4</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="C56" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="B56" s="3" t="s">
+      <c r="D56" s="4">
+        <v>58421113.096538</v>
+      </c>
+      <c r="E56" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="F56" s="4">
+        <v>292689776.613653</v>
+      </c>
+      <c r="G56" s="3" t="s">
         <v>306</v>
-      </c>
-[...13 lines deleted...]
-        <v>304</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J56" s="5">
-        <v>1</v>
+        <v>5.01</v>
       </c>
       <c r="K56" s="5">
         <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M56" s="4">
-        <v>-6187371.5199999996</v>
+        <v>292689776.613653</v>
       </c>
       <c r="N56" s="4">
-        <v>-6187371.5199999996</v>
+        <v>292689776.613653</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>34</v>
+        <v>307</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>34</v>
+        <v>308</v>
       </c>
       <c r="Q56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>34</v>
+        <v>309</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>35</v>
+        <v>310</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>34</v>
+        <v>303</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>-5.2800000000000004E-4</v>
+        <v>2.3928999999999999E-2</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="D57" s="4">
-        <v>58321312.697538003</v>
+        <v>1513614.57</v>
       </c>
       <c r="E57" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="F57" s="4">
-        <v>292189776.614663</v>
+        <v>1513614.57</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J57" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="4">
-        <v>292189776.614663</v>
+        <v>1513614.57</v>
       </c>
       <c r="N57" s="4">
-        <v>292189776.614663</v>
+        <v>1513614.57</v>
       </c>
       <c r="O57" s="3" t="s">
-        <v>311</v>
+        <v>34</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="Q57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>313</v>
+        <v>34</v>
       </c>
       <c r="S57" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="T57" s="4">
+        <v>1</v>
+      </c>
+      <c r="W57" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X57" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y57" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z57" s="6">
+        <v>1.2300000000000001E-4</v>
+      </c>
+    </row>
+    <row r="59" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A59" s="3" t="s">
         <v>314</v>
-      </c>
-[...87 lines deleted...]
-        <v>3.1000000000000001E-5</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>322</v>
-[...4 lines deleted...]
-        <v>323</v>
+        <v>319</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>October</vt:lpstr>
+      <vt:lpstr>November</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>