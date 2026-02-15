--- v3 (2026-01-01)
+++ v4 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7E83D803-69E3-49DB-A3E8-D78B8DDF6058}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1AA3284A-3C81-450D-99F2-891F2B5C7B73}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{873BB4EE-13FD-40E9-A9BF-3AAA915B77F0}"/>
+    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{B819B04C-AA3B-461E-8268-EF7EB350204D}"/>
   </bookViews>
   <sheets>
-    <sheet name="November" sheetId="1" r:id="rId1"/>
+    <sheet name="December" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="735" uniqueCount="320">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="748" uniqueCount="324">
   <si>
     <t>GMO Quality Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -790,186 +790,198 @@
   <si>
     <t>Wells Fargo &amp; Co</t>
   </si>
   <si>
     <t>2649100</t>
   </si>
   <si>
     <t>WFC</t>
   </si>
   <si>
     <t>US9497461015</t>
   </si>
   <si>
     <t>B058TZ6</t>
   </si>
   <si>
     <t>Safran Sa</t>
   </si>
   <si>
     <t>SAF</t>
   </si>
   <si>
     <t>FR0000073272</t>
   </si>
   <si>
-    <t>B10RZP7</t>
+    <t>B3MSM28</t>
+  </si>
+  <si>
+    <t>Amadeus It Group Sa</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>AMS</t>
+  </si>
+  <si>
+    <t>ES0109067019</t>
+  </si>
+  <si>
+    <t>XMAD</t>
+  </si>
+  <si>
+    <t>B4BNMY3</t>
+  </si>
+  <si>
+    <t>Accenture Plc-Cl A</t>
+  </si>
+  <si>
+    <t>ACN</t>
+  </si>
+  <si>
+    <t>IE00B4BNMY34</t>
+  </si>
+  <si>
+    <t>B929F46</t>
+  </si>
+  <si>
+    <t>Asml Holding Nv</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>ASML</t>
+  </si>
+  <si>
+    <t>NL0010273215</t>
+  </si>
+  <si>
+    <t>XAMS</t>
+  </si>
+  <si>
+    <t>BD2P9X9</t>
+  </si>
+  <si>
+    <t>Knorr-Bremse Ag</t>
+  </si>
+  <si>
+    <t>KBX</t>
+  </si>
+  <si>
+    <t>DE000KBX1006</t>
+  </si>
+  <si>
+    <t>BD6K457</t>
+  </si>
+  <si>
+    <t>Compass Group Plc</t>
+  </si>
+  <si>
+    <t>CPG</t>
+  </si>
+  <si>
+    <t>GB00BD6K4575</t>
+  </si>
+  <si>
+    <t>BM8H5Y5</t>
+  </si>
+  <si>
+    <t>Dassault Systemes Se</t>
+  </si>
+  <si>
+    <t>DSY</t>
+  </si>
+  <si>
+    <t>FR0014003TT8</t>
+  </si>
+  <si>
+    <t>BMX86B7</t>
+  </si>
+  <si>
+    <t>Haleon Plc</t>
+  </si>
+  <si>
+    <t>HLN</t>
+  </si>
+  <si>
+    <t>GB00BMX86B70</t>
+  </si>
+  <si>
+    <t>BP6KMJ1</t>
+  </si>
+  <si>
+    <t>Novo Nordisk A/S-B</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>DKK</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>NOVOB</t>
+  </si>
+  <si>
+    <t>DK0062498333</t>
+  </si>
+  <si>
+    <t>XCSE</t>
+  </si>
+  <si>
+    <t>BVZG4R4</t>
+  </si>
+  <si>
+    <t>Magnum Ice Cream Co Nv/The</t>
+  </si>
+  <si>
+    <t>MICC</t>
+  </si>
+  <si>
+    <t>NL0015002MS2</t>
+  </si>
+  <si>
+    <t>BVZK7T9</t>
   </si>
   <si>
     <t>Unilever Plc</t>
   </si>
   <si>
     <t>ULVR</t>
   </si>
   <si>
-    <t>GB00B10RZP78</t>
-[...125 lines deleted...]
-    <t>XCSE</t>
+    <t>GB00BVZK7T90</t>
   </si>
   <si>
     <t>DVTAXRESUSD</t>
   </si>
   <si>
     <t>USD DIVIDEND TAX RESERVE SSB USD D</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
   </si>
   <si>
     <t>USDAccExp</t>
   </si>
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>362013369</t>
   </si>
   <si>
     <t>GMO US TREASURY FUND CLASS VI</t>
   </si>
@@ -1390,92 +1402,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1C5C9EEE-C484-422D-8942-B90038F02330}">
-  <dimension ref="A1:Z64"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E395676-DEA2-4C72-95AE-179221CA27C5}">
+  <dimension ref="A1:Z65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="18.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45989</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1525,4081 +1537,4155 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>10288101.300000001</v>
+        <v>10429963.27</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>10288101.300000001</v>
+        <v>10429963.27</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>10288101.300000001</v>
+        <v>10429963.27</v>
       </c>
       <c r="N4" s="4">
-        <v>10288101.300000001</v>
+        <v>10429963.27</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>8.4099999999999995E-4</v>
+        <v>8.7399999999999999E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>4143010.3</v>
+        <v>27.12</v>
       </c>
       <c r="E5" s="5">
-        <v>1.325</v>
+        <v>1.3450500000000001</v>
       </c>
       <c r="F5" s="4">
-        <v>5489488.6475</v>
+        <v>36.477755999999999</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>4143010.3</v>
+        <v>27.12</v>
       </c>
       <c r="N5" s="4">
-        <v>5489488.6475</v>
+        <v>36.477755999999999</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>4.4799999999999999E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
         <v>0.3</v>
       </c>
       <c r="E6" s="5">
-        <v>0.128442</v>
+        <v>0.12847700000000001</v>
       </c>
       <c r="F6" s="4">
-        <v>3.853268E-2</v>
+        <v>3.8543069999999999E-2</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>7.7856001432550421</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>0.3</v>
+        <v>0.29999900000000002</v>
       </c>
       <c r="N6" s="4">
-        <v>3.853268E-2</v>
+        <v>3.8543069999999999E-2</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
         <v>19037</v>
       </c>
       <c r="E7" s="5">
-        <v>6.8000000000000005E-4</v>
+        <v>6.9399999999999996E-4</v>
       </c>
       <c r="F7" s="4">
-        <v>12.944616330000001</v>
+        <v>13.21509146</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>1470.6531170492815</v>
+        <v>1440.5485608919878</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>19037.040354000001</v>
+        <v>19036.980984000002</v>
       </c>
       <c r="N7" s="4">
-        <v>12.944616330000001</v>
+        <v>13.21509146</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>2</v>
+        <v>45188894.880000003</v>
       </c>
       <c r="E8" s="5">
-        <v>3.1862000000000001E-2</v>
+        <v>3.1826E-2</v>
       </c>
       <c r="F8" s="4">
-        <v>6.3724710000000004E-2</v>
+        <v>1438197.8288060301</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>31.385004558671913</v>
+        <v>31.420495463508864</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>2</v>
+        <v>45188888.355627999</v>
       </c>
       <c r="N8" s="4">
-        <v>6.3724710000000004E-2</v>
+        <v>1438197.8288060301</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>0</v>
+        <v>1.2E-4</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>12170123.439999999</v>
+        <v>24021035.300000001</v>
       </c>
       <c r="E9" s="5">
         <v>1</v>
       </c>
       <c r="F9" s="4">
-        <v>12170123.439999999</v>
+        <v>24021035.300000001</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
-        <v>12170123.439999999</v>
+        <v>24021035.300000001</v>
       </c>
       <c r="N9" s="4">
-        <v>12170123.439999999</v>
+        <v>24021035.300000001</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>9.9400000000000009E-4</v>
+        <v>2.013E-3</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D10" s="4">
-        <v>2645175</v>
+        <v>2618724</v>
       </c>
       <c r="E10" s="5">
-        <v>128.9</v>
+        <v>125.29</v>
       </c>
       <c r="F10" s="4">
-        <v>340963057.5</v>
+        <v>328099929.95999998</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>128.9</v>
+        <v>125.29</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>340963057.5</v>
+        <v>328099929.95999998</v>
       </c>
       <c r="N10" s="4">
-        <v>340963057.5</v>
+        <v>328099929.95999998</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>59</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>2.7875E-2</v>
+        <v>2.7505999999999999E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D11" s="4">
-        <v>2164496</v>
+        <v>2010537</v>
       </c>
       <c r="E11" s="5">
-        <v>320.18</v>
+        <v>313</v>
       </c>
       <c r="F11" s="4">
-        <v>693028329.27999997</v>
+        <v>629298081</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>320.18</v>
+        <v>313</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>693028329.27999997</v>
+        <v>629298081</v>
       </c>
       <c r="N11" s="4">
-        <v>693028329.27999997</v>
+        <v>629298081</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>73</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>5.6659000000000001E-2</v>
+        <v>5.2756999999999998E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D12" s="4">
-        <v>1612643</v>
+        <v>1794119</v>
       </c>
       <c r="E12" s="5">
-        <v>233.22</v>
+        <v>230.82</v>
       </c>
       <c r="F12" s="4">
-        <v>376100600.45999998</v>
+        <v>414118547.57999998</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>233.22</v>
+        <v>230.82</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>376100600.45999998</v>
+        <v>414118547.57999998</v>
       </c>
       <c r="N12" s="4">
-        <v>376100600.45999998</v>
+        <v>414118547.57999998</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>78</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>80</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>3.0748000000000001E-2</v>
+        <v>3.4717999999999999E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D13" s="4">
-        <v>5618012</v>
+        <v>5561834</v>
       </c>
       <c r="E13" s="5">
-        <v>22.995374999999999</v>
+        <v>21.567876999999999</v>
       </c>
       <c r="F13" s="4">
-        <v>129188292.694499</v>
+        <v>119956950.215959</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J13" s="5">
-        <v>17.355</v>
+        <v>16.035</v>
       </c>
       <c r="K13" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M13" s="4">
-        <v>97500598.259999007</v>
+        <v>89184008.189999998</v>
       </c>
       <c r="N13" s="4">
-        <v>129188292.694499</v>
+        <v>119956950.215959</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>83</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>85</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>86</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>1.0560999999999999E-2</v>
+        <v>1.0056000000000001E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D14" s="4">
-        <v>769599</v>
+        <v>759284</v>
       </c>
       <c r="E14" s="5">
-        <v>338.26</v>
+        <v>350.55</v>
       </c>
       <c r="F14" s="4">
-        <v>260324557.739999</v>
+        <v>266167006.19999999</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>338.26</v>
+        <v>350.55</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>260324557.739999</v>
+        <v>266167006.19999999</v>
       </c>
       <c r="N14" s="4">
-        <v>260324557.739999</v>
+        <v>266167006.19999999</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>90</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>91</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>87</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>2.1283E-2</v>
+        <v>2.2314000000000001E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="4">
-        <v>2048349</v>
+        <v>2027865</v>
       </c>
       <c r="E15" s="5">
-        <v>278.85000000000002</v>
+        <v>271.86</v>
       </c>
       <c r="F15" s="4">
-        <v>571182118.64999998</v>
+        <v>551295378.89999998</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>278.85000000000002</v>
+        <v>271.86</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>571182118.64999998</v>
+        <v>551295378.89999998</v>
       </c>
       <c r="N15" s="4">
-        <v>571182118.64999998</v>
+        <v>551295378.89999998</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>94</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>97</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>4.6697000000000002E-2</v>
+        <v>4.6218000000000002E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D16" s="4">
         <v>926175</v>
       </c>
       <c r="E16" s="5">
-        <v>402.96</v>
+        <v>346.1</v>
       </c>
       <c r="F16" s="4">
-        <v>373211478</v>
+        <v>320549167.5</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>402.96</v>
+        <v>346.1</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>373211478</v>
+        <v>320549167.5</v>
       </c>
       <c r="N16" s="4">
-        <v>373211478</v>
+        <v>320549167.5</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>100</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>96</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>102</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>98</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>3.0512000000000001E-2</v>
+        <v>2.6873000000000001E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="4">
         <v>569182</v>
       </c>
       <c r="E17" s="5">
-        <v>277.27999999999997</v>
+        <v>275.23</v>
       </c>
       <c r="F17" s="4">
-        <v>157822784.959999</v>
+        <v>156655961.86000001</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>277.27999999999997</v>
+        <v>275.23</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>157822784.959999</v>
+        <v>156655961.86000001</v>
       </c>
       <c r="N17" s="4">
-        <v>157822784.959999</v>
+        <v>156655961.86000001</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>105</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>106</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>103</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>1.2903E-2</v>
+        <v>1.3133000000000001E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D18" s="4">
-        <v>2836472</v>
+        <v>2808106</v>
       </c>
       <c r="E18" s="5">
-        <v>73.12</v>
+        <v>69.91</v>
       </c>
       <c r="F18" s="4">
-        <v>207402832.63999999</v>
+        <v>196314690.459999</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>73.12</v>
+        <v>69.91</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>207402832.63999999</v>
+        <v>196314690.459999</v>
       </c>
       <c r="N18" s="4">
-        <v>207402832.63999999</v>
+        <v>196314690.459999</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>110</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>111</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>84</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.6955999999999999E-2</v>
+        <v>1.6458E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="4">
-        <v>1218419</v>
+        <v>1206235</v>
       </c>
       <c r="E19" s="5">
-        <v>136.38</v>
+        <v>137.96</v>
       </c>
       <c r="F19" s="4">
-        <v>166167983.22</v>
+        <v>166412180.59999999</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>136.38</v>
+        <v>137.96</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>166167983.22</v>
+        <v>166412180.59999999</v>
       </c>
       <c r="N19" s="4">
-        <v>166167983.22</v>
+        <v>166412180.59999999</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>116</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>84</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.3585E-2</v>
+        <v>1.3951E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="4">
-        <v>885519</v>
+        <v>876664</v>
       </c>
       <c r="E20" s="5">
-        <v>647.95000000000005</v>
+        <v>660.09</v>
       </c>
       <c r="F20" s="4">
-        <v>573772036.04999995</v>
+        <v>578677139.75999999</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>647.95000000000005</v>
+        <v>660.09</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>573772036.04999995</v>
+        <v>578677139.75999999</v>
       </c>
       <c r="N20" s="4">
-        <v>573772036.04999995</v>
+        <v>578677139.75999999</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>121</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>4.6908999999999999E-2</v>
+        <v>4.8513000000000001E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D21" s="4">
-        <v>268413</v>
+        <v>265729</v>
       </c>
       <c r="E21" s="5">
-        <v>737.52952500000004</v>
+        <v>757.52025000000003</v>
       </c>
       <c r="F21" s="4">
-        <v>197962512.39382499</v>
+        <v>201295098.51224899</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>125</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>126</v>
       </c>
       <c r="J21" s="5">
-        <v>635.5</v>
+        <v>645</v>
       </c>
       <c r="K21" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>127</v>
       </c>
       <c r="M21" s="4">
-        <v>170576461.5</v>
+        <v>171395204.99999899</v>
       </c>
       <c r="N21" s="4">
-        <v>197962512.39382499</v>
+        <v>201295098.51224899</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>128</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>129</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>130</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.6184E-2</v>
+        <v>1.6875000000000001E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D22" s="4">
-        <v>709827</v>
+        <v>702729</v>
       </c>
       <c r="E22" s="5">
-        <v>285.02999999999997</v>
+        <v>287.25</v>
       </c>
       <c r="F22" s="4">
-        <v>202321989.80999899</v>
+        <v>201858905.25</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>285.02999999999997</v>
+        <v>287.25</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>202321989.80999899</v>
+        <v>201858905.25</v>
       </c>
       <c r="N22" s="4">
-        <v>202321989.80999899</v>
+        <v>201858905.25</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>133</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>134</v>
       </c>
       <c r="Q22" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>135</v>
       </c>
       <c r="S22" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>131</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.6541E-2</v>
+        <v>1.6923000000000001E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D23" s="4">
-        <v>375988</v>
+        <v>372228</v>
       </c>
       <c r="E23" s="5">
-        <v>573.48</v>
+        <v>566.36</v>
       </c>
       <c r="F23" s="4">
-        <v>215621598.24000001</v>
+        <v>210815050.08000001</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>573.48</v>
+        <v>566.36</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>215621598.24000001</v>
+        <v>210815050.08000001</v>
       </c>
       <c r="N23" s="4">
-        <v>215621598.24000001</v>
+        <v>210815050.08000001</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>139</v>
       </c>
       <c r="Q23" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>140</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>136</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.7628000000000001E-2</v>
+        <v>1.7673000000000001E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D24" s="4">
-        <v>2141118</v>
+        <v>2119707</v>
       </c>
       <c r="E24" s="5">
-        <v>206.92</v>
+        <v>206.95</v>
       </c>
       <c r="F24" s="4">
-        <v>443040136.55999899</v>
+        <v>438673363.64999902</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>206.92</v>
+        <v>206.95</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>443040136.55999899</v>
+        <v>438673363.64999902</v>
       </c>
       <c r="N24" s="4">
-        <v>443040136.55999899</v>
+        <v>438673363.64999902</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>144</v>
       </c>
       <c r="Q24" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>145</v>
       </c>
       <c r="S24" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>141</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>3.6221000000000003E-2</v>
+        <v>3.6776000000000003E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D25" s="4">
-        <v>137344</v>
+        <v>135971</v>
       </c>
       <c r="E25" s="5">
-        <v>1175.47</v>
+        <v>1215.08</v>
       </c>
       <c r="F25" s="4">
-        <v>161443751.68000001</v>
+        <v>165215642.67999899</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>1175.47</v>
+        <v>1215.08</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>161443751.68000001</v>
+        <v>165215642.67999899</v>
       </c>
       <c r="N25" s="4">
-        <v>161443751.68000001</v>
+        <v>165215642.67999899</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>149</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>96</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>150</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>146</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>1.3199000000000001E-2</v>
+        <v>1.3851E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D26" s="4">
-        <v>1016082</v>
+        <v>1005921</v>
       </c>
       <c r="E26" s="5">
-        <v>242.032703</v>
+        <v>244.69665800000001</v>
       </c>
       <c r="F26" s="4">
-        <v>245925072.42160499</v>
+        <v>246145506.40905699</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>126</v>
       </c>
       <c r="J26" s="5">
-        <v>208.55</v>
+        <v>208.35</v>
       </c>
       <c r="K26" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>154</v>
       </c>
       <c r="M26" s="4">
-        <v>211903901.09999999</v>
+        <v>209583640.34999901</v>
       </c>
       <c r="N26" s="4">
-        <v>245925072.42160499</v>
+        <v>246145506.40905699</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>151</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>155</v>
       </c>
       <c r="Q26" s="3" t="s">
         <v>96</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>156</v>
       </c>
       <c r="S26" s="3" t="s">
         <v>157</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>2.0105000000000001E-2</v>
+        <v>2.0635000000000001E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D27" s="4">
-        <v>2856407</v>
+        <v>2813242</v>
       </c>
       <c r="E27" s="5">
-        <v>156</v>
+        <v>171.18</v>
       </c>
       <c r="F27" s="4">
-        <v>445599492</v>
+        <v>481570765.56</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>156</v>
+        <v>171.18</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>445599492</v>
+        <v>481570765.56</v>
       </c>
       <c r="N27" s="4">
-        <v>445599492</v>
+        <v>481570765.56</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>160</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>161</v>
       </c>
       <c r="Q27" s="3" t="s">
         <v>96</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>162</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>3.6429999999999997E-2</v>
+        <v>4.0371999999999998E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D28" s="4">
-        <v>222444</v>
+        <v>220220</v>
       </c>
       <c r="E28" s="5">
-        <v>1075.47</v>
+        <v>1074.68</v>
       </c>
       <c r="F28" s="4">
-        <v>239231848.68000001</v>
+        <v>236666029.59999999</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>1075.47</v>
+        <v>1074.68</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>239231848.68000001</v>
+        <v>236666029.59999999</v>
       </c>
       <c r="N28" s="4">
-        <v>239231848.68000001</v>
+        <v>236666029.59999999</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>165</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>166</v>
       </c>
       <c r="Q28" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>167</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>1.9557999999999999E-2</v>
+        <v>1.9841000000000001E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D29" s="4">
-        <v>1945599</v>
+        <v>1926143</v>
       </c>
       <c r="E29" s="5">
-        <v>104.83</v>
+        <v>105.26</v>
       </c>
       <c r="F29" s="4">
-        <v>203957143.16999999</v>
+        <v>202745812.18000001</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>104.83</v>
+        <v>105.26</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>203957143.16999999</v>
+        <v>202745812.18000001</v>
       </c>
       <c r="N29" s="4">
-        <v>203957143.16999999</v>
+        <v>202745812.18000001</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>170</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>171</v>
       </c>
       <c r="Q29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>172</v>
       </c>
       <c r="S29" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.6674000000000001E-2</v>
+        <v>1.6997000000000002E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D30" s="4">
-        <v>1636263</v>
+        <v>1619900</v>
       </c>
       <c r="E30" s="5">
-        <v>492.01</v>
+        <v>483.62</v>
       </c>
       <c r="F30" s="4">
-        <v>805057758.63</v>
+        <v>783416038</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>492.01</v>
+        <v>483.62</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>805057758.63</v>
+        <v>783416038</v>
       </c>
       <c r="N30" s="4">
-        <v>805057758.63</v>
+        <v>783416038</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>175</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>176</v>
       </c>
       <c r="Q30" s="3" t="s">
         <v>96</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>177</v>
       </c>
       <c r="S30" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>173</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>6.5818000000000002E-2</v>
+        <v>6.5678E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D31" s="4">
-        <v>11440200</v>
+        <v>11325798</v>
       </c>
       <c r="E31" s="5">
-        <v>45.881784000000003</v>
+        <v>49.330857999999999</v>
       </c>
       <c r="F31" s="4">
-        <v>524896861.55806899</v>
+        <v>558711252.20795298</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J31" s="5">
-        <v>1440</v>
+        <v>1550</v>
       </c>
       <c r="K31" s="5">
-        <v>31.385004558671913</v>
+        <v>31.420495463508864</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M31" s="4">
-        <v>16473890392.8325</v>
+        <v>17554984365.411301</v>
       </c>
       <c r="N31" s="4">
-        <v>524896861.55806899</v>
+        <v>558711252.20795298</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>178</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="Q31" s="3" t="s">
         <v>96</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>181</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>182</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>4.2913E-2</v>
+        <v>4.684E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D32" s="4">
-        <v>1748138</v>
+        <v>1730657</v>
       </c>
       <c r="E32" s="5">
-        <v>99.420885999999996</v>
+        <v>99.387818999999993</v>
       </c>
       <c r="F32" s="4">
-        <v>173801427.909583</v>
+        <v>172006225.53486899</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>186</v>
       </c>
       <c r="J32" s="5">
-        <v>79.83</v>
+        <v>78.739999999999995</v>
       </c>
       <c r="K32" s="5">
-        <v>0.80294999975750914</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>187</v>
       </c>
       <c r="M32" s="4">
-        <v>139553856.49785399</v>
+        <v>136271932.40927699</v>
       </c>
       <c r="N32" s="4">
-        <v>173801427.909583</v>
+        <v>172006225.53486899</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>188</v>
       </c>
       <c r="Q32" s="3" t="s">
         <v>84</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>189</v>
       </c>
       <c r="S32" s="3" t="s">
         <v>190</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>1.4208999999999999E-2</v>
+        <v>1.4420000000000001E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D33" s="4">
-        <v>574709</v>
+        <v>568962</v>
       </c>
       <c r="E33" s="5">
-        <v>189.18</v>
+        <v>173.53</v>
       </c>
       <c r="F33" s="4">
-        <v>108723448.62</v>
+        <v>98731975.859999999</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>189.18</v>
+        <v>173.53</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>108723448.62</v>
+        <v>98731975.859999999</v>
       </c>
       <c r="N33" s="4">
-        <v>108723448.62</v>
+        <v>98731975.859999999</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>193</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>194</v>
       </c>
       <c r="Q33" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>195</v>
       </c>
       <c r="S33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>191</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>8.8880000000000001E-3</v>
+        <v>8.2769999999999996E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D34" s="4">
         <v>1248612</v>
       </c>
       <c r="E34" s="5">
-        <v>230.54</v>
+        <v>264.91000000000003</v>
       </c>
       <c r="F34" s="4">
-        <v>287855010.48000002</v>
+        <v>330769804.92000002</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>230.54</v>
+        <v>264.91000000000003</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>287855010.48000002</v>
+        <v>330769804.92000002</v>
       </c>
       <c r="N34" s="4">
-        <v>287855010.48000002</v>
+        <v>330769804.92000002</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>198</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>199</v>
       </c>
       <c r="Q34" s="3" t="s">
         <v>96</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>200</v>
       </c>
       <c r="S34" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>196</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>2.3532999999999998E-2</v>
+        <v>2.7730000000000001E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D35" s="4">
-        <v>1199780</v>
+        <v>1187782</v>
       </c>
       <c r="E35" s="5">
-        <v>151.91999999999999</v>
+        <v>153.61000000000001</v>
       </c>
       <c r="F35" s="4">
-        <v>182270577.59999999</v>
+        <v>182455193.02000001</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>151.91999999999999</v>
+        <v>153.61000000000001</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>182270577.59999999</v>
+        <v>182455193.02000001</v>
       </c>
       <c r="N35" s="4">
-        <v>182270577.59999999</v>
+        <v>182455193.02000001</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>203</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>204</v>
       </c>
       <c r="Q35" s="3" t="s">
         <v>79</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>205</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>201</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>1.4900999999999999E-2</v>
+        <v>1.5296000000000001E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D36" s="4">
-        <v>1505063</v>
+        <v>1490013</v>
       </c>
       <c r="E36" s="5">
-        <v>168.27</v>
+        <v>173.49</v>
       </c>
       <c r="F36" s="4">
-        <v>253256951.00999999</v>
+        <v>258502355.37</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>168.27</v>
+        <v>173.49</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>253256951.00999999</v>
+        <v>258502355.37</v>
       </c>
       <c r="N36" s="4">
-        <v>253256951.00999999</v>
+        <v>258502355.37</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>208</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>209</v>
       </c>
       <c r="Q36" s="3" t="s">
         <v>96</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>210</v>
       </c>
       <c r="S36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>206</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.0705000000000001E-2</v>
+        <v>2.1670999999999999E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D37" s="4">
-        <v>769821</v>
+        <v>762123</v>
       </c>
       <c r="E37" s="5">
-        <v>590.83000000000004</v>
+        <v>579.45000000000005</v>
       </c>
       <c r="F37" s="4">
-        <v>454833341.43000001</v>
+        <v>441612172.35000002</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>590.83000000000004</v>
+        <v>579.45000000000005</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>454833341.43000001</v>
+        <v>441612172.35000002</v>
       </c>
       <c r="N37" s="4">
-        <v>454833341.43000001</v>
+        <v>441612172.35000002</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>213</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>214</v>
       </c>
       <c r="Q37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>215</v>
       </c>
       <c r="S37" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>211</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>3.7185000000000003E-2</v>
+        <v>3.7021999999999999E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D38" s="4">
         <v>781093</v>
       </c>
       <c r="E38" s="5">
-        <v>108.86</v>
+        <v>107.54</v>
       </c>
       <c r="F38" s="4">
-        <v>85029783.980000004</v>
+        <v>83998741.219999999</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>108.86</v>
+        <v>107.54</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>85029783.980000004</v>
+        <v>83998741.219999999</v>
       </c>
       <c r="N38" s="4">
-        <v>85029783.980000004</v>
+        <v>83998741.219999999</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>218</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>56</v>
       </c>
       <c r="Q38" s="3" t="s">
         <v>219</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>220</v>
       </c>
       <c r="S38" s="3" t="s">
         <v>74</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>216</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>6.9509999999999997E-3</v>
+        <v>7.0419999999999996E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D39" s="4">
-        <v>5586373</v>
+        <v>5530510</v>
       </c>
       <c r="E39" s="5">
-        <v>49.05</v>
+        <v>53.36</v>
       </c>
       <c r="F39" s="4">
-        <v>274011595.64999998</v>
+        <v>295108013.60000002</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>49.05</v>
+        <v>53.36</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>274011595.64999998</v>
+        <v>295108013.60000002</v>
       </c>
       <c r="N39" s="4">
-        <v>274011595.64999998</v>
+        <v>295108013.60000002</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>223</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>224</v>
       </c>
       <c r="Q39" s="3" t="s">
         <v>219</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>225</v>
       </c>
       <c r="S39" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>221</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.2401999999999998E-2</v>
+        <v>2.4740000000000002E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D40" s="4">
         <v>1867232</v>
       </c>
       <c r="E40" s="5">
-        <v>87.54</v>
+        <v>81.709999999999994</v>
       </c>
       <c r="F40" s="4">
-        <v>163457489.28</v>
+        <v>152571526.72</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>87.54</v>
+        <v>81.709999999999994</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>163457489.28</v>
+        <v>152571526.72</v>
       </c>
       <c r="N40" s="4">
-        <v>163457489.28</v>
+        <v>152571526.72</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>228</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>229</v>
       </c>
       <c r="Q40" s="3" t="s">
         <v>230</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>231</v>
       </c>
       <c r="S40" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>226</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>1.3363E-2</v>
+        <v>1.2789999999999999E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D41" s="4">
-        <v>849359</v>
+        <v>838526</v>
       </c>
       <c r="E41" s="5">
-        <v>329.77</v>
+        <v>330.11</v>
       </c>
       <c r="F41" s="4">
-        <v>280093117.43000001</v>
+        <v>276805817.86000001</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>329.77</v>
+        <v>330.11</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>280093117.43000001</v>
+        <v>276805817.86000001</v>
       </c>
       <c r="N41" s="4">
-        <v>280093117.43000001</v>
+        <v>276805817.86000001</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>234</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>235</v>
       </c>
       <c r="Q41" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>236</v>
       </c>
       <c r="S41" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>232</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>2.2898999999999999E-2</v>
+        <v>2.3206000000000001E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D42" s="4">
         <v>855637</v>
       </c>
       <c r="E42" s="5">
-        <v>334.44</v>
+        <v>350.71</v>
       </c>
       <c r="F42" s="4">
-        <v>286159238.27999997</v>
+        <v>300080452.26999998</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>334.44</v>
+        <v>350.71</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>286159238.27999997</v>
+        <v>300080452.26999998</v>
       </c>
       <c r="N42" s="4">
-        <v>286159238.27999997</v>
+        <v>300080452.26999998</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>239</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>240</v>
       </c>
       <c r="Q42" s="3" t="s">
         <v>219</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>241</v>
       </c>
       <c r="S42" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>237</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.3394999999999999E-2</v>
+        <v>2.5156999999999999E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D43" s="4">
-        <v>1895677</v>
+        <v>1238520</v>
       </c>
       <c r="E43" s="5">
-        <v>85.85</v>
+        <v>93.2</v>
       </c>
       <c r="F43" s="4">
-        <v>162743870.44999999</v>
+        <v>115430064</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>85.85</v>
+        <v>93.2</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>162743870.44999999</v>
+        <v>115430064</v>
       </c>
       <c r="N43" s="4">
-        <v>162743870.44999999</v>
+        <v>115430064</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>244</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>245</v>
       </c>
       <c r="Q43" s="3" t="s">
         <v>219</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>246</v>
       </c>
       <c r="S43" s="3" t="s">
         <v>67</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>242</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>1.3305000000000001E-2</v>
+        <v>9.6769999999999998E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D44" s="4">
-        <v>695850</v>
+        <v>688891</v>
       </c>
       <c r="E44" s="5">
-        <v>336.90766500000001</v>
+        <v>349.28143</v>
       </c>
       <c r="F44" s="4">
-        <v>234437198.69025001</v>
+        <v>240616833.594129</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>125</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>126</v>
       </c>
       <c r="J44" s="5">
-        <v>290.3</v>
+        <v>297.39999999999998</v>
       </c>
       <c r="K44" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>127</v>
       </c>
       <c r="M44" s="4">
-        <v>202005255</v>
+        <v>204876183.39999899</v>
       </c>
       <c r="N44" s="4">
-        <v>234437198.69025001</v>
+        <v>240616833.594129</v>
       </c>
       <c r="O44" s="3" t="s">
         <v>247</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>249</v>
       </c>
       <c r="Q44" s="3" t="s">
         <v>230</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>250</v>
       </c>
       <c r="S44" s="3" t="s">
         <v>130</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.9165999999999999E-2</v>
+        <v>2.0171999999999999E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D45" s="4">
-        <v>3826416</v>
+        <v>1022954</v>
       </c>
       <c r="E45" s="5">
-        <v>60.207999999999998</v>
+        <v>73.802437999999995</v>
       </c>
       <c r="F45" s="4">
-        <v>230380854.52799901</v>
+        <v>75496499.161851898</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>39</v>
+        <v>253</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>40</v>
+        <v>126</v>
       </c>
       <c r="J45" s="5">
-        <v>45.44</v>
+        <v>62.84</v>
       </c>
       <c r="K45" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>41</v>
+        <v>254</v>
       </c>
       <c r="M45" s="4">
-        <v>173872343.03999901</v>
+        <v>64282429.359999001</v>
       </c>
       <c r="N45" s="4">
-        <v>230380854.52799901</v>
+        <v>75496499.161851898</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>251</v>
       </c>
       <c r="P45" s="3" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>86</v>
+        <v>257</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>1.8835000000000001E-2</v>
+        <v>6.3290000000000004E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D46" s="4">
-        <v>1022954</v>
+        <v>1089436</v>
       </c>
       <c r="E46" s="5">
-        <v>73.509236999999999</v>
+        <v>268.3</v>
       </c>
       <c r="F46" s="4">
-        <v>75196568.026097998</v>
+        <v>292295678.80000001</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>257</v>
+        <v>31</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>126</v>
+        <v>32</v>
       </c>
       <c r="J46" s="5">
-        <v>63.34</v>
+        <v>268.3</v>
       </c>
       <c r="K46" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M46" s="4">
+        <v>292295678.80000001</v>
+      </c>
+      <c r="N46" s="4">
+        <v>292295678.80000001</v>
+      </c>
+      <c r="O46" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="M46" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P46" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>79</v>
+        <v>96</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>261</v>
+        <v>67</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>6.1469999999999997E-3</v>
+        <v>2.4504000000000001E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D47" s="4">
-        <v>1100440</v>
+        <v>162876</v>
       </c>
       <c r="E47" s="5">
-        <v>250</v>
+        <v>1082.13823</v>
       </c>
       <c r="F47" s="4">
-        <v>275110000</v>
+        <v>176254346.34947899</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>31</v>
+        <v>264</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>32</v>
+        <v>126</v>
       </c>
       <c r="J47" s="5">
-        <v>250</v>
+        <v>921.4</v>
       </c>
       <c r="K47" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>33</v>
+        <v>265</v>
       </c>
       <c r="M47" s="4">
-        <v>275110000</v>
+        <v>150073946.39999899</v>
       </c>
       <c r="N47" s="4">
-        <v>275110000</v>
+        <v>176254346.34947899</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>262</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="Q47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>67</v>
+        <v>268</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>2.2491000000000001E-2</v>
+        <v>1.4775999999999999E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D48" s="4">
-        <v>165141</v>
+        <v>449203</v>
       </c>
       <c r="E48" s="5">
-        <v>1048.4408699999999</v>
+        <v>111.748918</v>
       </c>
       <c r="F48" s="4">
-        <v>173140573.71267</v>
+        <v>50197948.9877524</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>268</v>
+        <v>153</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>126</v>
       </c>
       <c r="J48" s="5">
-        <v>903.4</v>
+        <v>95.15</v>
       </c>
       <c r="K48" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L48" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="M48" s="4">
+        <v>42741665.449998997</v>
+      </c>
+      <c r="N48" s="4">
+        <v>50197948.9877524</v>
+      </c>
+      <c r="O48" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="M48" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P48" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>96</v>
+        <v>230</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>272</v>
+        <v>157</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>1.4154999999999999E-2</v>
+        <v>4.2079999999999999E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D49" s="4">
-        <v>449203</v>
+        <v>7288028</v>
       </c>
       <c r="E49" s="5">
-        <v>106.07427</v>
+        <v>31.796982</v>
       </c>
       <c r="F49" s="4">
-        <v>47648880.306809999</v>
+        <v>231737295.13149601</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>153</v>
+        <v>39</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>126</v>
+        <v>40</v>
       </c>
       <c r="J49" s="5">
-        <v>91.4</v>
+        <v>23.64</v>
       </c>
       <c r="K49" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>154</v>
+        <v>41</v>
       </c>
       <c r="M49" s="4">
-        <v>41057154.200000003</v>
+        <v>172288981.91999999</v>
       </c>
       <c r="N49" s="4">
-        <v>47648880.306809999</v>
+        <v>231737295.13149601</v>
       </c>
       <c r="O49" s="3" t="s">
         <v>273</v>
       </c>
       <c r="P49" s="3" t="s">
         <v>275</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>230</v>
+        <v>79</v>
       </c>
       <c r="R49" s="3" t="s">
         <v>276</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>157</v>
+        <v>86</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>3.895E-3</v>
+        <v>1.9427E-2</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D50" s="4">
-        <v>7361645</v>
+        <v>3722393</v>
       </c>
       <c r="E50" s="5">
-        <v>31.428999999999998</v>
+        <v>27.998888000000001</v>
       </c>
       <c r="F50" s="4">
-        <v>231369140.704999</v>
+        <v>104222864.698983</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>39</v>
+        <v>125</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>40</v>
+        <v>126</v>
       </c>
       <c r="J50" s="5">
-        <v>23.72</v>
+        <v>23.84</v>
       </c>
       <c r="K50" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>41</v>
+        <v>127</v>
       </c>
       <c r="M50" s="4">
-        <v>174618219.39999899</v>
+        <v>88741849.119999006</v>
       </c>
       <c r="N50" s="4">
-        <v>231369140.704999</v>
+        <v>104222864.698983</v>
       </c>
       <c r="O50" s="3" t="s">
         <v>277</v>
       </c>
       <c r="P50" s="3" t="s">
         <v>279</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>79</v>
+        <v>96</v>
       </c>
       <c r="R50" s="3" t="s">
         <v>280</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>86</v>
+        <v>130</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>1.8915000000000001E-2</v>
+        <v>8.737E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D51" s="4">
-        <v>3722393</v>
+        <v>42985766</v>
       </c>
       <c r="E51" s="5">
-        <v>27.980861000000001</v>
+        <v>5.0412470000000003</v>
       </c>
       <c r="F51" s="4">
-        <v>104155759.259176</v>
+        <v>216701881.084508</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>125</v>
+        <v>39</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>126</v>
+        <v>40</v>
       </c>
       <c r="J51" s="5">
-        <v>24.11</v>
+        <v>3.7480000000000002</v>
       </c>
       <c r="K51" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>127</v>
+        <v>41</v>
       </c>
       <c r="M51" s="4">
-        <v>89746895.230000004</v>
+        <v>161110650.96799999</v>
       </c>
       <c r="N51" s="4">
-        <v>104155759.259176</v>
+        <v>216701881.084508</v>
       </c>
       <c r="O51" s="3" t="s">
         <v>281</v>
       </c>
       <c r="P51" s="3" t="s">
         <v>283</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>96</v>
+        <v>65</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>284</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>130</v>
+        <v>86</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>8.515E-3</v>
+        <v>1.8166999999999999E-2</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D52" s="4">
-        <v>43419978</v>
+        <v>1832254</v>
       </c>
       <c r="E52" s="5">
-        <v>4.9144249999999996</v>
+        <v>51.143152000000001</v>
       </c>
       <c r="F52" s="4">
-        <v>213384225.382649</v>
+        <v>93707247.861500695</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>39</v>
+        <v>287</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>40</v>
+        <v>288</v>
       </c>
       <c r="J52" s="5">
-        <v>3.7090000000000001</v>
+        <v>325.25</v>
       </c>
       <c r="K52" s="5">
-        <v>0.75471698113207553</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>41</v>
+        <v>289</v>
       </c>
       <c r="M52" s="4">
-        <v>161044698.401999</v>
+        <v>595940628.18159294</v>
       </c>
       <c r="N52" s="4">
-        <v>213384225.382649</v>
+        <v>93707247.861500695</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>285</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="Q52" s="3" t="s">
         <v>65</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>86</v>
+        <v>292</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>1.7444999999999999E-2</v>
+        <v>7.8560000000000001E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D53" s="4">
-        <v>1850762</v>
+        <v>765283</v>
       </c>
       <c r="E53" s="5">
-        <v>49.258020999999999</v>
+        <v>15.837963999999999</v>
       </c>
       <c r="F53" s="4">
-        <v>91164875.1456763</v>
+        <v>12120524.4124912</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>62</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>291</v>
+        <v>264</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>292</v>
+        <v>40</v>
       </c>
       <c r="J53" s="5">
-        <v>317</v>
+        <v>11.775</v>
       </c>
       <c r="K53" s="5">
-        <v>6.4355000718201802</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L53" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="M53" s="4">
+        <v>9011207.3249999993</v>
+      </c>
+      <c r="N53" s="4">
+        <v>12120524.4124912</v>
+      </c>
+      <c r="O53" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="M53" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P53" s="3" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>65</v>
+        <v>84</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>296</v>
+        <v>86</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>7.4530000000000004E-3</v>
+        <v>1.016E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C54" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D54" s="4">
+        <v>3367245</v>
+      </c>
+      <c r="E54" s="5">
+        <v>65.362705000000005</v>
+      </c>
+      <c r="F54" s="4">
+        <v>220092240.75591299</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J54" s="5">
+        <v>48.594999999999999</v>
+      </c>
+      <c r="K54" s="5">
+        <v>0.74346678562135238</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M54" s="4">
+        <v>163631270.77500001</v>
+      </c>
+      <c r="N54" s="4">
+        <v>220092240.75591299</v>
+      </c>
+      <c r="O54" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="P54" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="D54" s="4">
-[...8 lines deleted...]
-      <c r="G54" s="3" t="s">
+      <c r="Q54" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="R54" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="H54" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="S54" s="3" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>-5.6099999999999998E-4</v>
+        <v>1.8450999999999999E-2</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="D55" s="4">
-        <v>-6265603.0199999996</v>
+        <v>-6958745.3700000001</v>
       </c>
       <c r="E55" s="5">
         <v>1</v>
       </c>
       <c r="F55" s="4">
-        <v>-6265603.0199999996</v>
+        <v>-6958745.3700000001</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J55" s="5">
         <v>1</v>
       </c>
       <c r="K55" s="5">
         <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M55" s="4">
-        <v>-6265603.0199999996</v>
+        <v>-6958745.3700000001</v>
       </c>
       <c r="N55" s="4">
-        <v>-6265603.0199999996</v>
+        <v>-6958745.3700000001</v>
       </c>
       <c r="O55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>34</v>
+        <v>301</v>
       </c>
       <c r="Q55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S55" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>-5.1199999999999998E-4</v>
+        <v>-5.8299999999999997E-4</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="C56" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="B56" s="3" t="s">
+      <c r="D56" s="4">
+        <v>-6677373.5</v>
+      </c>
+      <c r="E56" s="5">
+        <v>1</v>
+      </c>
+      <c r="F56" s="4">
+        <v>-6677373.5</v>
+      </c>
+      <c r="G56" s="3" t="s">
         <v>304</v>
-      </c>
-[...13 lines deleted...]
-        <v>306</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J56" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="K56" s="5">
         <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M56" s="4">
-        <v>292689776.613653</v>
+        <v>-6677373.5</v>
       </c>
       <c r="N56" s="4">
-        <v>292689776.613653</v>
+        <v>-6677373.5</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>307</v>
+        <v>34</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>308</v>
+        <v>34</v>
       </c>
       <c r="Q56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>309</v>
+        <v>34</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>310</v>
+        <v>35</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>303</v>
+        <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>2.3928999999999999E-2</v>
+        <v>-5.5900000000000004E-4</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="D57" s="4">
-        <v>1513614.57</v>
+        <v>5746462.3975379998</v>
       </c>
       <c r="E57" s="5">
-        <v>1</v>
+        <v>5.01</v>
       </c>
       <c r="F57" s="4">
-        <v>1513614.57</v>
+        <v>28789776.611663301</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J57" s="5">
-        <v>1</v>
+        <v>5.01</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="4">
-        <v>1513614.57</v>
+        <v>28789776.611662999</v>
       </c>
       <c r="N57" s="4">
-        <v>1513614.57</v>
+        <v>28789776.611663301</v>
       </c>
       <c r="O57" s="3" t="s">
-        <v>34</v>
+        <v>311</v>
       </c>
       <c r="P57" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="Q57" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R57" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="Q57" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S57" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="T57" s="4">
+        <v>1</v>
+      </c>
+      <c r="W57" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="X57" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y57" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z57" s="6">
+        <v>2.4130000000000002E-3</v>
+      </c>
+    </row>
+    <row r="58" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A58" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="D58" s="4">
+        <v>846708.75</v>
+      </c>
+      <c r="E58" s="5">
+        <v>1</v>
+      </c>
+      <c r="F58" s="4">
+        <v>846708.75</v>
+      </c>
+      <c r="G58" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="T57" s="4">
-[...16 lines deleted...]
-      <c r="A59" s="3" t="s">
+      <c r="H58" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I58" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J58" s="5">
+        <v>1</v>
+      </c>
+      <c r="K58" s="5">
+        <v>1</v>
+      </c>
+      <c r="L58" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M58" s="4">
+        <v>846708.75</v>
+      </c>
+      <c r="N58" s="4">
+        <v>846708.75</v>
+      </c>
+      <c r="O58" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P58" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="Q58" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R58" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S58" s="3" t="s">
         <v>314</v>
+      </c>
+      <c r="T58" s="4">
+        <v>1</v>
+      </c>
+      <c r="W58" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X58" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y58" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z58" s="6">
+        <v>6.9999999999999994E-5</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>319</v>
+        <v>322</v>
+      </c>
+    </row>
+    <row r="65" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A65" s="3" t="s">
+        <v>323</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>November</vt:lpstr>
+      <vt:lpstr>December</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>