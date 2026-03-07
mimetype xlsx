--- v4 (2026-02-15)
+++ v5 (2026-03-07)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2026_01\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1AA3284A-3C81-450D-99F2-891F2B5C7B73}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{38D442B8-3512-4C73-9B77-5BE73AFDAA9F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{B819B04C-AA3B-461E-8268-EF7EB350204D}"/>
+    <workbookView xWindow="390" yWindow="390" windowWidth="11520" windowHeight="8325" xr2:uid="{07C58E40-5B7B-4BAD-B6CF-17288B33417E}"/>
   </bookViews>
   <sheets>
-    <sheet name="December" sheetId="1" r:id="rId1"/>
+    <sheet name="January" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="748" uniqueCount="324">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="774" uniqueCount="337">
   <si>
     <t>GMO Quality Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -145,59 +145,74 @@
   <si>
     <t>USD TAX RECLAIMS</t>
   </si>
   <si>
     <t>Cash and Cash Equivalents</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
+    <t>EURTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (EUR)</t>
+  </si>
+  <si>
+    <t>Trade Date Cash</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>EU</t>
+  </si>
+  <si>
     <t>GBPTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (GBP)</t>
   </si>
   <si>
-    <t>Trade Date Cash</t>
-[...1 lines deleted...]
-  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>HKDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (HKD)</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HKD</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>KRWTCash</t>
@@ -415,53 +430,50 @@
   <si>
     <t>30303M102</t>
   </si>
   <si>
     <t>Meta Platforms Inc-Class A</t>
   </si>
   <si>
     <t>B7TL820</t>
   </si>
   <si>
     <t>META</t>
   </si>
   <si>
     <t>US30303M1027</t>
   </si>
   <si>
     <t>4061412</t>
   </si>
   <si>
     <t>Lvmh Moet Hennessy Louis Vui</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>EUR</t>
-[...1 lines deleted...]
-  <si>
     <t>FR</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>FR0000121014</t>
   </si>
   <si>
     <t>XPAR</t>
   </si>
   <si>
     <t>43300A203</t>
   </si>
   <si>
     <t>Hilton Worldwide Holdings In</t>
   </si>
   <si>
     <t>BYVMW06</t>
   </si>
   <si>
     <t>HLT</t>
   </si>
   <si>
     <t>US43300A2033</t>
@@ -788,50 +800,77 @@
     <t>949746101</t>
   </si>
   <si>
     <t>Wells Fargo &amp; Co</t>
   </si>
   <si>
     <t>2649100</t>
   </si>
   <si>
     <t>WFC</t>
   </si>
   <si>
     <t>US9497461015</t>
   </si>
   <si>
     <t>B058TZ6</t>
   </si>
   <si>
     <t>Safran Sa</t>
   </si>
   <si>
     <t>SAF</t>
   </si>
   <si>
     <t>FR0000073272</t>
+  </si>
+  <si>
+    <t>B15C4L6</t>
+  </si>
+  <si>
+    <t>Constellation Software Inc</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>CSU</t>
+  </si>
+  <si>
+    <t>CA21037X1006</t>
+  </si>
+  <si>
+    <t>XTSE</t>
+  </si>
+  <si>
+    <t>21037X100</t>
   </si>
   <si>
     <t>B3MSM28</t>
   </si>
   <si>
     <t>Amadeus It Group Sa</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>AMS</t>
   </si>
   <si>
     <t>ES0109067019</t>
   </si>
   <si>
     <t>XMAD</t>
   </si>
   <si>
     <t>B4BNMY3</t>
   </si>
@@ -1402,92 +1441,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E395676-DEA2-4C72-95AE-179221CA27C5}">
-  <dimension ref="A1:Z65"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18B319F6-0EFB-4261-9DE2-2C3811C5A204}">
+  <dimension ref="A1:Z67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="18.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="11.7109375" style="3" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>46022</v>
+        <v>46052</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1537,4155 +1576,4303 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>10429963.27</v>
+        <v>10702308.609999999</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>10429963.27</v>
+        <v>10702308.609999999</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>10429963.27</v>
+        <v>10702308.609999999</v>
       </c>
       <c r="N4" s="4">
-        <v>10429963.27</v>
+        <v>10702308.609999999</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>8.7399999999999999E-4</v>
+        <v>8.7699999999999996E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>27.12</v>
+        <v>4007295.99</v>
       </c>
       <c r="E5" s="5">
-        <v>1.3450500000000001</v>
+        <v>1.1896500000000001</v>
       </c>
       <c r="F5" s="4">
-        <v>36.477755999999999</v>
+        <v>4767279.6745034996</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>27.12</v>
+        <v>4007295.99</v>
       </c>
       <c r="N5" s="4">
-        <v>36.477755999999999</v>
+        <v>4767279.6745034996</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>0</v>
+        <v>3.8999999999999999E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>0.3</v>
+        <v>2398085.7799999998</v>
       </c>
       <c r="E6" s="5">
-        <v>0.12847700000000001</v>
+        <v>1.37225</v>
       </c>
       <c r="F6" s="4">
-        <v>3.8543069999999999E-2</v>
+        <v>3290773.2116049998</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>7.783499774395259</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>0.29999900000000002</v>
+        <v>2398085.7799999998</v>
       </c>
       <c r="N6" s="4">
-        <v>3.8543069999999999E-2</v>
+        <v>3290773.2116049998</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>0</v>
+        <v>2.6899999999999998E-4</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>19037</v>
+        <v>0.3</v>
       </c>
       <c r="E7" s="5">
-        <v>6.9399999999999996E-4</v>
+        <v>0.12804599999999999</v>
       </c>
       <c r="F7" s="4">
-        <v>13.21509146</v>
+        <v>3.841377E-2</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>1440.5485608919878</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>19036.980984000002</v>
+        <v>0.3</v>
       </c>
       <c r="N7" s="4">
-        <v>13.21509146</v>
+        <v>3.841377E-2</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>45188894.880000003</v>
+        <v>19046</v>
       </c>
       <c r="E8" s="5">
-        <v>3.1826E-2</v>
+        <v>6.9499999999999998E-4</v>
       </c>
       <c r="F8" s="4">
-        <v>1438197.8288060301</v>
+        <v>13.231902180000001</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>31.420495463508864</v>
+        <v>1439.4081153829545</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>45188888.355627999</v>
+        <v>19046.107379000001</v>
       </c>
       <c r="N8" s="4">
-        <v>1438197.8288060301</v>
+        <v>13.231902180000001</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>1.2E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>24021035.300000001</v>
+        <v>2</v>
       </c>
       <c r="E9" s="5">
-        <v>1</v>
+        <v>3.1775999999999999E-2</v>
       </c>
       <c r="F9" s="4">
-        <v>24021035.300000001</v>
+        <v>6.3552590000000006E-2</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>1</v>
+        <v>31.470004836939747</v>
       </c>
       <c r="L9" s="3" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>24021035.300000001</v>
+        <v>2</v>
       </c>
       <c r="N9" s="4">
-        <v>24021035.300000001</v>
+        <v>6.3552590000000006E-2</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>2.013E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>2618724</v>
+        <v>29376772.690000001</v>
       </c>
       <c r="E10" s="5">
-        <v>125.29</v>
+        <v>1</v>
       </c>
       <c r="F10" s="4">
-        <v>328099929.95999998</v>
+        <v>29376772.690000001</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>125.29</v>
+        <v>1</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>328099929.95999998</v>
+        <v>29376772.690000001</v>
       </c>
       <c r="N10" s="4">
-        <v>328099929.95999998</v>
+        <v>29376772.690000001</v>
       </c>
       <c r="O10" s="3" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>2.7505999999999999E-2</v>
+        <v>2.408E-3</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D11" s="4">
-        <v>2010537</v>
+        <v>2618724</v>
       </c>
       <c r="E11" s="5">
-        <v>313</v>
+        <v>109.3</v>
       </c>
       <c r="F11" s="4">
-        <v>629298081</v>
+        <v>286226533.19999999</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>313</v>
+        <v>109.3</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>629298081</v>
+        <v>286226533.19999999</v>
       </c>
       <c r="N11" s="4">
-        <v>629298081</v>
+        <v>286226533.19999999</v>
       </c>
       <c r="O11" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="P11" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q11" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="P11" s="3" t="s">
+      <c r="R11" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="Q11" s="3" t="s">
+      <c r="S11" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="R11" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>5.2756999999999998E-2</v>
+        <v>2.3465E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D12" s="4">
-        <v>1794119</v>
+        <v>2010537</v>
       </c>
       <c r="E12" s="5">
-        <v>230.82</v>
+        <v>338</v>
       </c>
       <c r="F12" s="4">
-        <v>414118547.57999998</v>
+        <v>679561506</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>230.82</v>
+        <v>338</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>414118547.57999998</v>
+        <v>679561506</v>
       </c>
       <c r="N12" s="4">
-        <v>414118547.57999998</v>
+        <v>679561506</v>
       </c>
       <c r="O12" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="P12" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q12" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="P12" s="3" t="s">
+      <c r="R12" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="Q12" s="3" t="s">
+      <c r="S12" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="R12" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>3.4717999999999999E-2</v>
+        <v>5.5710999999999997E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="C13" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" s="4">
+        <v>1794119</v>
+      </c>
+      <c r="E13" s="5">
+        <v>239.3</v>
+      </c>
+      <c r="F13" s="4">
+        <v>429332676.69999999</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J13" s="5">
+        <v>239.3</v>
+      </c>
+      <c r="K13" s="5">
+        <v>1</v>
+      </c>
+      <c r="L13" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M13" s="4">
+        <v>429332676.69999999</v>
+      </c>
+      <c r="N13" s="4">
+        <v>429332676.69999999</v>
+      </c>
+      <c r="O13" s="3" t="s">
         <v>82</v>
-      </c>
-[...37 lines deleted...]
-        <v>81</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>83</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>85</v>
       </c>
       <c r="S13" s="3" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>1.0056000000000001E-2</v>
+        <v>3.5196999999999999E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="C14" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" s="4">
+        <v>5561834</v>
+      </c>
+      <c r="E14" s="5">
+        <v>22.992049000000002</v>
+      </c>
+      <c r="F14" s="4">
+        <v>127877958.467407</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H14" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J14" s="5">
+        <v>16.754999999999999</v>
+      </c>
+      <c r="K14" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L14" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M14" s="4">
+        <v>93188528.670000002</v>
+      </c>
+      <c r="N14" s="4">
+        <v>127877958.467407</v>
+      </c>
+      <c r="O14" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="P14" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="C14" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O14" s="3" t="s">
+      <c r="Q14" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="P14" s="3" t="s">
+      <c r="R14" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="Q14" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R14" s="3" t="s">
+      <c r="S14" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="S14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>2.2314000000000001E-2</v>
+        <v>1.0482999999999999E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D15" s="4">
-        <v>2027865</v>
+        <v>759284</v>
       </c>
       <c r="E15" s="5">
-        <v>271.86</v>
+        <v>345.74</v>
       </c>
       <c r="F15" s="4">
-        <v>551295378.89999998</v>
+        <v>262514850.16</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>271.86</v>
+        <v>345.74</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>551295378.89999998</v>
+        <v>262514850.16</v>
       </c>
       <c r="N15" s="4">
-        <v>551295378.89999998</v>
+        <v>262514850.16</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>94</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="Q15" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R15" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="R15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S15" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>4.6218000000000002E-2</v>
+        <v>2.1520999999999998E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D16" s="4">
-        <v>926175</v>
+        <v>2027865</v>
       </c>
       <c r="E16" s="5">
-        <v>346.1</v>
+        <v>259.48</v>
       </c>
       <c r="F16" s="4">
-        <v>320549167.5</v>
+        <v>526190410.19999999</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>346.1</v>
+        <v>259.48</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>320549167.5</v>
+        <v>526190410.19999999</v>
       </c>
       <c r="N16" s="4">
-        <v>320549167.5</v>
+        <v>526190410.19999999</v>
       </c>
       <c r="O16" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="P16" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="P16" s="3" t="s">
+      <c r="Q16" s="3" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>102</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>2.6873000000000001E-2</v>
+        <v>4.3137000000000002E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D17" s="4">
-        <v>569182</v>
+        <v>855462</v>
       </c>
       <c r="E17" s="5">
-        <v>275.23</v>
+        <v>331.3</v>
       </c>
       <c r="F17" s="4">
-        <v>156655961.86000001</v>
+        <v>283414560.60000002</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>275.23</v>
+        <v>331.3</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>156655961.86000001</v>
+        <v>283414560.60000002</v>
       </c>
       <c r="N17" s="4">
-        <v>156655961.86000001</v>
+        <v>283414560.60000002</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>105</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>106</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>65</v>
+        <v>101</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>103</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>1.3133000000000001E-2</v>
+        <v>2.3234000000000001E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D18" s="4">
-        <v>2808106</v>
+        <v>569182</v>
       </c>
       <c r="E18" s="5">
-        <v>69.91</v>
+        <v>274.11</v>
       </c>
       <c r="F18" s="4">
-        <v>196314690.459999</v>
+        <v>156018478.02000001</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>69.91</v>
+        <v>274.11</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>196314690.459999</v>
+        <v>156018478.02000001</v>
       </c>
       <c r="N18" s="4">
-        <v>196314690.459999</v>
+        <v>156018478.02000001</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>110</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>111</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.6458E-2</v>
+        <v>1.2789999999999999E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D19" s="4">
-        <v>1206235</v>
+        <v>2808106</v>
       </c>
       <c r="E19" s="5">
-        <v>137.96</v>
+        <v>74.81</v>
       </c>
       <c r="F19" s="4">
-        <v>166412180.59999999</v>
+        <v>210074409.86000001</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>137.96</v>
+        <v>74.81</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>166412180.59999999</v>
+        <v>210074409.86000001</v>
       </c>
       <c r="N19" s="4">
-        <v>166412180.59999999</v>
+        <v>210074409.86000001</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>116</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.3951E-2</v>
+        <v>1.7222000000000001E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D20" s="4">
-        <v>876664</v>
+        <v>1206235</v>
       </c>
       <c r="E20" s="5">
-        <v>660.09</v>
+        <v>156.69999999999999</v>
       </c>
       <c r="F20" s="4">
-        <v>578677139.75999999</v>
+        <v>189017024.5</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>660.09</v>
+        <v>156.69999999999999</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>578677139.75999999</v>
+        <v>189017024.5</v>
       </c>
       <c r="N20" s="4">
-        <v>578677139.75999999</v>
+        <v>189017024.5</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>121</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>4.8513000000000001E-2</v>
+        <v>1.5495E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D21" s="4">
-        <v>265729</v>
+        <v>876664</v>
       </c>
       <c r="E21" s="5">
-        <v>757.52025000000003</v>
+        <v>716.5</v>
       </c>
       <c r="F21" s="4">
-        <v>201295098.51224899</v>
+        <v>628129756</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H21" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J21" s="5">
+        <v>716.5</v>
+      </c>
+      <c r="K21" s="5">
+        <v>1</v>
+      </c>
+      <c r="L21" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M21" s="4">
+        <v>628129756</v>
+      </c>
+      <c r="N21" s="4">
+        <v>628129756</v>
+      </c>
+      <c r="O21" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="I21" s="3" t="s">
+      <c r="P21" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="J21" s="5">
-[...5 lines deleted...]
-      <c r="L21" s="3" t="s">
+      <c r="Q21" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="R21" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="M21" s="4">
-[...5 lines deleted...]
-      <c r="O21" s="3" t="s">
+      <c r="S21" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T21" s="4">
+        <v>1</v>
+      </c>
+      <c r="W21" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="P21" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.6875000000000001E-2</v>
+        <v>5.1493999999999998E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D22" s="4">
+        <v>265729</v>
+      </c>
+      <c r="E22" s="5">
+        <v>650.61958500000003</v>
+      </c>
+      <c r="F22" s="4">
+        <v>172888491.702465</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J22" s="5">
+        <v>546.9</v>
+      </c>
+      <c r="K22" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L22" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B22" s="3" t="s">
+      <c r="M22" s="4">
+        <v>145327190.09999999</v>
+      </c>
+      <c r="N22" s="4">
+        <v>172888491.702465</v>
+      </c>
+      <c r="O22" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="P22" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="C22" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O22" s="3" t="s">
+      <c r="Q22" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="R22" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="P22" s="3" t="s">
+      <c r="S22" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="Q22" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>131</v>
+        <v>34</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.6923000000000001E-2</v>
+        <v>1.4173E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D23" s="4">
-        <v>372228</v>
+        <v>702729</v>
       </c>
       <c r="E23" s="5">
-        <v>566.36</v>
+        <v>298.51</v>
       </c>
       <c r="F23" s="4">
-        <v>210815050.08000001</v>
+        <v>209771633.78999999</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>566.36</v>
+        <v>298.51</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>210815050.08000001</v>
+        <v>209771633.78999999</v>
       </c>
       <c r="N23" s="4">
-        <v>210815050.08000001</v>
+        <v>209771633.78999999</v>
       </c>
       <c r="O23" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="P23" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="P23" s="3" t="s">
+      <c r="Q23" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="R23" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="Q23" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S23" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.7673000000000001E-2</v>
+        <v>1.7197E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D24" s="4">
-        <v>2119707</v>
+        <v>372228</v>
       </c>
       <c r="E24" s="5">
-        <v>206.95</v>
+        <v>504.22</v>
       </c>
       <c r="F24" s="4">
-        <v>438673363.64999902</v>
+        <v>187684802.16</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>206.95</v>
+        <v>504.22</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>438673363.64999902</v>
+        <v>187684802.16</v>
       </c>
       <c r="N24" s="4">
-        <v>438673363.64999902</v>
+        <v>187684802.16</v>
       </c>
       <c r="O24" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="P24" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="P24" s="3" t="s">
+      <c r="Q24" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R24" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="Q24" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S24" s="3" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>3.6776000000000003E-2</v>
+        <v>1.5386E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D25" s="4">
-        <v>135971</v>
+        <v>2119707</v>
       </c>
       <c r="E25" s="5">
-        <v>1215.08</v>
+        <v>227.25</v>
       </c>
       <c r="F25" s="4">
-        <v>165215642.67999899</v>
+        <v>481703415.74999899</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>1215.08</v>
+        <v>227.25</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>165215642.67999899</v>
+        <v>481703415.74999899</v>
       </c>
       <c r="N25" s="4">
-        <v>165215642.67999899</v>
+        <v>481703415.74999899</v>
       </c>
       <c r="O25" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="P25" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="P25" s="3" t="s">
+      <c r="Q25" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R25" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="Q25" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S25" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>1.3851E-2</v>
+        <v>3.9489999999999997E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="C26" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D26" s="4">
+        <v>122504</v>
+      </c>
+      <c r="E26" s="5">
+        <v>1427.94</v>
+      </c>
+      <c r="F26" s="4">
+        <v>174928361.75999999</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J26" s="5">
+        <v>1427.94</v>
+      </c>
+      <c r="K26" s="5">
+        <v>1</v>
+      </c>
+      <c r="L26" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M26" s="4">
+        <v>174928361.75999999</v>
+      </c>
+      <c r="N26" s="4">
+        <v>174928361.75999999</v>
+      </c>
+      <c r="O26" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="C26" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H26" s="3" t="s">
+      <c r="P26" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="I26" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L26" s="3" t="s">
+      <c r="Q26" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="R26" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="M26" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="S26" s="3" t="s">
-        <v>157</v>
+        <v>79</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>34</v>
+        <v>150</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>2.0635000000000001E-2</v>
+        <v>1.434E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D27" s="4">
+        <v>1288153</v>
+      </c>
+      <c r="E27" s="5">
+        <v>202.90670399999999</v>
+      </c>
+      <c r="F27" s="4">
+        <v>261374879.47771201</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H27" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J27" s="5">
+        <v>170.56</v>
+      </c>
+      <c r="K27" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L27" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="M27" s="4">
+        <v>219707375.68000001</v>
+      </c>
+      <c r="N27" s="4">
+        <v>261374879.47771201</v>
+      </c>
+      <c r="O27" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="P27" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="C27" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O27" s="3" t="s">
+      <c r="Q27" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="R27" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="P27" s="3" t="s">
+      <c r="S27" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="Q27" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>158</v>
+        <v>34</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>4.0371999999999998E-2</v>
+        <v>2.1427000000000002E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D28" s="4">
-        <v>220220</v>
+        <v>2045200</v>
       </c>
       <c r="E28" s="5">
-        <v>1074.68</v>
+        <v>233.46</v>
       </c>
       <c r="F28" s="4">
-        <v>236666029.59999999</v>
+        <v>477472392</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>1074.68</v>
+        <v>233.46</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>236666029.59999999</v>
+        <v>477472392</v>
       </c>
       <c r="N28" s="4">
-        <v>236666029.59999999</v>
+        <v>477472392</v>
       </c>
       <c r="O28" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="P28" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="P28" s="3" t="s">
+      <c r="Q28" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="R28" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="Q28" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S28" s="3" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>1.9841000000000001E-2</v>
+        <v>3.9142999999999997E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D29" s="4">
-        <v>1926143</v>
+        <v>220220</v>
       </c>
       <c r="E29" s="5">
-        <v>105.26</v>
+        <v>1037.1500000000001</v>
       </c>
       <c r="F29" s="4">
-        <v>202745812.18000001</v>
+        <v>228401173</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>105.26</v>
+        <v>1037.1500000000001</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>202745812.18000001</v>
+        <v>228401173</v>
       </c>
       <c r="N29" s="4">
-        <v>202745812.18000001</v>
+        <v>228401173</v>
       </c>
       <c r="O29" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="P29" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="P29" s="3" t="s">
+      <c r="Q29" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R29" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="Q29" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S29" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.6997000000000002E-2</v>
+        <v>1.8724000000000001E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D30" s="4">
-        <v>1619900</v>
+        <v>1926143</v>
       </c>
       <c r="E30" s="5">
-        <v>483.62</v>
+        <v>110.27</v>
       </c>
       <c r="F30" s="4">
-        <v>783416038</v>
+        <v>212395788.609999</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>483.62</v>
+        <v>110.27</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>783416038</v>
+        <v>212395788.609999</v>
       </c>
       <c r="N30" s="4">
-        <v>783416038</v>
+        <v>212395788.609999</v>
       </c>
       <c r="O30" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="P30" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="P30" s="3" t="s">
+      <c r="Q30" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R30" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="Q30" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S30" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>6.5678E-2</v>
+        <v>1.7412E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="C31" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D31" s="4">
+        <v>1619900</v>
+      </c>
+      <c r="E31" s="5">
+        <v>430.29</v>
+      </c>
+      <c r="F31" s="4">
+        <v>697026771</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H31" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J31" s="5">
+        <v>430.29</v>
+      </c>
+      <c r="K31" s="5">
+        <v>1</v>
+      </c>
+      <c r="L31" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M31" s="4">
+        <v>697026771</v>
+      </c>
+      <c r="N31" s="4">
+        <v>697026771</v>
+      </c>
+      <c r="O31" s="3" t="s">
         <v>179</v>
-      </c>
-[...37 lines deleted...]
-        <v>178</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>181</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>182</v>
+        <v>79</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>34</v>
+        <v>177</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>4.684E-2</v>
+        <v>5.7142999999999999E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="B32" s="3" t="s">
+      <c r="C32" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D32" s="4">
+        <v>9837311</v>
+      </c>
+      <c r="E32" s="5">
+        <v>56.402915</v>
+      </c>
+      <c r="F32" s="4">
+        <v>554853098.98315799</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H32" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I32" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J32" s="5">
+        <v>1775</v>
+      </c>
+      <c r="K32" s="5">
+        <v>31.470004836939747</v>
+      </c>
+      <c r="L32" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M32" s="4">
+        <v>17461229708.791</v>
+      </c>
+      <c r="N32" s="4">
+        <v>554853098.98315799</v>
+      </c>
+      <c r="O32" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="P32" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="C32" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H32" s="3" t="s">
+      <c r="Q32" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="R32" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="I32" s="3" t="s">
+      <c r="S32" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="J32" s="5">
-[...28 lines deleted...]
-      </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>1.4420000000000001E-2</v>
+        <v>4.5487E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D33" s="4">
+        <v>1730657</v>
+      </c>
+      <c r="E33" s="5">
+        <v>95.357444000000001</v>
+      </c>
+      <c r="F33" s="4">
+        <v>165031028.51762801</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H33" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="I33" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="J33" s="5">
+        <v>73.430000000000007</v>
+      </c>
+      <c r="K33" s="5">
+        <v>0.77005000173376759</v>
+      </c>
+      <c r="L33" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="B33" s="3" t="s">
+      <c r="M33" s="4">
+        <v>127082143.79612499</v>
+      </c>
+      <c r="N33" s="4">
+        <v>165031028.51762801</v>
+      </c>
+      <c r="O33" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="P33" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="C33" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O33" s="3" t="s">
+      <c r="Q33" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R33" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="P33" s="3" t="s">
+      <c r="S33" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="Q33" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>191</v>
+        <v>34</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>8.2769999999999996E-3</v>
+        <v>1.3528999999999999E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D34" s="4">
-        <v>1248612</v>
+        <v>568962</v>
       </c>
       <c r="E34" s="5">
-        <v>264.91000000000003</v>
+        <v>187.03</v>
       </c>
       <c r="F34" s="4">
-        <v>330769804.92000002</v>
+        <v>106412962.86</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>264.91000000000003</v>
+        <v>187.03</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>330769804.92000002</v>
+        <v>106412962.86</v>
       </c>
       <c r="N34" s="4">
-        <v>330769804.92000002</v>
+        <v>106412962.86</v>
       </c>
       <c r="O34" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="P34" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="P34" s="3" t="s">
+      <c r="Q34" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R34" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="Q34" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S34" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>2.7730000000000001E-2</v>
+        <v>8.7229999999999999E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D35" s="4">
-        <v>1187782</v>
+        <v>1438139</v>
       </c>
       <c r="E35" s="5">
-        <v>153.61000000000001</v>
+        <v>212.29</v>
       </c>
       <c r="F35" s="4">
-        <v>182455193.02000001</v>
+        <v>305302528.31</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>153.61000000000001</v>
+        <v>212.29</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>182455193.02000001</v>
+        <v>305302528.31</v>
       </c>
       <c r="N35" s="4">
-        <v>182455193.02000001</v>
+        <v>305302528.31</v>
       </c>
       <c r="O35" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="P35" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="P35" s="3" t="s">
+      <c r="Q35" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="R35" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="Q35" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S35" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>1.5296000000000001E-2</v>
+        <v>2.5028999999999999E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D36" s="4">
-        <v>1490013</v>
+        <v>1187782</v>
       </c>
       <c r="E36" s="5">
-        <v>173.49</v>
+        <v>149.81</v>
       </c>
       <c r="F36" s="4">
-        <v>258502355.37</v>
+        <v>177941621.41999999</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>173.49</v>
+        <v>149.81</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>258502355.37</v>
+        <v>177941621.41999999</v>
       </c>
       <c r="N36" s="4">
-        <v>258502355.37</v>
+        <v>177941621.41999999</v>
       </c>
       <c r="O36" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="P36" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="P36" s="3" t="s">
+      <c r="Q36" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="R36" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="Q36" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S36" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.1670999999999999E-2</v>
+        <v>1.4586999999999999E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D37" s="4">
-        <v>762123</v>
+        <v>1490013</v>
       </c>
       <c r="E37" s="5">
-        <v>579.45000000000005</v>
+        <v>215.55</v>
       </c>
       <c r="F37" s="4">
-        <v>441612172.35000002</v>
+        <v>321172302.14999998</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>579.45000000000005</v>
+        <v>215.55</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>441612172.35000002</v>
+        <v>321172302.14999998</v>
       </c>
       <c r="N37" s="4">
-        <v>441612172.35000002</v>
+        <v>321172302.14999998</v>
       </c>
       <c r="O37" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="P37" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="P37" s="3" t="s">
+      <c r="Q37" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="R37" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="Q37" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S37" s="3" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>3.7021999999999999E-2</v>
+        <v>2.6329999999999999E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D38" s="4">
-        <v>781093</v>
+        <v>762123</v>
       </c>
       <c r="E38" s="5">
-        <v>107.54</v>
+        <v>578.61</v>
       </c>
       <c r="F38" s="4">
-        <v>83998741.219999999</v>
+        <v>440971989.02999997</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>107.54</v>
+        <v>578.61</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>83998741.219999999</v>
+        <v>440971989.02999997</v>
       </c>
       <c r="N38" s="4">
-        <v>83998741.219999999</v>
+        <v>440971989.02999997</v>
       </c>
       <c r="O38" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="P38" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="P38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q38" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R38" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="R38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S38" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>7.0419999999999996E-3</v>
+        <v>3.6151000000000003E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D39" s="4">
-        <v>5530510</v>
+        <v>781093</v>
       </c>
       <c r="E39" s="5">
-        <v>53.36</v>
+        <v>103.07</v>
       </c>
       <c r="F39" s="4">
-        <v>295108013.60000002</v>
+        <v>80507255.509999901</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>53.36</v>
+        <v>103.07</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>295108013.60000002</v>
+        <v>80507255.509999007</v>
       </c>
       <c r="N39" s="4">
-        <v>295108013.60000002</v>
+        <v>80507255.509999901</v>
       </c>
       <c r="O39" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="P39" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q39" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="P39" s="3" t="s">
+      <c r="R39" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="Q39" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S39" s="3" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.4740000000000002E-2</v>
+        <v>6.6E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D40" s="4">
-        <v>1867232</v>
+        <v>5530510</v>
       </c>
       <c r="E40" s="5">
-        <v>81.709999999999994</v>
+        <v>56.11</v>
       </c>
       <c r="F40" s="4">
-        <v>152571526.72</v>
+        <v>310316916.10000002</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>81.709999999999994</v>
+        <v>56.11</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>152571526.72</v>
+        <v>310316916.10000002</v>
       </c>
       <c r="N40" s="4">
-        <v>152571526.72</v>
+        <v>310316916.10000002</v>
       </c>
       <c r="O40" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="P40" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="P40" s="3" t="s">
+      <c r="Q40" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="R40" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="Q40" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S40" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>1.2789999999999999E-2</v>
+        <v>2.5440000000000001E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D41" s="4">
-        <v>838526</v>
+        <v>2243194</v>
       </c>
       <c r="E41" s="5">
-        <v>330.11</v>
+        <v>80.05</v>
       </c>
       <c r="F41" s="4">
-        <v>276805817.86000001</v>
+        <v>179567679.69999999</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>330.11</v>
+        <v>80.05</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>276805817.86000001</v>
+        <v>179567679.69999999</v>
       </c>
       <c r="N41" s="4">
-        <v>276805817.86000001</v>
+        <v>179567679.69999999</v>
       </c>
       <c r="O41" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="P41" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="Q41" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="P41" s="3" t="s">
+      <c r="R41" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="Q41" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S41" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>2.3206000000000001E-2</v>
+        <v>1.4721E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D42" s="4">
-        <v>855637</v>
+        <v>926239</v>
       </c>
       <c r="E42" s="5">
-        <v>350.71</v>
+        <v>286.93</v>
       </c>
       <c r="F42" s="4">
-        <v>300080452.26999998</v>
+        <v>265765756.27000001</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>350.71</v>
+        <v>286.93</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>300080452.26999998</v>
+        <v>265765756.27000001</v>
       </c>
       <c r="N42" s="4">
-        <v>300080452.26999998</v>
+        <v>265765756.27000001</v>
       </c>
       <c r="O42" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="P42" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="P42" s="3" t="s">
+      <c r="Q42" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="R42" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="Q42" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S42" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.5156999999999999E-2</v>
+        <v>2.1787000000000001E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D43" s="4">
-        <v>1238520</v>
+        <v>855637</v>
       </c>
       <c r="E43" s="5">
-        <v>93.2</v>
+        <v>321.83</v>
       </c>
       <c r="F43" s="4">
-        <v>115430064</v>
+        <v>275369655.70999998</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>93.2</v>
+        <v>321.83</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>115430064</v>
+        <v>275369655.70999998</v>
       </c>
       <c r="N43" s="4">
-        <v>115430064</v>
+        <v>275369655.70999998</v>
       </c>
       <c r="O43" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="P43" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="P43" s="3" t="s">
+      <c r="Q43" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="R43" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="Q43" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S43" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>9.6769999999999998E-3</v>
+        <v>2.2575000000000001E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="B44" s="3" t="s">
+      <c r="C44" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D44" s="4">
+        <v>1238520</v>
+      </c>
+      <c r="E44" s="5">
+        <v>90.49</v>
+      </c>
+      <c r="F44" s="4">
+        <v>112073674.8</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I44" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J44" s="5">
+        <v>90.49</v>
+      </c>
+      <c r="K44" s="5">
+        <v>1</v>
+      </c>
+      <c r="L44" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M44" s="4">
+        <v>112073674.8</v>
+      </c>
+      <c r="N44" s="4">
+        <v>112073674.8</v>
+      </c>
+      <c r="O44" s="3" t="s">
         <v>248</v>
-      </c>
-[...37 lines deleted...]
-        <v>247</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>249</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>250</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>130</v>
+        <v>72</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>34</v>
+        <v>246</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>2.0171999999999999E-2</v>
+        <v>9.1870000000000007E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D45" s="4">
-        <v>1022954</v>
+        <v>688891</v>
       </c>
       <c r="E45" s="5">
-        <v>73.802437999999995</v>
+        <v>358.08465000000001</v>
       </c>
       <c r="F45" s="4">
-        <v>75496499.161851898</v>
+        <v>246681292.62314999</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>253</v>
+        <v>130</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>126</v>
+        <v>40</v>
       </c>
       <c r="J45" s="5">
-        <v>62.84</v>
+        <v>301</v>
       </c>
       <c r="K45" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>254</v>
+        <v>131</v>
       </c>
       <c r="M45" s="4">
-        <v>64282429.359999001</v>
+        <v>207356191</v>
       </c>
       <c r="N45" s="4">
-        <v>75496499.161851898</v>
+        <v>246681292.62314999</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>251</v>
       </c>
       <c r="P45" s="3" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>79</v>
+        <v>234</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>257</v>
+        <v>134</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>6.3290000000000004E-3</v>
+        <v>2.0223000000000001E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D46" s="4">
+        <v>26047</v>
+      </c>
+      <c r="E46" s="5">
+        <v>1855.7471539999999</v>
+      </c>
+      <c r="F46" s="4">
+        <v>48336645.955027103</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H46" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="I46" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B46" s="3" t="s">
+      <c r="J46" s="5">
+        <v>2512.96</v>
+      </c>
+      <c r="K46" s="5">
+        <v>1.3541499951054248</v>
+      </c>
+      <c r="L46" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="C46" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M46" s="4">
-        <v>292295678.80000001</v>
+        <v>65455068.883412004</v>
       </c>
       <c r="N46" s="4">
-        <v>292295678.80000001</v>
+        <v>48336645.955027103</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>260</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>261</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>67</v>
+        <v>262</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>34</v>
+        <v>263</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>2.4504000000000001E-2</v>
+        <v>3.9620000000000002E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D47" s="4">
-        <v>162876</v>
+        <v>1186862</v>
       </c>
       <c r="E47" s="5">
-        <v>1082.13823</v>
+        <v>67.357983000000004</v>
       </c>
       <c r="F47" s="4">
-        <v>176254346.34947899</v>
+        <v>79944630.419346005</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H47" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J47" s="5">
+        <v>56.62</v>
+      </c>
+      <c r="K47" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L47" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="M47" s="4">
+        <v>67200126.439999998</v>
+      </c>
+      <c r="N47" s="4">
+        <v>79944630.419346005</v>
+      </c>
+      <c r="O47" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="I47" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P47" s="3" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>1.4775999999999999E-2</v>
+        <v>6.5529999999999998E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D48" s="4">
-        <v>449203</v>
+        <v>1250423</v>
       </c>
       <c r="E48" s="5">
-        <v>111.748918</v>
+        <v>263.64</v>
       </c>
       <c r="F48" s="4">
-        <v>50197948.9877524</v>
+        <v>329661519.71999902</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>153</v>
+        <v>31</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>126</v>
+        <v>32</v>
       </c>
       <c r="J48" s="5">
-        <v>95.15</v>
+        <v>263.64</v>
       </c>
       <c r="K48" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>154</v>
+        <v>33</v>
       </c>
       <c r="M48" s="4">
-        <v>42741665.449998997</v>
+        <v>329661519.71999902</v>
       </c>
       <c r="N48" s="4">
-        <v>50197948.9877524</v>
+        <v>329661519.71999902</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="P48" s="3" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>230</v>
+        <v>101</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>157</v>
+        <v>72</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>4.2079999999999999E-3</v>
+        <v>2.7026000000000001E-2</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D49" s="4">
-        <v>7288028</v>
+        <v>116689</v>
       </c>
       <c r="E49" s="5">
-        <v>31.796982</v>
+        <v>1446.1385399999999</v>
       </c>
       <c r="F49" s="4">
-        <v>231737295.13149601</v>
+        <v>168748460.09406</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>39</v>
+        <v>277</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J49" s="5">
-        <v>23.64</v>
+        <v>1215.5999999999999</v>
       </c>
       <c r="K49" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>41</v>
+        <v>278</v>
       </c>
       <c r="M49" s="4">
-        <v>172288981.91999999</v>
+        <v>141847148.40000001</v>
       </c>
       <c r="N49" s="4">
-        <v>231737295.13149601</v>
+        <v>168748460.09406</v>
       </c>
       <c r="O49" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>86</v>
+        <v>281</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.9427E-2</v>
+        <v>1.3834000000000001E-2</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D50" s="4">
-        <v>3722393</v>
+        <v>449203</v>
       </c>
       <c r="E50" s="5">
-        <v>27.998888000000001</v>
+        <v>117.121043</v>
       </c>
       <c r="F50" s="4">
-        <v>104222864.698983</v>
+        <v>52611123.654127501</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>125</v>
+        <v>157</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>126</v>
+        <v>40</v>
       </c>
       <c r="J50" s="5">
-        <v>23.84</v>
+        <v>98.45</v>
       </c>
       <c r="K50" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>127</v>
+        <v>158</v>
       </c>
       <c r="M50" s="4">
-        <v>88741849.119999006</v>
+        <v>44224035.350000001</v>
       </c>
       <c r="N50" s="4">
-        <v>104222864.698983</v>
+        <v>52611123.654127501</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>96</v>
+        <v>234</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>130</v>
+        <v>161</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>8.737E-3</v>
+        <v>4.313E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D51" s="4">
-        <v>42985766</v>
+        <v>7288028</v>
       </c>
       <c r="E51" s="5">
-        <v>5.0412470000000003</v>
+        <v>30.011108</v>
       </c>
       <c r="F51" s="4">
-        <v>216701881.084508</v>
+        <v>218721791.77101001</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="J51" s="5">
-        <v>3.7480000000000002</v>
+        <v>21.87</v>
       </c>
       <c r="K51" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="M51" s="4">
-        <v>161110650.96799999</v>
+        <v>159389172.36000001</v>
       </c>
       <c r="N51" s="4">
-        <v>216701881.084508</v>
+        <v>218721791.77101001</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>65</v>
+        <v>84</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>1.8166999999999999E-2</v>
+        <v>1.7930999999999999E-2</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D52" s="4">
-        <v>1832254</v>
+        <v>4153342</v>
       </c>
       <c r="E52" s="5">
-        <v>51.143152000000001</v>
+        <v>27.623673</v>
       </c>
       <c r="F52" s="4">
-        <v>93707247.861500695</v>
+        <v>114730561.265166</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>287</v>
+        <v>130</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>288</v>
+        <v>40</v>
       </c>
       <c r="J52" s="5">
-        <v>325.25</v>
+        <v>23.22</v>
       </c>
       <c r="K52" s="5">
-        <v>6.3596001566751097</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>289</v>
+        <v>131</v>
       </c>
       <c r="M52" s="4">
-        <v>595940628.18159294</v>
+        <v>96440601.239999995</v>
       </c>
       <c r="N52" s="4">
-        <v>93707247.861500695</v>
+        <v>114730561.265166</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>65</v>
+        <v>101</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>292</v>
+        <v>134</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>7.8560000000000001E-3</v>
+        <v>9.4050000000000002E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B53" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D53" s="4">
+        <v>42985766</v>
+      </c>
+      <c r="E53" s="5">
+        <v>5.1994550000000004</v>
+      </c>
+      <c r="F53" s="4">
+        <v>223502566.703971</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J53" s="5">
+        <v>3.7890000000000001</v>
+      </c>
+      <c r="K53" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M53" s="4">
+        <v>162873067.37400001</v>
+      </c>
+      <c r="N53" s="4">
+        <v>223502566.703971</v>
+      </c>
+      <c r="O53" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="C53" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P53" s="3" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>1.016E-3</v>
+        <v>1.8322999999999999E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B54" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D54" s="4">
+        <v>1832254</v>
+      </c>
+      <c r="E54" s="5">
+        <v>58.871791000000002</v>
+      </c>
+      <c r="F54" s="4">
+        <v>107868072.659784</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="J54" s="5">
+        <v>369.55</v>
+      </c>
+      <c r="K54" s="5">
+        <v>6.2771998917810743</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="M54" s="4">
+        <v>677109454.02663302</v>
+      </c>
+      <c r="N54" s="4">
+        <v>107868072.659784</v>
+      </c>
+      <c r="O54" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="C54" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P54" s="3" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>86</v>
+        <v>305</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>1.8450999999999999E-2</v>
+        <v>8.8430000000000002E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>303</v>
+        <v>66</v>
       </c>
       <c r="D55" s="4">
-        <v>-6958745.3700000001</v>
+        <v>765283</v>
       </c>
       <c r="E55" s="5">
-        <v>1</v>
+        <v>17.804943999999999</v>
       </c>
       <c r="F55" s="4">
-        <v>-6958745.3700000001</v>
+        <v>13625820.767831201</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>304</v>
+        <v>67</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>31</v>
+        <v>277</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J55" s="5">
-        <v>1</v>
+        <v>12.975</v>
       </c>
       <c r="K55" s="5">
-        <v>1</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>33</v>
+        <v>278</v>
       </c>
       <c r="M55" s="4">
-        <v>-6958745.3700000001</v>
+        <v>9929546.9250000007</v>
       </c>
       <c r="N55" s="4">
-        <v>-6958745.3700000001</v>
+        <v>13625820.767831201</v>
       </c>
       <c r="O55" s="3" t="s">
-        <v>34</v>
+        <v>306</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>34</v>
+        <v>89</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>34</v>
+        <v>309</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>-5.8299999999999997E-4</v>
+        <v>1.1169999999999999E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>303</v>
+        <v>66</v>
       </c>
       <c r="D56" s="4">
-        <v>-6677373.5</v>
+        <v>3367245</v>
       </c>
       <c r="E56" s="5">
-        <v>1</v>
+        <v>67.796010999999993</v>
       </c>
       <c r="F56" s="4">
-        <v>-6677373.5</v>
+        <v>228285779.90150601</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>304</v>
+        <v>67</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J56" s="5">
-        <v>1</v>
+        <v>49.405000000000001</v>
       </c>
       <c r="K56" s="5">
-        <v>1</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="M56" s="4">
-        <v>-6677373.5</v>
+        <v>166358739.22499999</v>
       </c>
       <c r="N56" s="4">
-        <v>-6677373.5</v>
+        <v>228285779.90150601</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>34</v>
+        <v>310</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>34</v>
+        <v>312</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>34</v>
+        <v>89</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>34</v>
+        <v>313</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>-5.5900000000000004E-4</v>
+        <v>1.8714999999999999E-2</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="D57" s="4">
-        <v>5746462.3975379998</v>
+        <v>-7171234.8200000003</v>
       </c>
       <c r="E57" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="F57" s="4">
-        <v>28789776.611663301</v>
+        <v>-7171234.8200000003</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J57" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="4">
-        <v>28789776.611662999</v>
+        <v>-7171234.8200000003</v>
       </c>
       <c r="N57" s="4">
-        <v>28789776.611663301</v>
+        <v>-7171234.8200000003</v>
       </c>
       <c r="O57" s="3" t="s">
-        <v>311</v>
+        <v>34</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="Q57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>313</v>
+        <v>34</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>314</v>
+        <v>35</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>307</v>
+        <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>2.4130000000000002E-3</v>
+        <v>-5.8699999999999996E-4</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="B58" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="C58" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="C58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58" s="4">
-        <v>846708.75</v>
+        <v>-7013181.1100000003</v>
       </c>
       <c r="E58" s="5">
         <v>1</v>
       </c>
       <c r="F58" s="4">
-        <v>846708.75</v>
+        <v>-7013181.1100000003</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J58" s="5">
         <v>1</v>
       </c>
       <c r="K58" s="5">
         <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M58" s="4">
-        <v>846708.75</v>
+        <v>-7013181.1100000003</v>
       </c>
       <c r="N58" s="4">
-        <v>846708.75</v>
+        <v>-7013181.1100000003</v>
       </c>
       <c r="O58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>317</v>
+        <v>34</v>
       </c>
       <c r="Q58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>314</v>
+        <v>35</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>6.9999999999999994E-5</v>
+        <v>-5.7399999999999997E-4</v>
+      </c>
+    </row>
+    <row r="59" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A59" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="D59" s="4">
+        <v>30437081.159538001</v>
+      </c>
+      <c r="E59" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="F59" s="4">
+        <v>152489776.609283</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J59" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="K59" s="5">
+        <v>1</v>
+      </c>
+      <c r="L59" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M59" s="4">
+        <v>152489776.609283</v>
+      </c>
+      <c r="N59" s="4">
+        <v>152489776.609283</v>
+      </c>
+      <c r="O59" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="P59" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="Q59" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R59" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="S59" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="T59" s="4">
+        <v>1</v>
+      </c>
+      <c r="W59" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="X59" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y59" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z59" s="6">
+        <v>1.2501E-2</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>318</v>
-[...4 lines deleted...]
-        <v>319</v>
+        <v>328</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="D60" s="4">
+        <v>1441132.24</v>
+      </c>
+      <c r="E60" s="5">
+        <v>1</v>
+      </c>
+      <c r="F60" s="4">
+        <v>1441132.24</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="H60" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I60" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J60" s="5">
+        <v>1</v>
+      </c>
+      <c r="K60" s="5">
+        <v>1</v>
+      </c>
+      <c r="L60" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M60" s="4">
+        <v>1441132.24</v>
+      </c>
+      <c r="N60" s="4">
+        <v>1441132.24</v>
+      </c>
+      <c r="O60" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P60" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q60" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R60" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S60" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="T60" s="4">
+        <v>1</v>
+      </c>
+      <c r="W60" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X60" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y60" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z60" s="6">
+        <v>1.18E-4</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>320</v>
+        <v>331</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>321</v>
+        <v>332</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
     </row>
     <row r="65" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>323</v>
+        <v>334</v>
+      </c>
+    </row>
+    <row r="66" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A66" s="3" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="67" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A67" s="3" t="s">
+        <v>336</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>December</vt:lpstr>
+      <vt:lpstr>January</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>