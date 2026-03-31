--- v5 (2026-03-07)
+++ v6 (2026-03-31)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2026_01\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2026_02\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{38D442B8-3512-4C73-9B77-5BE73AFDAA9F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E26E4196-9DF6-4FD8-809F-801BC150B892}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="390" windowWidth="11520" windowHeight="8325" xr2:uid="{07C58E40-5B7B-4BAD-B6CF-17288B33417E}"/>
+    <workbookView xWindow="1170" yWindow="1170" windowWidth="11520" windowHeight="8325" xr2:uid="{3C94B690-EB17-4B13-B7A9-F0AA54131ED6}"/>
   </bookViews>
   <sheets>
-    <sheet name="January" sheetId="1" r:id="rId1"/>
+    <sheet name="February" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="774" uniqueCount="337">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="800" uniqueCount="347">
   <si>
     <t>GMO Quality Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -553,80 +553,113 @@
   <si>
     <t>BSML4N7</t>
   </si>
   <si>
     <t>LRCX</t>
   </si>
   <si>
     <t>US5128073062</t>
   </si>
   <si>
     <t>532457108</t>
   </si>
   <si>
     <t>Eli Lilly &amp; Co</t>
   </si>
   <si>
     <t>2516152</t>
   </si>
   <si>
     <t>LLY</t>
   </si>
   <si>
     <t>US5324571083</t>
   </si>
   <si>
+    <t>57636Q104</t>
+  </si>
+  <si>
+    <t>Mastercard Inc - A</t>
+  </si>
+  <si>
+    <t>B121557</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>Financials</t>
+  </si>
+  <si>
+    <t>US57636Q1040</t>
+  </si>
+  <si>
     <t>58933Y105</t>
   </si>
   <si>
     <t>Merck &amp; Co. Inc.</t>
   </si>
   <si>
     <t>2778844</t>
   </si>
   <si>
     <t>MRK</t>
   </si>
   <si>
     <t>US58933Y1055</t>
   </si>
   <si>
     <t>594918104</t>
   </si>
   <si>
     <t>Microsoft Corp</t>
   </si>
   <si>
     <t>2588173</t>
   </si>
   <si>
     <t>MSFT</t>
   </si>
   <si>
     <t>US5949181045</t>
   </si>
   <si>
+    <t>64110L106</t>
+  </si>
+  <si>
+    <t>Netflix Inc</t>
+  </si>
+  <si>
+    <t>2857817</t>
+  </si>
+  <si>
+    <t>NFLX</t>
+  </si>
+  <si>
+    <t>US64110L1061</t>
+  </si>
+  <si>
     <t>6889106</t>
   </si>
   <si>
     <t>Taiwan Semiconductor Manufac</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>TW0002330008</t>
   </si>
   <si>
     <t>XTAI</t>
   </si>
   <si>
     <t>7123870</t>
   </si>
   <si>
     <t>Nestle Sa-Reg</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
@@ -704,53 +737,50 @@
     <t>US8825081040</t>
   </si>
   <si>
     <t>883556102</t>
   </si>
   <si>
     <t>Thermo Fisher Scientific Inc</t>
   </si>
   <si>
     <t>2886907</t>
   </si>
   <si>
     <t>TMO</t>
   </si>
   <si>
     <t>US8835561023</t>
   </si>
   <si>
     <t>892672106</t>
   </si>
   <si>
     <t>Tradeweb Markets Inc-Class A</t>
   </si>
   <si>
     <t>BJXMVK2</t>
-  </si>
-[...1 lines deleted...]
-    <t>Financials</t>
   </si>
   <si>
     <t>US8926721064</t>
   </si>
   <si>
     <t>902973304</t>
   </si>
   <si>
     <t>Us Bancorp</t>
   </si>
   <si>
     <t>2736035</t>
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>US9029733048</t>
   </si>
   <si>
     <t>90353T100</t>
   </si>
   <si>
     <t>Uber Technologies Inc</t>
   </si>
@@ -1441,92 +1471,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18B319F6-0EFB-4261-9DE2-2C3811C5A204}">
-  <dimension ref="A1:Z67"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{95EC6CA3-07D4-454F-8B78-D1F6C821D986}">
+  <dimension ref="A1:Z69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="18.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>46052</v>
+        <v>46080</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1576,4303 +1606,4451 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>10702308.609999999</v>
+        <v>10752460.49</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>10702308.609999999</v>
+        <v>10752460.4899999</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>10702308.609999999</v>
+        <v>10752460.489999</v>
       </c>
       <c r="N4" s="4">
-        <v>10702308.609999999</v>
+        <v>10752460.4899999</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>8.7699999999999996E-4</v>
+        <v>8.8599999999999996E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>4007295.99</v>
+        <v>19601736.809999999</v>
       </c>
       <c r="E5" s="5">
-        <v>1.1896500000000001</v>
+        <v>1.1807000000000001</v>
       </c>
       <c r="F5" s="4">
-        <v>4767279.6745034996</v>
+        <v>23143770.651567001</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>0.84058336485520946</v>
+        <v>0.84695519607012792</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>4007295.99</v>
+        <v>19601736.809999999</v>
       </c>
       <c r="N5" s="4">
-        <v>4767279.6745034996</v>
+        <v>23143770.651567001</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>3.8999999999999999E-4</v>
+        <v>1.9070000000000001E-3</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>2398085.7799999998</v>
+        <v>3678722.94</v>
       </c>
       <c r="E6" s="5">
-        <v>1.37225</v>
+        <v>1.3444499999999999</v>
       </c>
       <c r="F6" s="4">
-        <v>3290773.2116049998</v>
+        <v>4945859.0566830002</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.72873018764802333</v>
+        <v>0.74379857934471338</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>2398085.7799999998</v>
+        <v>3678722.94</v>
       </c>
       <c r="N6" s="4">
-        <v>3290773.2116049998</v>
+        <v>4945859.0566830002</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>2.6899999999999998E-4</v>
+        <v>4.0700000000000003E-4</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
         <v>0.3</v>
       </c>
       <c r="E7" s="5">
-        <v>0.12804599999999999</v>
+        <v>0.12784200000000001</v>
       </c>
       <c r="F7" s="4">
-        <v>3.841377E-2</v>
+        <v>3.8352629999999999E-2</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>7.8097001004874107</v>
+        <v>7.8221499664155987</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
         <v>0.3</v>
       </c>
       <c r="N7" s="4">
-        <v>3.841377E-2</v>
+        <v>3.8352629999999999E-2</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
         <v>19046</v>
       </c>
       <c r="E8" s="5">
         <v>6.9499999999999998E-4</v>
       </c>
       <c r="F8" s="4">
-        <v>13.231902180000001</v>
+        <v>13.24018074</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>1439.4081153829545</v>
+        <v>1438.4970582735159</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>19046.107379000001</v>
+        <v>19045.961045</v>
       </c>
       <c r="N8" s="4">
-        <v>13.231902180000001</v>
+        <v>13.24018074</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
         <v>2</v>
       </c>
       <c r="E9" s="5">
-        <v>3.1775999999999999E-2</v>
+        <v>3.2039999999999999E-2</v>
       </c>
       <c r="F9" s="4">
-        <v>6.3552590000000006E-2</v>
+        <v>6.407997E-2</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>31.470004836939747</v>
+        <v>31.210996008425717</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>2</v>
+        <v>1.9999990000000001</v>
       </c>
       <c r="N9" s="4">
-        <v>6.3552590000000006E-2</v>
+        <v>6.407997E-2</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>29376772.690000001</v>
+        <v>-62015669.219999999</v>
       </c>
       <c r="E10" s="5">
         <v>1</v>
       </c>
       <c r="F10" s="4">
-        <v>29376772.690000001</v>
+        <v>-62015669.219999999</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>29376772.690000001</v>
+        <v>-62015669.219999999</v>
       </c>
       <c r="N10" s="4">
-        <v>29376772.690000001</v>
+        <v>-62015669.219999999</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>2.408E-3</v>
+        <v>-5.1120000000000002E-3</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D11" s="4">
         <v>2618724</v>
       </c>
       <c r="E11" s="5">
-        <v>109.3</v>
+        <v>116.35</v>
       </c>
       <c r="F11" s="4">
-        <v>286226533.19999999</v>
+        <v>304688537.39999998</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>109.3</v>
+        <v>116.35</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>286226533.19999999</v>
+        <v>304688537.39999998</v>
       </c>
       <c r="N11" s="4">
-        <v>286226533.19999999</v>
+        <v>304688537.39999998</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>64</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>2.3465E-2</v>
+        <v>2.5118000000000001E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D12" s="4">
         <v>2010537</v>
       </c>
       <c r="E12" s="5">
-        <v>338</v>
+        <v>311.76</v>
       </c>
       <c r="F12" s="4">
-        <v>679561506</v>
+        <v>626805015.12</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>338</v>
+        <v>311.76</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>679561506</v>
+        <v>626805015.12</v>
       </c>
       <c r="N12" s="4">
-        <v>679561506</v>
+        <v>626805015.12</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>77</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>78</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>5.5710999999999997E-2</v>
+        <v>5.1672000000000003E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D13" s="4">
         <v>1794119</v>
       </c>
       <c r="E13" s="5">
-        <v>239.3</v>
+        <v>210</v>
       </c>
       <c r="F13" s="4">
-        <v>429332676.69999999</v>
+        <v>376764990</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>239.3</v>
+        <v>210</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>429332676.69999999</v>
+        <v>376764990</v>
       </c>
       <c r="N13" s="4">
-        <v>429332676.69999999</v>
+        <v>376764990</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>82</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>83</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>85</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>3.5196999999999999E-2</v>
+        <v>3.1060000000000001E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D14" s="4">
         <v>5561834</v>
       </c>
       <c r="E14" s="5">
-        <v>22.992049000000002</v>
+        <v>22.351481</v>
       </c>
       <c r="F14" s="4">
-        <v>127877958.467407</v>
+        <v>124315228.366612</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J14" s="5">
-        <v>16.754999999999999</v>
+        <v>16.625</v>
       </c>
       <c r="K14" s="5">
-        <v>0.72873018764802333</v>
+        <v>0.74379857934471338</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M14" s="4">
-        <v>93188528.670000002</v>
+        <v>92465490.25</v>
       </c>
       <c r="N14" s="4">
-        <v>127877958.467407</v>
+        <v>124315228.366612</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>86</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>88</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>90</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>91</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>1.0482999999999999E-2</v>
+        <v>1.0248E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="4">
         <v>759284</v>
       </c>
       <c r="E15" s="5">
-        <v>345.74</v>
+        <v>320</v>
       </c>
       <c r="F15" s="4">
-        <v>262514850.16</v>
+        <v>242970880</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>345.74</v>
+        <v>320</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>262514850.16</v>
+        <v>242970880</v>
       </c>
       <c r="N15" s="4">
-        <v>262514850.16</v>
+        <v>242970880</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>94</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>70</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>2.1520999999999998E-2</v>
+        <v>2.0029999999999999E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D16" s="4">
         <v>2027865</v>
       </c>
       <c r="E16" s="5">
-        <v>259.48</v>
+        <v>264.18</v>
       </c>
       <c r="F16" s="4">
-        <v>526190410.19999999</v>
+        <v>535721375.69999999</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>259.48</v>
+        <v>264.18</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>526190410.19999999</v>
+        <v>535721375.69999999</v>
       </c>
       <c r="N16" s="4">
-        <v>526190410.19999999</v>
+        <v>535721375.69999999</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>99</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>100</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>102</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>97</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>4.3137000000000002E-2</v>
+        <v>4.4164000000000002E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D17" s="4">
         <v>855462</v>
       </c>
       <c r="E17" s="5">
-        <v>331.3</v>
+        <v>319.55</v>
       </c>
       <c r="F17" s="4">
-        <v>283414560.60000002</v>
+        <v>273362882.10000002</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>331.3</v>
+        <v>319.55</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>283414560.60000002</v>
+        <v>273362882.10000002</v>
       </c>
       <c r="N17" s="4">
-        <v>283414560.60000002</v>
+        <v>273362882.10000002</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>105</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>106</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>101</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>103</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.3234000000000001E-2</v>
+        <v>2.2534999999999999E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D18" s="4">
         <v>569182</v>
       </c>
       <c r="E18" s="5">
-        <v>274.11</v>
+        <v>289.82</v>
       </c>
       <c r="F18" s="4">
-        <v>156018478.02000001</v>
+        <v>164960327.24000001</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>274.11</v>
+        <v>289.82</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>156018478.02000001</v>
+        <v>164960327.24000001</v>
       </c>
       <c r="N18" s="4">
-        <v>156018478.02000001</v>
+        <v>164960327.24000001</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>110</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>111</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>70</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.2789999999999999E-2</v>
+        <v>1.3599E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="4">
-        <v>2808106</v>
+        <v>2431329</v>
       </c>
       <c r="E19" s="5">
-        <v>74.81</v>
+        <v>81.56</v>
       </c>
       <c r="F19" s="4">
-        <v>210074409.86000001</v>
+        <v>198299193.24000001</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>74.81</v>
+        <v>81.56</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>210074409.86000001</v>
+        <v>198299193.24000001</v>
       </c>
       <c r="N19" s="4">
-        <v>210074409.86000001</v>
+        <v>198299193.24000001</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>116</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>89</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.7222000000000001E-2</v>
+        <v>1.6347E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D20" s="4">
         <v>1206235</v>
       </c>
       <c r="E20" s="5">
-        <v>156.69999999999999</v>
+        <v>157.86000000000001</v>
       </c>
       <c r="F20" s="4">
-        <v>189017024.5</v>
+        <v>190416257.09999999</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>156.69999999999999</v>
+        <v>157.86000000000001</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>189017024.5</v>
+        <v>190416257.09999999</v>
       </c>
       <c r="N20" s="4">
-        <v>189017024.5</v>
+        <v>190416257.09999999</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>121</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>89</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.5495E-2</v>
+        <v>1.5696999999999999E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D21" s="4">
         <v>876664</v>
       </c>
       <c r="E21" s="5">
-        <v>716.5</v>
+        <v>648.17999999999995</v>
       </c>
       <c r="F21" s="4">
-        <v>628129756</v>
+        <v>568236071.51999998</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>716.5</v>
+        <v>648.17999999999995</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>628129756</v>
+        <v>568236071.51999998</v>
       </c>
       <c r="N21" s="4">
-        <v>628129756</v>
+        <v>568236071.51999998</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>125</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>126</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>77</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>5.1493999999999998E-2</v>
+        <v>4.6843999999999997E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D22" s="4">
         <v>265729</v>
       </c>
       <c r="E22" s="5">
-        <v>650.61958500000003</v>
+        <v>642.41886999999997</v>
       </c>
       <c r="F22" s="4">
-        <v>172888491.702465</v>
+        <v>170709323.90622899</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>130</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J22" s="5">
-        <v>546.9</v>
+        <v>544.1</v>
       </c>
       <c r="K22" s="5">
-        <v>0.84058336485520946</v>
+        <v>0.84695519607012792</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>131</v>
       </c>
       <c r="M22" s="4">
-        <v>145327190.09999999</v>
+        <v>144583148.89999899</v>
       </c>
       <c r="N22" s="4">
-        <v>172888491.702465</v>
+        <v>170709323.90622899</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>132</v>
       </c>
       <c r="Q22" s="3" t="s">
         <v>84</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>133</v>
       </c>
       <c r="S22" s="3" t="s">
         <v>134</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.4173E-2</v>
+        <v>1.4073E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D23" s="4">
-        <v>702729</v>
+        <v>664557</v>
       </c>
       <c r="E23" s="5">
-        <v>298.51</v>
+        <v>311.77999999999997</v>
       </c>
       <c r="F23" s="4">
-        <v>209771633.78999999</v>
+        <v>207195581.459999</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>298.51</v>
+        <v>311.77999999999997</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>209771633.78999999</v>
+        <v>207195581.459999</v>
       </c>
       <c r="N23" s="4">
-        <v>209771633.78999999</v>
+        <v>207195581.459999</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>137</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="Q23" s="3" t="s">
         <v>84</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>139</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>135</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.7197E-2</v>
+        <v>1.7080000000000001E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D24" s="4">
         <v>372228</v>
       </c>
       <c r="E24" s="5">
-        <v>504.22</v>
+        <v>503.51</v>
       </c>
       <c r="F24" s="4">
-        <v>187684802.16</v>
+        <v>187420520.28</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>504.22</v>
+        <v>503.51</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>187684802.16</v>
+        <v>187420520.28</v>
       </c>
       <c r="N24" s="4">
-        <v>187684802.16</v>
+        <v>187420520.28</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>142</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="Q24" s="3" t="s">
         <v>70</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>144</v>
       </c>
       <c r="S24" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>140</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.5386E-2</v>
+        <v>1.545E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D25" s="4">
         <v>2119707</v>
       </c>
       <c r="E25" s="5">
-        <v>227.25</v>
+        <v>248.43</v>
       </c>
       <c r="F25" s="4">
-        <v>481703415.74999899</v>
+        <v>526598810.00999898</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>227.25</v>
+        <v>248.43</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>481703415.74999899</v>
+        <v>526598810.00999898</v>
       </c>
       <c r="N25" s="4">
-        <v>481703415.74999899</v>
+        <v>526598810.00999898</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>147</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>70</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>149</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>145</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>3.9489999999999997E-2</v>
+        <v>4.3411999999999999E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="4">
         <v>122504</v>
       </c>
       <c r="E26" s="5">
-        <v>1427.94</v>
+        <v>1524.55</v>
       </c>
       <c r="F26" s="4">
-        <v>174928361.75999999</v>
+        <v>186763473.19999999</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>1427.94</v>
+        <v>1524.55</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>174928361.75999999</v>
+        <v>186763473.19999999</v>
       </c>
       <c r="N26" s="4">
-        <v>174928361.75999999</v>
+        <v>186763473.19999999</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>152</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="Q26" s="3" t="s">
         <v>101</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>154</v>
       </c>
       <c r="S26" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.434E-2</v>
+        <v>1.5396E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D27" s="4">
         <v>1288153</v>
       </c>
       <c r="E27" s="5">
-        <v>202.90670399999999</v>
+        <v>201.85247200000001</v>
       </c>
       <c r="F27" s="4">
-        <v>261374879.47771201</v>
+        <v>260016867.364216</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>157</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J27" s="5">
-        <v>170.56</v>
+        <v>170.96</v>
       </c>
       <c r="K27" s="5">
-        <v>0.84058336485520946</v>
+        <v>0.84695519607012792</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="M27" s="4">
-        <v>219707375.68000001</v>
+        <v>220222636.88</v>
       </c>
       <c r="N27" s="4">
-        <v>261374879.47771201</v>
+        <v>260016867.364216</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>159</v>
       </c>
       <c r="Q27" s="3" t="s">
         <v>101</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>160</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>161</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>2.1427000000000002E-2</v>
+        <v>2.1434999999999999E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D28" s="4">
         <v>2045200</v>
       </c>
       <c r="E28" s="5">
-        <v>233.46</v>
+        <v>233.89</v>
       </c>
       <c r="F28" s="4">
-        <v>477472392</v>
+        <v>478351828</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>233.46</v>
+        <v>233.89</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>477472392</v>
+        <v>478351828</v>
       </c>
       <c r="N28" s="4">
-        <v>477472392</v>
+        <v>478351828</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>164</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>165</v>
       </c>
       <c r="Q28" s="3" t="s">
         <v>101</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>166</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>162</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>3.9142999999999997E-2</v>
+        <v>3.9433999999999997E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D29" s="4">
         <v>220220</v>
       </c>
       <c r="E29" s="5">
-        <v>1037.1500000000001</v>
+        <v>1051.99</v>
       </c>
       <c r="F29" s="4">
-        <v>228401173</v>
+        <v>231669237.80000001</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>1037.1500000000001</v>
+        <v>1051.99</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>228401173</v>
+        <v>231669237.80000001</v>
       </c>
       <c r="N29" s="4">
-        <v>228401173</v>
+        <v>231669237.80000001</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>169</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>170</v>
       </c>
       <c r="Q29" s="3" t="s">
         <v>70</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>171</v>
       </c>
       <c r="S29" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>167</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.8724000000000001E-2</v>
+        <v>1.9098E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D30" s="4">
-        <v>1926143</v>
+        <v>194746</v>
       </c>
       <c r="E30" s="5">
-        <v>110.27</v>
+        <v>517.21</v>
       </c>
       <c r="F30" s="4">
-        <v>212395788.609999</v>
+        <v>100724578.66</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>110.27</v>
+        <v>517.21</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>212395788.609999</v>
+        <v>100724578.66</v>
       </c>
       <c r="N30" s="4">
-        <v>212395788.609999</v>
+        <v>100724578.66</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>174</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>175</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>70</v>
+        <v>176</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="S30" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>172</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>1.7412E-2</v>
+        <v>8.3029999999999996E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D31" s="4">
-        <v>1619900</v>
+        <v>1926143</v>
       </c>
       <c r="E31" s="5">
-        <v>430.29</v>
+        <v>123.82</v>
       </c>
       <c r="F31" s="4">
-        <v>697026771</v>
+        <v>238495026.25999999</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>430.29</v>
+        <v>123.82</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>697026771</v>
+        <v>238495026.25999999</v>
       </c>
       <c r="N31" s="4">
-        <v>697026771</v>
+        <v>238495026.25999999</v>
       </c>
       <c r="O31" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P31" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>101</v>
+        <v>70</v>
       </c>
       <c r="R31" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>5.7142999999999999E-2</v>
+        <v>1.9661000000000001E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D32" s="4">
-        <v>9837311</v>
+        <v>1619900</v>
       </c>
       <c r="E32" s="5">
-        <v>56.402915</v>
+        <v>392.74</v>
       </c>
       <c r="F32" s="4">
-        <v>554853098.98315799</v>
+        <v>636199526</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>1775</v>
+        <v>392.74</v>
       </c>
       <c r="K32" s="5">
-        <v>31.470004836939747</v>
+        <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>17461229708.791</v>
+        <v>636199526</v>
       </c>
       <c r="N32" s="4">
-        <v>554853098.98315799</v>
+        <v>636199526</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="P32" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="Q32" s="3" t="s">
         <v>101</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>186</v>
+        <v>79</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>34</v>
+        <v>183</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>4.5487E-2</v>
+        <v>5.2447000000000001E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D33" s="4">
-        <v>1730657</v>
+        <v>1219101</v>
       </c>
       <c r="E33" s="5">
-        <v>95.357444000000001</v>
+        <v>96.24</v>
       </c>
       <c r="F33" s="4">
-        <v>165031028.51762801</v>
+        <v>117326280.23999999</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>189</v>
+        <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J33" s="5">
+        <v>96.24</v>
+      </c>
+      <c r="K33" s="5">
+        <v>1</v>
+      </c>
+      <c r="L33" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M33" s="4">
+        <v>117326280.23999999</v>
+      </c>
+      <c r="N33" s="4">
+        <v>117326280.23999999</v>
+      </c>
+      <c r="O33" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="J33" s="5">
-[...5 lines deleted...]
-      <c r="L33" s="3" t="s">
+      <c r="P33" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="M33" s="4">
-[...8 lines deleted...]
-      <c r="P33" s="3" t="s">
+      <c r="Q33" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="R33" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="Q33" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S33" s="3" t="s">
-        <v>194</v>
+        <v>79</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>34</v>
+        <v>188</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>1.3528999999999999E-2</v>
+        <v>9.672E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D34" s="4">
-        <v>568962</v>
+        <v>9837311</v>
       </c>
       <c r="E34" s="5">
-        <v>187.03</v>
+        <v>63.919780000000003</v>
       </c>
       <c r="F34" s="4">
-        <v>106412962.86</v>
+        <v>628798674.98638296</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="J34" s="5">
-        <v>187.03</v>
+        <v>1995</v>
       </c>
       <c r="K34" s="5">
-        <v>1</v>
+        <v>31.210996008425717</v>
       </c>
       <c r="L34" s="3" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="M34" s="4">
-        <v>106412962.86</v>
+        <v>19625432935.103298</v>
       </c>
       <c r="N34" s="4">
-        <v>106412962.86</v>
+        <v>628798674.98638296</v>
       </c>
       <c r="O34" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="P34" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="Q34" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="R34" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="S34" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="P34" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>195</v>
+        <v>34</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>8.7229999999999999E-3</v>
+        <v>5.1837000000000001E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D35" s="4">
-        <v>1438139</v>
+        <v>1730657</v>
       </c>
       <c r="E35" s="5">
-        <v>212.29</v>
+        <v>109.199662</v>
       </c>
       <c r="F35" s="4">
-        <v>305302528.31</v>
+        <v>188987159.30043501</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H35" s="3" t="s">
-        <v>31</v>
+        <v>200</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>32</v>
+        <v>201</v>
       </c>
       <c r="J35" s="5">
-        <v>212.29</v>
+        <v>83.98</v>
       </c>
       <c r="K35" s="5">
-        <v>1</v>
+        <v>0.76905000107013299</v>
       </c>
       <c r="L35" s="3" t="s">
-        <v>33</v>
+        <v>202</v>
       </c>
       <c r="M35" s="4">
-        <v>305302528.31</v>
+        <v>145340575.06224099</v>
       </c>
       <c r="N35" s="4">
-        <v>305302528.31</v>
+        <v>188987159.30043501</v>
       </c>
       <c r="O35" s="3" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>203</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>101</v>
+        <v>89</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>204</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>72</v>
+        <v>205</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>200</v>
+        <v>34</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>2.5028999999999999E-2</v>
+        <v>1.5579000000000001E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D36" s="4">
-        <v>1187782</v>
+        <v>568962</v>
       </c>
       <c r="E36" s="5">
-        <v>149.81</v>
+        <v>211.91</v>
       </c>
       <c r="F36" s="4">
-        <v>177941621.41999999</v>
+        <v>120568737.42</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>149.81</v>
+        <v>211.91</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>177941621.41999999</v>
+        <v>120568737.42</v>
       </c>
       <c r="N36" s="4">
-        <v>177941621.41999999</v>
+        <v>120568737.42</v>
       </c>
       <c r="O36" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P36" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="S36" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>1.4586999999999999E-2</v>
+        <v>9.9389999999999999E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D37" s="4">
-        <v>1490013</v>
+        <v>1438139</v>
       </c>
       <c r="E37" s="5">
-        <v>215.55</v>
+        <v>194.79</v>
       </c>
       <c r="F37" s="4">
-        <v>321172302.14999998</v>
+        <v>280135095.81</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>215.55</v>
+        <v>194.79</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>321172302.14999998</v>
+        <v>280135095.81</v>
       </c>
       <c r="N37" s="4">
-        <v>321172302.14999998</v>
+        <v>280135095.81</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="Q37" s="3" t="s">
         <v>101</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.6329999999999999E-2</v>
+        <v>2.3092999999999999E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D38" s="4">
-        <v>762123</v>
+        <v>1187782</v>
       </c>
       <c r="E38" s="5">
-        <v>578.61</v>
+        <v>161.66</v>
       </c>
       <c r="F38" s="4">
-        <v>440971989.02999997</v>
+        <v>192016838.12</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>578.61</v>
+        <v>161.66</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>440971989.02999997</v>
+        <v>192016838.12</v>
       </c>
       <c r="N38" s="4">
-        <v>440971989.02999997</v>
+        <v>192016838.12</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="S38" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>3.6151000000000003E-2</v>
+        <v>1.5828999999999999E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D39" s="4">
-        <v>781093</v>
+        <v>1490013</v>
       </c>
       <c r="E39" s="5">
-        <v>103.07</v>
+        <v>212.11</v>
       </c>
       <c r="F39" s="4">
-        <v>80507255.509999901</v>
+        <v>316046657.43000001</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>103.07</v>
+        <v>212.11</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>80507255.509999007</v>
+        <v>316046657.43000001</v>
       </c>
       <c r="N39" s="4">
-        <v>80507255.509999901</v>
+        <v>316046657.43000001</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>61</v>
+        <v>224</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>223</v>
+        <v>101</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="S39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>6.6E-3</v>
+        <v>2.6054000000000001E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D40" s="4">
-        <v>5530510</v>
+        <v>762123</v>
       </c>
       <c r="E40" s="5">
-        <v>56.11</v>
+        <v>521.11</v>
       </c>
       <c r="F40" s="4">
-        <v>310316916.10000002</v>
+        <v>397149916.52999997</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>56.11</v>
+        <v>521.11</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>310316916.10000002</v>
+        <v>397149916.52999997</v>
       </c>
       <c r="N40" s="4">
-        <v>310316916.10000002</v>
+        <v>397149916.52999997</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>223</v>
+        <v>70</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="S40" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.5440000000000001E-2</v>
+        <v>3.2739999999999998E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D41" s="4">
-        <v>2243194</v>
+        <v>781093</v>
       </c>
       <c r="E41" s="5">
-        <v>80.05</v>
+        <v>123.255</v>
       </c>
       <c r="F41" s="4">
-        <v>179567679.69999999</v>
+        <v>96273617.715000004</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>80.05</v>
+        <v>123.255</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>179567679.69999999</v>
+        <v>96273617.715000004</v>
       </c>
       <c r="N41" s="4">
-        <v>179567679.69999999</v>
+        <v>96273617.715000004</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>233</v>
+        <v>61</v>
       </c>
       <c r="Q41" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="R41" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="R41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S41" s="3" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>1.4721E-2</v>
+        <v>7.9360000000000003E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D42" s="4">
-        <v>926239</v>
+        <v>5530510</v>
       </c>
       <c r="E42" s="5">
-        <v>286.93</v>
+        <v>54.66</v>
       </c>
       <c r="F42" s="4">
-        <v>265765756.27000001</v>
+        <v>302297676.59999901</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>286.93</v>
+        <v>54.66</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>265765756.27000001</v>
+        <v>302297676.59999901</v>
       </c>
       <c r="N42" s="4">
-        <v>265765756.27000001</v>
+        <v>302297676.59999901</v>
       </c>
       <c r="O42" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="P42" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="P42" s="3" t="s">
+      <c r="Q42" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="R42" s="3" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
       <c r="S42" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.1787000000000001E-2</v>
+        <v>2.4920999999999999E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D43" s="4">
-        <v>855637</v>
+        <v>2243194</v>
       </c>
       <c r="E43" s="5">
-        <v>321.83</v>
+        <v>75.42</v>
       </c>
       <c r="F43" s="4">
-        <v>275369655.70999998</v>
+        <v>169181691.47999999</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>321.83</v>
+        <v>75.42</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>275369655.70999998</v>
+        <v>169181691.47999999</v>
       </c>
       <c r="N43" s="4">
-        <v>275369655.70999998</v>
+        <v>169181691.47999999</v>
       </c>
       <c r="O43" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="P43" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="P43" s="3" t="s">
+      <c r="Q43" s="3" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>245</v>
       </c>
       <c r="S43" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>2.2575000000000001E-2</v>
+        <v>1.3946999999999999E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D44" s="4">
-        <v>1238520</v>
+        <v>926239</v>
       </c>
       <c r="E44" s="5">
-        <v>90.49</v>
+        <v>293.27</v>
       </c>
       <c r="F44" s="4">
-        <v>112073674.8</v>
+        <v>271638111.52999997</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>90.49</v>
+        <v>293.27</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>112073674.8</v>
+        <v>271638111.52999997</v>
       </c>
       <c r="N44" s="4">
-        <v>112073674.8</v>
+        <v>271638111.52999997</v>
       </c>
       <c r="O44" s="3" t="s">
         <v>248</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>249</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>223</v>
+        <v>70</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>250</v>
       </c>
       <c r="S44" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>246</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>9.1870000000000007E-3</v>
+        <v>2.2393E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D45" s="4">
-        <v>688891</v>
+        <v>855637</v>
       </c>
       <c r="E45" s="5">
-        <v>358.08465000000001</v>
+        <v>320.14</v>
       </c>
       <c r="F45" s="4">
-        <v>246681292.62314999</v>
+        <v>273923629.18000001</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="J45" s="5">
-        <v>301</v>
+        <v>320.14</v>
       </c>
       <c r="K45" s="5">
-        <v>0.84058336485520946</v>
+        <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>131</v>
+        <v>33</v>
       </c>
       <c r="M45" s="4">
-        <v>207356191</v>
+        <v>273923629.18000001</v>
       </c>
       <c r="N45" s="4">
-        <v>246681292.62314999</v>
+        <v>273923629.18000001</v>
       </c>
       <c r="O45" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="P45" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="Q45" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="R45" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="S45" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="T45" s="4">
+        <v>1</v>
+      </c>
+      <c r="W45" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="P45" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>2.0223000000000001E-2</v>
+        <v>2.2581E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D46" s="4">
-        <v>26047</v>
+        <v>819492</v>
       </c>
       <c r="E46" s="5">
-        <v>1855.7471539999999</v>
+        <v>81.45</v>
       </c>
       <c r="F46" s="4">
-        <v>48336645.955027103</v>
+        <v>66747623.399999999</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>257</v>
+        <v>31</v>
       </c>
       <c r="I46" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J46" s="5">
+        <v>81.45</v>
+      </c>
+      <c r="K46" s="5">
+        <v>1</v>
+      </c>
+      <c r="L46" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M46" s="4">
+        <v>66747623.399999999</v>
+      </c>
+      <c r="N46" s="4">
+        <v>66747623.399999999</v>
+      </c>
+      <c r="O46" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="J46" s="5">
-[...5 lines deleted...]
-      <c r="L46" s="3" t="s">
+      <c r="P46" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="M46" s="4">
-[...8 lines deleted...]
-      <c r="P46" s="3" t="s">
+      <c r="Q46" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="R46" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="Q46" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S46" s="3" t="s">
-        <v>262</v>
+        <v>72</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>3.9620000000000002E-3</v>
+        <v>5.5019999999999999E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D47" s="4">
-        <v>1186862</v>
+        <v>688891</v>
       </c>
       <c r="E47" s="5">
-        <v>67.357983000000004</v>
+        <v>401.43799999999999</v>
       </c>
       <c r="F47" s="4">
-        <v>79944630.419346005</v>
+        <v>276547025.257999</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>266</v>
+        <v>130</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J47" s="5">
-        <v>56.62</v>
+        <v>340</v>
       </c>
       <c r="K47" s="5">
-        <v>0.84058336485520946</v>
+        <v>0.84695519607012792</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>267</v>
+        <v>131</v>
       </c>
       <c r="M47" s="4">
-        <v>67200126.439999998</v>
+        <v>234222939.99999899</v>
       </c>
       <c r="N47" s="4">
-        <v>79944630.419346005</v>
+        <v>276547025.257999</v>
       </c>
       <c r="O47" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="P47" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="Q47" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="R47" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="P47" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S47" s="3" t="s">
-        <v>270</v>
+        <v>134</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>6.5529999999999998E-3</v>
+        <v>2.2797999999999999E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D48" s="4">
-        <v>1250423</v>
+        <v>26047</v>
       </c>
       <c r="E48" s="5">
-        <v>263.64</v>
+        <v>1848.1944430000001</v>
       </c>
       <c r="F48" s="4">
-        <v>329661519.71999902</v>
+        <v>48139920.8270704</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>31</v>
+        <v>267</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>32</v>
+        <v>268</v>
       </c>
       <c r="J48" s="5">
-        <v>263.64</v>
+        <v>2520.66</v>
       </c>
       <c r="K48" s="5">
-        <v>1</v>
+        <v>1.3638500045402566</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>33</v>
+        <v>269</v>
       </c>
       <c r="M48" s="4">
-        <v>329661519.71999902</v>
+        <v>65655631.238567002</v>
       </c>
       <c r="N48" s="4">
-        <v>329661519.71999902</v>
+        <v>48139920.8270704</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="P48" s="3" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="Q48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>72</v>
+        <v>272</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
-        <v>34</v>
+        <v>273</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>2.7026000000000001E-2</v>
+        <v>3.9680000000000002E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D49" s="4">
-        <v>116689</v>
+        <v>1186862</v>
       </c>
       <c r="E49" s="5">
-        <v>1446.1385399999999</v>
+        <v>62.270117999999997</v>
       </c>
       <c r="F49" s="4">
-        <v>168748460.09406</v>
+        <v>73906036.789715901</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J49" s="5">
-        <v>1215.5999999999999</v>
+        <v>52.74</v>
       </c>
       <c r="K49" s="5">
-        <v>0.84058336485520946</v>
+        <v>0.84695519607012792</v>
       </c>
       <c r="L49" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="M49" s="4">
+        <v>62595101.879998997</v>
+      </c>
+      <c r="N49" s="4">
+        <v>73906036.789715901</v>
+      </c>
+      <c r="O49" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="P49" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="M49" s="4">
-[...8 lines deleted...]
-      <c r="P49" s="3" t="s">
+      <c r="Q49" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="R49" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="Q49" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R49" s="3" t="s">
+      <c r="S49" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="S49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.3834000000000001E-2</v>
+        <v>6.0920000000000002E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D50" s="4">
-        <v>449203</v>
+        <v>1250423</v>
       </c>
       <c r="E50" s="5">
-        <v>117.121043</v>
+        <v>208.72</v>
       </c>
       <c r="F50" s="4">
-        <v>52611123.654127501</v>
+        <v>260988288.56</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="J50" s="5">
-        <v>98.45</v>
+        <v>208.72</v>
       </c>
       <c r="K50" s="5">
-        <v>0.84058336485520946</v>
+        <v>1</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>158</v>
+        <v>33</v>
       </c>
       <c r="M50" s="4">
-        <v>44224035.350000001</v>
+        <v>260988288.56</v>
       </c>
       <c r="N50" s="4">
-        <v>52611123.654127501</v>
+        <v>260988288.56</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="P50" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="Q50" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="R50" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="Q50" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S50" s="3" t="s">
-        <v>161</v>
+        <v>72</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>4.313E-3</v>
+        <v>2.1514999999999999E-2</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D51" s="4">
-        <v>7288028</v>
+        <v>59165</v>
       </c>
       <c r="E51" s="5">
-        <v>30.011108</v>
+        <v>1456.27538</v>
       </c>
       <c r="F51" s="4">
-        <v>218721791.77101001</v>
+        <v>86160532.857699901</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>44</v>
+        <v>287</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="J51" s="5">
-        <v>21.87</v>
+        <v>1233.4000000000001</v>
       </c>
       <c r="K51" s="5">
-        <v>0.72873018764802333</v>
+        <v>0.84695519607012792</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>46</v>
+        <v>288</v>
       </c>
       <c r="M51" s="4">
-        <v>159389172.36000001</v>
+        <v>72974110.999999002</v>
       </c>
       <c r="N51" s="4">
-        <v>218721791.77101001</v>
+        <v>86160532.857699901</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>91</v>
+        <v>291</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>1.7930999999999999E-2</v>
+        <v>7.1019999999999998E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D52" s="4">
-        <v>4153342</v>
+        <v>449203</v>
       </c>
       <c r="E52" s="5">
-        <v>27.623673</v>
+        <v>131.64805000000001</v>
       </c>
       <c r="F52" s="4">
-        <v>114730561.265166</v>
+        <v>59136699.004150003</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>130</v>
+        <v>157</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J52" s="5">
-        <v>23.22</v>
+        <v>111.5</v>
       </c>
       <c r="K52" s="5">
-        <v>0.84058336485520946</v>
+        <v>0.84695519607012792</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>131</v>
+        <v>158</v>
       </c>
       <c r="M52" s="4">
-        <v>96440601.239999995</v>
+        <v>50086134.5</v>
       </c>
       <c r="N52" s="4">
-        <v>114730561.265166</v>
+        <v>59136699.004150003</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>101</v>
+        <v>244</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>134</v>
+        <v>161</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>9.4050000000000002E-3</v>
+        <v>4.875E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D53" s="4">
-        <v>42985766</v>
+        <v>7288028</v>
       </c>
       <c r="E53" s="5">
-        <v>5.1994550000000004</v>
+        <v>30.626570999999998</v>
       </c>
       <c r="F53" s="4">
-        <v>223502566.703971</v>
+        <v>223207306.991988</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H53" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J53" s="5">
-        <v>3.7890000000000001</v>
+        <v>22.78</v>
       </c>
       <c r="K53" s="5">
-        <v>0.72873018764802333</v>
+        <v>0.74379857934471338</v>
       </c>
       <c r="L53" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M53" s="4">
-        <v>162873067.37400001</v>
+        <v>166021277.84</v>
       </c>
       <c r="N53" s="4">
-        <v>223502566.703971</v>
+        <v>223207306.991988</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="S53" s="3" t="s">
         <v>91</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>1.8322999999999999E-2</v>
+        <v>1.84E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D54" s="4">
-        <v>1832254</v>
+        <v>4153342</v>
       </c>
       <c r="E54" s="5">
-        <v>58.871791000000002</v>
+        <v>21.901985</v>
       </c>
       <c r="F54" s="4">
-        <v>107868072.659784</v>
+        <v>90966434.183870003</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H54" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J54" s="5">
+        <v>18.55</v>
+      </c>
+      <c r="K54" s="5">
+        <v>0.84695519607012792</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="M54" s="4">
+        <v>77044494.099999994</v>
+      </c>
+      <c r="N54" s="4">
+        <v>90966434.183870003</v>
+      </c>
+      <c r="O54" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="I54" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L54" s="3" t="s">
+      <c r="P54" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="M54" s="4">
-[...8 lines deleted...]
-      <c r="P54" s="3" t="s">
+      <c r="Q54" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="R54" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="Q54" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S54" s="3" t="s">
-        <v>305</v>
+        <v>134</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>8.8430000000000002E-3</v>
+        <v>7.4989999999999996E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D55" s="4">
-        <v>765283</v>
+        <v>42985766</v>
       </c>
       <c r="E55" s="5">
-        <v>17.804943999999999</v>
+        <v>5.454434</v>
       </c>
       <c r="F55" s="4">
-        <v>13625820.767831201</v>
+        <v>234463008.541426</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>277</v>
+        <v>44</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J55" s="5">
-        <v>12.975</v>
+        <v>4.0570000000000004</v>
       </c>
       <c r="K55" s="5">
-        <v>0.72873018764802333</v>
+        <v>0.74379857934471338</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>278</v>
+        <v>46</v>
       </c>
       <c r="M55" s="4">
-        <v>9929546.9250000007</v>
+        <v>174393252.662</v>
       </c>
       <c r="N55" s="4">
-        <v>13625820.767831201</v>
+        <v>234463008.541426</v>
       </c>
       <c r="O55" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="P55" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="P55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q55" s="3" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="S55" s="3" t="s">
         <v>91</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>1.1169999999999999E-3</v>
+        <v>1.9328000000000001E-2</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D56" s="4">
-        <v>3367245</v>
+        <v>1832254</v>
       </c>
       <c r="E56" s="5">
-        <v>67.796010999999993</v>
+        <v>37.594816000000002</v>
       </c>
       <c r="F56" s="4">
-        <v>228285779.90150601</v>
+        <v>68883253.255372897</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>44</v>
+        <v>310</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>45</v>
+        <v>311</v>
       </c>
       <c r="J56" s="5">
-        <v>49.405000000000001</v>
+        <v>237.9</v>
       </c>
       <c r="K56" s="5">
-        <v>0.72873018764802333</v>
+        <v>6.3280001159289618</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>46</v>
+        <v>312</v>
       </c>
       <c r="M56" s="4">
-        <v>166358739.22499999</v>
+        <v>435893234.58556402</v>
       </c>
       <c r="N56" s="4">
-        <v>228285779.90150601</v>
+        <v>68883253.255372897</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>91</v>
+        <v>315</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>1.8714999999999999E-2</v>
+        <v>5.6779999999999999E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C57" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D57" s="4">
+        <v>765283</v>
+      </c>
+      <c r="E57" s="5">
+        <v>15.797288</v>
+      </c>
+      <c r="F57" s="4">
+        <v>12089395.5698625</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J57" s="5">
+        <v>11.75</v>
+      </c>
+      <c r="K57" s="5">
+        <v>0.74379857934471338</v>
+      </c>
+      <c r="L57" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="M57" s="4">
+        <v>8992075.25</v>
+      </c>
+      <c r="N57" s="4">
+        <v>12089395.5698625</v>
+      </c>
+      <c r="O57" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="D57" s="4">
-[...34 lines deleted...]
-      </c>
       <c r="P57" s="3" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>34</v>
+        <v>89</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>34</v>
+        <v>319</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>-5.8699999999999996E-4</v>
+        <v>9.9599999999999992E-4</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>316</v>
+        <v>66</v>
       </c>
       <c r="D58" s="4">
-        <v>-7013181.1100000003</v>
+        <v>3367245</v>
       </c>
       <c r="E58" s="5">
-        <v>1</v>
+        <v>73.501081999999997</v>
       </c>
       <c r="F58" s="4">
-        <v>-7013181.1100000003</v>
+        <v>247496149.17546701</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>317</v>
+        <v>67</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J58" s="5">
-        <v>1</v>
+        <v>54.67</v>
       </c>
       <c r="K58" s="5">
-        <v>1</v>
+        <v>0.74379857934471338</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="M58" s="4">
-        <v>-7013181.1100000003</v>
+        <v>184087284.15000001</v>
       </c>
       <c r="N58" s="4">
-        <v>-7013181.1100000003</v>
+        <v>247496149.17546701</v>
       </c>
       <c r="O58" s="3" t="s">
-        <v>34</v>
+        <v>320</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>34</v>
+        <v>322</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>34</v>
+        <v>89</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>34</v>
+        <v>323</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>-5.7399999999999997E-4</v>
+        <v>2.0403000000000001E-2</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="D59" s="4">
-        <v>30437081.159538001</v>
+        <v>-7177752.1100000003</v>
       </c>
       <c r="E59" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="F59" s="4">
-        <v>152489776.609283</v>
+        <v>-7177752.1100000003</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="H59" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J59" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="K59" s="5">
         <v>1</v>
       </c>
       <c r="L59" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M59" s="4">
-        <v>152489776.609283</v>
+        <v>-7177752.1100000003</v>
       </c>
       <c r="N59" s="4">
-        <v>152489776.609283</v>
+        <v>-7177752.1100000003</v>
       </c>
       <c r="O59" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P59" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="P59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>326</v>
+        <v>34</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>327</v>
+        <v>35</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>320</v>
+        <v>34</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>1.2501E-2</v>
+        <v>-5.9100000000000005E-4</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="D60" s="4">
-        <v>1441132.24</v>
+        <v>-6557281.2800000003</v>
       </c>
       <c r="E60" s="5">
         <v>1</v>
       </c>
       <c r="F60" s="4">
-        <v>1441132.24</v>
+        <v>-6557281.2800000003</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="H60" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J60" s="5">
         <v>1</v>
       </c>
       <c r="K60" s="5">
         <v>1</v>
       </c>
       <c r="L60" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M60" s="4">
-        <v>1441132.24</v>
+        <v>-6557281.2800000003</v>
       </c>
       <c r="N60" s="4">
-        <v>1441132.24</v>
+        <v>-6557281.2800000003</v>
       </c>
       <c r="O60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P60" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q60" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R60" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S60" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T60" s="4">
+        <v>1</v>
+      </c>
+      <c r="W60" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X60" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y60" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z60" s="6">
+        <v>-5.4000000000000001E-4</v>
+      </c>
+    </row>
+    <row r="61" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A61" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="Q60" s="3" t="s">
-[...21 lines deleted...]
-        <v>1.18E-4</v>
+      <c r="B61" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="D61" s="4">
+        <v>36109123.529537998</v>
+      </c>
+      <c r="E61" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="F61" s="4">
+        <v>180906708.882983</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="H61" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I61" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J61" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="K61" s="5">
+        <v>1</v>
+      </c>
+      <c r="L61" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M61" s="4">
+        <v>180906708.882983</v>
+      </c>
+      <c r="N61" s="4">
+        <v>180906708.882983</v>
+      </c>
+      <c r="O61" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="P61" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="Q61" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R61" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="S61" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="T61" s="4">
+        <v>1</v>
+      </c>
+      <c r="W61" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="X61" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y61" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z61" s="6">
+        <v>1.4912999999999999E-2</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      <c r="A63" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="C62" s="3" t="s">
         <v>332</v>
+      </c>
+      <c r="D62" s="4">
+        <v>52467933.25</v>
+      </c>
+      <c r="E62" s="5">
+        <v>1</v>
+      </c>
+      <c r="F62" s="4">
+        <v>52467933.25</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="H62" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I62" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J62" s="5">
+        <v>1</v>
+      </c>
+      <c r="K62" s="5">
+        <v>1</v>
+      </c>
+      <c r="L62" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M62" s="4">
+        <v>52467933.25</v>
+      </c>
+      <c r="N62" s="4">
+        <v>52467933.25</v>
+      </c>
+      <c r="O62" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P62" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="Q62" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R62" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S62" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="T62" s="4">
+        <v>1</v>
+      </c>
+      <c r="W62" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X62" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y62" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z62" s="6">
+        <v>4.3249999999999999E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
     </row>
     <row r="65" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
     </row>
     <row r="66" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
     </row>
     <row r="67" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>336</v>
+        <v>344</v>
+      </c>
+    </row>
+    <row r="68" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A68" s="3" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="69" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A69" s="3" t="s">
+        <v>346</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>January</vt:lpstr>
+      <vt:lpstr>February</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>